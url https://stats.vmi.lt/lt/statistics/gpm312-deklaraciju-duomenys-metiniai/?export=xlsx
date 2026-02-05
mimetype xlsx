--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -37,51 +37,51 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GPM312 deklaracijų duomenys - metiniai</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-12-01</t>
+    <t>2026-02-03</t>
   </si>
   <si>
     <t>EV sekcija</t>
   </si>
   <si>
     <t>Išmokos rūšis</t>
   </si>
   <si>
     <t>Laikotarpis</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MM skaičius</t>
     </r>
   </si>
   <si>