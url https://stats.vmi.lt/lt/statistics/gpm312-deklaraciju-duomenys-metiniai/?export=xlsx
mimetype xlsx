--- v1 (2026-02-05)
+++ v2 (2026-03-22)
@@ -12,76 +12,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="gpm312-deklaraciju-duomenys-me" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GPM312 deklaracijų duomenys - metiniai</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2026-02-03</t>
+    <t>2026-03-19</t>
   </si>
   <si>
     <t>EV sekcija</t>
   </si>
   <si>
     <t>Išmokos rūšis</t>
   </si>
   <si>
     <t>Laikotarpis</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MM skaičius</t>
     </r>
   </si>
   <si>
@@ -116,50 +116,64 @@
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SUM: Iš viso</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SUM: Suma, iš jų</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2024</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -668,50 +682,64 @@
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
     </r>
   </si>
   <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
+    </r>
+  </si>
+  <si>
     <t>• Neskelbiami duomenys</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -1054,54 +1082,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F842"/>
+  <dimension ref="A1:F1018"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F839" sqref="F839"/>
+      <selection activeCell="F1015" sqref="F1015"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="2" spans="1:6">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM312 deklaracijų duomenys - metiniai</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" t="s">
         <v>1</v>
@@ -1200,25197 +1228,30084 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D10" s="6">
-        <v>141472.0</v>
+        <v>148062.0</v>
       </c>
       <c r="E10" s="6">
-        <v>43496341360.0</v>
+        <v>47972550512.0</v>
       </c>
       <c r="F10" s="6">
-        <v>6059770468.0</v>
+        <v>6745159478.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="C11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D11" s="6">
-        <v>144564.0</v>
+        <v>148704.0</v>
       </c>
       <c r="E11" s="6">
-        <v>39521480733.0</v>
+        <v>44014700705.0</v>
       </c>
       <c r="F11" s="6">
-        <v>5464547890.0</v>
+        <v>6093827317.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="C12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D12" s="6">
-        <v>140408.0</v>
+        <v>144978.0</v>
       </c>
       <c r="E12" s="6">
-        <v>35673882970.0</v>
+        <v>39543757923.0</v>
       </c>
       <c r="F12" s="6">
-        <v>4770641373.0</v>
+        <v>5466886641.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="C13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D13" s="6">
-        <v>136146.0</v>
+        <v>140548.0</v>
       </c>
       <c r="E13" s="6">
-        <v>30538440754.0</v>
+        <v>35674643446.0</v>
       </c>
       <c r="F13" s="6">
-        <v>4066392460.0</v>
+        <v>4770590812.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="C14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D14" s="6">
-        <v>130429.0</v>
+        <v>136193.0</v>
       </c>
       <c r="E14" s="6">
-        <v>26264427292.0</v>
+        <v>30539948286.0</v>
       </c>
       <c r="F14" s="6">
-        <v>3510957611.0</v>
+        <v>4066216549.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="C15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D15" s="6">
+        <v>130429.0</v>
+      </c>
+      <c r="E15" s="6">
+        <v>26264427292.0</v>
+      </c>
+      <c r="F15" s="6">
+        <v>3510957611.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="C16" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D15" s="6">
+      <c r="D16" s="6">
         <v>126229.0</v>
       </c>
-      <c r="E15" s="6">
+      <c r="E16" s="6">
         <v>24798671765.0</v>
       </c>
-      <c r="F15" s="6">
+      <c r="F16" s="6">
         <v>3305208854.0</v>
       </c>
     </row>
-    <row r="16" spans="1:6">
-      <c r="B16" s="5" t="inlineStr">
+    <row r="17" spans="1:6">
+      <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
-      <c r="C16" s="5" t="inlineStr">
-[...25 lines deleted...]
-    <row r="17" spans="1:6">
       <c r="C17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D17" s="6">
-        <v>116912.0</v>
+        <v>116352.0</v>
       </c>
       <c r="E17" s="6">
-        <v>29499068151.0</v>
+        <v>36032865787.0</v>
       </c>
       <c r="F17" s="6">
-        <v>5069435701.0</v>
+        <v>6286766145.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D18" s="6">
-        <v>115981.0</v>
+        <v>116905.0</v>
       </c>
       <c r="E18" s="6">
-        <v>25808100406.0</v>
+        <v>32936524903.0</v>
       </c>
       <c r="F18" s="6">
-        <v>4424621778.0</v>
+        <v>5662179380.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="C19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D19" s="6">
-        <v>114454.0</v>
+        <v>116980.0</v>
       </c>
       <c r="E19" s="6">
-        <v>22307841895.0</v>
+        <v>29505322278.0</v>
       </c>
       <c r="F19" s="6">
-        <v>3799888124.0</v>
+        <v>5069049359.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="C20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D20" s="6">
-        <v>111512.0</v>
+        <v>116032.0</v>
       </c>
       <c r="E20" s="6">
-        <v>19618794807.0</v>
+        <v>25807673316.0</v>
       </c>
       <c r="F20" s="6">
-        <v>3298183682.0</v>
+        <v>4424083373.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="C21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D21" s="6">
-        <v>108857.0</v>
+        <v>114471.0</v>
       </c>
       <c r="E21" s="6">
-        <v>17832063390.0</v>
+        <v>22308021287.0</v>
       </c>
       <c r="F21" s="6">
-        <v>3048941480.0</v>
+        <v>3799655608.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="B22" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D22" s="6">
-        <v>25334.0</v>
+        <v>111512.0</v>
       </c>
       <c r="E22" s="6">
-        <v>1470241270.0</v>
+        <v>19618794807.0</v>
       </c>
       <c r="F22" s="6">
-        <v>12800.0</v>
+        <v>3298183682.0</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="C23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D23" s="6">
-        <v>25330.0</v>
+        <v>108857.0</v>
       </c>
       <c r="E23" s="6">
-        <v>1507075513.0</v>
+        <v>17832063390.0</v>
       </c>
       <c r="F23" s="6">
-        <v>4035.0</v>
+        <v>3048941480.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
+      <c r="B24" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D24" s="6">
-        <v>22525.0</v>
+        <v>26523.0</v>
       </c>
       <c r="E24" s="6">
-        <v>1291660532.0</v>
+        <v>1607234006.0</v>
       </c>
       <c r="F24" s="6">
-        <v>49.0</v>
+        <v>7713.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="C25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D25" s="6">
-        <v>19005.0</v>
+        <v>26090.0</v>
       </c>
       <c r="E25" s="6">
-        <v>1121758944.0</v>
+        <v>1540346695.0</v>
       </c>
       <c r="F25" s="6">
-        <v>793.0</v>
+        <v>2863.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="C26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D26" s="6">
-        <v>18943.0</v>
+        <v>25372.0</v>
       </c>
       <c r="E26" s="6">
-        <v>1002059730.0</v>
+        <v>1504729431.0</v>
       </c>
       <c r="F26" s="6">
-        <v>5061.0</v>
+        <v>4035.0</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="C27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D27" s="6">
-        <v>23493.0</v>
+        <v>22536.0</v>
       </c>
       <c r="E27" s="6">
-        <v>1172616531.0</v>
+        <v>1289299818.0</v>
       </c>
       <c r="F27" s="6">
-        <v>4095.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
-      <c r="B28" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D28" s="6">
-        <v>4228.0</v>
+        <v>19006.0</v>
       </c>
       <c r="E28" s="6">
-        <v>1933805947.0</v>
+        <v>1121759612.0</v>
       </c>
       <c r="F28" s="6">
-        <v>815.0</v>
+        <v>793.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="C29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D29" s="6">
-        <v>4549.0</v>
+        <v>18943.0</v>
       </c>
       <c r="E29" s="6">
-        <v>1999307970.0</v>
+        <v>1002059730.0</v>
       </c>
       <c r="F29" s="6">
-        <v>0.0</v>
+        <v>5061.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="C30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D30" s="6">
-        <v>4273.0</v>
+        <v>23493.0</v>
       </c>
       <c r="E30" s="6">
-        <v>2341160879.0</v>
+        <v>1172616531.0</v>
       </c>
       <c r="F30" s="6">
-        <v>0.0</v>
+        <v>4095.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
+      <c r="B31" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">35: Individualios žemės ūkio veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D31" s="6">
-        <v>4263.0</v>
+        <v>4333.0</v>
       </c>
       <c r="E31" s="6">
-        <v>1691638356.0</v>
+        <v>1983706958.0</v>
       </c>
       <c r="F31" s="6">
-        <v>0.0</v>
+        <v>820.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="C32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D32" s="6">
-        <v>4001.0</v>
+        <v>4714.0</v>
       </c>
       <c r="E32" s="6">
-        <v>1600639051.0</v>
+        <v>1955131548.0</v>
       </c>
       <c r="F32" s="6">
-        <v>2214.0</v>
+        <v>815.0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="C33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D33" s="6">
-        <v>3857.0</v>
+        <v>4571.0</v>
       </c>
       <c r="E33" s="6">
-        <v>1279193262.0</v>
+        <v>2000133127.0</v>
       </c>
       <c r="F33" s="6">
-        <v>2553.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
-      <c r="B34" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D34" s="6">
-        <v>17435.0</v>
+        <v>4281.0</v>
       </c>
       <c r="E34" s="6">
-        <v>2311320123.0</v>
+        <v>2341202558.0</v>
       </c>
       <c r="F34" s="6">
-        <v>299146291.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="C35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D35" s="6">
-        <v>16861.0</v>
+        <v>4263.0</v>
       </c>
       <c r="E35" s="6">
-        <v>2038257855.0</v>
+        <v>1691638356.0</v>
       </c>
       <c r="F35" s="6">
-        <v>281125936.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="C36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D36" s="6">
-        <v>15410.0</v>
+        <v>4001.0</v>
       </c>
       <c r="E36" s="6">
-        <v>1737899386.0</v>
+        <v>1600639051.0</v>
       </c>
       <c r="F36" s="6">
-        <v>235202502.0</v>
+        <v>2214.0</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="C37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D37" s="6">
-        <v>12758.0</v>
+        <v>3857.0</v>
       </c>
       <c r="E37" s="6">
-        <v>1270521708.0</v>
+        <v>1279193262.0</v>
       </c>
       <c r="F37" s="6">
-        <v>175681933.0</v>
+        <v>2553.0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
+      <c r="B38" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D38" s="6">
-        <v>11007.0</v>
+        <v>19547.0</v>
       </c>
       <c r="E38" s="6">
-        <v>962656033.0</v>
+        <v>2404908315.0</v>
       </c>
       <c r="F38" s="6">
-        <v>135174359.0</v>
+        <v>323173028.0</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="C39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D39" s="6">
-        <v>11032.0</v>
+        <v>18624.0</v>
       </c>
       <c r="E39" s="6">
-        <v>1011820788.0</v>
+        <v>2361720327.0</v>
       </c>
       <c r="F39" s="6">
-        <v>143282040.0</v>
+        <v>306865514.0</v>
       </c>
     </row>
     <row r="40" spans="1:6">
-      <c r="B40" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D40" s="6">
-        <v>61174.0</v>
+        <v>16944.0</v>
       </c>
       <c r="E40" s="6">
-        <v>1452007963.0</v>
+        <v>2046668970.0</v>
       </c>
       <c r="F40" s="6">
-        <v>2130096.0</v>
+        <v>283497298.0</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="C41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D41" s="6">
-        <v>60716.0</v>
+        <v>15443.0</v>
       </c>
       <c r="E41" s="6">
-        <v>1234826045.0</v>
+        <v>1739529399.0</v>
       </c>
       <c r="F41" s="6">
-        <v>2553732.0</v>
+        <v>235627766.0</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="C42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D42" s="6">
-        <v>56963.0</v>
+        <v>12762.0</v>
       </c>
       <c r="E42" s="6">
-        <v>1077584489.0</v>
+        <v>1270624925.0</v>
       </c>
       <c r="F42" s="6">
-        <v>3405268.0</v>
+        <v>175705359.0</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="C43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D43" s="6">
-        <v>53012.0</v>
+        <v>11007.0</v>
       </c>
       <c r="E43" s="6">
-        <v>824277372.0</v>
+        <v>962656033.0</v>
       </c>
       <c r="F43" s="6">
-        <v>1812792.0</v>
+        <v>135174359.0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="C44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D44" s="6">
-        <v>46523.0</v>
+        <v>11032.0</v>
       </c>
       <c r="E44" s="6">
-        <v>619960091.0</v>
+        <v>1011820788.0</v>
       </c>
       <c r="F44" s="6">
-        <v>1331055.0</v>
+        <v>143282040.0</v>
       </c>
     </row>
     <row r="45" spans="1:6">
+      <c r="B45" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D45" s="6">
-        <v>43147.0</v>
+        <v>65352.0</v>
       </c>
       <c r="E45" s="6">
-        <v>560435367.0</v>
+        <v>1851827428.0</v>
       </c>
       <c r="F45" s="6">
-        <v>2129135.0</v>
+        <v>2502040.0</v>
       </c>
     </row>
     <row r="46" spans="1:6">
-      <c r="B46" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D46" s="6">
-        <v>431.0</v>
+        <v>64091.0</v>
       </c>
       <c r="E46" s="6">
-        <v>213907540.0</v>
+        <v>1497929327.0</v>
       </c>
       <c r="F46" s="6">
-        <v>119825.0</v>
+        <v>2248858.0</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="C47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D47" s="6">
-        <v>464.0</v>
+        <v>60810.0</v>
       </c>
       <c r="E47" s="6">
-        <v>195540888.0</v>
+        <v>1236639374.0</v>
       </c>
       <c r="F47" s="6">
-        <v>189937.0</v>
+        <v>2562225.0</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="C48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D48" s="6">
-        <v>471.0</v>
+        <v>56996.0</v>
       </c>
       <c r="E48" s="6">
-        <v>273061502.0</v>
+        <v>1078026285.0</v>
       </c>
       <c r="F48" s="6">
-        <v>36067.0</v>
+        <v>3402982.0</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="C49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D49" s="6">
-        <v>411.0</v>
+        <v>53025.0</v>
       </c>
       <c r="E49" s="6">
-        <v>326457156.0</v>
+        <v>824347885.0</v>
       </c>
       <c r="F49" s="6">
-        <v>66083.0</v>
+        <v>1814653.0</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="C50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D50" s="6">
-        <v>433.0</v>
+        <v>46523.0</v>
       </c>
       <c r="E50" s="6">
-        <v>160704436.0</v>
+        <v>619960091.0</v>
       </c>
       <c r="F50" s="6">
-        <v>43551.0</v>
+        <v>1331055.0</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="C51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D51" s="6">
-        <v>423.0</v>
+        <v>43147.0</v>
       </c>
       <c r="E51" s="6">
-        <v>134989454.0</v>
+        <v>560435367.0</v>
       </c>
       <c r="F51" s="6">
-        <v>8235.0</v>
+        <v>2129135.0</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">15: Atliekų pardavimo išmokos</t>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
           </r>
         </is>
       </c>
       <c r="C52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D52" s="6">
-        <v>236.0</v>
+        <v>492.0</v>
       </c>
       <c r="E52" s="6">
-        <v>140224782.0</v>
+        <v>360159956.0</v>
       </c>
       <c r="F52" s="6">
-        <v>6649268.0</v>
+        <v>18975.0</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="C53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D53" s="6">
-        <v>263.0</v>
+        <v>492.0</v>
       </c>
       <c r="E53" s="6">
-        <v>135520368.0</v>
+        <v>228765768.0</v>
       </c>
       <c r="F53" s="6">
-        <v>6384608.0</v>
+        <v>119182.0</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="C54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D54" s="6">
-        <v>270.0</v>
+        <v>468.0</v>
       </c>
       <c r="E54" s="6">
-        <v>179882427.0</v>
+        <v>195101930.0</v>
       </c>
       <c r="F54" s="6">
-        <v>8273197.0</v>
+        <v>189937.0</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="C55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D55" s="6">
-        <v>274.0</v>
+        <v>472.0</v>
       </c>
       <c r="E55" s="6">
-        <v>179820855.0</v>
+        <v>273580708.0</v>
       </c>
       <c r="F55" s="6">
-        <v>8210308.0</v>
+        <v>36067.0</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="C56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D56" s="6">
-        <v>272.0</v>
+        <v>414.0</v>
       </c>
       <c r="E56" s="6">
-        <v>94250002.0</v>
+        <v>326848565.0</v>
       </c>
       <c r="F56" s="6">
-        <v>4064164.0</v>
+        <v>66083.0</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="C57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D57" s="6">
+        <v>433.0</v>
+      </c>
+      <c r="E57" s="6">
+        <v>160704436.0</v>
+      </c>
+      <c r="F57" s="6">
+        <v>43551.0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="C58" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D57" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D58" s="6">
-        <v>2909.0</v>
+        <v>423.0</v>
       </c>
       <c r="E58" s="6">
-        <v>169708134.0</v>
+        <v>134989454.0</v>
       </c>
       <c r="F58" s="6">
-        <v>2550.0</v>
+        <v>8235.0</v>
       </c>
     </row>
     <row r="59" spans="1:6">
+      <c r="B59" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">15: Atliekų pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D59" s="6">
-        <v>3220.0</v>
+        <v>234.0</v>
       </c>
       <c r="E59" s="6">
-        <v>162026351.0</v>
+        <v>131085480.0</v>
       </c>
       <c r="F59" s="6">
-        <v>382.0</v>
+        <v>6154687.0</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="C60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D60" s="6">
-        <v>3210.0</v>
+        <v>245.0</v>
       </c>
       <c r="E60" s="6">
-        <v>150029443.0</v>
+        <v>146984476.0</v>
       </c>
       <c r="F60" s="6">
-        <v>9216.0</v>
+        <v>6963242.0</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="C61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D61" s="6">
-        <v>3125.0</v>
+        <v>263.0</v>
       </c>
       <c r="E61" s="6">
-        <v>118085211.0</v>
+        <v>136738240.0</v>
       </c>
       <c r="F61" s="6">
-        <v>0.0</v>
+        <v>6445502.0</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="C62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D62" s="6">
-        <v>2771.0</v>
+        <v>270.0</v>
       </c>
       <c r="E62" s="6">
-        <v>81183092.0</v>
+        <v>181328628.0</v>
       </c>
       <c r="F62" s="6">
-        <v>874.0</v>
+        <v>8345508.0</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="C63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D63" s="6">
-        <v>2868.0</v>
+        <v>273.0</v>
       </c>
       <c r="E63" s="6">
-        <v>478455666.0</v>
+        <v>179814479.0</v>
       </c>
       <c r="F63" s="6">
-        <v>443.0</v>
+        <v>8209915.0</v>
       </c>
     </row>
     <row r="64" spans="1:6">
-      <c r="B64" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D64" s="6">
-        <v>1480.0</v>
+        <v>272.0</v>
       </c>
       <c r="E64" s="6">
-        <v>250383544.0</v>
+        <v>94250002.0</v>
       </c>
       <c r="F64" s="6">
-        <v>320189.0</v>
+        <v>4064164.0</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="C65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D65" s="6">
-        <v>1618.0</v>
+        <v>281.0</v>
       </c>
       <c r="E65" s="6">
-        <v>275609084.0</v>
+        <v>89790660.0</v>
       </c>
       <c r="F65" s="6">
-        <v>203017.0</v>
+        <v>3977673.0</v>
       </c>
     </row>
     <row r="66" spans="1:6">
+      <c r="B66" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">16: Registruotino kilnojamojo daikto pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D66" s="6">
-        <v>1709.0</v>
+        <v>2939.0</v>
       </c>
       <c r="E66" s="6">
-        <v>283873718.0</v>
+        <v>195656592.0</v>
       </c>
       <c r="F66" s="6">
-        <v>145495.0</v>
+        <v>4418.0</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="C67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D67" s="6">
-        <v>2070.0</v>
+        <v>3148.0</v>
       </c>
       <c r="E67" s="6">
-        <v>343826197.0</v>
+        <v>174909219.0</v>
       </c>
       <c r="F67" s="6">
-        <v>266717.0</v>
+        <v>6750.0</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="C68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D68" s="6">
-        <v>1525.0</v>
+        <v>3237.0</v>
       </c>
       <c r="E68" s="6">
-        <v>187123889.0</v>
+        <v>162286197.0</v>
       </c>
       <c r="F68" s="6">
-        <v>130352.0</v>
+        <v>382.0</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="C69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D69" s="6">
-        <v>1383.0</v>
+        <v>3212.0</v>
       </c>
       <c r="E69" s="6">
-        <v>202041066.0</v>
+        <v>150064571.0</v>
       </c>
       <c r="F69" s="6">
-        <v>96386.0</v>
+        <v>9216.0</v>
       </c>
     </row>
     <row r="70" spans="1:6">
-      <c r="B70" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D70" s="6">
-        <v>23474.0</v>
+        <v>3124.0</v>
       </c>
       <c r="E70" s="6">
-        <v>344011098.0</v>
+        <v>118090061.0</v>
       </c>
       <c r="F70" s="6">
-        <v>49867206.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="C71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D71" s="6">
-        <v>24578.0</v>
+        <v>2771.0</v>
       </c>
       <c r="E71" s="6">
-        <v>325501159.0</v>
+        <v>81183092.0</v>
       </c>
       <c r="F71" s="6">
-        <v>47088951.0</v>
+        <v>874.0</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="C72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D72" s="6">
-        <v>24133.0</v>
+        <v>2868.0</v>
       </c>
       <c r="E72" s="6">
-        <v>293937390.0</v>
+        <v>478455666.0</v>
       </c>
       <c r="F72" s="6">
-        <v>42539187.0</v>
+        <v>443.0</v>
       </c>
     </row>
     <row r="73" spans="1:6">
+      <c r="B73" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">17: Kito nekilnojamojo turto pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D73" s="6">
-        <v>23051.0</v>
+        <v>1640.0</v>
       </c>
       <c r="E73" s="6">
-        <v>252136302.0</v>
+        <v>282345857.0</v>
       </c>
       <c r="F73" s="6">
-        <v>36529724.0</v>
+        <v>481393.0</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="C74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D74" s="6">
-        <v>22177.0</v>
+        <v>1571.0</v>
       </c>
       <c r="E74" s="6">
-        <v>220536964.0</v>
+        <v>268320599.0</v>
       </c>
       <c r="F74" s="6">
-        <v>32002549.0</v>
+        <v>328142.0</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="C75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D75" s="6">
-        <v>21693.0</v>
+        <v>1628.0</v>
       </c>
       <c r="E75" s="6">
-        <v>206476341.0</v>
+        <v>280650633.0</v>
       </c>
       <c r="F75" s="6">
-        <v>29975444.0</v>
+        <v>203017.0</v>
       </c>
     </row>
     <row r="76" spans="1:6">
-      <c r="B76" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D76" s="6">
-        <v>12.0</v>
+        <v>1710.0</v>
       </c>
       <c r="E76" s="6">
-        <v>212659483.0</v>
+        <v>283775959.0</v>
       </c>
       <c r="F76" s="6">
-        <v>0.0</v>
+        <v>145495.0</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="C77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D77" s="6">
-        <v>12.0</v>
+        <v>2070.0</v>
       </c>
       <c r="E77" s="6">
-        <v>167133534.0</v>
+        <v>343806197.0</v>
       </c>
       <c r="F77" s="6">
-        <v>0.0</v>
+        <v>266717.0</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="C78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D78" s="6">
-        <v>12.0</v>
+        <v>1525.0</v>
       </c>
       <c r="E78" s="6">
-        <v>95090214.0</v>
+        <v>187123889.0</v>
       </c>
       <c r="F78" s="6">
-        <v>0.0</v>
+        <v>130352.0</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="C79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D79" s="6">
-        <v>10.0</v>
+        <v>1383.0</v>
       </c>
       <c r="E79" s="6">
-        <v>287616208.0</v>
+        <v>202041066.0</v>
       </c>
       <c r="F79" s="6">
-        <v>0.0</v>
+        <v>96386.0</v>
       </c>
     </row>
     <row r="80" spans="1:6">
+      <c r="B80" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">23: Nekilnojamojo pagal prigimtį daikto nuomos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D80" s="6">
-        <v>10.0</v>
+        <v>24447.0</v>
       </c>
       <c r="E80" s="6">
-        <v>96469390.0</v>
+        <v>382643152.0</v>
       </c>
       <c r="F80" s="6">
-        <v>0.0</v>
+        <v>55500509.0</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="C81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D81" s="6">
-        <v>9.0</v>
+        <v>25242.0</v>
       </c>
       <c r="E81" s="6">
-        <v>22199390.0</v>
+        <v>355323463.0</v>
       </c>
       <c r="F81" s="6">
-        <v>0.0</v>
+        <v>51428181.0</v>
       </c>
     </row>
     <row r="82" spans="1:6">
-      <c r="A82" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C82" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D82" s="6">
-        <v>10356.0</v>
+        <v>24679.0</v>
       </c>
       <c r="E82" s="6">
-        <v>1074590465.0</v>
+        <v>326472787.0</v>
       </c>
       <c r="F82" s="6">
-        <v>109054597.0</v>
+        <v>47233618.0</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="C83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D83" s="6">
-        <v>10754.0</v>
+        <v>24160.0</v>
       </c>
       <c r="E83" s="6">
-        <v>1016195628.0</v>
+        <v>294261762.0</v>
       </c>
       <c r="F83" s="6">
-        <v>100902278.0</v>
+        <v>42587998.0</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="C84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D84" s="6">
-        <v>10712.0</v>
+        <v>23066.0</v>
       </c>
       <c r="E84" s="6">
-        <v>1002343533.0</v>
+        <v>252172490.0</v>
       </c>
       <c r="F84" s="6">
-        <v>93181328.0</v>
+        <v>36531309.0</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="C85" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D85" s="6">
-        <v>10447.0</v>
+        <v>22177.0</v>
       </c>
       <c r="E85" s="6">
-        <v>782699489.0</v>
+        <v>220536964.0</v>
       </c>
       <c r="F85" s="6">
-        <v>76428672.0</v>
+        <v>32002549.0</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="C86" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D86" s="6">
-        <v>10354.0</v>
+        <v>21693.0</v>
       </c>
       <c r="E86" s="6">
-        <v>732168713.0</v>
+        <v>206476341.0</v>
       </c>
       <c r="F86" s="6">
-        <v>73224473.0</v>
+        <v>29975444.0</v>
       </c>
     </row>
     <row r="87" spans="1:6">
+      <c r="B87" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">42: Azartinių lošimų laimėjimai</t>
+          </r>
+        </is>
+      </c>
       <c r="C87" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D87" s="6">
-        <v>10540.0</v>
+        <v>12.0</v>
       </c>
       <c r="E87" s="6">
-        <v>743402139.0</v>
+        <v>248251004.0</v>
       </c>
       <c r="F87" s="6">
-        <v>78792374.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="88" spans="1:6">
-      <c r="B88" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C88" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D88" s="6">
-        <v>6422.0</v>
+        <v>12.0</v>
       </c>
       <c r="E88" s="6">
-        <v>600620053.0</v>
+        <v>211190208.0</v>
       </c>
       <c r="F88" s="6">
-        <v>87284035.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="C89" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D89" s="6">
-        <v>6702.0</v>
+        <v>12.0</v>
       </c>
       <c r="E89" s="6">
-        <v>551134381.0</v>
+        <v>167133534.0</v>
       </c>
       <c r="F89" s="6">
-        <v>80358721.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="C90" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D90" s="6">
-        <v>6823.0</v>
+        <v>12.0</v>
       </c>
       <c r="E90" s="6">
-        <v>494535727.0</v>
+        <v>95090214.0</v>
       </c>
       <c r="F90" s="6">
-        <v>71808968.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="C91" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D91" s="6">
-        <v>6717.0</v>
+        <v>10.0</v>
       </c>
       <c r="E91" s="6">
-        <v>416361230.0</v>
+        <v>287616208.0</v>
       </c>
       <c r="F91" s="6">
-        <v>59597695.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="C92" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D92" s="6">
-        <v>6739.0</v>
+        <v>10.0</v>
       </c>
       <c r="E92" s="6">
-        <v>415637928.0</v>
+        <v>96469390.0</v>
       </c>
       <c r="F92" s="6">
-        <v>59752367.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="C93" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D93" s="6">
-        <v>7051.0</v>
+        <v>9.0</v>
       </c>
       <c r="E93" s="6">
-        <v>408961222.0</v>
+        <v>22199390.0</v>
       </c>
       <c r="F93" s="6">
-        <v>61996832.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="94" spans="1:6">
+      <c r="A94" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
+          </r>
+        </is>
+      </c>
       <c r="B94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05: Dienpinigiai</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D94" s="6">
-        <v>425.0</v>
+        <v>10297.0</v>
       </c>
       <c r="E94" s="6">
-        <v>15385074.0</v>
+        <v>1128987481.0</v>
       </c>
       <c r="F94" s="6">
-        <v>0.0</v>
+        <v>121604265.0</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="C95" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D95" s="6">
-        <v>483.0</v>
+        <v>10784.0</v>
       </c>
       <c r="E95" s="6">
-        <v>15221311.0</v>
+        <v>1084676162.0</v>
       </c>
       <c r="F95" s="6">
-        <v>0.0</v>
+        <v>109849749.0</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="C96" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D96" s="6">
-        <v>348.0</v>
+        <v>10768.0</v>
       </c>
       <c r="E96" s="6">
-        <v>14507956.0</v>
+        <v>1017484041.0</v>
       </c>
       <c r="F96" s="6">
-        <v>0.0</v>
+        <v>100919763.0</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="C97" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D97" s="6">
-        <v>281.0</v>
+        <v>10717.0</v>
       </c>
       <c r="E97" s="6">
-        <v>15337342.0</v>
+        <v>1002161932.0</v>
       </c>
       <c r="F97" s="6">
-        <v>0.0</v>
+        <v>93188643.0</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="C98" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D98" s="6">
-        <v>299.0</v>
+        <v>10451.0</v>
       </c>
       <c r="E98" s="6">
-        <v>16180945.0</v>
+        <v>782715701.0</v>
       </c>
       <c r="F98" s="6">
-        <v>0.0</v>
+        <v>76429920.0</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="C99" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D99" s="6">
+        <v>10354.0</v>
+      </c>
+      <c r="E99" s="6">
+        <v>732168713.0</v>
+      </c>
+      <c r="F99" s="6">
+        <v>73224473.0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="C100" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D99" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D100" s="6">
-        <v>215.0</v>
+        <v>10540.0</v>
       </c>
       <c r="E100" s="6">
-        <v>17949451.0</v>
+        <v>743402139.0</v>
       </c>
       <c r="F100" s="6">
-        <v>2583582.0</v>
+        <v>78792374.0</v>
       </c>
     </row>
     <row r="101" spans="1:6">
+      <c r="B101" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C101" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D101" s="6">
-        <v>219.0</v>
+        <v>6209.0</v>
       </c>
       <c r="E101" s="6">
-        <v>16784764.0</v>
+        <v>634891562.0</v>
       </c>
       <c r="F101" s="6">
-        <v>2230357.0</v>
+        <v>96315769.0</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="C102" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D102" s="6">
-        <v>208.0</v>
+        <v>6486.0</v>
       </c>
       <c r="E102" s="6">
-        <v>14929498.0</v>
+        <v>601880468.0</v>
       </c>
       <c r="F102" s="6">
-        <v>1962971.0</v>
+        <v>87429049.0</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="C103" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D103" s="6">
-        <v>162.0</v>
+        <v>6702.0</v>
       </c>
       <c r="E103" s="6">
-        <v>11346271.0</v>
+        <v>551135849.0</v>
       </c>
       <c r="F103" s="6">
-        <v>1585830.0</v>
+        <v>80363085.0</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="C104" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D104" s="6">
-        <v>129.0</v>
+        <v>6824.0</v>
       </c>
       <c r="E104" s="6">
-        <v>7072114.0</v>
+        <v>494584901.0</v>
       </c>
       <c r="F104" s="6">
-        <v>1009057.0</v>
+        <v>71816314.0</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="C105" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D105" s="6">
-        <v>159.0</v>
+        <v>6718.0</v>
       </c>
       <c r="E105" s="6">
-        <v>23672901.0</v>
+        <v>416361777.0</v>
       </c>
       <c r="F105" s="6">
-        <v>3493854.0</v>
+        <v>59597695.0</v>
       </c>
     </row>
     <row r="106" spans="1:6">
-      <c r="B106" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C106" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D106" s="6">
-        <v>1543.0</v>
+        <v>6739.0</v>
       </c>
       <c r="E106" s="6">
-        <v>34687517.0</v>
+        <v>415637928.0</v>
       </c>
       <c r="F106" s="6">
-        <v>586677.0</v>
+        <v>59752367.0</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="C107" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D107" s="6">
-        <v>1476.0</v>
+        <v>7051.0</v>
       </c>
       <c r="E107" s="6">
-        <v>34182392.0</v>
+        <v>408961222.0</v>
       </c>
       <c r="F107" s="6">
-        <v>827103.0</v>
+        <v>61996832.0</v>
       </c>
     </row>
     <row r="108" spans="1:6">
+      <c r="B108" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C108" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D108" s="6">
-        <v>1432.0</v>
+        <v>436.0</v>
       </c>
       <c r="E108" s="6">
-        <v>34051984.0</v>
+        <v>17827310.0</v>
       </c>
       <c r="F108" s="6">
-        <v>1309598.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="C109" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D109" s="6">
-        <v>1323.0</v>
+        <v>433.0</v>
       </c>
       <c r="E109" s="6">
-        <v>23685676.0</v>
+        <v>15865881.0</v>
       </c>
       <c r="F109" s="6">
-        <v>932611.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="C110" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D110" s="6">
-        <v>1162.0</v>
+        <v>483.0</v>
       </c>
       <c r="E110" s="6">
-        <v>17082445.0</v>
+        <v>15223236.0</v>
       </c>
       <c r="F110" s="6">
-        <v>629781.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="C111" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D111" s="6">
-        <v>1181.0</v>
+        <v>348.0</v>
       </c>
       <c r="E111" s="6">
-        <v>22336225.0</v>
+        <v>14507956.0</v>
       </c>
       <c r="F111" s="6">
-        <v>1154740.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="112" spans="1:6">
-      <c r="B112" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C112" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D112" s="6">
-        <v>13.0</v>
+        <v>281.0</v>
       </c>
       <c r="E112" s="6">
-        <v>920662.0</v>
+        <v>15337342.0</v>
       </c>
       <c r="F112" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="C113" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D113" s="6">
-        <v>15.0</v>
+        <v>299.0</v>
       </c>
       <c r="E113" s="6">
-        <v>14520142.0</v>
+        <v>16180945.0</v>
       </c>
       <c r="F113" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="C114" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D114" s="6">
-        <v>29.0</v>
+        <v>352.0</v>
       </c>
       <c r="E114" s="6">
-        <v>19609101.0</v>
+        <v>13785756.0</v>
       </c>
       <c r="F114" s="6">
-        <v>0.0</v>
+        <v>476.0</v>
       </c>
     </row>
     <row r="115" spans="1:6">
+      <c r="B115" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C115" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D115" s="6">
-        <v>20.0</v>
+        <v>224.0</v>
       </c>
       <c r="E115" s="6">
-        <v>648807.0</v>
+        <v>25170308.0</v>
       </c>
       <c r="F115" s="6">
-        <v>0.0</v>
+        <v>3583994.0</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="C116" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D116" s="6">
-        <v>21.0</v>
+        <v>223.0</v>
       </c>
       <c r="E116" s="6">
-        <v>8041281.0</v>
+        <v>18185189.0</v>
       </c>
       <c r="F116" s="6">
-        <v>0.0</v>
+        <v>2606598.0</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="C117" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D117" s="6">
-        <v>23.0</v>
+        <v>220.0</v>
       </c>
       <c r="E117" s="6">
-        <v>316528.0</v>
+        <v>16808293.0</v>
       </c>
       <c r="F117" s="6">
-        <v>0.0</v>
+        <v>2233887.0</v>
       </c>
     </row>
     <row r="118" spans="1:6">
-      <c r="A118" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C118" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D118" s="6">
-        <v>238.0</v>
+        <v>208.0</v>
       </c>
       <c r="E118" s="6">
-        <v>81435912.0</v>
+        <v>14929498.0</v>
       </c>
       <c r="F118" s="6">
-        <v>12884041.0</v>
+        <v>1962971.0</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="C119" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D119" s="6">
-        <v>233.0</v>
+        <v>162.0</v>
       </c>
       <c r="E119" s="6">
-        <v>71297383.0</v>
+        <v>11346271.0</v>
       </c>
       <c r="F119" s="6">
-        <v>10990972.0</v>
+        <v>1585830.0</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="C120" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D120" s="6">
-        <v>213.0</v>
+        <v>129.0</v>
       </c>
       <c r="E120" s="6">
-        <v>62518875.0</v>
+        <v>7072114.0</v>
       </c>
       <c r="F120" s="6">
-        <v>9383497.0</v>
+        <v>1009057.0</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="C121" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D121" s="6">
-        <v>207.0</v>
+        <v>159.0</v>
       </c>
       <c r="E121" s="6">
-        <v>64605593.0</v>
+        <v>23672901.0</v>
       </c>
       <c r="F121" s="6">
-        <v>9686382.0</v>
+        <v>3493854.0</v>
       </c>
     </row>
     <row r="122" spans="1:6">
+      <c r="B122" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C122" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D122" s="6">
-        <v>202.0</v>
+        <v>1580.0</v>
       </c>
       <c r="E122" s="6">
-        <v>52478593.0</v>
+        <v>34287040.0</v>
       </c>
       <c r="F122" s="6">
-        <v>8154147.0</v>
+        <v>728358.0</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="C123" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D123" s="6">
-        <v>192.0</v>
+        <v>1613.0</v>
       </c>
       <c r="E123" s="6">
-        <v>54733741.0</v>
+        <v>33731114.0</v>
       </c>
       <c r="F123" s="6">
-        <v>8428336.0</v>
+        <v>630403.0</v>
       </c>
     </row>
     <row r="124" spans="1:6">
-      <c r="B124" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C124" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D124" s="6">
-        <v>223.0</v>
+        <v>1477.0</v>
       </c>
       <c r="E124" s="6">
-        <v>67105534.0</v>
+        <v>34287126.0</v>
       </c>
       <c r="F124" s="6">
-        <v>11856115.0</v>
+        <v>834990.0</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="C125" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D125" s="6">
-        <v>222.0</v>
+        <v>1432.0</v>
       </c>
       <c r="E125" s="6">
-        <v>58847887.0</v>
+        <v>33979879.0</v>
       </c>
       <c r="F125" s="6">
-        <v>10213814.0</v>
+        <v>1309000.0</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="C126" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D126" s="6">
-        <v>206.0</v>
+        <v>1324.0</v>
       </c>
       <c r="E126" s="6">
-        <v>49928548.0</v>
+        <v>23685756.0</v>
       </c>
       <c r="F126" s="6">
-        <v>8504246.0</v>
+        <v>932611.0</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="C127" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D127" s="6">
-        <v>201.0</v>
+        <v>1162.0</v>
       </c>
       <c r="E127" s="6">
-        <v>46968031.0</v>
+        <v>17082445.0</v>
       </c>
       <c r="F127" s="6">
-        <v>8105474.0</v>
+        <v>629781.0</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="C128" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D128" s="6">
-        <v>197.0</v>
+        <v>1181.0</v>
       </c>
       <c r="E128" s="6">
-        <v>42268108.0</v>
+        <v>22336225.0</v>
       </c>
       <c r="F128" s="6">
-        <v>7331311.0</v>
+        <v>1154740.0</v>
       </c>
     </row>
     <row r="129" spans="1:6">
+      <c r="B129" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C129" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D129" s="6">
-        <v>184.0</v>
+        <v>18.0</v>
       </c>
       <c r="E129" s="6">
-        <v>41982586.0</v>
+        <v>903164.0</v>
       </c>
       <c r="F129" s="6">
-        <v>7381576.0</v>
+        <v>7122.0</v>
       </c>
     </row>
     <row r="130" spans="1:6">
-      <c r="B130" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C130" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D130" s="6">
-        <v>46.0</v>
+        <v>14.0</v>
       </c>
       <c r="E130" s="6">
-        <v>1082586.0</v>
+        <v>1691551.0</v>
       </c>
       <c r="F130" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="C131" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D131" s="6">
-        <v>43.0</v>
+        <v>15.0</v>
       </c>
       <c r="E131" s="6">
-        <v>837444.0</v>
+        <v>14520142.0</v>
       </c>
       <c r="F131" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="C132" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D132" s="6">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="E132" s="6">
-        <v>288391.0</v>
+        <v>19609101.0</v>
       </c>
       <c r="F132" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="C133" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D133" s="6">
-        <v>23.0</v>
+        <v>20.0</v>
       </c>
       <c r="E133" s="6">
-        <v>96282.0</v>
+        <v>648807.0</v>
       </c>
       <c r="F133" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="C134" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D134" s="6">
-        <v>25.0</v>
+        <v>21.0</v>
       </c>
       <c r="E134" s="6">
-        <v>63582.0</v>
+        <v>8041281.0</v>
       </c>
       <c r="F134" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="C135" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D135" s="6">
-        <v>35.0</v>
+        <v>23.0</v>
       </c>
       <c r="E135" s="6">
-        <v>335266.0</v>
+        <v>316528.0</v>
       </c>
       <c r="F135" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="136" spans="1:6">
+      <c r="A136" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
+          </r>
+        </is>
+      </c>
       <c r="B136" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26: Dividendai</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C136" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D136" s="6">
-        <v>25.0</v>
+        <v>249.0</v>
       </c>
       <c r="E136" s="6">
-        <v>5073232.0</v>
+        <v>81673348.0</v>
       </c>
       <c r="F136" s="6">
-        <v>760985.0</v>
+        <v>13257593.0</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="C137" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D137" s="6">
-        <v>24.0</v>
+        <v>246.0</v>
       </c>
       <c r="E137" s="6">
-        <v>2742706.0</v>
+        <v>81564544.0</v>
       </c>
       <c r="F137" s="6">
-        <v>410197.0</v>
+        <v>12888272.0</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="C138" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D138" s="6">
-        <v>22.0</v>
+        <v>233.0</v>
       </c>
       <c r="E138" s="6">
-        <v>2931372.0</v>
+        <v>71308467.0</v>
       </c>
       <c r="F138" s="6">
-        <v>430917.0</v>
+        <v>10992649.0</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="C139" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D139" s="6">
-        <v>21.0</v>
+        <v>214.0</v>
       </c>
       <c r="E139" s="6">
-        <v>8165386.0</v>
+        <v>62518125.0</v>
       </c>
       <c r="F139" s="6">
-        <v>1224808.0</v>
+        <v>9383719.0</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="C140" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D140" s="6">
-        <v>16.0</v>
+        <v>207.0</v>
       </c>
       <c r="E140" s="6">
-        <v>3577796.0</v>
+        <v>64585593.0</v>
       </c>
       <c r="F140" s="6">
-        <v>535348.0</v>
+        <v>9686382.0</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="C141" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D141" s="6">
+        <v>202.0</v>
+      </c>
+      <c r="E141" s="6">
+        <v>52478593.0</v>
+      </c>
+      <c r="F141" s="6">
+        <v>8154147.0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="C142" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D141" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D142" s="6">
-        <v>113.0</v>
+        <v>192.0</v>
       </c>
       <c r="E142" s="6">
-        <v>3321948.0</v>
+        <v>54733741.0</v>
       </c>
       <c r="F142" s="6">
-        <v>0.0</v>
+        <v>8428336.0</v>
       </c>
     </row>
     <row r="143" spans="1:6">
+      <c r="B143" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C143" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D143" s="6">
-        <v>103.0</v>
+        <v>231.0</v>
       </c>
       <c r="E143" s="6">
-        <v>2251242.0</v>
+        <v>69527628.0</v>
       </c>
       <c r="F143" s="6">
-        <v>0.0</v>
+        <v>12465201.0</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="C144" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D144" s="6">
-        <v>88.0</v>
+        <v>229.0</v>
       </c>
       <c r="E144" s="6">
-        <v>1889239.0</v>
+        <v>67158263.0</v>
       </c>
       <c r="F144" s="6">
-        <v>0.0</v>
+        <v>11861083.0</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="C145" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D145" s="6">
-        <v>92.0</v>
+        <v>222.0</v>
       </c>
       <c r="E145" s="6">
-        <v>1952839.0</v>
+        <v>58860205.0</v>
       </c>
       <c r="F145" s="6">
-        <v>0.0</v>
+        <v>10215491.0</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="C146" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D146" s="6">
-        <v>72.0</v>
+        <v>207.0</v>
       </c>
       <c r="E146" s="6">
-        <v>1592840.0</v>
+        <v>49927798.0</v>
       </c>
       <c r="F146" s="6">
-        <v>437.0</v>
+        <v>8504467.0</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="C147" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D147" s="6">
-        <v>67.0</v>
+        <v>201.0</v>
       </c>
       <c r="E147" s="6">
-        <v>1242565.0</v>
+        <v>46968031.0</v>
       </c>
       <c r="F147" s="6">
-        <v>0.0</v>
+        <v>8105474.0</v>
       </c>
     </row>
     <row r="148" spans="1:6">
-      <c r="B148" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C148" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D148" s="6">
+        <v>197.0</v>
+      </c>
+      <c r="E148" s="6">
+        <v>42268108.0</v>
+      </c>
+      <c r="F148" s="6">
+        <v>7331311.0</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="C149" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D149" s="6">
+        <v>184.0</v>
+      </c>
+      <c r="E149" s="6">
+        <v>41982586.0</v>
+      </c>
+      <c r="F149" s="6">
+        <v>7381576.0</v>
       </c>
     </row>
     <row r="150" spans="1:6">
+      <c r="B150" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C150" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D150" s="6">
+        <v>49.0</v>
+      </c>
+      <c r="E150" s="6">
+        <v>938478.0</v>
+      </c>
+      <c r="F150" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="C151" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D151" s="6">
+        <v>46.0</v>
+      </c>
+      <c r="E151" s="6">
+        <v>1082586.0</v>
+      </c>
+      <c r="F151" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="C152" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D152" s="6">
+        <v>43.0</v>
+      </c>
+      <c r="E152" s="6">
+        <v>836211.0</v>
+      </c>
+      <c r="F152" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="C153" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D153" s="6">
-        <v>3.0</v>
+        <v>28.0</v>
       </c>
       <c r="E153" s="6">
-        <v>206925.0</v>
+        <v>288391.0</v>
       </c>
       <c r="F153" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="154" spans="1:6">
-      <c r="A154" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C154" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D154" s="6">
-        <v>10983.0</v>
+        <v>23.0</v>
       </c>
       <c r="E154" s="6">
-        <v>6135307254.0</v>
+        <v>96282.0</v>
       </c>
       <c r="F154" s="6">
-        <v>880313018.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="C155" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D155" s="6">
-        <v>11180.0</v>
+        <v>25.0</v>
       </c>
       <c r="E155" s="6">
-        <v>5666173487.0</v>
+        <v>63582.0</v>
       </c>
       <c r="F155" s="6">
-        <v>815985663.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="C156" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D156" s="6">
-        <v>11058.0</v>
+        <v>35.0</v>
       </c>
       <c r="E156" s="6">
-        <v>5345592093.0</v>
+        <v>335266.0</v>
       </c>
       <c r="F156" s="6">
-        <v>747576655.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="157" spans="1:6">
+      <c r="B157" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C157" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D157" s="6">
-        <v>10861.0</v>
+        <v>23.0</v>
       </c>
       <c r="E157" s="6">
-        <v>4680065718.0</v>
+        <v>3779413.0</v>
       </c>
       <c r="F157" s="6">
-        <v>656707740.0</v>
+        <v>562862.0</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="C158" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D158" s="6">
-        <v>10077.0</v>
+        <v>26.0</v>
       </c>
       <c r="E158" s="6">
-        <v>4048171578.0</v>
+        <v>5078127.0</v>
       </c>
       <c r="F158" s="6">
-        <v>560876223.0</v>
+        <v>760985.0</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="C159" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D159" s="6">
-        <v>9622.0</v>
+        <v>24.0</v>
       </c>
       <c r="E159" s="6">
-        <v>3839700725.0</v>
+        <v>2742706.0</v>
       </c>
       <c r="F159" s="6">
-        <v>544987719.0</v>
+        <v>410197.0</v>
       </c>
     </row>
     <row r="160" spans="1:6">
-      <c r="B160" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C160" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D160" s="6">
-        <v>9561.0</v>
+        <v>22.0</v>
       </c>
       <c r="E160" s="6">
-        <v>4966937194.0</v>
+        <v>2931372.0</v>
       </c>
       <c r="F160" s="6">
-        <v>832547548.0</v>
+        <v>430917.0</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="C161" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D161" s="6">
-        <v>9793.0</v>
+        <v>21.0</v>
       </c>
       <c r="E161" s="6">
-        <v>4561176285.0</v>
+        <v>8165386.0</v>
       </c>
       <c r="F161" s="6">
-        <v>766856875.0</v>
+        <v>1224808.0</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="C162" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D162" s="6">
-        <v>9799.0</v>
+        <v>16.0</v>
       </c>
       <c r="E162" s="6">
-        <v>4211966587.0</v>
+        <v>3577796.0</v>
       </c>
       <c r="F162" s="6">
-        <v>712423183.0</v>
+        <v>535348.0</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="C163" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D163" s="6">
-        <v>9674.0</v>
+        <v>17.0</v>
       </c>
       <c r="E163" s="6">
-        <v>3702076185.0</v>
+        <v>5529500.0</v>
       </c>
       <c r="F163" s="6">
-        <v>623371825.0</v>
+        <v>688452.0</v>
       </c>
     </row>
     <row r="164" spans="1:6">
+      <c r="B164" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C164" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D164" s="6">
-        <v>9082.0</v>
+        <v>106.0</v>
       </c>
       <c r="E164" s="6">
-        <v>3221810331.0</v>
+        <v>1488025.0</v>
       </c>
       <c r="F164" s="6">
-        <v>533564736.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="C165" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D165" s="6">
-        <v>8732.0</v>
+        <v>115.0</v>
       </c>
       <c r="E165" s="6">
-        <v>2971743121.0</v>
+        <v>3321896.0</v>
       </c>
       <c r="F165" s="6">
-        <v>505645909.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="166" spans="1:6">
-      <c r="B166" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C166" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D166" s="6">
-        <v>2781.0</v>
+        <v>103.0</v>
       </c>
       <c r="E166" s="6">
-        <v>147999392.0</v>
+        <v>2251242.0</v>
       </c>
       <c r="F166" s="6">
-        <v>429.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="C167" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D167" s="6">
-        <v>2811.0</v>
+        <v>88.0</v>
       </c>
       <c r="E167" s="6">
-        <v>127357500.0</v>
+        <v>1888999.0</v>
       </c>
       <c r="F167" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="C168" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D168" s="6">
-        <v>2567.0</v>
+        <v>92.0</v>
       </c>
       <c r="E168" s="6">
-        <v>114714517.0</v>
+        <v>1952839.0</v>
       </c>
       <c r="F168" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="C169" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D169" s="6">
-        <v>2170.0</v>
+        <v>72.0</v>
       </c>
       <c r="E169" s="6">
-        <v>97626846.0</v>
+        <v>1592840.0</v>
       </c>
       <c r="F169" s="6">
-        <v>648.0</v>
+        <v>437.0</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="C170" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D170" s="6">
-        <v>2095.0</v>
+        <v>67.0</v>
       </c>
       <c r="E170" s="6">
-        <v>83321548.0</v>
+        <v>1242565.0</v>
       </c>
       <c r="F170" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="171" spans="1:6">
+      <c r="B171" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C171" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D171" s="6">
-        <v>2563.0</v>
+        <v>3.0</v>
       </c>
       <c r="E171" s="6">
-        <v>108815954.0</v>
+        <v>1666496.0</v>
       </c>
       <c r="F171" s="6">
-        <v>263.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="172" spans="1:6">
-      <c r="B172" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C172" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
-      <c r="D172" s="6">
-[...6 lines deleted...]
-        <v>36588400.0</v>
+      <c r="D172" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="C173" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
-      <c r="D173" s="6">
-[...6 lines deleted...]
-        <v>37246520.0</v>
+      <c r="D173" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F173" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="C174" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
-      <c r="D174" s="6">
-[...6 lines deleted...]
-        <v>23343436.0</v>
+      <c r="D174" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E174" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F174" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="C175" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
-      <c r="D175" s="6">
-[...6 lines deleted...]
-        <v>23468521.0</v>
+      <c r="D175" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E175" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F175" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="C176" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
-      <c r="D176" s="6">
-[...6 lines deleted...]
-        <v>19572160.0</v>
+      <c r="D176" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E176" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F176" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="C177" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D177" s="6">
-        <v>1055.0</v>
+        <v>3.0</v>
       </c>
       <c r="E177" s="6">
-        <v>163099328.0</v>
+        <v>206925.0</v>
       </c>
       <c r="F177" s="6">
-        <v>23271579.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="178" spans="1:6">
+      <c r="A178" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
+          </r>
+        </is>
+      </c>
       <c r="B178" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C178" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D178" s="6">
-        <v>5348.0</v>
+        <v>11402.0</v>
       </c>
       <c r="E178" s="6">
-        <v>79412422.0</v>
+        <v>6753382024.0</v>
       </c>
       <c r="F178" s="6">
-        <v>186575.0</v>
+        <v>976926319.0</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="C179" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D179" s="6">
-        <v>5342.0</v>
+        <v>11377.0</v>
       </c>
       <c r="E179" s="6">
-        <v>80126347.0</v>
+        <v>6199418527.0</v>
       </c>
       <c r="F179" s="6">
-        <v>132497.0</v>
+        <v>883498730.0</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="C180" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D180" s="6">
-        <v>5131.0</v>
+        <v>11208.0</v>
       </c>
       <c r="E180" s="6">
-        <v>71756703.0</v>
+        <v>5666874506.0</v>
       </c>
       <c r="F180" s="6">
-        <v>299538.0</v>
+        <v>816133812.0</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="C181" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D181" s="6">
-        <v>4862.0</v>
+        <v>11066.0</v>
       </c>
       <c r="E181" s="6">
-        <v>61320630.0</v>
+        <v>5345923714.0</v>
       </c>
       <c r="F181" s="6">
-        <v>176281.0</v>
+        <v>747637737.0</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="C182" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D182" s="6">
-        <v>4127.0</v>
+        <v>10862.0</v>
       </c>
       <c r="E182" s="6">
-        <v>47059506.0</v>
+        <v>4680097183.0</v>
       </c>
       <c r="F182" s="6">
-        <v>84546.0</v>
+        <v>656708878.0</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="C183" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D183" s="6">
+        <v>10077.0</v>
+      </c>
+      <c r="E183" s="6">
+        <v>4048171578.0</v>
+      </c>
+      <c r="F183" s="6">
+        <v>560876223.0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="C184" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D183" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D184" s="6">
-        <v>25.0</v>
+        <v>9622.0</v>
       </c>
       <c r="E184" s="6">
-        <v>4357461.0</v>
+        <v>3839700725.0</v>
       </c>
       <c r="F184" s="6">
-        <v>1811.0</v>
+        <v>544987719.0</v>
       </c>
     </row>
     <row r="185" spans="1:6">
+      <c r="B185" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C185" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D185" s="6">
-        <v>25.0</v>
+        <v>9617.0</v>
       </c>
       <c r="E185" s="6">
-        <v>13933832.0</v>
+        <v>5458267586.0</v>
       </c>
       <c r="F185" s="6">
-        <v>9588.0</v>
+        <v>929599551.0</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="C186" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D186" s="6">
-        <v>22.0</v>
+        <v>9698.0</v>
       </c>
       <c r="E186" s="6">
-        <v>21507720.0</v>
+        <v>4998708950.0</v>
       </c>
       <c r="F186" s="6">
-        <v>1468.0</v>
+        <v>835003972.0</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="C187" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D187" s="6">
-        <v>23.0</v>
+        <v>9801.0</v>
       </c>
       <c r="E187" s="6">
-        <v>19527641.0</v>
+        <v>4561807858.0</v>
       </c>
       <c r="F187" s="6">
-        <v>179.0</v>
+        <v>766865106.0</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="C188" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D188" s="6">
-        <v>26.0</v>
+        <v>9804.0</v>
       </c>
       <c r="E188" s="6">
-        <v>6911803.0</v>
+        <v>4212231440.0</v>
       </c>
       <c r="F188" s="6">
-        <v>19521.0</v>
+        <v>712477308.0</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="C189" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D189" s="6">
-        <v>30.0</v>
+        <v>9675.0</v>
       </c>
       <c r="E189" s="6">
-        <v>4024091.0</v>
+        <v>3702062129.0</v>
       </c>
       <c r="F189" s="6">
-        <v>473.0</v>
+        <v>623371122.0</v>
       </c>
     </row>
     <row r="190" spans="1:6">
-      <c r="A190" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C190" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D190" s="6">
-        <v>1092.0</v>
+        <v>9082.0</v>
       </c>
       <c r="E190" s="6">
-        <v>361411789.0</v>
+        <v>3221810331.0</v>
       </c>
       <c r="F190" s="6">
-        <v>62483932.0</v>
+        <v>533564736.0</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="C191" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D191" s="6">
-        <v>1049.0</v>
+        <v>8732.0</v>
       </c>
       <c r="E191" s="6">
-        <v>327448458.0</v>
+        <v>2971743121.0</v>
       </c>
       <c r="F191" s="6">
-        <v>55418746.0</v>
+        <v>505645909.0</v>
       </c>
     </row>
     <row r="192" spans="1:6">
+      <c r="B192" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C192" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D192" s="6">
-        <v>984.0</v>
+        <v>2900.0</v>
       </c>
       <c r="E192" s="6">
-        <v>288005566.0</v>
+        <v>163296109.0</v>
       </c>
       <c r="F192" s="6">
-        <v>47218476.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="C193" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D193" s="6">
-        <v>903.0</v>
+        <v>2848.0</v>
       </c>
       <c r="E193" s="6">
-        <v>251171427.0</v>
+        <v>157619584.0</v>
       </c>
       <c r="F193" s="6">
-        <v>41025116.0</v>
+        <v>429.0</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="C194" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D194" s="6">
-        <v>899.0</v>
+        <v>2811.0</v>
       </c>
       <c r="E194" s="6">
-        <v>233816040.0</v>
+        <v>127309362.0</v>
       </c>
       <c r="F194" s="6">
-        <v>37802231.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="C195" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D195" s="6">
-        <v>860.0</v>
+        <v>2568.0</v>
       </c>
       <c r="E195" s="6">
-        <v>208118665.0</v>
+        <v>114642133.0</v>
       </c>
       <c r="F195" s="6">
-        <v>35151406.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="196" spans="1:6">
-      <c r="B196" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C196" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D196" s="6">
-        <v>990.0</v>
+        <v>2170.0</v>
       </c>
       <c r="E196" s="6">
-        <v>317301473.0</v>
+        <v>97626846.0</v>
       </c>
       <c r="F196" s="6">
-        <v>58996378.0</v>
+        <v>648.0</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="C197" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D197" s="6">
-        <v>956.0</v>
+        <v>2095.0</v>
       </c>
       <c r="E197" s="6">
-        <v>281965108.0</v>
+        <v>83321548.0</v>
       </c>
       <c r="F197" s="6">
-        <v>52152877.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="C198" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D198" s="6">
-        <v>874.0</v>
+        <v>2563.0</v>
       </c>
       <c r="E198" s="6">
-        <v>246840793.0</v>
+        <v>108815954.0</v>
       </c>
       <c r="F198" s="6">
-        <v>45152534.0</v>
+        <v>263.0</v>
       </c>
     </row>
     <row r="199" spans="1:6">
+      <c r="B199" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C199" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D199" s="6">
-        <v>829.0</v>
+        <v>1789.0</v>
       </c>
       <c r="E199" s="6">
-        <v>218448233.0</v>
+        <v>241500549.0</v>
       </c>
       <c r="F199" s="6">
-        <v>39360887.0</v>
+        <v>34526015.0</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="C200" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D200" s="6">
-        <v>827.0</v>
+        <v>1656.0</v>
       </c>
       <c r="E200" s="6">
-        <v>200837780.0</v>
+        <v>282577054.0</v>
       </c>
       <c r="F200" s="6">
-        <v>36276099.0</v>
+        <v>37239409.0</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="C201" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D201" s="6">
-        <v>802.0</v>
+        <v>1538.0</v>
       </c>
       <c r="E201" s="6">
-        <v>180166576.0</v>
+        <v>256975308.0</v>
       </c>
       <c r="F201" s="6">
-        <v>33047878.0</v>
+        <v>37370001.0</v>
       </c>
     </row>
     <row r="202" spans="1:6">
-      <c r="B202" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C202" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D202" s="6">
-        <v>89.0</v>
+        <v>1518.0</v>
       </c>
       <c r="E202" s="6">
-        <v>701982.0</v>
+        <v>166225681.0</v>
       </c>
       <c r="F202" s="6">
-        <v>0.0</v>
+        <v>23333527.0</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="C203" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D203" s="6">
-        <v>91.0</v>
+        <v>1321.0</v>
       </c>
       <c r="E203" s="6">
-        <v>627609.0</v>
+        <v>165584024.0</v>
       </c>
       <c r="F203" s="6">
-        <v>0.0</v>
+        <v>23468521.0</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="C204" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D204" s="6">
-        <v>87.0</v>
+        <v>1098.0</v>
       </c>
       <c r="E204" s="6">
-        <v>2051039.0</v>
+        <v>136970994.0</v>
       </c>
       <c r="F204" s="6">
-        <v>0.0</v>
+        <v>19572160.0</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="C205" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D205" s="6">
-        <v>66.0</v>
+        <v>1055.0</v>
       </c>
       <c r="E205" s="6">
-        <v>2341262.0</v>
+        <v>163099328.0</v>
       </c>
       <c r="F205" s="6">
-        <v>0.0</v>
+        <v>23271579.0</v>
       </c>
     </row>
     <row r="206" spans="1:6">
+      <c r="B206" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C206" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D206" s="6">
-        <v>75.0</v>
+        <v>5687.0</v>
       </c>
       <c r="E206" s="6">
-        <v>677052.0</v>
+        <v>88270824.0</v>
       </c>
       <c r="F206" s="6">
-        <v>0.0</v>
+        <v>230218.0</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="C207" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D207" s="6">
-        <v>102.0</v>
+        <v>5525.0</v>
       </c>
       <c r="E207" s="6">
-        <v>891999.0</v>
+        <v>81781862.0</v>
       </c>
       <c r="F207" s="6">
-        <v>150.0</v>
+        <v>177916.0</v>
       </c>
     </row>
     <row r="208" spans="1:6">
-      <c r="B208" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C208" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D208" s="6">
-        <v>103.0</v>
+        <v>5347.0</v>
       </c>
       <c r="E208" s="6">
-        <v>10899256.0</v>
+        <v>80225507.0</v>
       </c>
       <c r="F208" s="6">
-        <v>1611942.0</v>
+        <v>132497.0</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="C209" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D209" s="6">
-        <v>115.0</v>
+        <v>5131.0</v>
       </c>
       <c r="E209" s="6">
-        <v>12264258.0</v>
+        <v>71749420.0</v>
       </c>
       <c r="F209" s="6">
-        <v>1782667.0</v>
+        <v>299042.0</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="C210" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D210" s="6">
-        <v>90.0</v>
+        <v>4862.0</v>
       </c>
       <c r="E210" s="6">
-        <v>7395118.0</v>
+        <v>61320630.0</v>
       </c>
       <c r="F210" s="6">
-        <v>1078313.0</v>
+        <v>176281.0</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="C211" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D211" s="6">
-        <v>81.0</v>
+        <v>4127.0</v>
       </c>
       <c r="E211" s="6">
-        <v>7004292.0</v>
+        <v>47059506.0</v>
       </c>
       <c r="F211" s="6">
-        <v>1037678.0</v>
+        <v>84546.0</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="C212" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D212" s="6">
-        <v>74.0</v>
+        <v>3778.0</v>
       </c>
       <c r="E212" s="6">
-        <v>7062481.0</v>
+        <v>42961642.0</v>
       </c>
       <c r="F212" s="6">
-        <v>1031860.0</v>
+        <v>151536.0</v>
       </c>
     </row>
     <row r="213" spans="1:6">
+      <c r="B213" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C213" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D213" s="6">
-        <v>86.0</v>
+        <v>22.0</v>
       </c>
       <c r="E213" s="6">
-        <v>10301196.0</v>
+        <v>10013817.0</v>
       </c>
       <c r="F213" s="6">
-        <v>1521900.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="214" spans="1:6">
-      <c r="B214" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C214" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D214" s="6">
-        <v>443.0</v>
+        <v>26.0</v>
       </c>
       <c r="E214" s="6">
-        <v>9173262.0</v>
+        <v>4338183.0</v>
       </c>
       <c r="F214" s="6">
-        <v>2325.0</v>
+        <v>1811.0</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="C215" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D215" s="6">
-        <v>438.0</v>
+        <v>26.0</v>
       </c>
       <c r="E215" s="6">
-        <v>9597661.0</v>
+        <v>13936920.0</v>
       </c>
       <c r="F215" s="6">
-        <v>79.0</v>
+        <v>9588.0</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="C216" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D216" s="6">
-        <v>400.0</v>
+        <v>22.0</v>
       </c>
       <c r="E216" s="6">
-        <v>10012255.0</v>
+        <v>21507720.0</v>
       </c>
       <c r="F216" s="6">
-        <v>184.0</v>
+        <v>1468.0</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="C217" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D217" s="6">
-        <v>344.0</v>
+        <v>23.0</v>
       </c>
       <c r="E217" s="6">
-        <v>7665022.0</v>
+        <v>19527641.0</v>
       </c>
       <c r="F217" s="6">
-        <v>0.0</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="C218" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D218" s="6">
-        <v>309.0</v>
+        <v>26.0</v>
       </c>
       <c r="E218" s="6">
-        <v>7799157.0</v>
+        <v>6911803.0</v>
       </c>
       <c r="F218" s="6">
-        <v>7.0</v>
+        <v>19521.0</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="C219" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D219" s="6">
-        <v>298.0</v>
+        <v>30.0</v>
       </c>
       <c r="E219" s="6">
-        <v>7932407.0</v>
+        <v>4024091.0</v>
       </c>
       <c r="F219" s="6">
-        <v>0.0</v>
+        <v>473.0</v>
       </c>
     </row>
     <row r="220" spans="1:6">
+      <c r="A220" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
+          </r>
+        </is>
+      </c>
       <c r="B220" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C220" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D220" s="6">
-        <v>6.0</v>
+        <v>1124.0</v>
       </c>
       <c r="E220" s="6">
-        <v>1515595.0</v>
+        <v>393985269.0</v>
       </c>
       <c r="F220" s="6">
-        <v>0.0</v>
+        <v>68820910.0</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="C221" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D221" s="6">
-        <v>10.0</v>
+        <v>1105.0</v>
       </c>
       <c r="E221" s="6">
-        <v>961816.0</v>
+        <v>366140712.0</v>
       </c>
       <c r="F221" s="6">
-        <v>0.0</v>
+        <v>62511229.0</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="C222" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D222" s="6">
-        <v>7.0</v>
+        <v>1051.0</v>
       </c>
       <c r="E222" s="6">
-        <v>2754419.0</v>
+        <v>328004308.0</v>
       </c>
       <c r="F222" s="6">
-        <v>0.0</v>
+        <v>55443910.0</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="C223" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D223" s="6">
-        <v>4.0</v>
+        <v>984.0</v>
       </c>
       <c r="E223" s="6">
-        <v>4243608.0</v>
+        <v>288008809.0</v>
       </c>
       <c r="F223" s="6">
-        <v>0.0</v>
+        <v>47218964.0</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="C224" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D224" s="6">
-        <v>8.0</v>
+        <v>903.0</v>
       </c>
       <c r="E224" s="6">
-        <v>6992499.0</v>
+        <v>251171427.0</v>
       </c>
       <c r="F224" s="6">
-        <v>0.0</v>
+        <v>41025116.0</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="C225" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D225" s="6">
+        <v>899.0</v>
+      </c>
+      <c r="E225" s="6">
+        <v>233816040.0</v>
+      </c>
+      <c r="F225" s="6">
+        <v>37802231.0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="C226" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D225" s="6">
-[...57 lines deleted...]
-      </c>
       <c r="D226" s="6">
-        <v>434.0</v>
+        <v>860.0</v>
       </c>
       <c r="E226" s="6">
-        <v>395380319.0</v>
+        <v>208118665.0</v>
       </c>
       <c r="F226" s="6">
-        <v>58345851.0</v>
+        <v>35151406.0</v>
       </c>
     </row>
     <row r="227" spans="1:6">
+      <c r="B227" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C227" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D227" s="6">
-        <v>439.0</v>
+        <v>1038.0</v>
       </c>
       <c r="E227" s="6">
-        <v>362172928.0</v>
+        <v>349127617.0</v>
       </c>
       <c r="F227" s="6">
-        <v>52461571.0</v>
+        <v>65362489.0</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="C228" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D228" s="6">
-        <v>435.0</v>
+        <v>997.0</v>
       </c>
       <c r="E228" s="6">
-        <v>343391851.0</v>
+        <v>317354065.0</v>
       </c>
       <c r="F228" s="6">
-        <v>46632847.0</v>
+        <v>58997735.0</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="C229" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D229" s="6">
-        <v>439.0</v>
+        <v>956.0</v>
       </c>
       <c r="E229" s="6">
-        <v>305271724.0</v>
+        <v>281965146.0</v>
       </c>
       <c r="F229" s="6">
-        <v>41610174.0</v>
+        <v>52152892.0</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="C230" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D230" s="6">
-        <v>439.0</v>
+        <v>874.0</v>
       </c>
       <c r="E230" s="6">
-        <v>252303136.0</v>
+        <v>246840818.0</v>
       </c>
       <c r="F230" s="6">
-        <v>36966878.0</v>
+        <v>45152539.0</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="C231" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D231" s="6">
-        <v>434.0</v>
+        <v>829.0</v>
       </c>
       <c r="E231" s="6">
-        <v>244248543.0</v>
+        <v>218448233.0</v>
       </c>
       <c r="F231" s="6">
-        <v>36547273.0</v>
+        <v>39360887.0</v>
       </c>
     </row>
     <row r="232" spans="1:6">
-      <c r="B232" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C232" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D232" s="6">
-        <v>412.0</v>
+        <v>827.0</v>
       </c>
       <c r="E232" s="6">
-        <v>327331729.0</v>
+        <v>200837780.0</v>
       </c>
       <c r="F232" s="6">
-        <v>54606667.0</v>
+        <v>36276099.0</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="C233" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D233" s="6">
-        <v>422.0</v>
+        <v>802.0</v>
       </c>
       <c r="E233" s="6">
-        <v>295721305.0</v>
+        <v>180166576.0</v>
       </c>
       <c r="F233" s="6">
-        <v>48918869.0</v>
+        <v>33047878.0</v>
       </c>
     </row>
     <row r="234" spans="1:6">
+      <c r="B234" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C234" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D234" s="6">
-        <v>418.0</v>
+        <v>88.0</v>
       </c>
       <c r="E234" s="6">
-        <v>259680120.0</v>
+        <v>778696.0</v>
       </c>
       <c r="F234" s="6">
-        <v>42388190.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="C235" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D235" s="6">
-        <v>428.0</v>
+        <v>92.0</v>
       </c>
       <c r="E235" s="6">
-        <v>229098476.0</v>
+        <v>716128.0</v>
       </c>
       <c r="F235" s="6">
-        <v>37533842.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="C236" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D236" s="6">
-        <v>431.0</v>
+        <v>91.0</v>
       </c>
       <c r="E236" s="6">
-        <v>214320887.0</v>
+        <v>627609.0</v>
       </c>
       <c r="F236" s="6">
-        <v>34864859.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="C237" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D237" s="6">
-        <v>427.0</v>
+        <v>87.0</v>
       </c>
       <c r="E237" s="6">
-        <v>204004534.0</v>
+        <v>2051039.0</v>
       </c>
       <c r="F237" s="6">
-        <v>34217327.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="238" spans="1:6">
-      <c r="B238" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C238" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D238" s="6">
-        <v>130.0</v>
+        <v>66.0</v>
       </c>
       <c r="E238" s="6">
-        <v>1536415.0</v>
+        <v>2341262.0</v>
       </c>
       <c r="F238" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="C239" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D239" s="6">
-        <v>134.0</v>
+        <v>75.0</v>
       </c>
       <c r="E239" s="6">
-        <v>912880.0</v>
+        <v>677052.0</v>
       </c>
       <c r="F239" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="C240" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D240" s="6">
-        <v>124.0</v>
+        <v>102.0</v>
       </c>
       <c r="E240" s="6">
-        <v>733700.0</v>
+        <v>891999.0</v>
       </c>
       <c r="F240" s="6">
-        <v>0.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="241" spans="1:6">
+      <c r="B241" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C241" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D241" s="6">
-        <v>115.0</v>
+        <v>91.0</v>
       </c>
       <c r="E241" s="6">
-        <v>653305.0</v>
+        <v>9169418.0</v>
       </c>
       <c r="F241" s="6">
-        <v>0.0</v>
+        <v>1355035.0</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="C242" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D242" s="6">
-        <v>107.0</v>
+        <v>108.0</v>
       </c>
       <c r="E242" s="6">
-        <v>434018.0</v>
+        <v>10925795.0</v>
       </c>
       <c r="F242" s="6">
-        <v>0.0</v>
+        <v>1612812.0</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="C243" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D243" s="6">
-        <v>144.0</v>
+        <v>115.0</v>
       </c>
       <c r="E243" s="6">
-        <v>946253.0</v>
+        <v>12264852.0</v>
       </c>
       <c r="F243" s="6">
-        <v>0.0</v>
+        <v>1782756.0</v>
       </c>
     </row>
     <row r="244" spans="1:6">
-      <c r="B244" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C244" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D244" s="6">
-        <v>45.0</v>
+        <v>90.0</v>
       </c>
       <c r="E244" s="6">
-        <v>4133254.0</v>
+        <v>7395513.0</v>
       </c>
       <c r="F244" s="6">
-        <v>592976.0</v>
+        <v>1078372.0</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="C245" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D245" s="6">
-        <v>50.0</v>
+        <v>81.0</v>
       </c>
       <c r="E245" s="6">
-        <v>4764914.0</v>
+        <v>7004292.0</v>
       </c>
       <c r="F245" s="6">
-        <v>595916.0</v>
+        <v>1037678.0</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="C246" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D246" s="6">
-        <v>44.0</v>
+        <v>74.0</v>
       </c>
       <c r="E246" s="6">
-        <v>6310863.0</v>
+        <v>7062481.0</v>
       </c>
       <c r="F246" s="6">
-        <v>815080.0</v>
+        <v>1031860.0</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="C247" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D247" s="6">
-        <v>44.0</v>
+        <v>86.0</v>
       </c>
       <c r="E247" s="6">
-        <v>5574722.0</v>
+        <v>10301196.0</v>
       </c>
       <c r="F247" s="6">
-        <v>735642.0</v>
+        <v>1521900.0</v>
       </c>
     </row>
     <row r="248" spans="1:6">
+      <c r="B248" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C248" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D248" s="6">
-        <v>37.0</v>
+        <v>448.0</v>
       </c>
       <c r="E248" s="6">
-        <v>4408165.0</v>
+        <v>7863201.0</v>
       </c>
       <c r="F248" s="6">
-        <v>642398.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="C249" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D249" s="6">
-        <v>37.0</v>
+        <v>445.0</v>
       </c>
       <c r="E249" s="6">
-        <v>3039501.0</v>
+        <v>9121905.0</v>
       </c>
       <c r="F249" s="6">
-        <v>422189.0</v>
+        <v>2250.0</v>
       </c>
     </row>
     <row r="250" spans="1:6">
-      <c r="B250" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C250" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D250" s="6">
-        <v>255.0</v>
+        <v>440.0</v>
       </c>
       <c r="E250" s="6">
-        <v>4039455.0</v>
+        <v>9667975.0</v>
       </c>
       <c r="F250" s="6">
-        <v>7332.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="C251" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D251" s="6">
-        <v>251.0</v>
+        <v>400.0</v>
       </c>
       <c r="E251" s="6">
-        <v>3600304.0</v>
+        <v>10012255.0</v>
       </c>
       <c r="F251" s="6">
-        <v>18372.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="C252" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D252" s="6">
-        <v>239.0</v>
+        <v>344.0</v>
       </c>
       <c r="E252" s="6">
-        <v>3320717.0</v>
+        <v>7665022.0</v>
       </c>
       <c r="F252" s="6">
-        <v>21246.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="C253" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D253" s="6">
-        <v>238.0</v>
+        <v>309.0</v>
       </c>
       <c r="E253" s="6">
-        <v>2687609.0</v>
+        <v>7799157.0</v>
       </c>
       <c r="F253" s="6">
-        <v>28247.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="C254" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D254" s="6">
-        <v>206.0</v>
+        <v>298.0</v>
       </c>
       <c r="E254" s="6">
-        <v>2120787.0</v>
+        <v>7932407.0</v>
       </c>
       <c r="F254" s="6">
-        <v>18590.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="255" spans="1:6">
+      <c r="B255" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C255" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D255" s="6">
-        <v>207.0</v>
+        <v>8.0</v>
       </c>
       <c r="E255" s="6">
-        <v>1870369.0</v>
+        <v>2332762.0</v>
       </c>
       <c r="F255" s="6">
-        <v>6588.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="256" spans="1:6">
-      <c r="B256" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C256" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
-      <c r="D256" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D256" s="6">
+        <v>7.0</v>
+      </c>
+      <c r="E256" s="6">
+        <v>6512756.0</v>
+      </c>
+      <c r="F256" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="C257" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
-      <c r="D257" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D257" s="6">
+        <v>11.0</v>
+      </c>
+      <c r="E257" s="6">
+        <v>1254316.0</v>
+      </c>
+      <c r="F257" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="C258" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
-      <c r="D258" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D258" s="6">
+        <v>7.0</v>
+      </c>
+      <c r="E258" s="6">
+        <v>2754419.0</v>
+      </c>
+      <c r="F258" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="C259" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
-      <c r="D259" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D259" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="E259" s="6">
+        <v>4243608.0</v>
+      </c>
+      <c r="F259" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="C260" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
-      <c r="D260" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D260" s="6">
+        <v>8.0</v>
+      </c>
+      <c r="E260" s="6">
+        <v>6992499.0</v>
+      </c>
+      <c r="F260" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="261" spans="1:6">
-      <c r="A261" s="5" t="inlineStr">
-[...15 lines deleted...]
-      <c r="B261" s="5" t="inlineStr">
+      <c r="C261" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D261" s="6">
+        <v>6.0</v>
+      </c>
+      <c r="E261" s="6">
+        <v>313489.0</v>
+      </c>
+      <c r="F261" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6">
+      <c r="A262" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="B262" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
-      <c r="C261" s="5" t="inlineStr">
-[...25 lines deleted...]
-    <row r="262" spans="1:6">
       <c r="C262" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D262" s="6">
-        <v>13105.0</v>
+        <v>422.0</v>
       </c>
       <c r="E262" s="6">
-        <v>2574811467.0</v>
+        <v>431234340.0</v>
       </c>
       <c r="F262" s="6">
-        <v>325818011.0</v>
+        <v>66044340.0</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="C263" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D263" s="6">
-        <v>12413.0</v>
+        <v>442.0</v>
       </c>
       <c r="E263" s="6">
-        <v>2252287801.0</v>
+        <v>397560105.0</v>
       </c>
       <c r="F263" s="6">
-        <v>266878208.0</v>
+        <v>58468248.0</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="C264" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D264" s="6">
-        <v>11763.0</v>
+        <v>441.0</v>
       </c>
       <c r="E264" s="6">
-        <v>1946687387.0</v>
+        <v>362334652.0</v>
       </c>
       <c r="F264" s="6">
-        <v>230937035.0</v>
+        <v>52464810.0</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="C265" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D265" s="6">
-        <v>10580.0</v>
+        <v>435.0</v>
       </c>
       <c r="E265" s="6">
-        <v>1673342619.0</v>
+        <v>343391851.0</v>
       </c>
       <c r="F265" s="6">
-        <v>206116900.0</v>
+        <v>46632847.0</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="C266" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D266" s="6">
-        <v>9846.0</v>
+        <v>439.0</v>
       </c>
       <c r="E266" s="6">
-        <v>1615528393.0</v>
+        <v>305271724.0</v>
       </c>
       <c r="F266" s="6">
-        <v>202845365.0</v>
+        <v>41610174.0</v>
       </c>
     </row>
     <row r="267" spans="1:6">
-      <c r="B267" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C267" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D267" s="6">
-        <v>11377.0</v>
+        <v>439.0</v>
       </c>
       <c r="E267" s="6">
-        <v>2023776401.0</v>
+        <v>252303136.0</v>
       </c>
       <c r="F267" s="6">
-        <v>330955227.0</v>
+        <v>36966878.0</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="C268" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D268" s="6">
-        <v>11474.0</v>
+        <v>434.0</v>
       </c>
       <c r="E268" s="6">
-        <v>1870781565.0</v>
+        <v>244248543.0</v>
       </c>
       <c r="F268" s="6">
-        <v>302146989.0</v>
+        <v>36547273.0</v>
       </c>
     </row>
     <row r="269" spans="1:6">
+      <c r="B269" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C269" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D269" s="6">
-        <v>11130.0</v>
+        <v>402.0</v>
       </c>
       <c r="E269" s="6">
-        <v>1547873523.0</v>
+        <v>362898253.0</v>
       </c>
       <c r="F269" s="6">
-        <v>245680740.0</v>
+        <v>62229740.0</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="C270" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D270" s="6">
-        <v>10704.0</v>
+        <v>417.0</v>
       </c>
       <c r="E270" s="6">
-        <v>1344082664.0</v>
+        <v>328250809.0</v>
       </c>
       <c r="F270" s="6">
-        <v>213251738.0</v>
+        <v>54714864.0</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="C271" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D271" s="6">
-        <v>9752.0</v>
+        <v>422.0</v>
       </c>
       <c r="E271" s="6">
-        <v>1188394010.0</v>
+        <v>295718602.0</v>
       </c>
       <c r="F271" s="6">
-        <v>190553876.0</v>
+        <v>48919591.0</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="C272" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D272" s="6">
-        <v>9166.0</v>
+        <v>418.0</v>
       </c>
       <c r="E272" s="6">
-        <v>1117304797.0</v>
+        <v>259680120.0</v>
       </c>
       <c r="F272" s="6">
-        <v>183981691.0</v>
+        <v>42388190.0</v>
       </c>
     </row>
     <row r="273" spans="1:6">
-      <c r="B273" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C273" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D273" s="6">
-        <v>3467.0</v>
+        <v>428.0</v>
       </c>
       <c r="E273" s="6">
-        <v>272098493.0</v>
+        <v>229104852.0</v>
       </c>
       <c r="F273" s="6">
-        <v>3615.0</v>
+        <v>37534235.0</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="C274" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D274" s="6">
-        <v>3464.0</v>
+        <v>431.0</v>
       </c>
       <c r="E274" s="6">
-        <v>255290793.0</v>
+        <v>214320887.0</v>
       </c>
       <c r="F274" s="6">
-        <v>3446.0</v>
+        <v>34864859.0</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="C275" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D275" s="6">
-        <v>2702.0</v>
+        <v>427.0</v>
       </c>
       <c r="E275" s="6">
-        <v>232990511.0</v>
+        <v>204004534.0</v>
       </c>
       <c r="F275" s="6">
-        <v>0.0</v>
+        <v>34217327.0</v>
       </c>
     </row>
     <row r="276" spans="1:6">
+      <c r="B276" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C276" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D276" s="6">
-        <v>2465.0</v>
+        <v>126.0</v>
       </c>
       <c r="E276" s="6">
-        <v>192877981.0</v>
+        <v>1644899.0</v>
       </c>
       <c r="F276" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="C277" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D277" s="6">
-        <v>2464.0</v>
+        <v>130.0</v>
       </c>
       <c r="E277" s="6">
-        <v>173489318.0</v>
+        <v>1549038.0</v>
       </c>
       <c r="F277" s="6">
-        <v>356.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="C278" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D278" s="6">
-        <v>2667.0</v>
+        <v>135.0</v>
       </c>
       <c r="E278" s="6">
-        <v>198348845.0</v>
+        <v>914973.0</v>
       </c>
       <c r="F278" s="6">
-        <v>127.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="279" spans="1:6">
-      <c r="B279" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C279" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D279" s="6">
-        <v>1905.0</v>
+        <v>124.0</v>
       </c>
       <c r="E279" s="6">
-        <v>169770391.0</v>
+        <v>733700.0</v>
       </c>
       <c r="F279" s="6">
-        <v>23759298.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="C280" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D280" s="6">
-        <v>1779.0</v>
+        <v>115.0</v>
       </c>
       <c r="E280" s="6">
-        <v>132941391.0</v>
+        <v>653305.0</v>
       </c>
       <c r="F280" s="6">
-        <v>18035955.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="C281" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D281" s="6">
-        <v>1598.0</v>
+        <v>107.0</v>
       </c>
       <c r="E281" s="6">
-        <v>117749496.0</v>
+        <v>434018.0</v>
       </c>
       <c r="F281" s="6">
-        <v>15977814.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="C282" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D282" s="6">
-        <v>1342.0</v>
+        <v>144.0</v>
       </c>
       <c r="E282" s="6">
-        <v>97337068.0</v>
+        <v>946253.0</v>
       </c>
       <c r="F282" s="6">
-        <v>13637217.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="283" spans="1:6">
+      <c r="B283" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C283" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D283" s="6">
-        <v>1138.0</v>
+        <v>52.0</v>
       </c>
       <c r="E283" s="6">
-        <v>86988344.0</v>
+        <v>4647318.0</v>
       </c>
       <c r="F283" s="6">
-        <v>12221779.0</v>
+        <v>649879.0</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="C284" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D284" s="6">
-        <v>1149.0</v>
+        <v>46.0</v>
       </c>
       <c r="E284" s="6">
-        <v>85307224.0</v>
+        <v>4169276.0</v>
       </c>
       <c r="F284" s="6">
-        <v>12145962.0</v>
+        <v>592976.0</v>
       </c>
     </row>
     <row r="285" spans="1:6">
-      <c r="B285" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C285" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D285" s="6">
-        <v>6749.0</v>
+        <v>50.0</v>
       </c>
       <c r="E285" s="6">
-        <v>137893657.0</v>
+        <v>4764914.0</v>
       </c>
       <c r="F285" s="6">
-        <v>16179.0</v>
+        <v>595916.0</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="C286" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D286" s="6">
-        <v>6558.0</v>
+        <v>44.0</v>
       </c>
       <c r="E286" s="6">
-        <v>125150495.0</v>
+        <v>6310863.0</v>
       </c>
       <c r="F286" s="6">
-        <v>10784.0</v>
+        <v>815080.0</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="C287" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D287" s="6">
-        <v>5944.0</v>
+        <v>44.0</v>
       </c>
       <c r="E287" s="6">
-        <v>104001626.0</v>
+        <v>5574722.0</v>
       </c>
       <c r="F287" s="6">
-        <v>6278.0</v>
+        <v>735642.0</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="C288" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D288" s="6">
-        <v>5432.0</v>
+        <v>37.0</v>
       </c>
       <c r="E288" s="6">
-        <v>77820829.0</v>
+        <v>4408165.0</v>
       </c>
       <c r="F288" s="6">
-        <v>5138.0</v>
+        <v>642398.0</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="C289" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D289" s="6">
-        <v>4424.0</v>
+        <v>37.0</v>
       </c>
       <c r="E289" s="6">
-        <v>57979700.0</v>
+        <v>3039501.0</v>
       </c>
       <c r="F289" s="6">
-        <v>3972.0</v>
+        <v>422189.0</v>
       </c>
     </row>
     <row r="290" spans="1:6">
+      <c r="B290" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C290" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D290" s="6">
-        <v>3947.0</v>
+        <v>243.0</v>
       </c>
       <c r="E290" s="6">
-        <v>47940660.0</v>
+        <v>3905507.0</v>
       </c>
       <c r="F290" s="6">
-        <v>3998.0</v>
+        <v>10634.0</v>
       </c>
     </row>
     <row r="291" spans="1:6">
-      <c r="B291" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C291" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D291" s="6">
-        <v>29.0</v>
+        <v>258.0</v>
       </c>
       <c r="E291" s="6">
-        <v>3621926.0</v>
+        <v>4085150.0</v>
       </c>
       <c r="F291" s="6">
-        <v>4434.0</v>
+        <v>7365.0</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="C292" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D292" s="6">
-        <v>34.0</v>
+        <v>252.0</v>
       </c>
       <c r="E292" s="6">
-        <v>4149008.0</v>
+        <v>3600324.0</v>
       </c>
       <c r="F292" s="6">
-        <v>0.0</v>
+        <v>18372.0</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="C293" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D293" s="6">
-        <v>29.0</v>
+        <v>239.0</v>
       </c>
       <c r="E293" s="6">
-        <v>8207322.0</v>
+        <v>3320717.0</v>
       </c>
       <c r="F293" s="6">
-        <v>0.0</v>
+        <v>21246.0</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="C294" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D294" s="6">
-        <v>24.0</v>
+        <v>238.0</v>
       </c>
       <c r="E294" s="6">
-        <v>4408856.0</v>
+        <v>2687609.0</v>
       </c>
       <c r="F294" s="6">
-        <v>0.0</v>
+        <v>28247.0</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="C295" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D295" s="6">
-        <v>31.0</v>
+        <v>206.0</v>
       </c>
       <c r="E295" s="6">
-        <v>1993409.0</v>
+        <v>2120787.0</v>
       </c>
       <c r="F295" s="6">
-        <v>0.0</v>
+        <v>18590.0</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="C296" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D296" s="6">
-        <v>27.0</v>
+        <v>207.0</v>
       </c>
       <c r="E296" s="6">
-        <v>2588799.0</v>
+        <v>1870369.0</v>
       </c>
       <c r="F296" s="6">
+        <v>6588.0</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6">
+      <c r="B297" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C297" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D297" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="E297" s="6">
+        <v>940000.0</v>
+      </c>
+      <c r="F297" s="6">
         <v>0.0</v>
-      </c>
-[...57 lines deleted...]
-        <v>826126666.0</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="C298" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
-[...10 lines deleted...]
-        <v>778204747.0</v>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D298" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E298" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F298" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="C299" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
-[...10 lines deleted...]
-        <v>716735025.0</v>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D299" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E299" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F299" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="C300" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
-[...10 lines deleted...]
-        <v>610289778.0</v>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D300" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E300" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F300" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="C301" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
-[...10 lines deleted...]
-        <v>516103888.0</v>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D301" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E301" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F301" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="C302" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
-[...10 lines deleted...]
-        <v>511245565.0</v>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D302" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E302" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F302" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="303" spans="1:6">
+      <c r="A303" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">F: Statyba</t>
+          </r>
+        </is>
+      </c>
       <c r="B303" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C303" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D303" s="6">
-        <v>25084.0</v>
+        <v>13502.0</v>
       </c>
       <c r="E303" s="6">
-        <v>4454732188.0</v>
+        <v>3190730750.0</v>
       </c>
       <c r="F303" s="6">
-        <v>723823275.0</v>
+        <v>409715403.0</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="C304" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D304" s="6">
-        <v>26171.0</v>
+        <v>13829.0</v>
       </c>
       <c r="E304" s="6">
-        <v>4177965367.0</v>
+        <v>2838573956.0</v>
       </c>
       <c r="F304" s="6">
-        <v>683438335.0</v>
+        <v>367051336.0</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="C305" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D305" s="6">
-        <v>26726.0</v>
+        <v>13133.0</v>
       </c>
       <c r="E305" s="6">
-        <v>3794222166.0</v>
+        <v>2572571161.0</v>
       </c>
       <c r="F305" s="6">
-        <v>624617407.0</v>
+        <v>325894779.0</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="C306" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D306" s="6">
-        <v>27206.0</v>
+        <v>12425.0</v>
       </c>
       <c r="E306" s="6">
-        <v>3307999829.0</v>
+        <v>2246840679.0</v>
       </c>
       <c r="F306" s="6">
-        <v>542307643.0</v>
+        <v>266343767.0</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="C307" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D307" s="6">
-        <v>27065.0</v>
+        <v>11765.0</v>
       </c>
       <c r="E307" s="6">
-        <v>2900261895.0</v>
+        <v>1946915722.0</v>
       </c>
       <c r="F307" s="6">
-        <v>467943225.0</v>
+        <v>230941433.0</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="C308" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D308" s="6">
+        <v>10580.0</v>
+      </c>
+      <c r="E308" s="6">
+        <v>1673342619.0</v>
+      </c>
+      <c r="F308" s="6">
+        <v>206116900.0</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6">
+      <c r="C309" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D308" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D309" s="6">
-        <v>5695.0</v>
+        <v>9846.0</v>
       </c>
       <c r="E309" s="6">
-        <v>68868592.0</v>
+        <v>1615528393.0</v>
       </c>
       <c r="F309" s="6">
-        <v>6323.0</v>
+        <v>202845365.0</v>
       </c>
     </row>
     <row r="310" spans="1:6">
+      <c r="B310" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C310" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D310" s="6">
-        <v>5778.0</v>
+        <v>11072.0</v>
       </c>
       <c r="E310" s="6">
-        <v>92189303.0</v>
+        <v>2278583927.0</v>
       </c>
       <c r="F310" s="6">
-        <v>589.0</v>
+        <v>374338280.0</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="C311" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D311" s="6">
-        <v>5426.0</v>
+        <v>11624.0</v>
       </c>
       <c r="E311" s="6">
-        <v>77395209.0</v>
+        <v>2063209528.0</v>
       </c>
       <c r="F311" s="6">
-        <v>48.0</v>
+        <v>336108175.0</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="C312" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D312" s="6">
-        <v>4646.0</v>
+        <v>11485.0</v>
       </c>
       <c r="E312" s="6">
-        <v>61218529.0</v>
+        <v>1868970794.0</v>
       </c>
       <c r="F312" s="6">
-        <v>7.0</v>
+        <v>301855966.0</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="C313" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D313" s="6">
-        <v>4663.0</v>
+        <v>11138.0</v>
       </c>
       <c r="E313" s="6">
-        <v>49833672.0</v>
+        <v>1546149726.0</v>
       </c>
       <c r="F313" s="6">
-        <v>10.0</v>
+        <v>245375791.0</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="C314" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D314" s="6">
-        <v>5998.0</v>
+        <v>10707.0</v>
       </c>
       <c r="E314" s="6">
-        <v>75886005.0</v>
+        <v>1344065806.0</v>
       </c>
       <c r="F314" s="6">
-        <v>1.0</v>
+        <v>213247313.0</v>
       </c>
     </row>
     <row r="315" spans="1:6">
-      <c r="B315" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C315" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D315" s="6">
-        <v>3740.0</v>
+        <v>9752.0</v>
       </c>
       <c r="E315" s="6">
-        <v>559869773.0</v>
+        <v>1188394010.0</v>
       </c>
       <c r="F315" s="6">
-        <v>79864244.0</v>
+        <v>190553876.0</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="C316" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D316" s="6">
-        <v>3730.0</v>
+        <v>9166.0</v>
       </c>
       <c r="E316" s="6">
-        <v>511916529.0</v>
+        <v>1117304797.0</v>
       </c>
       <c r="F316" s="6">
-        <v>72355520.0</v>
+        <v>183981691.0</v>
       </c>
     </row>
     <row r="317" spans="1:6">
+      <c r="B317" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C317" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D317" s="6">
-        <v>3621.0</v>
+        <v>3630.0</v>
       </c>
       <c r="E317" s="6">
-        <v>487906789.0</v>
+        <v>336308366.0</v>
       </c>
       <c r="F317" s="6">
-        <v>68525492.0</v>
+        <v>3225.0</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="C318" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D318" s="6">
-        <v>3087.0</v>
+        <v>3595.0</v>
       </c>
       <c r="E318" s="6">
-        <v>347309446.0</v>
+        <v>281814230.0</v>
       </c>
       <c r="F318" s="6">
-        <v>47947803.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="C319" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D319" s="6">
-        <v>2659.0</v>
+        <v>3475.0</v>
       </c>
       <c r="E319" s="6">
-        <v>231391928.0</v>
+        <v>253101015.0</v>
       </c>
       <c r="F319" s="6">
-        <v>32725552.0</v>
+        <v>3446.0</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="C320" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D320" s="6">
-        <v>2734.0</v>
+        <v>2707.0</v>
       </c>
       <c r="E320" s="6">
-        <v>246149504.0</v>
+        <v>230807055.0</v>
       </c>
       <c r="F320" s="6">
-        <v>35239944.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="321" spans="1:6">
-      <c r="B321" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C321" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D321" s="6">
-        <v>12158.0</v>
+        <v>2465.0</v>
       </c>
       <c r="E321" s="6">
-        <v>150351585.0</v>
+        <v>192877981.0</v>
       </c>
       <c r="F321" s="6">
-        <v>71685.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="C322" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D322" s="6">
-        <v>12140.0</v>
+        <v>2464.0</v>
       </c>
       <c r="E322" s="6">
-        <v>160429766.0</v>
+        <v>173489318.0</v>
       </c>
       <c r="F322" s="6">
-        <v>64489.0</v>
+        <v>356.0</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="C323" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D323" s="6">
-        <v>11712.0</v>
+        <v>2667.0</v>
       </c>
       <c r="E323" s="6">
-        <v>160649710.0</v>
+        <v>198348845.0</v>
       </c>
       <c r="F323" s="6">
-        <v>159097.0</v>
+        <v>127.0</v>
       </c>
     </row>
     <row r="324" spans="1:6">
+      <c r="B324" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C324" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D324" s="6">
-        <v>11216.0</v>
+        <v>2096.0</v>
       </c>
       <c r="E324" s="6">
-        <v>126475471.0</v>
+        <v>205723443.0</v>
       </c>
       <c r="F324" s="6">
-        <v>92355.0</v>
+        <v>28305648.0</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="C325" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D325" s="6">
-        <v>9915.0</v>
+        <v>2064.0</v>
       </c>
       <c r="E325" s="6">
-        <v>87667404.0</v>
+        <v>176026125.0</v>
       </c>
       <c r="F325" s="6">
-        <v>55562.0</v>
+        <v>24489120.0</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="C326" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D326" s="6">
-        <v>9274.0</v>
+        <v>1786.0</v>
       </c>
       <c r="E326" s="6">
-        <v>84989872.0</v>
+        <v>133660274.0</v>
       </c>
       <c r="F326" s="6">
-        <v>57333.0</v>
+        <v>18350185.0</v>
       </c>
     </row>
     <row r="327" spans="1:6">
-      <c r="B327" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C327" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D327" s="6">
-        <v>57.0</v>
+        <v>1602.0</v>
       </c>
       <c r="E327" s="6">
-        <v>6659167.0</v>
+        <v>118055989.0</v>
       </c>
       <c r="F327" s="6">
-        <v>2650.0</v>
+        <v>16072200.0</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="C328" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D328" s="6">
-        <v>70.0</v>
+        <v>1342.0</v>
       </c>
       <c r="E328" s="6">
-        <v>13649841.0</v>
+        <v>97357597.0</v>
       </c>
       <c r="F328" s="6">
-        <v>0.0</v>
+        <v>13640747.0</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="C329" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D329" s="6">
-        <v>65.0</v>
+        <v>1138.0</v>
       </c>
       <c r="E329" s="6">
-        <v>17365831.0</v>
+        <v>86988344.0</v>
       </c>
       <c r="F329" s="6">
-        <v>0.0</v>
+        <v>12221779.0</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="C330" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D330" s="6">
-        <v>64.0</v>
+        <v>1149.0</v>
       </c>
       <c r="E330" s="6">
-        <v>4820766.0</v>
+        <v>85307224.0</v>
       </c>
       <c r="F330" s="6">
-        <v>59766.0</v>
+        <v>12145962.0</v>
       </c>
     </row>
     <row r="331" spans="1:6">
+      <c r="B331" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C331" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D331" s="6">
-        <v>75.0</v>
+        <v>7214.0</v>
       </c>
       <c r="E331" s="6">
-        <v>6157668.0</v>
+        <v>171763948.0</v>
       </c>
       <c r="F331" s="6">
-        <v>20207.0</v>
+        <v>34635.0</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="C332" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D332" s="6">
-        <v>79.0</v>
+        <v>7060.0</v>
       </c>
       <c r="E332" s="6">
-        <v>7806383.0</v>
+        <v>140719810.0</v>
       </c>
       <c r="F332" s="6">
-        <v>150.0</v>
+        <v>7770.0</v>
       </c>
     </row>
     <row r="333" spans="1:6">
-      <c r="A333" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C333" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D333" s="6">
-        <v>8713.0</v>
+        <v>6561.0</v>
       </c>
       <c r="E333" s="6">
-        <v>4108987066.0</v>
+        <v>125108141.0</v>
       </c>
       <c r="F333" s="6">
-        <v>542694156.0</v>
+        <v>10784.0</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="C334" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D334" s="6">
-        <v>8805.0</v>
+        <v>5947.0</v>
       </c>
       <c r="E334" s="6">
-        <v>3858323012.0</v>
+        <v>104005091.0</v>
       </c>
       <c r="F334" s="6">
-        <v>488845211.0</v>
+        <v>6278.0</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="C335" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D335" s="6">
-        <v>8588.0</v>
+        <v>5431.0</v>
       </c>
       <c r="E335" s="6">
-        <v>3218832664.0</v>
+        <v>77819654.0</v>
       </c>
       <c r="F335" s="6">
-        <v>403169081.0</v>
+        <v>5138.0</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="C336" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D336" s="6">
-        <v>8401.0</v>
+        <v>4424.0</v>
       </c>
       <c r="E336" s="6">
-        <v>2833218158.0</v>
+        <v>57979700.0</v>
       </c>
       <c r="F336" s="6">
-        <v>347219148.0</v>
+        <v>3972.0</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="C337" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D337" s="6">
-        <v>8536.0</v>
+        <v>3947.0</v>
       </c>
       <c r="E337" s="6">
-        <v>2527220168.0</v>
+        <v>47940660.0</v>
       </c>
       <c r="F337" s="6">
-        <v>309228207.0</v>
+        <v>3998.0</v>
       </c>
     </row>
     <row r="338" spans="1:6">
+      <c r="B338" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C338" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D338" s="6">
-        <v>8537.0</v>
+        <v>25.0</v>
       </c>
       <c r="E338" s="6">
-        <v>2429415418.0</v>
+        <v>3522927.0</v>
       </c>
       <c r="F338" s="6">
-        <v>280122171.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="339" spans="1:6">
-      <c r="B339" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C339" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D339" s="6">
-        <v>8051.0</v>
+        <v>35.0</v>
       </c>
       <c r="E339" s="6">
-        <v>3030488396.0</v>
+        <v>4406711.0</v>
       </c>
       <c r="F339" s="6">
-        <v>516995348.0</v>
+        <v>4434.0</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="C340" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D340" s="6">
-        <v>8126.0</v>
+        <v>33.0</v>
       </c>
       <c r="E340" s="6">
-        <v>2699234624.0</v>
+        <v>4029008.0</v>
       </c>
       <c r="F340" s="6">
-        <v>463992837.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="C341" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D341" s="6">
-        <v>7988.0</v>
+        <v>29.0</v>
       </c>
       <c r="E341" s="6">
-        <v>2254222546.0</v>
+        <v>8207322.0</v>
       </c>
       <c r="F341" s="6">
-        <v>385517722.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="C342" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D342" s="6">
-        <v>7869.0</v>
+        <v>24.0</v>
       </c>
       <c r="E342" s="6">
-        <v>1973244636.0</v>
+        <v>4408856.0</v>
       </c>
       <c r="F342" s="6">
-        <v>332355594.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="C343" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D343" s="6">
-        <v>8027.0</v>
+        <v>31.0</v>
       </c>
       <c r="E343" s="6">
-        <v>1776226614.0</v>
+        <v>1993409.0</v>
       </c>
       <c r="F343" s="6">
-        <v>295945118.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="C344" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D344" s="6">
-        <v>8088.0</v>
+        <v>27.0</v>
       </c>
       <c r="E344" s="6">
-        <v>1550037854.0</v>
+        <v>2588799.0</v>
       </c>
       <c r="F344" s="6">
-        <v>261144173.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="345" spans="1:6">
+      <c r="A345" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
+          </r>
+        </is>
+      </c>
       <c r="B345" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05: Dienpinigiai</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C345" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D345" s="6">
-        <v>4150.0</v>
+        <v>25906.0</v>
       </c>
       <c r="E345" s="6">
-        <v>777969845.0</v>
+        <v>7090684330.0</v>
       </c>
       <c r="F345" s="6">
-        <v>2434.0</v>
+        <v>847687025.0</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="C346" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D346" s="6">
-        <v>4143.0</v>
+        <v>29835.0</v>
       </c>
       <c r="E346" s="6">
-        <v>829363923.0</v>
+        <v>7125802622.0</v>
       </c>
       <c r="F346" s="6">
-        <v>0.0</v>
+        <v>830112365.0</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="C347" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D347" s="6">
-        <v>3880.0</v>
+        <v>29945.0</v>
       </c>
       <c r="E347" s="6">
-        <v>696347419.0</v>
+        <v>6855504126.0</v>
       </c>
       <c r="F347" s="6">
-        <v>1.0</v>
+        <v>778787231.0</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="C348" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D348" s="6">
-        <v>3634.0</v>
+        <v>30016.0</v>
       </c>
       <c r="E348" s="6">
-        <v>634825519.0</v>
+        <v>6619521711.0</v>
       </c>
       <c r="F348" s="6">
-        <v>137.0</v>
+        <v>716865344.0</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="C349" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D349" s="6">
-        <v>3722.0</v>
+        <v>30216.0</v>
       </c>
       <c r="E349" s="6">
-        <v>562130885.0</v>
+        <v>5403269472.0</v>
       </c>
       <c r="F349" s="6">
-        <v>559.0</v>
+        <v>610307484.0</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="C350" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D350" s="6">
+        <v>29484.0</v>
+      </c>
+      <c r="E350" s="6">
+        <v>4649790478.0</v>
+      </c>
+      <c r="F350" s="6">
+        <v>516103888.0</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6">
+      <c r="C351" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D350" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D351" s="6">
-        <v>1101.0</v>
+        <v>29096.0</v>
       </c>
       <c r="E351" s="6">
-        <v>147211673.0</v>
+        <v>4715591549.0</v>
       </c>
       <c r="F351" s="6">
-        <v>21054635.0</v>
+        <v>511245565.0</v>
       </c>
     </row>
     <row r="352" spans="1:6">
+      <c r="B352" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C352" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D352" s="6">
-        <v>1123.0</v>
+        <v>22055.0</v>
       </c>
       <c r="E352" s="6">
-        <v>145660583.0</v>
+        <v>4489164758.0</v>
       </c>
       <c r="F352" s="6">
-        <v>20372848.0</v>
+        <v>747615691.0</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="C353" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D353" s="6">
-        <v>988.0</v>
+        <v>25457.0</v>
       </c>
       <c r="E353" s="6">
-        <v>97198064.0</v>
+        <v>4468910530.0</v>
       </c>
       <c r="F353" s="6">
-        <v>13816346.0</v>
+        <v>725863828.0</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="C354" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D354" s="6">
-        <v>795.0</v>
+        <v>26184.0</v>
       </c>
       <c r="E354" s="6">
-        <v>82234998.0</v>
+        <v>4178074887.0</v>
       </c>
       <c r="F354" s="6">
-        <v>11653644.0</v>
+        <v>683468205.0</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="C355" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D355" s="6">
-        <v>784.0</v>
+        <v>26738.0</v>
       </c>
       <c r="E355" s="6">
-        <v>72703351.0</v>
+        <v>3794292559.0</v>
       </c>
       <c r="F355" s="6">
-        <v>10318693.0</v>
+        <v>624624067.0</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="C356" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D356" s="6">
-        <v>767.0</v>
+        <v>27207.0</v>
       </c>
       <c r="E356" s="6">
-        <v>82798116.0</v>
+        <v>3307997961.0</v>
       </c>
       <c r="F356" s="6">
-        <v>12014286.0</v>
+        <v>542312272.0</v>
       </c>
     </row>
     <row r="357" spans="1:6">
-      <c r="B357" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C357" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D357" s="6">
-        <v>3269.0</v>
+        <v>27065.0</v>
       </c>
       <c r="E357" s="6">
-        <v>55902400.0</v>
+        <v>2900261895.0</v>
       </c>
       <c r="F357" s="6">
-        <v>11460.0</v>
+        <v>467943225.0</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="C358" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D358" s="6">
-        <v>3149.0</v>
+        <v>26863.0</v>
       </c>
       <c r="E358" s="6">
-        <v>57372291.0</v>
+        <v>2729799674.0</v>
       </c>
       <c r="F358" s="6">
-        <v>3748.0</v>
+        <v>452971257.0</v>
       </c>
     </row>
     <row r="359" spans="1:6">
+      <c r="B359" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C359" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D359" s="6">
-        <v>3044.0</v>
+        <v>5365.0</v>
       </c>
       <c r="E359" s="6">
-        <v>28449971.0</v>
+        <v>54995505.0</v>
       </c>
       <c r="F359" s="6">
-        <v>6093.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="C360" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D360" s="6">
-        <v>2869.0</v>
+        <v>5804.0</v>
       </c>
       <c r="E360" s="6">
-        <v>27259600.0</v>
+        <v>70292000.0</v>
       </c>
       <c r="F360" s="6">
-        <v>5571.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="C361" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D361" s="6">
-        <v>2664.0</v>
+        <v>5784.0</v>
       </c>
       <c r="E361" s="6">
-        <v>19751419.0</v>
+        <v>92200814.0</v>
       </c>
       <c r="F361" s="6">
-        <v>13083.0</v>
+        <v>589.0</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="C362" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D362" s="6">
-        <v>2594.0</v>
+        <v>5426.0</v>
       </c>
       <c r="E362" s="6">
-        <v>16971023.0</v>
+        <v>77362069.0</v>
       </c>
       <c r="F362" s="6">
-        <v>14094.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="363" spans="1:6">
-      <c r="B363" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C363" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D363" s="6">
-        <v>9.0</v>
+        <v>4648.0</v>
       </c>
       <c r="E363" s="6">
-        <v>635753.0</v>
+        <v>61219620.0</v>
       </c>
       <c r="F363" s="6">
-        <v>0.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="C364" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D364" s="6">
+        <v>4663.0</v>
+      </c>
+      <c r="E364" s="6">
+        <v>49833672.0</v>
+      </c>
+      <c r="F364" s="6">
         <v>10.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="C365" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D365" s="6">
-        <v>18.0</v>
+        <v>5998.0</v>
       </c>
       <c r="E365" s="6">
-        <v>690511.0</v>
+        <v>75886005.0</v>
       </c>
       <c r="F365" s="6">
-        <v>11306.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="366" spans="1:6">
+      <c r="B366" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C366" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D366" s="6">
-        <v>13.0</v>
+        <v>3661.0</v>
       </c>
       <c r="E366" s="6">
-        <v>891429.0</v>
+        <v>583818668.0</v>
       </c>
       <c r="F366" s="6">
-        <v>0.0</v>
+        <v>77965149.0</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="C367" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D367" s="6">
-        <v>10.0</v>
+        <v>3904.0</v>
       </c>
       <c r="E367" s="6">
-        <v>185505.0</v>
+        <v>569714575.0</v>
       </c>
       <c r="F367" s="6">
-        <v>0.0</v>
+        <v>81246369.0</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="C368" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D368" s="6">
-        <v>11.0</v>
+        <v>3748.0</v>
       </c>
       <c r="E368" s="6">
-        <v>153445.0</v>
+        <v>514999511.0</v>
       </c>
       <c r="F368" s="6">
-        <v>3316.0</v>
+        <v>72807535.0</v>
       </c>
     </row>
     <row r="369" spans="1:6">
-      <c r="A369" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C369" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D369" s="6">
-        <v>4612.0</v>
+        <v>3625.0</v>
       </c>
       <c r="E369" s="6">
-        <v>800912950.0</v>
+        <v>488166022.0</v>
       </c>
       <c r="F369" s="6">
-        <v>99953819.0</v>
+        <v>68565299.0</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="C370" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D370" s="6">
-        <v>4679.0</v>
+        <v>3088.0</v>
       </c>
       <c r="E370" s="6">
-        <v>736775333.0</v>
+        <v>347341222.0</v>
       </c>
       <c r="F370" s="6">
-        <v>92697830.0</v>
+        <v>47957333.0</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="C371" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D371" s="6">
-        <v>4634.0</v>
+        <v>2659.0</v>
       </c>
       <c r="E371" s="6">
-        <v>651123271.0</v>
+        <v>231391928.0</v>
       </c>
       <c r="F371" s="6">
-        <v>80735091.0</v>
+        <v>32725552.0</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="C372" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D372" s="6">
-        <v>4763.0</v>
+        <v>2734.0</v>
       </c>
       <c r="E372" s="6">
-        <v>485194382.0</v>
+        <v>246149504.0</v>
       </c>
       <c r="F372" s="6">
-        <v>60970399.0</v>
+        <v>35239944.0</v>
       </c>
     </row>
     <row r="373" spans="1:6">
+      <c r="B373" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C373" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D373" s="6">
-        <v>4565.0</v>
+        <v>11332.0</v>
       </c>
       <c r="E373" s="6">
-        <v>433002191.0</v>
+        <v>170505431.0</v>
       </c>
       <c r="F373" s="6">
-        <v>51181889.0</v>
+        <v>95580.0</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="C374" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D374" s="6">
-        <v>4304.0</v>
+        <v>12532.0</v>
       </c>
       <c r="E374" s="6">
-        <v>418043325.0</v>
+        <v>170763599.0</v>
       </c>
       <c r="F374" s="6">
-        <v>54856676.0</v>
+        <v>74992.0</v>
       </c>
     </row>
     <row r="375" spans="1:6">
-      <c r="B375" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C375" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D375" s="6">
-        <v>4341.0</v>
+        <v>12160.0</v>
       </c>
       <c r="E375" s="6">
-        <v>698481542.0</v>
+        <v>161115657.0</v>
       </c>
       <c r="F375" s="6">
-        <v>91756646.0</v>
+        <v>64665.0</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="C376" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D376" s="6">
-        <v>4419.0</v>
+        <v>11716.0</v>
       </c>
       <c r="E376" s="6">
-        <v>632850682.0</v>
+        <v>160622352.0</v>
       </c>
       <c r="F376" s="6">
-        <v>84883829.0</v>
+        <v>157553.0</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="C377" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D377" s="6">
-        <v>4426.0</v>
+        <v>11218.0</v>
       </c>
       <c r="E377" s="6">
-        <v>542847636.0</v>
+        <v>126477803.0</v>
       </c>
       <c r="F377" s="6">
-        <v>74081775.0</v>
+        <v>92355.0</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="C378" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D378" s="6">
-        <v>4595.0</v>
+        <v>9915.0</v>
       </c>
       <c r="E378" s="6">
-        <v>430223368.0</v>
+        <v>87667404.0</v>
       </c>
       <c r="F378" s="6">
-        <v>57625068.0</v>
+        <v>55562.0</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="C379" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D379" s="6">
-        <v>4387.0</v>
+        <v>9274.0</v>
       </c>
       <c r="E379" s="6">
-        <v>368792711.0</v>
+        <v>84989872.0</v>
       </c>
       <c r="F379" s="6">
-        <v>47573810.0</v>
+        <v>57333.0</v>
       </c>
     </row>
     <row r="380" spans="1:6">
+      <c r="B380" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C380" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D380" s="6">
-        <v>4144.0</v>
+        <v>67.0</v>
       </c>
       <c r="E380" s="6">
-        <v>358985384.0</v>
+        <v>3406958.0</v>
       </c>
       <c r="F380" s="6">
-        <v>50191605.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="381" spans="1:6">
-      <c r="B381" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C381" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D381" s="6">
-        <v>328.0</v>
+        <v>65.0</v>
       </c>
       <c r="E381" s="6">
-        <v>1739340.0</v>
+        <v>9326667.0</v>
       </c>
       <c r="F381" s="6">
-        <v>0.0</v>
+        <v>2650.0</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="C382" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D382" s="6">
-        <v>323.0</v>
+        <v>71.0</v>
       </c>
       <c r="E382" s="6">
-        <v>1436851.0</v>
+        <v>13029795.0</v>
       </c>
       <c r="F382" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="C383" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D383" s="6">
-        <v>268.0</v>
+        <v>66.0</v>
       </c>
       <c r="E383" s="6">
-        <v>1231916.0</v>
+        <v>17834037.0</v>
       </c>
       <c r="F383" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="C384" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D384" s="6">
-        <v>217.0</v>
+        <v>65.0</v>
       </c>
       <c r="E384" s="6">
-        <v>636515.0</v>
+        <v>5076151.0</v>
       </c>
       <c r="F384" s="6">
-        <v>0.0</v>
+        <v>59766.0</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="C385" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D385" s="6">
-        <v>202.0</v>
+        <v>75.0</v>
       </c>
       <c r="E385" s="6">
-        <v>426113.0</v>
+        <v>6157668.0</v>
       </c>
       <c r="F385" s="6">
-        <v>0.0</v>
+        <v>20207.0</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="C386" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D386" s="6">
-        <v>292.0</v>
+        <v>79.0</v>
       </c>
       <c r="E386" s="6">
-        <v>844077.0</v>
+        <v>7806383.0</v>
       </c>
       <c r="F386" s="6">
-        <v>0.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="387" spans="1:6">
+      <c r="A387" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H: Transportas ir saugojimas</t>
+          </r>
+        </is>
+      </c>
       <c r="B387" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">26: Dividendai</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C387" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D387" s="6">
-        <v>450.0</v>
+        <v>8979.0</v>
       </c>
       <c r="E387" s="6">
-        <v>33189684.0</v>
+        <v>4449252130.0</v>
       </c>
       <c r="F387" s="6">
-        <v>4608950.0</v>
+        <v>596426355.0</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="C388" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D388" s="6">
-        <v>418.0</v>
+        <v>8976.0</v>
       </c>
       <c r="E388" s="6">
-        <v>32687978.0</v>
+        <v>4169224853.0</v>
       </c>
       <c r="F388" s="6">
-        <v>4230287.0</v>
+        <v>546399408.0</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="C389" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D389" s="6">
-        <v>327.0</v>
+        <v>8821.0</v>
       </c>
       <c r="E389" s="6">
-        <v>25571435.0</v>
+        <v>3861864798.0</v>
       </c>
       <c r="F389" s="6">
-        <v>3494108.0</v>
+        <v>489461611.0</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="C390" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D390" s="6">
-        <v>155.0</v>
+        <v>8596.0</v>
       </c>
       <c r="E390" s="6">
-        <v>6920561.0</v>
+        <v>3218948521.0</v>
       </c>
       <c r="F390" s="6">
-        <v>889901.0</v>
+        <v>403061317.0</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="C391" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D391" s="6">
-        <v>222.0</v>
+        <v>8403.0</v>
       </c>
       <c r="E391" s="6">
-        <v>10963938.0</v>
+        <v>2833235786.0</v>
       </c>
       <c r="F391" s="6">
-        <v>1515739.0</v>
+        <v>347223425.0</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="C392" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D392" s="6">
+        <v>8536.0</v>
+      </c>
+      <c r="E392" s="6">
+        <v>2527220168.0</v>
+      </c>
+      <c r="F392" s="6">
+        <v>309228207.0</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6">
+      <c r="C393" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D392" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D393" s="6">
-        <v>2110.0</v>
+        <v>8537.0</v>
       </c>
       <c r="E393" s="6">
-        <v>19109033.0</v>
+        <v>2429415418.0</v>
       </c>
       <c r="F393" s="6">
-        <v>69355.0</v>
+        <v>280122171.0</v>
       </c>
     </row>
     <row r="394" spans="1:6">
+      <c r="B394" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C394" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D394" s="6">
-        <v>2092.0</v>
+        <v>8179.0</v>
       </c>
       <c r="E394" s="6">
-        <v>18585579.0</v>
+        <v>3326176021.0</v>
       </c>
       <c r="F394" s="6">
-        <v>50247.0</v>
+        <v>572766727.0</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="C395" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D395" s="6">
-        <v>1918.0</v>
+        <v>8204.0</v>
       </c>
       <c r="E395" s="6">
-        <v>32661206.0</v>
+        <v>3045764305.0</v>
       </c>
       <c r="F395" s="6">
-        <v>29130.0</v>
+        <v>519221172.0</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="C396" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D396" s="6">
-        <v>1775.0</v>
+        <v>8127.0</v>
       </c>
       <c r="E396" s="6">
-        <v>10860227.0</v>
+        <v>2700411703.0</v>
       </c>
       <c r="F396" s="6">
-        <v>14435.0</v>
+        <v>463834762.0</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="C397" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D397" s="6">
-        <v>1515.0</v>
+        <v>7993.0</v>
       </c>
       <c r="E397" s="6">
-        <v>7045438.0</v>
+        <v>2254290363.0</v>
       </c>
       <c r="F397" s="6">
-        <v>29312.0</v>
+        <v>385389372.0</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="C398" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D398" s="6">
-        <v>1435.0</v>
+        <v>7871.0</v>
       </c>
       <c r="E398" s="6">
-        <v>7179607.0</v>
+        <v>1973253367.0</v>
       </c>
       <c r="F398" s="6">
-        <v>35576.0</v>
+        <v>332354576.0</v>
       </c>
     </row>
     <row r="399" spans="1:6">
-      <c r="B399" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C399" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D399" s="6">
-        <v>5.0</v>
+        <v>8027.0</v>
       </c>
       <c r="E399" s="6">
-        <v>205214.0</v>
+        <v>1776226614.0</v>
       </c>
       <c r="F399" s="6">
-        <v>0.0</v>
+        <v>295945118.0</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="C400" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D400" s="6">
-        <v>7.0</v>
+        <v>8088.0</v>
       </c>
       <c r="E400" s="6">
-        <v>868206.0</v>
+        <v>1550037854.0</v>
       </c>
       <c r="F400" s="6">
-        <v>0.0</v>
+        <v>261144173.0</v>
       </c>
     </row>
     <row r="401" spans="1:6">
+      <c r="B401" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C401" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D401" s="6">
-        <v>13.0</v>
+        <v>4235.0</v>
       </c>
       <c r="E401" s="6">
-        <v>1279732.0</v>
+        <v>836186743.0</v>
       </c>
       <c r="F401" s="6">
-        <v>0.0</v>
+        <v>4308.0</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="C402" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D402" s="6">
-        <v>10.0</v>
+        <v>4264.0</v>
       </c>
       <c r="E402" s="6">
-        <v>162451.0</v>
+        <v>814640089.0</v>
       </c>
       <c r="F402" s="6">
-        <v>0.0</v>
+        <v>2434.0</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="C403" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D403" s="6">
-        <v>8.0</v>
+        <v>4145.0</v>
       </c>
       <c r="E403" s="6">
-        <v>14855738.0</v>
+        <v>830670988.0</v>
       </c>
       <c r="F403" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="C404" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D404" s="6">
-        <v>5.0</v>
+        <v>3880.0</v>
       </c>
       <c r="E404" s="6">
-        <v>89967.0</v>
+        <v>696341464.0</v>
       </c>
       <c r="F404" s="6">
-        <v>2465.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="405" spans="1:6">
-      <c r="A405" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C405" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D405" s="6">
-        <v>5938.0</v>
+        <v>3634.0</v>
       </c>
       <c r="E405" s="6">
-        <v>2769062855.0</v>
+        <v>634825519.0</v>
       </c>
       <c r="F405" s="6">
-        <v>450775686.0</v>
+        <v>137.0</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="C406" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D406" s="6">
-        <v>5637.0</v>
+        <v>3722.0</v>
       </c>
       <c r="E406" s="6">
-        <v>2538259089.0</v>
+        <v>562130885.0</v>
       </c>
       <c r="F406" s="6">
-        <v>423056254.0</v>
+        <v>559.0</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="C407" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D407" s="6">
-        <v>5289.0</v>
+        <v>4066.0</v>
       </c>
       <c r="E407" s="6">
-        <v>2087533558.0</v>
+        <v>641453236.0</v>
       </c>
       <c r="F407" s="6">
-        <v>342232218.0</v>
+        <v>2955.0</v>
       </c>
     </row>
     <row r="408" spans="1:6">
+      <c r="B408" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C408" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D408" s="6">
-        <v>5036.0</v>
+        <v>1143.0</v>
       </c>
       <c r="E408" s="6">
-        <v>1601618750.0</v>
+        <v>132126840.0</v>
       </c>
       <c r="F408" s="6">
-        <v>264999106.0</v>
+        <v>18750532.0</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="C409" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D409" s="6">
-        <v>4792.0</v>
+        <v>1147.0</v>
       </c>
       <c r="E409" s="6">
-        <v>1201971669.0</v>
+        <v>153937646.0</v>
       </c>
       <c r="F409" s="6">
-        <v>200788563.0</v>
+        <v>22324169.0</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="C410" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D410" s="6">
-        <v>4576.0</v>
+        <v>1127.0</v>
       </c>
       <c r="E410" s="6">
-        <v>1051827668.0</v>
+        <v>146747407.0</v>
       </c>
       <c r="F410" s="6">
-        <v>173910759.0</v>
+        <v>21142163.0</v>
       </c>
     </row>
     <row r="411" spans="1:6">
-      <c r="B411" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C411" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D411" s="6">
-        <v>4291.0</v>
+        <v>990.0</v>
       </c>
       <c r="E411" s="6">
-        <v>2182430631.0</v>
+        <v>97446872.0</v>
       </c>
       <c r="F411" s="6">
-        <v>426879671.0</v>
+        <v>13891992.0</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="C412" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D412" s="6">
-        <v>4110.0</v>
+        <v>795.0</v>
       </c>
       <c r="E412" s="6">
-        <v>2040873710.0</v>
+        <v>82234998.0</v>
       </c>
       <c r="F412" s="6">
-        <v>399771744.0</v>
+        <v>11658939.0</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="C413" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D413" s="6">
-        <v>3957.0</v>
+        <v>784.0</v>
       </c>
       <c r="E413" s="6">
-        <v>1656697108.0</v>
+        <v>72703351.0</v>
       </c>
       <c r="F413" s="6">
-        <v>324049291.0</v>
+        <v>10318693.0</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="C414" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D414" s="6">
-        <v>3895.0</v>
+        <v>767.0</v>
       </c>
       <c r="E414" s="6">
-        <v>1272218435.0</v>
+        <v>82798116.0</v>
       </c>
       <c r="F414" s="6">
-        <v>246915862.0</v>
+        <v>12014286.0</v>
       </c>
     </row>
     <row r="415" spans="1:6">
+      <c r="B415" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C415" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D415" s="6">
-        <v>3825.0</v>
+        <v>3349.0</v>
       </c>
       <c r="E415" s="6">
-        <v>967741788.0</v>
+        <v>58474922.0</v>
       </c>
       <c r="F415" s="6">
-        <v>186945576.0</v>
+        <v>7018.0</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="C416" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D416" s="6">
-        <v>3761.0</v>
+        <v>3351.0</v>
       </c>
       <c r="E416" s="6">
-        <v>824380363.0</v>
+        <v>54667695.0</v>
       </c>
       <c r="F416" s="6">
-        <v>158625748.0</v>
+        <v>10110.0</v>
       </c>
     </row>
     <row r="417" spans="1:6">
-      <c r="B417" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C417" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D417" s="6">
-        <v>1310.0</v>
+        <v>3155.0</v>
       </c>
       <c r="E417" s="6">
-        <v>8814800.0</v>
+        <v>57448925.0</v>
       </c>
       <c r="F417" s="6">
-        <v>0.0</v>
+        <v>3748.0</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="C418" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D418" s="6">
-        <v>1309.0</v>
+        <v>3044.0</v>
       </c>
       <c r="E418" s="6">
-        <v>7887232.0</v>
+        <v>28449554.0</v>
       </c>
       <c r="F418" s="6">
-        <v>0.0</v>
+        <v>6093.0</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="C419" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D419" s="6">
-        <v>1151.0</v>
+        <v>2869.0</v>
       </c>
       <c r="E419" s="6">
-        <v>6423144.0</v>
+        <v>27260600.0</v>
       </c>
       <c r="F419" s="6">
-        <v>0.0</v>
+        <v>5571.0</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="C420" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D420" s="6">
-        <v>804.0</v>
+        <v>2664.0</v>
       </c>
       <c r="E420" s="6">
-        <v>3021588.0</v>
+        <v>19751419.0</v>
       </c>
       <c r="F420" s="6">
-        <v>0.0</v>
+        <v>13083.0</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="C421" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D421" s="6">
-        <v>844.0</v>
+        <v>2594.0</v>
       </c>
       <c r="E421" s="6">
-        <v>4160483.0</v>
+        <v>16971023.0</v>
       </c>
       <c r="F421" s="6">
+        <v>14094.0</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6">
+      <c r="B422" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C422" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D422" s="6">
+        <v>8.0</v>
+      </c>
+      <c r="E422" s="6">
+        <v>267061.0</v>
+      </c>
+      <c r="F422" s="6">
         <v>0.0</v>
       </c>
     </row>
-    <row r="422" spans="1:6">
-[...25 lines deleted...]
-    </row>
     <row r="423" spans="1:6">
-      <c r="B423" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C423" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D423" s="6">
-        <v>1478.0</v>
+        <v>9.0</v>
       </c>
       <c r="E423" s="6">
-        <v>148258418.0</v>
+        <v>635753.0</v>
       </c>
       <c r="F423" s="6">
-        <v>17647968.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="C424" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D424" s="6">
-        <v>1330.0</v>
+        <v>10.0</v>
       </c>
       <c r="E424" s="6">
-        <v>144111560.0</v>
+        <v>838348.0</v>
       </c>
       <c r="F424" s="6">
-        <v>17481121.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="C425" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D425" s="6">
-        <v>1172.0</v>
+        <v>18.0</v>
       </c>
       <c r="E425" s="6">
-        <v>136604082.0</v>
+        <v>690511.0</v>
       </c>
       <c r="F425" s="6">
-        <v>12655808.0</v>
+        <v>11306.0</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="C426" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D426" s="6">
-        <v>998.0</v>
+        <v>13.0</v>
       </c>
       <c r="E426" s="6">
-        <v>101054101.0</v>
+        <v>891429.0</v>
       </c>
       <c r="F426" s="6">
-        <v>13237282.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="C427" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D427" s="6">
-        <v>809.0</v>
+        <v>10.0</v>
       </c>
       <c r="E427" s="6">
-        <v>72914423.0</v>
+        <v>185505.0</v>
       </c>
       <c r="F427" s="6">
-        <v>9456390.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="C428" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D428" s="6">
-        <v>783.0</v>
+        <v>11.0</v>
       </c>
       <c r="E428" s="6">
-        <v>64203984.0</v>
+        <v>153445.0</v>
       </c>
       <c r="F428" s="6">
-        <v>8222054.0</v>
+        <v>3316.0</v>
       </c>
     </row>
     <row r="429" spans="1:6">
+      <c r="A429" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
+          </r>
+        </is>
+      </c>
       <c r="B429" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C429" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D429" s="6">
-        <v>2731.0</v>
+        <v>4841.0</v>
       </c>
       <c r="E429" s="6">
-        <v>283439557.0</v>
+        <v>897230221.0</v>
       </c>
       <c r="F429" s="6">
-        <v>80643.0</v>
+        <v>115108880.0</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="C430" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D430" s="6">
-        <v>2703.0</v>
+        <v>4741.0</v>
       </c>
       <c r="E430" s="6">
-        <v>218569528.0</v>
+        <v>814619092.0</v>
       </c>
       <c r="F430" s="6">
-        <v>81934.0</v>
+        <v>101487230.0</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="C431" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D431" s="6">
-        <v>2536.0</v>
+        <v>4683.0</v>
       </c>
       <c r="E431" s="6">
-        <v>176022116.0</v>
+        <v>738267673.0</v>
       </c>
       <c r="F431" s="6">
-        <v>44584.0</v>
+        <v>92761624.0</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="C432" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D432" s="6">
-        <v>2351.0</v>
+        <v>4636.0</v>
       </c>
       <c r="E432" s="6">
-        <v>131897503.0</v>
+        <v>651169022.0</v>
       </c>
       <c r="F432" s="6">
-        <v>39597.0</v>
+        <v>80732804.0</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="C433" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D433" s="6">
-        <v>2178.0</v>
+        <v>4765.0</v>
       </c>
       <c r="E433" s="6">
-        <v>80419973.0</v>
+        <v>485209188.0</v>
       </c>
       <c r="F433" s="6">
-        <v>42542.0</v>
+        <v>60972542.0</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="C434" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D434" s="6">
+        <v>4565.0</v>
+      </c>
+      <c r="E434" s="6">
+        <v>433002191.0</v>
+      </c>
+      <c r="F434" s="6">
+        <v>51181889.0</v>
+      </c>
+    </row>
+    <row r="435" spans="1:6">
+      <c r="C435" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D434" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D435" s="6">
-        <v>18.0</v>
+        <v>4304.0</v>
       </c>
       <c r="E435" s="6">
-        <v>3061673.0</v>
+        <v>418043325.0</v>
       </c>
       <c r="F435" s="6">
-        <v>0.0</v>
+        <v>54856676.0</v>
       </c>
     </row>
     <row r="436" spans="1:6">
+      <c r="B436" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C436" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D436" s="6">
-        <v>19.0</v>
+        <v>4566.0</v>
       </c>
       <c r="E436" s="6">
-        <v>1564640.0</v>
+        <v>779693965.0</v>
       </c>
       <c r="F436" s="6">
-        <v>0.0</v>
+        <v>106424630.0</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="C437" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D437" s="6">
-        <v>27.0</v>
+        <v>4430.0</v>
       </c>
       <c r="E437" s="6">
-        <v>1079826.0</v>
+        <v>707529380.0</v>
       </c>
       <c r="F437" s="6">
-        <v>0.0</v>
+        <v>93005217.0</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="C438" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D438" s="6">
-        <v>15.0</v>
+        <v>4421.0</v>
       </c>
       <c r="E438" s="6">
-        <v>392513.0</v>
+        <v>632988984.0</v>
       </c>
       <c r="F438" s="6">
-        <v>0.0</v>
+        <v>84910087.0</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="C439" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D439" s="6">
-        <v>21.0</v>
+        <v>4427.0</v>
       </c>
       <c r="E439" s="6">
-        <v>1317550.0</v>
+        <v>542787486.0</v>
       </c>
       <c r="F439" s="6">
-        <v>0.0</v>
+        <v>74071143.0</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="C440" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D440" s="6">
-        <v>19.0</v>
+        <v>4597.0</v>
       </c>
       <c r="E440" s="6">
-        <v>1604698.0</v>
+        <v>430227057.0</v>
       </c>
       <c r="F440" s="6">
-        <v>0.0</v>
+        <v>57625543.0</v>
       </c>
     </row>
     <row r="441" spans="1:6">
-      <c r="A441" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C441" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D441" s="6">
-        <v>2236.0</v>
+        <v>4387.0</v>
       </c>
       <c r="E441" s="6">
-        <v>1787279858.0</v>
+        <v>368792711.0</v>
       </c>
       <c r="F441" s="6">
-        <v>250690653.0</v>
+        <v>47573810.0</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="C442" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D442" s="6">
-        <v>2047.0</v>
+        <v>4144.0</v>
       </c>
       <c r="E442" s="6">
-        <v>1406319193.0</v>
+        <v>358985384.0</v>
       </c>
       <c r="F442" s="6">
-        <v>214113479.0</v>
+        <v>50191605.0</v>
       </c>
     </row>
     <row r="443" spans="1:6">
+      <c r="B443" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C443" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D443" s="6">
-        <v>1860.0</v>
+        <v>365.0</v>
       </c>
       <c r="E443" s="6">
-        <v>1222110067.0</v>
+        <v>1802208.0</v>
       </c>
       <c r="F443" s="6">
-        <v>173436385.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="C444" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D444" s="6">
-        <v>1754.0</v>
+        <v>333.0</v>
       </c>
       <c r="E444" s="6">
-        <v>1050101128.0</v>
+        <v>1880144.0</v>
       </c>
       <c r="F444" s="6">
-        <v>141654179.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="C445" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D445" s="6">
-        <v>1688.0</v>
+        <v>324.0</v>
       </c>
       <c r="E445" s="6">
-        <v>901430174.0</v>
+        <v>1438275.0</v>
       </c>
       <c r="F445" s="6">
-        <v>133210011.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="C446" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D446" s="6">
-        <v>1647.0</v>
+        <v>268.0</v>
       </c>
       <c r="E446" s="6">
-        <v>846813990.0</v>
+        <v>1231916.0</v>
       </c>
       <c r="F446" s="6">
-        <v>115261680.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="447" spans="1:6">
-      <c r="B447" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C447" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D447" s="6">
-        <v>1988.0</v>
+        <v>217.0</v>
       </c>
       <c r="E447" s="6">
-        <v>1097002834.0</v>
+        <v>636515.0</v>
       </c>
       <c r="F447" s="6">
-        <v>213556267.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="C448" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D448" s="6">
-        <v>1792.0</v>
+        <v>202.0</v>
       </c>
       <c r="E448" s="6">
-        <v>973032334.0</v>
+        <v>426113.0</v>
       </c>
       <c r="F448" s="6">
-        <v>189920634.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="C449" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D449" s="6">
-        <v>1634.0</v>
+        <v>292.0</v>
       </c>
       <c r="E449" s="6">
-        <v>787713336.0</v>
+        <v>844077.0</v>
       </c>
       <c r="F449" s="6">
-        <v>153523593.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="450" spans="1:6">
+      <c r="B450" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C450" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D450" s="6">
-        <v>1568.0</v>
+        <v>420.0</v>
       </c>
       <c r="E450" s="6">
-        <v>681057228.0</v>
+        <v>33299603.0</v>
       </c>
       <c r="F450" s="6">
-        <v>131083999.0</v>
+        <v>4531097.0</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="C451" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D451" s="6">
-        <v>1516.0</v>
+        <v>473.0</v>
       </c>
       <c r="E451" s="6">
-        <v>647719259.0</v>
+        <v>34352121.0</v>
       </c>
       <c r="F451" s="6">
-        <v>124690808.0</v>
+        <v>4706074.0</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="C452" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D452" s="6">
-        <v>1482.0</v>
+        <v>422.0</v>
       </c>
       <c r="E452" s="6">
-        <v>549621150.0</v>
+        <v>33864109.0</v>
       </c>
       <c r="F452" s="6">
-        <v>105905238.0</v>
+        <v>4257194.0</v>
       </c>
     </row>
     <row r="453" spans="1:6">
-      <c r="B453" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C453" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D453" s="6">
-        <v>417.0</v>
+        <v>328.0</v>
       </c>
       <c r="E453" s="6">
-        <v>3587051.0</v>
+        <v>25576610.0</v>
       </c>
       <c r="F453" s="6">
-        <v>0.0</v>
+        <v>3494783.0</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="C454" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D454" s="6">
-        <v>433.0</v>
+        <v>156.0</v>
       </c>
       <c r="E454" s="6">
-        <v>3125570.0</v>
+        <v>6930854.0</v>
       </c>
       <c r="F454" s="6">
-        <v>0.0</v>
+        <v>891445.0</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="C455" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D455" s="6">
-        <v>363.0</v>
+        <v>222.0</v>
       </c>
       <c r="E455" s="6">
-        <v>2745801.0</v>
+        <v>10963938.0</v>
       </c>
       <c r="F455" s="6">
-        <v>0.0</v>
+        <v>1515739.0</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="C456" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D456" s="6">
-        <v>289.0</v>
+        <v>224.0</v>
       </c>
       <c r="E456" s="6">
-        <v>724043.0</v>
+        <v>11634982.0</v>
       </c>
       <c r="F456" s="6">
-        <v>0.0</v>
+        <v>1626395.0</v>
       </c>
     </row>
     <row r="457" spans="1:6">
+      <c r="B457" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C457" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D457" s="6">
-        <v>265.0</v>
+        <v>2187.0</v>
       </c>
       <c r="E457" s="6">
-        <v>1354786.0</v>
+        <v>21539267.0</v>
       </c>
       <c r="F457" s="6">
-        <v>0.0</v>
+        <v>46163.0</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="C458" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D458" s="6">
-        <v>355.0</v>
+        <v>2185.0</v>
       </c>
       <c r="E458" s="6">
-        <v>6179985.0</v>
+        <v>19348191.0</v>
       </c>
       <c r="F458" s="6">
-        <v>0.0</v>
+        <v>53791.0</v>
       </c>
     </row>
     <row r="459" spans="1:6">
-      <c r="B459" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C459" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D459" s="6">
-        <v>351.0</v>
+        <v>2093.0</v>
       </c>
       <c r="E459" s="6">
-        <v>333846810.0</v>
+        <v>18586112.0</v>
       </c>
       <c r="F459" s="6">
-        <v>29956663.0</v>
+        <v>49978.0</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="C460" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D460" s="6">
-        <v>335.0</v>
+        <v>1918.0</v>
       </c>
       <c r="E460" s="6">
-        <v>135376860.0</v>
+        <v>32659506.0</v>
       </c>
       <c r="F460" s="6">
-        <v>19269784.0</v>
+        <v>29130.0</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="C461" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D461" s="6">
-        <v>283.0</v>
+        <v>1775.0</v>
       </c>
       <c r="E461" s="6">
-        <v>113911150.0</v>
+        <v>10860227.0</v>
       </c>
       <c r="F461" s="6">
-        <v>16217521.0</v>
+        <v>14435.0</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="C462" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D462" s="6">
-        <v>235.0</v>
+        <v>1515.0</v>
       </c>
       <c r="E462" s="6">
-        <v>54998781.0</v>
+        <v>7045438.0</v>
       </c>
       <c r="F462" s="6">
-        <v>7561907.0</v>
+        <v>29312.0</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="C463" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D463" s="6">
-        <v>201.0</v>
+        <v>1435.0</v>
       </c>
       <c r="E463" s="6">
-        <v>40272390.0</v>
+        <v>7179607.0</v>
       </c>
       <c r="F463" s="6">
-        <v>5799099.0</v>
+        <v>35576.0</v>
       </c>
     </row>
     <row r="464" spans="1:6">
+      <c r="B464" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C464" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D464" s="6">
-        <v>210.0</v>
+        <v>7.0</v>
       </c>
       <c r="E464" s="6">
-        <v>45778356.0</v>
+        <v>9861.0</v>
       </c>
       <c r="F464" s="6">
-        <v>6581445.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="465" spans="1:6">
-      <c r="B465" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C465" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D465" s="6">
-        <v>868.0</v>
+        <v>5.0</v>
       </c>
       <c r="E465" s="6">
-        <v>47891299.0</v>
+        <v>205214.0</v>
       </c>
       <c r="F465" s="6">
-        <v>12413.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="C466" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D466" s="6">
-        <v>835.0</v>
+        <v>7.0</v>
       </c>
       <c r="E466" s="6">
-        <v>48641340.0</v>
+        <v>868206.0</v>
       </c>
       <c r="F466" s="6">
-        <v>43399.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="C467" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D467" s="6">
-        <v>752.0</v>
+        <v>13.0</v>
       </c>
       <c r="E467" s="6">
-        <v>44279592.0</v>
+        <v>1279732.0</v>
       </c>
       <c r="F467" s="6">
-        <v>494.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="C468" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D468" s="6">
-        <v>715.0</v>
+        <v>10.0</v>
       </c>
       <c r="E468" s="6">
-        <v>40483986.0</v>
+        <v>162451.0</v>
       </c>
       <c r="F468" s="6">
-        <v>206.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="C469" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D469" s="6">
-        <v>648.0</v>
+        <v>8.0</v>
       </c>
       <c r="E469" s="6">
-        <v>31273199.0</v>
+        <v>14855738.0</v>
       </c>
       <c r="F469" s="6">
-        <v>2854.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="C470" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D470" s="6">
-        <v>642.0</v>
+        <v>5.0</v>
       </c>
       <c r="E470" s="6">
-        <v>35128853.0</v>
+        <v>89967.0</v>
       </c>
       <c r="F470" s="6">
-        <v>999.0</v>
+        <v>2465.0</v>
       </c>
     </row>
     <row r="471" spans="1:6">
+      <c r="A471" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
+          </r>
+        </is>
+      </c>
       <c r="B471" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C471" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D471" s="6">
-        <v>80.0</v>
+        <v>1587.0</v>
       </c>
       <c r="E471" s="6">
-        <v>109724711.0</v>
+        <v>501959848.0</v>
       </c>
       <c r="F471" s="6">
-        <v>4583.0</v>
+        <v>70743880.0</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="C472" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D472" s="6">
-        <v>83.0</v>
+        <v>1542.0</v>
       </c>
       <c r="E472" s="6">
-        <v>94272017.0</v>
+        <v>408480423.0</v>
       </c>
       <c r="F472" s="6">
-        <v>0.0</v>
+        <v>57843387.0</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="C473" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D473" s="6">
-        <v>71.0</v>
+        <v>1468.0</v>
       </c>
       <c r="E473" s="6">
-        <v>140624309.0</v>
+        <v>380682983.0</v>
       </c>
       <c r="F473" s="6">
-        <v>0.0</v>
+        <v>54232502.0</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="C474" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D474" s="6">
-        <v>59.0</v>
+        <v>1433.0</v>
       </c>
       <c r="E474" s="6">
-        <v>168872912.0</v>
+        <v>330591238.0</v>
       </c>
       <c r="F474" s="6">
-        <v>0.0</v>
+        <v>46541974.0</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="C475" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D475" s="6">
-        <v>55.0</v>
+        <v>1370.0</v>
       </c>
       <c r="E475" s="6">
-        <v>93241540.0</v>
+        <v>269517868.0</v>
       </c>
       <c r="F475" s="6">
-        <v>0.0</v>
+        <v>37932390.0</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="C476" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D476" s="6">
+        <v>4792.0</v>
+      </c>
+      <c r="E476" s="6">
+        <v>1201971669.0</v>
+      </c>
+      <c r="F476" s="6">
+        <v>200788563.0</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6">
+      <c r="C477" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D476" s="6">
-[...57 lines deleted...]
-      </c>
       <c r="D477" s="6">
-        <v>7316.0</v>
+        <v>4576.0</v>
       </c>
       <c r="E477" s="6">
-        <v>570162162.0</v>
+        <v>1051827668.0</v>
       </c>
       <c r="F477" s="6">
-        <v>65031187.0</v>
+        <v>173910759.0</v>
       </c>
     </row>
     <row r="478" spans="1:6">
+      <c r="B478" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C478" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D478" s="6">
-        <v>6973.0</v>
+        <v>1141.0</v>
       </c>
       <c r="E478" s="6">
-        <v>572731437.0</v>
+        <v>326711242.0</v>
       </c>
       <c r="F478" s="6">
-        <v>61483517.0</v>
+        <v>63187507.0</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="C479" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D479" s="6">
-        <v>6753.0</v>
+        <v>1116.0</v>
       </c>
       <c r="E479" s="6">
-        <v>572057870.0</v>
+        <v>262387001.0</v>
       </c>
       <c r="F479" s="6">
-        <v>58831680.0</v>
+        <v>50560782.0</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="C480" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D480" s="6">
-        <v>6494.0</v>
+        <v>1115.0</v>
       </c>
       <c r="E480" s="6">
-        <v>494567852.0</v>
+        <v>243444095.0</v>
       </c>
       <c r="F480" s="6">
-        <v>47299208.0</v>
+        <v>46860430.0</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="C481" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D481" s="6">
-        <v>6257.0</v>
+        <v>1114.0</v>
       </c>
       <c r="E481" s="6">
-        <v>391032231.0</v>
+        <v>214955451.0</v>
       </c>
       <c r="F481" s="6">
-        <v>40863747.0</v>
+        <v>41574054.0</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="C482" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D482" s="6">
-        <v>5990.0</v>
+        <v>1093.0</v>
       </c>
       <c r="E482" s="6">
-        <v>372863363.0</v>
+        <v>168755838.0</v>
       </c>
       <c r="F482" s="6">
-        <v>41482210.0</v>
+        <v>32476785.0</v>
       </c>
     </row>
     <row r="483" spans="1:6">
-      <c r="B483" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C483" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D483" s="6">
-        <v>6574.0</v>
+        <v>3825.0</v>
       </c>
       <c r="E483" s="6">
-        <v>256725206.0</v>
+        <v>967741788.0</v>
       </c>
       <c r="F483" s="6">
-        <v>43579398.0</v>
+        <v>186945576.0</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="C484" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D484" s="6">
-        <v>6317.0</v>
+        <v>3761.0</v>
       </c>
       <c r="E484" s="6">
-        <v>246586342.0</v>
+        <v>824380363.0</v>
       </c>
       <c r="F484" s="6">
-        <v>41174469.0</v>
+        <v>158625748.0</v>
       </c>
     </row>
     <row r="485" spans="1:6">
+      <c r="B485" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C485" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D485" s="6">
-        <v>6194.0</v>
+        <v>314.0</v>
       </c>
       <c r="E485" s="6">
-        <v>244119301.0</v>
+        <v>1839217.0</v>
       </c>
       <c r="F485" s="6">
-        <v>41536441.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="C486" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D486" s="6">
-        <v>6014.0</v>
+        <v>274.0</v>
       </c>
       <c r="E486" s="6">
-        <v>214016064.0</v>
+        <v>1499039.0</v>
       </c>
       <c r="F486" s="6">
-        <v>36597617.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="C487" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D487" s="6">
-        <v>5854.0</v>
+        <v>264.0</v>
       </c>
       <c r="E487" s="6">
-        <v>190404010.0</v>
+        <v>1330599.0</v>
       </c>
       <c r="F487" s="6">
-        <v>32269222.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="C488" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D488" s="6">
-        <v>5629.0</v>
+        <v>239.0</v>
       </c>
       <c r="E488" s="6">
-        <v>190273348.0</v>
+        <v>1070168.0</v>
       </c>
       <c r="F488" s="6">
-        <v>32904500.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="489" spans="1:6">
-      <c r="B489" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C489" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D489" s="6">
-        <v>380.0</v>
+        <v>177.0</v>
       </c>
       <c r="E489" s="6">
-        <v>2671150.0</v>
+        <v>548052.0</v>
       </c>
       <c r="F489" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="C490" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D490" s="6">
-        <v>428.0</v>
+        <v>844.0</v>
       </c>
       <c r="E490" s="6">
-        <v>5125365.0</v>
+        <v>4160483.0</v>
       </c>
       <c r="F490" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="C491" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D491" s="6">
-        <v>380.0</v>
+        <v>1154.0</v>
       </c>
       <c r="E491" s="6">
-        <v>5294200.0</v>
+        <v>9557754.0</v>
       </c>
       <c r="F491" s="6">
-        <v>0.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="492" spans="1:6">
+      <c r="B492" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C492" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D492" s="6">
-        <v>307.0</v>
+        <v>286.0</v>
       </c>
       <c r="E492" s="6">
-        <v>2784338.0</v>
+        <v>29912666.0</v>
       </c>
       <c r="F492" s="6">
-        <v>0.0</v>
+        <v>3768709.0</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="C493" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D493" s="6">
-        <v>270.0</v>
+        <v>262.0</v>
       </c>
       <c r="E493" s="6">
-        <v>2348577.0</v>
+        <v>31208447.0</v>
       </c>
       <c r="F493" s="6">
-        <v>0.0</v>
+        <v>4136892.0</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="C494" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D494" s="6">
-        <v>406.0</v>
+        <v>215.0</v>
       </c>
       <c r="E494" s="6">
-        <v>2007078.0</v>
+        <v>31776668.0</v>
       </c>
       <c r="F494" s="6">
-        <v>39.0</v>
+        <v>4394428.0</v>
       </c>
     </row>
     <row r="495" spans="1:6">
-      <c r="B495" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C495" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D495" s="6">
-        <v>771.0</v>
+        <v>205.0</v>
       </c>
       <c r="E495" s="6">
-        <v>127690135.0</v>
+        <v>14646377.0</v>
       </c>
       <c r="F495" s="6">
-        <v>18424198.0</v>
+        <v>1941919.0</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="C496" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D496" s="6">
-        <v>729.0</v>
+        <v>170.0</v>
       </c>
       <c r="E496" s="6">
-        <v>123046113.0</v>
+        <v>18443044.0</v>
       </c>
       <c r="F496" s="6">
-        <v>17777910.0</v>
+        <v>2545757.0</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="C497" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D497" s="6">
-        <v>659.0</v>
+        <v>809.0</v>
       </c>
       <c r="E497" s="6">
-        <v>101348705.0</v>
+        <v>72914423.0</v>
       </c>
       <c r="F497" s="6">
-        <v>14817634.0</v>
+        <v>9456390.0</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="C498" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D498" s="6">
-        <v>522.0</v>
+        <v>783.0</v>
       </c>
       <c r="E498" s="6">
-        <v>58953285.0</v>
+        <v>64203984.0</v>
       </c>
       <c r="F498" s="6">
-        <v>8507375.0</v>
+        <v>8222054.0</v>
       </c>
     </row>
     <row r="499" spans="1:6">
+      <c r="B499" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C499" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D499" s="6">
-        <v>431.0</v>
+        <v>1012.0</v>
       </c>
       <c r="E499" s="6">
-        <v>46998006.0</v>
+        <v>87329423.0</v>
       </c>
       <c r="F499" s="6">
-        <v>6811011.0</v>
+        <v>68245.0</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="C500" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D500" s="6">
-        <v>483.0</v>
+        <v>984.0</v>
       </c>
       <c r="E500" s="6">
-        <v>44215860.0</v>
+        <v>76940391.0</v>
       </c>
       <c r="F500" s="6">
-        <v>6401621.0</v>
+        <v>106846.0</v>
       </c>
     </row>
     <row r="501" spans="1:6">
-      <c r="B501" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C501" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D501" s="6">
-        <v>3554.0</v>
+        <v>934.0</v>
       </c>
       <c r="E501" s="6">
-        <v>39576140.0</v>
+        <v>73084681.0</v>
       </c>
       <c r="F501" s="6">
-        <v>24298.0</v>
+        <v>82037.0</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="C502" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D502" s="6">
-        <v>3423.0</v>
+        <v>897.0</v>
       </c>
       <c r="E502" s="6">
-        <v>36513054.0</v>
+        <v>68838549.0</v>
       </c>
       <c r="F502" s="6">
-        <v>6598.0</v>
+        <v>45373.0</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="C503" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D503" s="6">
-        <v>3248.0</v>
+        <v>842.0</v>
       </c>
       <c r="E503" s="6">
-        <v>40093083.0</v>
+        <v>52618695.0</v>
       </c>
       <c r="F503" s="6">
-        <v>13957.0</v>
+        <v>41057.0</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="C504" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D504" s="6">
-        <v>3109.0</v>
+        <v>2178.0</v>
       </c>
       <c r="E504" s="6">
-        <v>32074967.0</v>
+        <v>80419973.0</v>
       </c>
       <c r="F504" s="6">
-        <v>7864.0</v>
+        <v>42542.0</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="C505" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D505" s="6">
-        <v>2768.0</v>
+        <v>2022.0</v>
       </c>
       <c r="E505" s="6">
-        <v>36244018.0</v>
+        <v>65839085.0</v>
       </c>
       <c r="F505" s="6">
-        <v>17059.0</v>
+        <v>67968.0</v>
       </c>
     </row>
     <row r="506" spans="1:6">
+      <c r="B506" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C506" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D506" s="6">
-        <v>2669.0</v>
+        <v>4.0</v>
       </c>
       <c r="E506" s="6">
-        <v>22429648.0</v>
+        <v>3081729.0</v>
       </c>
       <c r="F506" s="6">
-        <v>3705.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="507" spans="1:6">
-      <c r="B507" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C507" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D507" s="6">
-        <v>42.0</v>
+        <v>3.0</v>
       </c>
       <c r="E507" s="6">
-        <v>3076985.0</v>
+        <v>685183.0</v>
       </c>
       <c r="F507" s="6">
-        <v>104577.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="C508" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D508" s="6">
-        <v>51.0</v>
+        <v>5.0</v>
       </c>
       <c r="E508" s="6">
-        <v>12118979.0</v>
+        <v>85215.0</v>
       </c>
       <c r="F508" s="6">
-        <v>175208.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="C509" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D509" s="6">
-        <v>59.0</v>
+        <v>3.0</v>
       </c>
       <c r="E509" s="6">
-        <v>23844743.0</v>
+        <v>281303.0</v>
       </c>
       <c r="F509" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="C510" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
-      <c r="D510" s="6">
-[...6 lines deleted...]
-        <v>0.0</v>
+      <c r="D510" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E510" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F510" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="C511" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D511" s="6">
-        <v>51.0</v>
+        <v>21.0</v>
       </c>
       <c r="E511" s="6">
-        <v>8434607.0</v>
+        <v>1317550.0</v>
       </c>
       <c r="F511" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="C512" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D512" s="6">
-        <v>51.0</v>
+        <v>19.0</v>
       </c>
       <c r="E512" s="6">
-        <v>6299297.0</v>
+        <v>1604698.0</v>
       </c>
       <c r="F512" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
+            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="B513" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C513" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D513" s="6">
-        <v>15022.0</v>
+        <v>4930.0</v>
       </c>
       <c r="E513" s="6">
-        <v>2700612567.0</v>
+        <v>2565591329.0</v>
       </c>
       <c r="F513" s="6">
-        <v>382596845.0</v>
+        <v>423774194.0</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="C514" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D514" s="6">
-        <v>14261.0</v>
+        <v>4855.0</v>
       </c>
       <c r="E514" s="6">
-        <v>2386707414.0</v>
+        <v>2389165506.0</v>
       </c>
       <c r="F514" s="6">
-        <v>355280035.0</v>
+        <v>394573468.0</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="C515" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D515" s="6">
-        <v>13535.0</v>
+        <v>4185.0</v>
       </c>
       <c r="E515" s="6">
-        <v>2121394083.0</v>
+        <v>2159590316.0</v>
       </c>
       <c r="F515" s="6">
-        <v>315694091.0</v>
+        <v>369012526.0</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="C516" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D516" s="6">
-        <v>13014.0</v>
+        <v>3866.0</v>
       </c>
       <c r="E516" s="6">
-        <v>1805308297.0</v>
+        <v>1757305437.0</v>
       </c>
       <c r="F516" s="6">
-        <v>256416780.0</v>
+        <v>296164482.0</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="C517" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D517" s="6">
-        <v>12793.0</v>
+        <v>3669.0</v>
       </c>
       <c r="E517" s="6">
-        <v>1402311464.0</v>
+        <v>1332257398.0</v>
       </c>
       <c r="F517" s="6">
-        <v>210463003.0</v>
+        <v>227068631.0</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="C518" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D518" s="6">
+        <v>1688.0</v>
+      </c>
+      <c r="E518" s="6">
+        <v>901430174.0</v>
+      </c>
+      <c r="F518" s="6">
+        <v>133210011.0</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6">
+      <c r="C519" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D518" s="6">
-[...10 lines deleted...]
-      <c r="B519" s="5" t="inlineStr">
+      <c r="D519" s="6">
+        <v>1647.0</v>
+      </c>
+      <c r="E519" s="6">
+        <v>846813990.0</v>
+      </c>
+      <c r="F519" s="6">
+        <v>115261680.0</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6">
+      <c r="B520" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
-      <c r="C519" s="5" t="inlineStr">
-[...25 lines deleted...]
-    <row r="520" spans="1:6">
       <c r="C520" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D520" s="6">
-        <v>10728.0</v>
+        <v>3229.0</v>
       </c>
       <c r="E520" s="6">
-        <v>1622569320.0</v>
+        <v>2035798509.0</v>
       </c>
       <c r="F520" s="6">
-        <v>300180588.0</v>
+        <v>399667521.0</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="C521" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D521" s="6">
-        <v>10483.0</v>
+        <v>3280.0</v>
       </c>
       <c r="E521" s="6">
-        <v>1453124390.0</v>
+        <v>1925710359.0</v>
       </c>
       <c r="F521" s="6">
-        <v>266530816.0</v>
+        <v>377398865.0</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="C522" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D522" s="6">
-        <v>10346.0</v>
+        <v>2994.0</v>
       </c>
       <c r="E522" s="6">
-        <v>1217810823.0</v>
+        <v>1797494673.0</v>
       </c>
       <c r="F522" s="6">
-        <v>222160262.0</v>
+        <v>352917529.0</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="C523" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D523" s="6">
-        <v>10413.0</v>
+        <v>2846.0</v>
       </c>
       <c r="E523" s="6">
-        <v>1006262613.0</v>
+        <v>1441768444.0</v>
       </c>
       <c r="F523" s="6">
-        <v>183458807.0</v>
+        <v>282478538.0</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="C524" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D524" s="6">
-        <v>10159.0</v>
+        <v>2802.0</v>
       </c>
       <c r="E524" s="6">
-        <v>1102378936.0</v>
+        <v>1103462553.0</v>
       </c>
       <c r="F524" s="6">
-        <v>200514175.0</v>
+        <v>214439077.0</v>
       </c>
     </row>
     <row r="525" spans="1:6">
-      <c r="B525" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C525" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D525" s="6">
-        <v>2846.0</v>
+        <v>1516.0</v>
       </c>
       <c r="E525" s="6">
-        <v>23712186.0</v>
+        <v>647719259.0</v>
       </c>
       <c r="F525" s="6">
-        <v>0.0</v>
+        <v>124690808.0</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="C526" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D526" s="6">
-        <v>2603.0</v>
+        <v>1482.0</v>
       </c>
       <c r="E526" s="6">
-        <v>21262356.0</v>
+        <v>549621150.0</v>
       </c>
       <c r="F526" s="6">
-        <v>0.0</v>
+        <v>105905238.0</v>
       </c>
     </row>
     <row r="527" spans="1:6">
+      <c r="B527" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C527" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D527" s="6">
-        <v>2275.0</v>
+        <v>1165.0</v>
       </c>
       <c r="E527" s="6">
-        <v>20117205.0</v>
+        <v>9470016.0</v>
       </c>
       <c r="F527" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="C528" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D528" s="6">
-        <v>1777.0</v>
+        <v>1086.0</v>
       </c>
       <c r="E528" s="6">
-        <v>15357611.0</v>
+        <v>7900118.0</v>
       </c>
       <c r="F528" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="C529" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D529" s="6">
-        <v>1849.0</v>
+        <v>1048.0</v>
       </c>
       <c r="E529" s="6">
-        <v>12112132.0</v>
+        <v>6570068.0</v>
       </c>
       <c r="F529" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="C530" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D530" s="6">
-        <v>2508.0</v>
+        <v>915.0</v>
       </c>
       <c r="E530" s="6">
-        <v>18082412.0</v>
+        <v>5364967.0</v>
       </c>
       <c r="F530" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="531" spans="1:6">
-      <c r="B531" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C531" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D531" s="6">
-        <v>3466.0</v>
+        <v>627.0</v>
       </c>
       <c r="E531" s="6">
-        <v>295083166.0</v>
+        <v>2473536.0</v>
       </c>
       <c r="F531" s="6">
-        <v>38885066.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="C532" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D532" s="6">
-        <v>3115.0</v>
+        <v>265.0</v>
       </c>
       <c r="E532" s="6">
-        <v>349852059.0</v>
+        <v>1354786.0</v>
       </c>
       <c r="F532" s="6">
-        <v>47337676.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="C533" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D533" s="6">
-        <v>2803.0</v>
+        <v>355.0</v>
       </c>
       <c r="E533" s="6">
-        <v>305176617.0</v>
+        <v>6179985.0</v>
       </c>
       <c r="F533" s="6">
-        <v>41898802.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="534" spans="1:6">
+      <c r="B534" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C534" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D534" s="6">
-        <v>2399.0</v>
+        <v>1419.0</v>
       </c>
       <c r="E534" s="6">
-        <v>204257908.0</v>
+        <v>172280004.0</v>
       </c>
       <c r="F534" s="6">
-        <v>27952962.0</v>
+        <v>20681917.0</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="C535" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D535" s="6">
-        <v>2138.0</v>
+        <v>1347.0</v>
       </c>
       <c r="E535" s="6">
-        <v>150617349.0</v>
+        <v>121264291.0</v>
       </c>
       <c r="F535" s="6">
-        <v>20988845.0</v>
+        <v>13824076.0</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="C536" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D536" s="6">
-        <v>2090.0</v>
+        <v>1125.0</v>
       </c>
       <c r="E536" s="6">
-        <v>142978328.0</v>
+        <v>112554964.0</v>
       </c>
       <c r="F536" s="6">
-        <v>19888069.0</v>
+        <v>13256393.0</v>
       </c>
     </row>
     <row r="537" spans="1:6">
-      <c r="B537" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C537" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D537" s="6">
-        <v>6612.0</v>
+        <v>972.0</v>
       </c>
       <c r="E537" s="6">
-        <v>324917266.0</v>
+        <v>122035036.0</v>
       </c>
       <c r="F537" s="6">
-        <v>101748.0</v>
+        <v>10884802.0</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="C538" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D538" s="6">
-        <v>6307.0</v>
+        <v>830.0</v>
       </c>
       <c r="E538" s="6">
-        <v>201227735.0</v>
+        <v>82636119.0</v>
       </c>
       <c r="F538" s="6">
-        <v>412090.0</v>
+        <v>10691525.0</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="C539" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D539" s="6">
-        <v>5819.0</v>
+        <v>201.0</v>
       </c>
       <c r="E539" s="6">
-        <v>176360235.0</v>
+        <v>40272390.0</v>
       </c>
       <c r="F539" s="6">
-        <v>723840.0</v>
+        <v>5799099.0</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="C540" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D540" s="6">
-        <v>5416.0</v>
+        <v>210.0</v>
       </c>
       <c r="E540" s="6">
-        <v>140874957.0</v>
+        <v>45778356.0</v>
       </c>
       <c r="F540" s="6">
-        <v>87444.0</v>
+        <v>6581445.0</v>
       </c>
     </row>
     <row r="541" spans="1:6">
+      <c r="B541" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C541" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D541" s="6">
-        <v>5128.0</v>
+        <v>2029.0</v>
       </c>
       <c r="E541" s="6">
-        <v>115231822.0</v>
+        <v>136835958.0</v>
       </c>
       <c r="F541" s="6">
-        <v>24393.0</v>
+        <v>3680.0</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="C542" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D542" s="6">
-        <v>4781.0</v>
+        <v>1921.0</v>
       </c>
       <c r="E542" s="6">
-        <v>102284302.0</v>
+        <v>212962075.0</v>
       </c>
       <c r="F542" s="6">
-        <v>43040.0</v>
+        <v>2978.0</v>
       </c>
     </row>
     <row r="543" spans="1:6">
-      <c r="B543" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C543" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D543" s="6">
-        <v>92.0</v>
+        <v>1776.0</v>
       </c>
       <c r="E543" s="6">
-        <v>64330173.0</v>
+        <v>145824066.0</v>
       </c>
       <c r="F543" s="6">
-        <v>1755.0</v>
+        <v>497.0</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="C544" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D544" s="6">
-        <v>83.0</v>
+        <v>1642.0</v>
       </c>
       <c r="E544" s="6">
-        <v>21742084.0</v>
+        <v>107239759.0</v>
       </c>
       <c r="F544" s="6">
-        <v>4718.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="C545" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D545" s="6">
-        <v>67.0</v>
+        <v>1511.0</v>
       </c>
       <c r="E545" s="6">
-        <v>17285158.0</v>
+        <v>79317885.0</v>
       </c>
       <c r="F545" s="6">
-        <v>23293.0</v>
+        <v>401.0</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="C546" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D546" s="6">
-        <v>72.0</v>
+        <v>648.0</v>
       </c>
       <c r="E546" s="6">
-        <v>94697382.0</v>
+        <v>31273199.0</v>
       </c>
       <c r="F546" s="6">
-        <v>3135.0</v>
+        <v>2854.0</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="C547" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D547" s="6">
-        <v>76.0</v>
+        <v>642.0</v>
       </c>
       <c r="E547" s="6">
-        <v>5763743.0</v>
+        <v>35128853.0</v>
       </c>
       <c r="F547" s="6">
-        <v>2974.0</v>
+        <v>999.0</v>
       </c>
     </row>
     <row r="548" spans="1:6">
+      <c r="B548" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C548" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D548" s="6">
-        <v>78.0</v>
+        <v>24.0</v>
       </c>
       <c r="E548" s="6">
-        <v>5679542.0</v>
+        <v>82019532.0</v>
       </c>
       <c r="F548" s="6">
-        <v>219.0</v>
+        <v>1500.0</v>
       </c>
     </row>
     <row r="549" spans="1:6">
-      <c r="A549" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C549" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D549" s="6">
-        <v>5167.0</v>
+        <v>17.0</v>
       </c>
       <c r="E549" s="6">
-        <v>1601383023.0</v>
+        <v>2384107.0</v>
       </c>
       <c r="F549" s="6">
-        <v>183813707.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="C550" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D550" s="6">
-        <v>5037.0</v>
+        <v>14.0</v>
       </c>
       <c r="E550" s="6">
-        <v>1415874660.0</v>
+        <v>1479425.0</v>
       </c>
       <c r="F550" s="6">
-        <v>163758307.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="C551" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D551" s="6">
-        <v>4778.0</v>
+        <v>24.0</v>
       </c>
       <c r="E551" s="6">
-        <v>1170441269.0</v>
+        <v>798523.0</v>
       </c>
       <c r="F551" s="6">
-        <v>134954047.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="C552" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D552" s="6">
-        <v>4645.0</v>
+        <v>13.0</v>
       </c>
       <c r="E552" s="6">
-        <v>917740756.0</v>
+        <v>319487.0</v>
       </c>
       <c r="F552" s="6">
-        <v>105422264.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="C553" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D553" s="6">
-        <v>4521.0</v>
+        <v>55.0</v>
       </c>
       <c r="E553" s="6">
-        <v>912594728.0</v>
+        <v>93241540.0</v>
       </c>
       <c r="F553" s="6">
-        <v>104177384.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="C554" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D554" s="6">
-        <v>4393.0</v>
+        <v>44.0</v>
       </c>
       <c r="E554" s="6">
-        <v>852641377.0</v>
+        <v>101786251.0</v>
       </c>
       <c r="F554" s="6">
-        <v>100313944.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="555" spans="1:6">
+      <c r="A555" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
+          </r>
+        </is>
+      </c>
       <c r="B555" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C555" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D555" s="6">
-        <v>4449.0</v>
+        <v>2382.0</v>
       </c>
       <c r="E555" s="6">
-        <v>1259696653.0</v>
+        <v>1888703904.0</v>
       </c>
       <c r="F555" s="6">
-        <v>173102092.0</v>
+        <v>265704324.0</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="C556" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D556" s="6">
-        <v>4377.0</v>
+        <v>2299.0</v>
       </c>
       <c r="E556" s="6">
-        <v>1107847659.0</v>
+        <v>1805257502.0</v>
       </c>
       <c r="F556" s="6">
-        <v>153309032.0</v>
+        <v>252365139.0</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="C557" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D557" s="6">
-        <v>4234.0</v>
+        <v>2053.0</v>
       </c>
       <c r="E557" s="6">
-        <v>901755940.0</v>
+        <v>1406474372.0</v>
       </c>
       <c r="F557" s="6">
-        <v>125865209.0</v>
+        <v>214144938.0</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="C558" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D558" s="6">
-        <v>4188.0</v>
+        <v>1861.0</v>
       </c>
       <c r="E558" s="6">
-        <v>710172843.0</v>
+        <v>1222169755.0</v>
       </c>
       <c r="F558" s="6">
-        <v>98643219.0</v>
+        <v>173451292.0</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="C559" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D559" s="6">
-        <v>4136.0</v>
+        <v>1755.0</v>
       </c>
       <c r="E559" s="6">
-        <v>715595807.0</v>
+        <v>1050202410.0</v>
       </c>
       <c r="F559" s="6">
-        <v>98659867.0</v>
+        <v>141684546.0</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="C560" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D560" s="6">
+        <v>6257.0</v>
+      </c>
+      <c r="E560" s="6">
+        <v>391032231.0</v>
+      </c>
+      <c r="F560" s="6">
+        <v>40863747.0</v>
+      </c>
+    </row>
+    <row r="561" spans="1:6">
+      <c r="C561" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D560" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D561" s="6">
-        <v>1190.0</v>
+        <v>5990.0</v>
       </c>
       <c r="E561" s="6">
-        <v>119769409.0</v>
+        <v>372863363.0</v>
       </c>
       <c r="F561" s="6">
-        <v>0.0</v>
+        <v>41482210.0</v>
       </c>
     </row>
     <row r="562" spans="1:6">
+      <c r="B562" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C562" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D562" s="6">
-        <v>1146.0</v>
+        <v>2076.0</v>
       </c>
       <c r="E562" s="6">
-        <v>118507274.0</v>
+        <v>1155433123.0</v>
       </c>
       <c r="F562" s="6">
-        <v>0.0</v>
+        <v>225053551.0</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="C563" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D563" s="6">
-        <v>1012.0</v>
+        <v>2009.0</v>
       </c>
       <c r="E563" s="6">
-        <v>93384018.0</v>
+        <v>1101222041.0</v>
       </c>
       <c r="F563" s="6">
-        <v>0.0</v>
+        <v>214314759.0</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="C564" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D564" s="6">
-        <v>811.0</v>
+        <v>1794.0</v>
       </c>
       <c r="E564" s="6">
-        <v>74268968.0</v>
+        <v>973042711.0</v>
       </c>
       <c r="F564" s="6">
-        <v>0.0</v>
+        <v>189942866.0</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="C565" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D565" s="6">
-        <v>836.0</v>
+        <v>1634.0</v>
       </c>
       <c r="E565" s="6">
-        <v>79563990.0</v>
+        <v>787717505.0</v>
       </c>
       <c r="F565" s="6">
-        <v>4137.0</v>
+        <v>153537562.0</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="C566" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D566" s="6">
-        <v>1053.0</v>
+        <v>1568.0</v>
       </c>
       <c r="E566" s="6">
-        <v>75219576.0</v>
+        <v>681053971.0</v>
       </c>
       <c r="F566" s="6">
-        <v>0.0</v>
+        <v>131106738.0</v>
       </c>
     </row>
     <row r="567" spans="1:6">
-      <c r="B567" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C567" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D567" s="6">
-        <v>663.0</v>
+        <v>5854.0</v>
       </c>
       <c r="E567" s="6">
-        <v>65970518.0</v>
+        <v>190404010.0</v>
       </c>
       <c r="F567" s="6">
-        <v>8251646.0</v>
+        <v>32269222.0</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="C568" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D568" s="6">
-        <v>647.0</v>
+        <v>5629.0</v>
       </c>
       <c r="E568" s="6">
-        <v>59639772.0</v>
+        <v>190273348.0</v>
       </c>
       <c r="F568" s="6">
-        <v>8048470.0</v>
+        <v>32904500.0</v>
       </c>
     </row>
     <row r="569" spans="1:6">
+      <c r="B569" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C569" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D569" s="6">
-        <v>573.0</v>
+        <v>461.0</v>
       </c>
       <c r="E569" s="6">
-        <v>53091918.0</v>
+        <v>3207716.0</v>
       </c>
       <c r="F569" s="6">
-        <v>7103044.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="C570" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D570" s="6">
-        <v>440.0</v>
+        <v>429.0</v>
       </c>
       <c r="E570" s="6">
-        <v>37796731.0</v>
+        <v>3613734.0</v>
       </c>
       <c r="F570" s="6">
-        <v>5151100.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="C571" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D571" s="6">
-        <v>387.0</v>
+        <v>434.0</v>
       </c>
       <c r="E571" s="6">
-        <v>29676595.0</v>
+        <v>3133451.0</v>
       </c>
       <c r="F571" s="6">
-        <v>4052298.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="C572" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D572" s="6">
-        <v>458.0</v>
+        <v>363.0</v>
       </c>
       <c r="E572" s="6">
-        <v>32279399.0</v>
+        <v>2745401.0</v>
       </c>
       <c r="F572" s="6">
-        <v>4588797.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="573" spans="1:6">
-      <c r="B573" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C573" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D573" s="6">
-        <v>2296.0</v>
+        <v>288.0</v>
       </c>
       <c r="E573" s="6">
-        <v>39380550.0</v>
+        <v>723620.0</v>
       </c>
       <c r="F573" s="6">
-        <v>26587.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="C574" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D574" s="6">
-        <v>2230.0</v>
+        <v>270.0</v>
       </c>
       <c r="E574" s="6">
-        <v>40788561.0</v>
+        <v>2348577.0</v>
       </c>
       <c r="F574" s="6">
-        <v>23835.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="C575" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D575" s="6">
-        <v>2046.0</v>
+        <v>406.0</v>
       </c>
       <c r="E575" s="6">
-        <v>35487155.0</v>
+        <v>2007078.0</v>
       </c>
       <c r="F575" s="6">
-        <v>18134.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="576" spans="1:6">
+      <c r="B576" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C576" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D576" s="6">
-        <v>1930.0</v>
+        <v>430.0</v>
       </c>
       <c r="E576" s="6">
-        <v>24600397.0</v>
+        <v>231460801.0</v>
       </c>
       <c r="F576" s="6">
-        <v>12385.0</v>
+        <v>32037874.0</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="C577" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D577" s="6">
-        <v>1745.0</v>
+        <v>373.0</v>
       </c>
       <c r="E577" s="6">
-        <v>18084516.0</v>
+        <v>337225715.0</v>
       </c>
       <c r="F577" s="6">
-        <v>4925.0</v>
+        <v>30643809.0</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="C578" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D578" s="6">
-        <v>1640.0</v>
+        <v>336.0</v>
       </c>
       <c r="E578" s="6">
-        <v>18858945.0</v>
+        <v>135386860.0</v>
       </c>
       <c r="F578" s="6">
-        <v>8522.0</v>
+        <v>19271284.0</v>
       </c>
     </row>
     <row r="579" spans="1:6">
-      <c r="B579" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C579" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D579" s="6">
-        <v>10.0</v>
+        <v>284.0</v>
       </c>
       <c r="E579" s="6">
-        <v>258791.0</v>
+        <v>113916150.0</v>
       </c>
       <c r="F579" s="6">
-        <v>0.0</v>
+        <v>16218271.0</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="C580" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D580" s="6">
-        <v>18.0</v>
+        <v>235.0</v>
       </c>
       <c r="E580" s="6">
-        <v>1717928.0</v>
+        <v>54998781.0</v>
       </c>
       <c r="F580" s="6">
-        <v>424.0</v>
+        <v>7561907.0</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="C581" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D581" s="6">
-        <v>15.0</v>
+        <v>431.0</v>
       </c>
       <c r="E581" s="6">
-        <v>2632623.0</v>
+        <v>46998006.0</v>
       </c>
       <c r="F581" s="6">
-        <v>0.0</v>
+        <v>6811011.0</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="C582" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D582" s="6">
-        <v>12.0</v>
+        <v>483.0</v>
       </c>
       <c r="E582" s="6">
-        <v>3069824.0</v>
+        <v>44215860.0</v>
       </c>
       <c r="F582" s="6">
-        <v>0.0</v>
+        <v>6401621.0</v>
       </c>
     </row>
     <row r="583" spans="1:6">
+      <c r="B583" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C583" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D583" s="6">
-        <v>19.0</v>
+        <v>949.0</v>
       </c>
       <c r="E583" s="6">
-        <v>558920.0</v>
+        <v>55309066.0</v>
       </c>
       <c r="F583" s="6">
-        <v>0.0</v>
+        <v>3103.0</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="C584" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D584" s="6">
-        <v>17.0</v>
+        <v>898.0</v>
       </c>
       <c r="E584" s="6">
-        <v>1245752.0</v>
+        <v>49700744.0</v>
       </c>
       <c r="F584" s="6">
-        <v>108.0</v>
+        <v>12587.0</v>
       </c>
     </row>
     <row r="585" spans="1:6">
-      <c r="A585" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C585" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D585" s="6">
-        <v>483.0</v>
+        <v>836.0</v>
       </c>
       <c r="E585" s="6">
-        <v>3248347143.0</v>
+        <v>48654013.0</v>
       </c>
       <c r="F585" s="6">
-        <v>474665680.0</v>
+        <v>43399.0</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="C586" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D586" s="6">
-        <v>463.0</v>
+        <v>752.0</v>
       </c>
       <c r="E586" s="6">
-        <v>2780207216.0</v>
+        <v>44268851.0</v>
       </c>
       <c r="F586" s="6">
-        <v>409852257.0</v>
+        <v>494.0</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="C587" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D587" s="6">
-        <v>472.0</v>
+        <v>715.0</v>
       </c>
       <c r="E587" s="6">
-        <v>2622325851.0</v>
+        <v>40483919.0</v>
       </c>
       <c r="F587" s="6">
-        <v>355359160.0</v>
+        <v>206.0</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="C588" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D588" s="6">
-        <v>466.0</v>
+        <v>2768.0</v>
       </c>
       <c r="E588" s="6">
-        <v>2422424470.0</v>
+        <v>36244018.0</v>
       </c>
       <c r="F588" s="6">
-        <v>320705877.0</v>
+        <v>17059.0</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="C589" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D589" s="6">
-        <v>469.0</v>
+        <v>2669.0</v>
       </c>
       <c r="E589" s="6">
-        <v>2343643473.0</v>
+        <v>22429648.0</v>
       </c>
       <c r="F589" s="6">
-        <v>306383905.0</v>
+        <v>3705.0</v>
       </c>
     </row>
     <row r="590" spans="1:6">
+      <c r="B590" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C590" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D590" s="6">
-        <v>473.0</v>
+        <v>96.0</v>
       </c>
       <c r="E590" s="6">
-        <v>2121513786.0</v>
+        <v>196673402.0</v>
       </c>
       <c r="F590" s="6">
-        <v>277542179.0</v>
+        <v>10014.0</v>
       </c>
     </row>
     <row r="591" spans="1:6">
-      <c r="B591" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C591" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D591" s="6">
-        <v>465.0</v>
+        <v>93.0</v>
       </c>
       <c r="E591" s="6">
-        <v>2525730091.0</v>
+        <v>107187909.0</v>
       </c>
       <c r="F591" s="6">
-        <v>471485889.0</v>
+        <v>4583.0</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="C592" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D592" s="6">
-        <v>443.0</v>
+        <v>84.0</v>
       </c>
       <c r="E592" s="6">
-        <v>2193130256.0</v>
+        <v>94276517.0</v>
       </c>
       <c r="F592" s="6">
-        <v>407106403.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="C593" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D593" s="6">
-        <v>450.0</v>
+        <v>71.0</v>
       </c>
       <c r="E593" s="6">
-        <v>1917770436.0</v>
+        <v>140675309.0</v>
       </c>
       <c r="F593" s="6">
-        <v>352249766.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="C594" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D594" s="6">
-        <v>450.0</v>
+        <v>60.0</v>
       </c>
       <c r="E594" s="6">
-        <v>1749675178.0</v>
+        <v>168976912.0</v>
       </c>
       <c r="F594" s="6">
-        <v>318269616.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="C595" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D595" s="6">
-        <v>455.0</v>
+        <v>51.0</v>
       </c>
       <c r="E595" s="6">
-        <v>1662772723.0</v>
+        <v>8434607.0</v>
       </c>
       <c r="F595" s="6">
-        <v>301590428.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="C596" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D596" s="6">
-        <v>459.0</v>
+        <v>51.0</v>
       </c>
       <c r="E596" s="6">
-        <v>1490375879.0</v>
+        <v>6299297.0</v>
       </c>
       <c r="F596" s="6">
-        <v>271712303.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="597" spans="1:6">
+      <c r="A597" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
+          </r>
+        </is>
+      </c>
       <c r="B597" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">05: Dienpinigiai</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C597" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D597" s="6">
-        <v>59.0</v>
+        <v>8698.0</v>
       </c>
       <c r="E597" s="6">
-        <v>2586431.0</v>
+        <v>785781449.0</v>
       </c>
       <c r="F597" s="6">
-        <v>0.0</v>
+        <v>84769098.0</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="C598" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D598" s="6">
-        <v>56.0</v>
+        <v>7461.0</v>
       </c>
       <c r="E598" s="6">
-        <v>2297877.0</v>
+        <v>588181116.0</v>
       </c>
       <c r="F598" s="6">
-        <v>0.0</v>
+        <v>66495034.0</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="C599" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D599" s="6">
-        <v>51.0</v>
+        <v>6978.0</v>
       </c>
       <c r="E599" s="6">
-        <v>2017417.0</v>
+        <v>578056458.0</v>
       </c>
       <c r="F599" s="6">
-        <v>0.0</v>
+        <v>61804879.0</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="C600" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D600" s="6">
-        <v>39.0</v>
+        <v>6755.0</v>
       </c>
       <c r="E600" s="6">
-        <v>2138357.0</v>
+        <v>572507697.0</v>
       </c>
       <c r="F600" s="6">
-        <v>0.0</v>
+        <v>58833180.0</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="C601" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D601" s="6">
-        <v>37.0</v>
+        <v>6494.0</v>
       </c>
       <c r="E601" s="6">
-        <v>2302206.0</v>
+        <v>494757869.0</v>
       </c>
       <c r="F601" s="6">
-        <v>0.0</v>
+        <v>47299297.0</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="C602" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D602" s="6">
+        <v>12793.0</v>
+      </c>
+      <c r="E602" s="6">
+        <v>1402311464.0</v>
+      </c>
+      <c r="F602" s="6">
+        <v>210463003.0</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6">
+      <c r="C603" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D602" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D603" s="6">
-        <v>6.0</v>
+        <v>12296.0</v>
       </c>
       <c r="E603" s="6">
-        <v>325310.0</v>
+        <v>1484089343.0</v>
       </c>
       <c r="F603" s="6">
-        <v>48798.0</v>
+        <v>228183436.0</v>
       </c>
     </row>
     <row r="604" spans="1:6">
+      <c r="B604" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C604" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D604" s="6">
-        <v>7.0</v>
+        <v>7720.0</v>
       </c>
       <c r="E604" s="6">
-        <v>257859.0</v>
+        <v>328146831.0</v>
       </c>
       <c r="F604" s="6">
-        <v>36535.0</v>
+        <v>56405256.0</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="C605" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D605" s="6">
-        <v>5.0</v>
+        <v>6627.0</v>
       </c>
       <c r="E605" s="6">
-        <v>705189.0</v>
+        <v>262815390.0</v>
       </c>
       <c r="F605" s="6">
-        <v>105778.0</v>
+        <v>44624123.0</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="C606" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D606" s="6">
-        <v>5.0</v>
+        <v>6319.0</v>
       </c>
       <c r="E606" s="6">
-        <v>615501.0</v>
+        <v>246703736.0</v>
       </c>
       <c r="F606" s="6">
-        <v>92325.0</v>
+        <v>41180637.0</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="C607" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D607" s="6">
-        <v>5.0</v>
+        <v>6194.0</v>
       </c>
       <c r="E607" s="6">
-        <v>587256.0</v>
+        <v>244151066.0</v>
       </c>
       <c r="F607" s="6">
-        <v>87863.0</v>
+        <v>41537848.0</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="C608" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D608" s="6">
-        <v>7.0</v>
+        <v>6014.0</v>
       </c>
       <c r="E608" s="6">
-        <v>789497.0</v>
+        <v>214016064.0</v>
       </c>
       <c r="F608" s="6">
-        <v>118425.0</v>
+        <v>36597617.0</v>
       </c>
     </row>
     <row r="609" spans="1:6">
-      <c r="B609" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C609" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D609" s="6">
-        <v>324.0</v>
+        <v>10413.0</v>
       </c>
       <c r="E609" s="6">
-        <v>23020758.0</v>
+        <v>1006262613.0</v>
       </c>
       <c r="F609" s="6">
-        <v>25674.0</v>
+        <v>183458807.0</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="C610" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D610" s="6">
-        <v>313.0</v>
+        <v>10159.0</v>
       </c>
       <c r="E610" s="6">
-        <v>16941423.0</v>
+        <v>1102378936.0</v>
       </c>
       <c r="F610" s="6">
-        <v>6062.0</v>
+        <v>200514175.0</v>
       </c>
     </row>
     <row r="611" spans="1:6">
+      <c r="B611" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C611" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D611" s="6">
-        <v>311.0</v>
+        <v>534.0</v>
       </c>
       <c r="E611" s="6">
-        <v>15983146.0</v>
+        <v>5039406.0</v>
       </c>
       <c r="F611" s="6">
-        <v>10894.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="C612" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D612" s="6">
-        <v>286.0</v>
+        <v>386.0</v>
       </c>
       <c r="E612" s="6">
-        <v>11789947.0</v>
+        <v>2683728.0</v>
       </c>
       <c r="F612" s="6">
-        <v>6349.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="C613" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D613" s="6">
-        <v>256.0</v>
+        <v>428.0</v>
       </c>
       <c r="E613" s="6">
-        <v>10426176.0</v>
+        <v>5125365.0</v>
       </c>
       <c r="F613" s="6">
-        <v>4295.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="C614" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D614" s="6">
-        <v>247.0</v>
+        <v>380.0</v>
       </c>
       <c r="E614" s="6">
-        <v>6058755.0</v>
+        <v>5294200.0</v>
       </c>
       <c r="F614" s="6">
-        <v>5978.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="615" spans="1:6">
-      <c r="A615" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C615" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D615" s="6">
-        <v>4406.0</v>
+        <v>307.0</v>
       </c>
       <c r="E615" s="6">
-        <v>3342445246.0</v>
+        <v>2784338.0</v>
       </c>
       <c r="F615" s="6">
-        <v>572078140.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="C616" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D616" s="6">
-        <v>4226.0</v>
+        <v>1849.0</v>
       </c>
       <c r="E616" s="6">
-        <v>2813647208.0</v>
+        <v>12112132.0</v>
       </c>
       <c r="F616" s="6">
-        <v>473934619.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="C617" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D617" s="6">
-        <v>4229.0</v>
+        <v>2508.0</v>
       </c>
       <c r="E617" s="6">
-        <v>2432189189.0</v>
+        <v>18082412.0</v>
       </c>
       <c r="F617" s="6">
-        <v>407016013.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="618" spans="1:6">
+      <c r="B618" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C618" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D618" s="6">
-        <v>4201.0</v>
+        <v>970.0</v>
       </c>
       <c r="E618" s="6">
-        <v>2102250940.0</v>
+        <v>167243452.0</v>
       </c>
       <c r="F618" s="6">
-        <v>349485320.0</v>
+        <v>23955264.0</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="C619" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D619" s="6">
-        <v>4237.0</v>
+        <v>802.0</v>
       </c>
       <c r="E619" s="6">
-        <v>1886056129.0</v>
+        <v>129968926.0</v>
       </c>
       <c r="F619" s="6">
-        <v>309471417.0</v>
+        <v>18778471.0</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="C620" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D620" s="6">
-        <v>3881.0</v>
+        <v>734.0</v>
       </c>
       <c r="E620" s="6">
-        <v>1529757953.0</v>
+        <v>123845703.0</v>
       </c>
       <c r="F620" s="6">
-        <v>252980849.0</v>
+        <v>18065363.0</v>
       </c>
     </row>
     <row r="621" spans="1:6">
-      <c r="B621" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C621" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D621" s="6">
-        <v>3757.0</v>
+        <v>660.0</v>
       </c>
       <c r="E621" s="6">
-        <v>3206200594.0</v>
+        <v>101350505.0</v>
       </c>
       <c r="F621" s="6">
-        <v>566418813.0</v>
+        <v>14817904.0</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="C622" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D622" s="6">
-        <v>3621.0</v>
+        <v>522.0</v>
       </c>
       <c r="E622" s="6">
-        <v>2688902075.0</v>
+        <v>58953285.0</v>
       </c>
       <c r="F622" s="6">
-        <v>469167138.0</v>
+        <v>8507375.0</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="C623" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D623" s="6">
-        <v>3659.0</v>
+        <v>2138.0</v>
       </c>
       <c r="E623" s="6">
-        <v>2329433792.0</v>
+        <v>150617349.0</v>
       </c>
       <c r="F623" s="6">
-        <v>402382618.0</v>
+        <v>20988845.0</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="C624" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D624" s="6">
-        <v>3687.0</v>
+        <v>2090.0</v>
       </c>
       <c r="E624" s="6">
-        <v>2025709742.0</v>
+        <v>142978328.0</v>
       </c>
       <c r="F624" s="6">
-        <v>346057100.0</v>
+        <v>19888069.0</v>
       </c>
     </row>
     <row r="625" spans="1:6">
+      <c r="B625" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C625" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D625" s="6">
-        <v>3775.0</v>
+        <v>4298.0</v>
       </c>
       <c r="E625" s="6">
-        <v>1819081756.0</v>
+        <v>56325797.0</v>
       </c>
       <c r="F625" s="6">
-        <v>305904063.0</v>
+        <v>9781.0</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="C626" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D626" s="6">
-        <v>3461.0</v>
+        <v>3641.0</v>
       </c>
       <c r="E626" s="6">
-        <v>1462983147.0</v>
+        <v>40298253.0</v>
       </c>
       <c r="F626" s="6">
-        <v>249545104.0</v>
+        <v>24246.0</v>
       </c>
     </row>
     <row r="627" spans="1:6">
-      <c r="B627" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C627" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D627" s="6">
-        <v>573.0</v>
+        <v>3427.0</v>
       </c>
       <c r="E627" s="6">
-        <v>6169371.0</v>
+        <v>36663074.0</v>
       </c>
       <c r="F627" s="6">
-        <v>0.0</v>
+        <v>6598.0</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="C628" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D628" s="6">
-        <v>484.0</v>
+        <v>3249.0</v>
       </c>
       <c r="E628" s="6">
-        <v>8741466.0</v>
+        <v>40089624.0</v>
       </c>
       <c r="F628" s="6">
-        <v>0.0</v>
+        <v>13957.0</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="C629" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D629" s="6">
-        <v>423.0</v>
+        <v>3109.0</v>
       </c>
       <c r="E629" s="6">
-        <v>7312698.0</v>
+        <v>32074967.0</v>
       </c>
       <c r="F629" s="6">
-        <v>0.0</v>
+        <v>7864.0</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="C630" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D630" s="6">
-        <v>309.0</v>
+        <v>5128.0</v>
       </c>
       <c r="E630" s="6">
-        <v>5248148.0</v>
+        <v>115231822.0</v>
       </c>
       <c r="F630" s="6">
-        <v>0.0</v>
+        <v>24393.0</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="C631" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D631" s="6">
-        <v>302.0</v>
+        <v>4781.0</v>
       </c>
       <c r="E631" s="6">
-        <v>3565484.0</v>
+        <v>102284302.0</v>
       </c>
       <c r="F631" s="6">
-        <v>0.0</v>
+        <v>43040.0</v>
       </c>
     </row>
     <row r="632" spans="1:6">
+      <c r="B632" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C632" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D632" s="6">
-        <v>421.0</v>
+        <v>59.0</v>
       </c>
       <c r="E632" s="6">
-        <v>6191952.0</v>
+        <v>8946191.0</v>
       </c>
       <c r="F632" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="633" spans="1:6">
-      <c r="B633" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C633" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D633" s="6">
-        <v>236.0</v>
+        <v>48.0</v>
       </c>
       <c r="E633" s="6">
-        <v>14605242.0</v>
+        <v>4734882.0</v>
       </c>
       <c r="F633" s="6">
-        <v>1625061.0</v>
+        <v>104577.0</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="C634" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D634" s="6">
-        <v>205.0</v>
+        <v>51.0</v>
       </c>
       <c r="E634" s="6">
-        <v>12744825.0</v>
+        <v>12118979.0</v>
       </c>
       <c r="F634" s="6">
-        <v>1304952.0</v>
+        <v>175208.0</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="C635" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D635" s="6">
-        <v>194.0</v>
+        <v>59.0</v>
       </c>
       <c r="E635" s="6">
-        <v>10709657.0</v>
+        <v>23844743.0</v>
       </c>
       <c r="F635" s="6">
-        <v>1234057.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="C636" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D636" s="6">
-        <v>154.0</v>
+        <v>58.0</v>
       </c>
       <c r="E636" s="6">
-        <v>8092829.0</v>
+        <v>13272534.0</v>
       </c>
       <c r="F636" s="6">
-        <v>946996.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="C637" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D637" s="6">
-        <v>132.0</v>
+        <v>76.0</v>
       </c>
       <c r="E637" s="6">
-        <v>8889448.0</v>
+        <v>5763743.0</v>
       </c>
       <c r="F637" s="6">
-        <v>1173191.0</v>
+        <v>2974.0</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="C638" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D638" s="6">
-        <v>121.0</v>
+        <v>78.0</v>
       </c>
       <c r="E638" s="6">
-        <v>6367993.0</v>
+        <v>5679542.0</v>
       </c>
       <c r="F638" s="6">
-        <v>872865.0</v>
+        <v>219.0</v>
       </c>
     </row>
     <row r="639" spans="1:6">
+      <c r="A639" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
+          </r>
+        </is>
+      </c>
       <c r="B639" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C639" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D639" s="6">
-        <v>3031.0</v>
+        <v>16233.0</v>
       </c>
       <c r="E639" s="6">
-        <v>65560632.0</v>
+        <v>2965207719.0</v>
       </c>
       <c r="F639" s="6">
-        <v>18832.0</v>
+        <v>400110791.0</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="C640" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D640" s="6">
-        <v>2890.0</v>
+        <v>15948.0</v>
       </c>
       <c r="E640" s="6">
-        <v>54805130.0</v>
+        <v>2732095978.0</v>
       </c>
       <c r="F640" s="6">
-        <v>35887.0</v>
+        <v>385430356.0</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="C641" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D641" s="6">
-        <v>2804.0</v>
+        <v>14305.0</v>
       </c>
       <c r="E641" s="6">
-        <v>42669150.0</v>
+        <v>2388544931.0</v>
       </c>
       <c r="F641" s="6">
-        <v>25163.0</v>
+        <v>355309837.0</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="C642" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D642" s="6">
-        <v>2656.0</v>
+        <v>13551.0</v>
       </c>
       <c r="E642" s="6">
-        <v>32788031.0</v>
+        <v>2122237087.0</v>
       </c>
       <c r="F642" s="6">
-        <v>18754.0</v>
+        <v>315723894.0</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="C643" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D643" s="6">
-        <v>2406.0</v>
+        <v>13019.0</v>
       </c>
       <c r="E643" s="6">
-        <v>25907772.0</v>
+        <v>1805453945.0</v>
       </c>
       <c r="F643" s="6">
-        <v>12543.0</v>
+        <v>256427270.0</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="C644" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D644" s="6">
+        <v>4521.0</v>
+      </c>
+      <c r="E644" s="6">
+        <v>912594728.0</v>
+      </c>
+      <c r="F644" s="6">
+        <v>104177384.0</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6">
+      <c r="C645" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D644" s="6">
-[...41 lines deleted...]
-      </c>
       <c r="D645" s="6">
-        <v>4.0</v>
+        <v>4393.0</v>
       </c>
       <c r="E645" s="6">
-        <v>386927.0</v>
+        <v>852641377.0</v>
       </c>
       <c r="F645" s="6">
-        <v>0.0</v>
+        <v>100313944.0</v>
       </c>
     </row>
     <row r="646" spans="1:6">
+      <c r="B646" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C646" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D646" s="6">
-        <v>4.0</v>
+        <v>11269.0</v>
       </c>
       <c r="E646" s="6">
-        <v>642212.0</v>
+        <v>1867353656.0</v>
       </c>
       <c r="F646" s="6">
-        <v>0.0</v>
+        <v>351620375.0</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="C647" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D647" s="6">
-        <v>5.0</v>
+        <v>11216.0</v>
       </c>
       <c r="E647" s="6">
-        <v>86322.0</v>
+        <v>1807457851.0</v>
       </c>
       <c r="F647" s="6">
-        <v>0.0</v>
+        <v>337278536.0</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="C648" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D648" s="6">
-        <v>3.0</v>
+        <v>10728.0</v>
       </c>
       <c r="E648" s="6">
-        <v>45865.0</v>
+        <v>1622654208.0</v>
       </c>
       <c r="F648" s="6">
-        <v>0.0</v>
+        <v>300185857.0</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="C649" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D649" s="6">
-        <v>4.0</v>
+        <v>10489.0</v>
       </c>
       <c r="E649" s="6">
-        <v>37210.0</v>
+        <v>1453228444.0</v>
       </c>
       <c r="F649" s="6">
-        <v>488.0</v>
+        <v>266529445.0</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="C650" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D650" s="6">
+        <v>10348.0</v>
+      </c>
+      <c r="E650" s="6">
+        <v>1217875359.0</v>
+      </c>
+      <c r="F650" s="6">
+        <v>222164482.0</v>
       </c>
     </row>
     <row r="651" spans="1:6">
-      <c r="A651" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C651" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D651" s="6">
-        <v>3941.0</v>
+        <v>4136.0</v>
       </c>
       <c r="E651" s="6">
-        <v>3333938366.0</v>
+        <v>715595807.0</v>
       </c>
       <c r="F651" s="6">
-        <v>584855056.0</v>
+        <v>98659867.0</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="C652" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D652" s="6">
-        <v>3880.0</v>
+        <v>4019.0</v>
       </c>
       <c r="E652" s="6">
-        <v>2863634512.0</v>
+        <v>646551234.0</v>
       </c>
       <c r="F652" s="6">
-        <v>498562910.0</v>
+        <v>92678015.0</v>
       </c>
     </row>
     <row r="653" spans="1:6">
+      <c r="B653" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C653" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D653" s="6">
-        <v>3788.0</v>
+        <v>3078.0</v>
       </c>
       <c r="E653" s="6">
-        <v>2532385661.0</v>
+        <v>20157276.0</v>
       </c>
       <c r="F653" s="6">
-        <v>438607021.0</v>
+        <v>180.0</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="C654" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D654" s="6">
-        <v>3721.0</v>
+        <v>2956.0</v>
       </c>
       <c r="E654" s="6">
-        <v>2265913919.0</v>
+        <v>24193698.0</v>
       </c>
       <c r="F654" s="6">
-        <v>393995389.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="C655" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D655" s="6">
-        <v>3643.0</v>
+        <v>2608.0</v>
       </c>
       <c r="E655" s="6">
-        <v>1882882578.0</v>
+        <v>21279871.0</v>
       </c>
       <c r="F655" s="6">
-        <v>321065937.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="C656" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D656" s="6">
-        <v>3553.0</v>
+        <v>2276.0</v>
       </c>
       <c r="E656" s="6">
-        <v>1611520811.0</v>
+        <v>20117455.0</v>
       </c>
       <c r="F656" s="6">
-        <v>274608372.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="657" spans="1:6">
-      <c r="B657" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C657" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D657" s="6">
-        <v>3339.0</v>
+        <v>1777.0</v>
       </c>
       <c r="E657" s="6">
-        <v>3137448234.0</v>
+        <v>15357611.0</v>
       </c>
       <c r="F657" s="6">
-        <v>569928971.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="C658" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D658" s="6">
-        <v>3286.0</v>
+        <v>836.0</v>
       </c>
       <c r="E658" s="6">
-        <v>2693950081.0</v>
+        <v>79563990.0</v>
       </c>
       <c r="F658" s="6">
-        <v>485603812.0</v>
+        <v>4137.0</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="C659" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D659" s="6">
-        <v>3231.0</v>
+        <v>1053.0</v>
       </c>
       <c r="E659" s="6">
-        <v>2366877808.0</v>
+        <v>75219576.0</v>
       </c>
       <c r="F659" s="6">
-        <v>425494364.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="660" spans="1:6">
+      <c r="B660" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C660" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D660" s="6">
-        <v>3207.0</v>
+        <v>4061.0</v>
       </c>
       <c r="E660" s="6">
-        <v>2139024411.0</v>
+        <v>320110425.0</v>
       </c>
       <c r="F660" s="6">
-        <v>384533709.0</v>
+        <v>40134367.0</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="C661" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D661" s="6">
-        <v>3182.0</v>
+        <v>3736.0</v>
       </c>
       <c r="E661" s="6">
-        <v>1788625571.0</v>
+        <v>302115389.0</v>
       </c>
       <c r="F661" s="6">
-        <v>314193112.0</v>
+        <v>39738778.0</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="C662" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D662" s="6">
-        <v>3078.0</v>
+        <v>3129.0</v>
       </c>
       <c r="E662" s="6">
-        <v>1516031461.0</v>
+        <v>350157990.0</v>
       </c>
       <c r="F662" s="6">
-        <v>266987743.0</v>
+        <v>47339580.0</v>
       </c>
     </row>
     <row r="663" spans="1:6">
-      <c r="B663" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C663" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D663" s="6">
-        <v>524.0</v>
+        <v>2811.0</v>
       </c>
       <c r="E663" s="6">
-        <v>9591218.0</v>
+        <v>305558341.0</v>
       </c>
       <c r="F663" s="6">
-        <v>0.0</v>
+        <v>41926401.0</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="C664" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D664" s="6">
-        <v>511.0</v>
+        <v>2400.0</v>
       </c>
       <c r="E664" s="6">
-        <v>8787392.0</v>
+        <v>204298251.0</v>
       </c>
       <c r="F664" s="6">
-        <v>0.0</v>
+        <v>27956491.0</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="C665" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D665" s="6">
-        <v>475.0</v>
+        <v>387.0</v>
       </c>
       <c r="E665" s="6">
-        <v>8015350.0</v>
+        <v>29676595.0</v>
       </c>
       <c r="F665" s="6">
-        <v>0.0</v>
+        <v>4052298.0</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="C666" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D666" s="6">
-        <v>340.0</v>
+        <v>458.0</v>
       </c>
       <c r="E666" s="6">
-        <v>8436702.0</v>
+        <v>32279399.0</v>
       </c>
       <c r="F666" s="6">
-        <v>0.0</v>
+        <v>4588797.0</v>
       </c>
     </row>
     <row r="667" spans="1:6">
+      <c r="B667" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C667" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D667" s="6">
-        <v>284.0</v>
+        <v>7049.0</v>
       </c>
       <c r="E667" s="6">
-        <v>6893864.0</v>
+        <v>496330743.0</v>
       </c>
       <c r="F667" s="6">
-        <v>0.0</v>
+        <v>196912.0</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="C668" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D668" s="6">
-        <v>501.0</v>
+        <v>6953.0</v>
       </c>
       <c r="E668" s="6">
-        <v>6683491.0</v>
+        <v>320140502.0</v>
       </c>
       <c r="F668" s="6">
-        <v>65.0</v>
+        <v>98348.0</v>
       </c>
     </row>
     <row r="669" spans="1:6">
-      <c r="B669" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C669" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D669" s="6">
-        <v>777.0</v>
+        <v>6316.0</v>
       </c>
       <c r="E669" s="6">
-        <v>69175159.0</v>
+        <v>201295134.0</v>
       </c>
       <c r="F669" s="6">
-        <v>9327197.0</v>
+        <v>412090.0</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="C670" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D670" s="6">
-        <v>743.0</v>
+        <v>5824.0</v>
       </c>
       <c r="E670" s="6">
-        <v>59272764.0</v>
+        <v>176547859.0</v>
       </c>
       <c r="F670" s="6">
-        <v>8189331.0</v>
+        <v>723840.0</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="C671" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D671" s="6">
-        <v>704.0</v>
+        <v>5417.0</v>
       </c>
       <c r="E671" s="6">
-        <v>61869367.0</v>
+        <v>140881767.0</v>
       </c>
       <c r="F671" s="6">
-        <v>8710426.0</v>
+        <v>87444.0</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="C672" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D672" s="6">
-        <v>609.0</v>
+        <v>1745.0</v>
       </c>
       <c r="E672" s="6">
-        <v>44034422.0</v>
+        <v>18084516.0</v>
       </c>
       <c r="F672" s="6">
-        <v>6199397.0</v>
+        <v>4925.0</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="C673" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D673" s="6">
-        <v>508.0</v>
+        <v>1640.0</v>
       </c>
       <c r="E673" s="6">
-        <v>27843753.0</v>
+        <v>18858945.0</v>
       </c>
       <c r="F673" s="6">
-        <v>3922324.0</v>
+        <v>8522.0</v>
       </c>
     </row>
     <row r="674" spans="1:6">
+      <c r="B674" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C674" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D674" s="6">
-        <v>444.0</v>
+        <v>96.0</v>
       </c>
       <c r="E674" s="6">
-        <v>25106334.0</v>
+        <v>14964289.0</v>
       </c>
       <c r="F674" s="6">
-        <v>3534140.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="675" spans="1:6">
-      <c r="B675" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C675" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D675" s="6">
-        <v>1920.0</v>
+        <v>100.0</v>
       </c>
       <c r="E675" s="6">
-        <v>31585750.0</v>
+        <v>64821277.0</v>
       </c>
       <c r="F675" s="6">
-        <v>1569.0</v>
+        <v>1111.0</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="C676" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D676" s="6">
-        <v>1869.0</v>
+        <v>83.0</v>
       </c>
       <c r="E676" s="6">
-        <v>27871376.0</v>
+        <v>21742084.0</v>
       </c>
       <c r="F676" s="6">
-        <v>839.0</v>
+        <v>4718.0</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="C677" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D677" s="6">
-        <v>1696.0</v>
+        <v>67.0</v>
       </c>
       <c r="E677" s="6">
-        <v>22007924.0</v>
+        <v>17285158.0</v>
       </c>
       <c r="F677" s="6">
-        <v>1153.0</v>
+        <v>23293.0</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="C678" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D678" s="6">
-        <v>1590.0</v>
+        <v>72.0</v>
       </c>
       <c r="E678" s="6">
-        <v>15110412.0</v>
+        <v>94697382.0</v>
       </c>
       <c r="F678" s="6">
-        <v>759.0</v>
+        <v>3135.0</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="C679" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D679" s="6">
-        <v>1395.0</v>
+        <v>19.0</v>
       </c>
       <c r="E679" s="6">
-        <v>10378394.0</v>
+        <v>558920.0</v>
       </c>
       <c r="F679" s="6">
-        <v>2357.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="C680" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D680" s="6">
-        <v>1245.0</v>
+        <v>17.0</v>
       </c>
       <c r="E680" s="6">
-        <v>8397913.0</v>
+        <v>1245752.0</v>
       </c>
       <c r="F680" s="6">
-        <v>2089.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="681" spans="1:6">
+      <c r="A681" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
+          </r>
+        </is>
+      </c>
       <c r="B681" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C681" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D681" s="6">
-        <v>9.0</v>
+        <v>5527.0</v>
       </c>
       <c r="E681" s="6">
-        <v>7264871.0</v>
+        <v>1969877500.0</v>
       </c>
       <c r="F681" s="6">
-        <v>0.0</v>
+        <v>220041161.0</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="C682" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D682" s="6">
-        <v>8.0</v>
+        <v>5422.0</v>
       </c>
       <c r="E682" s="6">
-        <v>7023087.0</v>
+        <v>1635719202.0</v>
       </c>
       <c r="F682" s="6">
-        <v>0.0</v>
+        <v>185851855.0</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="C683" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D683" s="6">
-        <v>9.0</v>
+        <v>5052.0</v>
       </c>
       <c r="E683" s="6">
-        <v>11535764.0</v>
+        <v>1415067423.0</v>
       </c>
       <c r="F683" s="6">
-        <v>0.0</v>
+        <v>163769768.0</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="C684" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D684" s="6">
-        <v>10.0</v>
+        <v>4780.0</v>
       </c>
       <c r="E684" s="6">
-        <v>9913826.0</v>
+        <v>1171285205.0</v>
       </c>
       <c r="F684" s="6">
-        <v>3002.0</v>
+        <v>134761632.0</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="C685" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D685" s="6">
-        <v>8.0</v>
+        <v>4646.0</v>
       </c>
       <c r="E685" s="6">
-        <v>3361278.0</v>
+        <v>917828006.0</v>
       </c>
       <c r="F685" s="6">
-        <v>218.0</v>
+        <v>105149243.0</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="C686" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D686" s="6">
+        <v>469.0</v>
+      </c>
+      <c r="E686" s="6">
+        <v>2343643473.0</v>
+      </c>
+      <c r="F686" s="6">
+        <v>306383905.0</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6">
+      <c r="C687" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D686" s="6">
-[...57 lines deleted...]
-      </c>
       <c r="D687" s="6">
-        <v>3721.0</v>
+        <v>473.0</v>
       </c>
       <c r="E687" s="6">
-        <v>941196075.0</v>
+        <v>2121513786.0</v>
       </c>
       <c r="F687" s="6">
-        <v>87435924.0</v>
+        <v>277542179.0</v>
       </c>
     </row>
     <row r="688" spans="1:6">
+      <c r="B688" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C688" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D688" s="6">
-        <v>3606.0</v>
+        <v>4579.0</v>
       </c>
       <c r="E688" s="6">
-        <v>748717198.0</v>
+        <v>1452294729.0</v>
       </c>
       <c r="F688" s="6">
-        <v>77395679.0</v>
+        <v>206585245.0</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="C689" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D689" s="6">
-        <v>3500.0</v>
+        <v>4530.0</v>
       </c>
       <c r="E689" s="6">
-        <v>623716771.0</v>
+        <v>1274799836.0</v>
       </c>
       <c r="F689" s="6">
-        <v>65071023.0</v>
+        <v>173998640.0</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="C690" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D690" s="6">
-        <v>3405.0</v>
+        <v>4380.0</v>
       </c>
       <c r="E690" s="6">
-        <v>724884326.0</v>
+        <v>1108176362.0</v>
       </c>
       <c r="F690" s="6">
-        <v>56852401.0</v>
+        <v>153194113.0</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="C691" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D691" s="6">
-        <v>3337.0</v>
+        <v>4234.0</v>
       </c>
       <c r="E691" s="6">
-        <v>493201309.0</v>
+        <v>902398751.0</v>
       </c>
       <c r="F691" s="6">
-        <v>53473343.0</v>
+        <v>125671094.0</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="C692" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D692" s="6">
-        <v>3203.0</v>
+        <v>4189.0</v>
       </c>
       <c r="E692" s="6">
-        <v>397665455.0</v>
+        <v>710212094.0</v>
       </c>
       <c r="F692" s="6">
-        <v>50776617.0</v>
+        <v>98370450.0</v>
       </c>
     </row>
     <row r="693" spans="1:6">
-      <c r="B693" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C693" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D693" s="6">
-        <v>2830.0</v>
+        <v>455.0</v>
       </c>
       <c r="E693" s="6">
-        <v>492660363.0</v>
+        <v>1662772723.0</v>
       </c>
       <c r="F693" s="6">
-        <v>80700354.0</v>
+        <v>301590428.0</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="C694" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D694" s="6">
-        <v>2757.0</v>
+        <v>459.0</v>
       </c>
       <c r="E694" s="6">
-        <v>436037880.0</v>
+        <v>1490375879.0</v>
       </c>
       <c r="F694" s="6">
-        <v>71103984.0</v>
+        <v>271712303.0</v>
       </c>
     </row>
     <row r="695" spans="1:6">
+      <c r="B695" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C695" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D695" s="6">
-        <v>2781.0</v>
+        <v>1253.0</v>
       </c>
       <c r="E695" s="6">
-        <v>373153746.0</v>
+        <v>118698524.0</v>
       </c>
       <c r="F695" s="6">
-        <v>60142768.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="C696" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D696" s="6">
-        <v>2749.0</v>
+        <v>1222.0</v>
       </c>
       <c r="E696" s="6">
-        <v>323880335.0</v>
+        <v>129491265.0</v>
       </c>
       <c r="F696" s="6">
-        <v>51584316.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="C697" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D697" s="6">
-        <v>2733.0</v>
+        <v>1149.0</v>
       </c>
       <c r="E697" s="6">
-        <v>306837559.0</v>
+        <v>116928775.0</v>
       </c>
       <c r="F697" s="6">
-        <v>48505759.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="C698" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D698" s="6">
-        <v>2603.0</v>
+        <v>1012.0</v>
       </c>
       <c r="E698" s="6">
-        <v>278872647.0</v>
+        <v>93299262.0</v>
       </c>
       <c r="F698" s="6">
-        <v>45398301.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="699" spans="1:6">
-      <c r="B699" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C699" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D699" s="6">
-        <v>443.0</v>
+        <v>811.0</v>
       </c>
       <c r="E699" s="6">
-        <v>2413492.0</v>
+        <v>74268968.0</v>
       </c>
       <c r="F699" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="C700" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D700" s="6">
-        <v>428.0</v>
+        <v>37.0</v>
       </c>
       <c r="E700" s="6">
-        <v>2086971.0</v>
+        <v>2302206.0</v>
       </c>
       <c r="F700" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="C701" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D701" s="6">
-        <v>364.0</v>
+        <v>50.0</v>
       </c>
       <c r="E701" s="6">
-        <v>1615272.0</v>
+        <v>2801387.0</v>
       </c>
       <c r="F701" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="702" spans="1:6">
+      <c r="B702" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C702" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D702" s="6">
-        <v>314.0</v>
+        <v>841.0</v>
       </c>
       <c r="E702" s="6">
-        <v>1072706.0</v>
+        <v>77286631.0</v>
       </c>
       <c r="F702" s="6">
-        <v>0.0</v>
+        <v>10573155.0</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="C703" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D703" s="6">
-        <v>291.0</v>
+        <v>712.0</v>
       </c>
       <c r="E703" s="6">
-        <v>1378151.0</v>
+        <v>67333520.0</v>
       </c>
       <c r="F703" s="6">
-        <v>0.0</v>
+        <v>9286605.0</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="C704" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D704" s="6">
-        <v>406.0</v>
+        <v>650.0</v>
       </c>
       <c r="E704" s="6">
-        <v>1881759.0</v>
+        <v>60054515.0</v>
       </c>
       <c r="F704" s="6">
-        <v>0.0</v>
+        <v>8168911.0</v>
       </c>
     </row>
     <row r="705" spans="1:6">
-      <c r="B705" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C705" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D705" s="6">
-        <v>190.0</v>
+        <v>573.0</v>
       </c>
       <c r="E705" s="6">
-        <v>15810216.0</v>
+        <v>53311447.0</v>
       </c>
       <c r="F705" s="6">
-        <v>2090692.0</v>
+        <v>7104473.0</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="C706" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D706" s="6">
-        <v>155.0</v>
+        <v>440.0</v>
       </c>
       <c r="E706" s="6">
-        <v>13766058.0</v>
+        <v>37796731.0</v>
       </c>
       <c r="F706" s="6">
-        <v>1854814.0</v>
+        <v>5151100.0</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="C707" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D707" s="6">
-        <v>122.0</v>
+        <v>5.0</v>
       </c>
       <c r="E707" s="6">
-        <v>10602574.0</v>
+        <v>587256.0</v>
       </c>
       <c r="F707" s="6">
-        <v>1458582.0</v>
+        <v>87863.0</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="C708" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D708" s="6">
-        <v>83.0</v>
+        <v>7.0</v>
       </c>
       <c r="E708" s="6">
-        <v>21179757.0</v>
+        <v>789497.0</v>
       </c>
       <c r="F708" s="6">
-        <v>3032490.0</v>
+        <v>118425.0</v>
       </c>
     </row>
     <row r="709" spans="1:6">
+      <c r="B709" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C709" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D709" s="6">
-        <v>91.0</v>
+        <v>2552.0</v>
       </c>
       <c r="E709" s="6">
-        <v>19879959.0</v>
+        <v>181225400.0</v>
       </c>
       <c r="F709" s="6">
-        <v>2903680.0</v>
+        <v>12744.0</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="C710" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D710" s="6">
-        <v>84.0</v>
+        <v>2409.0</v>
       </c>
       <c r="E710" s="6">
-        <v>15322906.0</v>
+        <v>43456268.0</v>
       </c>
       <c r="F710" s="6">
-        <v>2251821.0</v>
+        <v>24469.0</v>
       </c>
     </row>
     <row r="711" spans="1:6">
-      <c r="B711" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C711" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D711" s="6">
-        <v>2261.0</v>
+        <v>2232.0</v>
       </c>
       <c r="E711" s="6">
-        <v>68628334.0</v>
+        <v>40718875.0</v>
       </c>
       <c r="F711" s="6">
-        <v>874475.0</v>
+        <v>23835.0</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="C712" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D712" s="6">
-        <v>2184.0</v>
+        <v>2046.0</v>
       </c>
       <c r="E712" s="6">
-        <v>59785619.0</v>
+        <v>35484694.0</v>
       </c>
       <c r="F712" s="6">
-        <v>820195.0</v>
+        <v>18134.0</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="C713" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D713" s="6">
-        <v>2014.0</v>
+        <v>1931.0</v>
       </c>
       <c r="E713" s="6">
-        <v>47179879.0</v>
+        <v>24604012.0</v>
       </c>
       <c r="F713" s="6">
-        <v>690683.0</v>
+        <v>12385.0</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="C714" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D714" s="6">
-        <v>1893.0</v>
+        <v>256.0</v>
       </c>
       <c r="E714" s="6">
-        <v>32071192.0</v>
+        <v>10426176.0</v>
       </c>
       <c r="F714" s="6">
-        <v>349272.0</v>
+        <v>4295.0</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="C715" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D715" s="6">
-        <v>1778.0</v>
+        <v>247.0</v>
       </c>
       <c r="E715" s="6">
-        <v>28047675.0</v>
+        <v>6058755.0</v>
       </c>
       <c r="F715" s="6">
-        <v>361553.0</v>
+        <v>5978.0</v>
       </c>
     </row>
     <row r="716" spans="1:6">
+      <c r="B716" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C716" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D716" s="6">
-        <v>1649.0</v>
+        <v>7.0</v>
       </c>
       <c r="E716" s="6">
-        <v>29516856.0</v>
+        <v>1974404.0</v>
       </c>
       <c r="F716" s="6">
-        <v>549007.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="717" spans="1:6">
-      <c r="B717" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C717" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D717" s="6">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="E717" s="6">
-        <v>172285.0</v>
+        <v>320466.0</v>
       </c>
       <c r="F717" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="C718" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D718" s="6">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
       <c r="E718" s="6">
-        <v>406928.0</v>
+        <v>1717928.0</v>
       </c>
       <c r="F718" s="6">
-        <v>0.0</v>
+        <v>424.0</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="C719" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D719" s="6">
-        <v>7.0</v>
+        <v>15.0</v>
       </c>
       <c r="E719" s="6">
-        <v>100404.0</v>
+        <v>2632623.0</v>
       </c>
       <c r="F719" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="C720" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D720" s="6">
-        <v>4.0</v>
+        <v>13.0</v>
       </c>
       <c r="E720" s="6">
-        <v>67265.0</v>
+        <v>3101849.0</v>
       </c>
       <c r="F720" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="721" spans="1:6">
+      <c r="A721" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="B721" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
+          </r>
+        </is>
+      </c>
       <c r="C721" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D721" s="6">
+        <v>471.0</v>
+      </c>
+      <c r="E721" s="6">
+        <v>3447036029.0</v>
+      </c>
+      <c r="F721" s="6">
+        <v>522954227.0</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="C722" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D722" s="6">
-        <v>5.0</v>
+        <v>493.0</v>
       </c>
       <c r="E722" s="6">
-        <v>11995.0</v>
+        <v>3250299601.0</v>
       </c>
       <c r="F722" s="6">
-        <v>0.0</v>
+        <v>474860439.0</v>
       </c>
     </row>
     <row r="723" spans="1:6">
-      <c r="A723" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C723" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D723" s="6">
-        <v>10752.0</v>
+        <v>463.0</v>
       </c>
       <c r="E723" s="6">
-        <v>311194615.0</v>
+        <v>2780206144.0</v>
       </c>
       <c r="F723" s="6">
-        <v>37899305.0</v>
+        <v>409852257.0</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="C724" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D724" s="6">
-        <v>11258.0</v>
+        <v>472.0</v>
       </c>
       <c r="E724" s="6">
-        <v>268052978.0</v>
+        <v>2622322303.0</v>
       </c>
       <c r="F724" s="6">
-        <v>33130048.0</v>
+        <v>355359160.0</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="C725" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D725" s="6">
-        <v>11095.0</v>
+        <v>466.0</v>
       </c>
       <c r="E725" s="6">
-        <v>239135960.0</v>
+        <v>2422424470.0</v>
       </c>
       <c r="F725" s="6">
-        <v>30332254.0</v>
+        <v>320705877.0</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="C726" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D726" s="6">
-        <v>10917.0</v>
+        <v>4237.0</v>
       </c>
       <c r="E726" s="6">
-        <v>205925994.0</v>
+        <v>1886056129.0</v>
       </c>
       <c r="F726" s="6">
-        <v>26618773.0</v>
+        <v>309471417.0</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="C727" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D727" s="6">
-        <v>11193.0</v>
+        <v>3881.0</v>
       </c>
       <c r="E727" s="6">
-        <v>192625810.0</v>
+        <v>1529757953.0</v>
       </c>
       <c r="F727" s="6">
-        <v>24767912.0</v>
+        <v>252980849.0</v>
       </c>
     </row>
     <row r="728" spans="1:6">
+      <c r="B728" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C728" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D728" s="6">
-        <v>11006.0</v>
+        <v>455.0</v>
       </c>
       <c r="E728" s="6">
-        <v>183052242.0</v>
+        <v>2759706077.0</v>
       </c>
       <c r="F728" s="6">
-        <v>24199078.0</v>
+        <v>519393408.0</v>
       </c>
     </row>
     <row r="729" spans="1:6">
-      <c r="B729" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C729" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D729" s="6">
-        <v>7535.0</v>
+        <v>467.0</v>
       </c>
       <c r="E729" s="6">
-        <v>226469914.0</v>
+        <v>2526764751.0</v>
       </c>
       <c r="F729" s="6">
-        <v>33589733.0</v>
+        <v>471669373.0</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="C730" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D730" s="6">
-        <v>7499.0</v>
+        <v>443.0</v>
       </c>
       <c r="E730" s="6">
-        <v>200179300.0</v>
+        <v>2193130256.0</v>
       </c>
       <c r="F730" s="6">
-        <v>29727182.0</v>
+        <v>407106403.0</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="C731" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D731" s="6">
-        <v>7539.0</v>
+        <v>450.0</v>
       </c>
       <c r="E731" s="6">
-        <v>179900184.0</v>
+        <v>1917770436.0</v>
       </c>
       <c r="F731" s="6">
-        <v>26890415.0</v>
+        <v>352249766.0</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="C732" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D732" s="6">
-        <v>7500.0</v>
+        <v>450.0</v>
       </c>
       <c r="E732" s="6">
-        <v>157197290.0</v>
+        <v>1749675178.0</v>
       </c>
       <c r="F732" s="6">
-        <v>23471178.0</v>
+        <v>318269616.0</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="C733" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D733" s="6">
-        <v>7755.0</v>
+        <v>3775.0</v>
       </c>
       <c r="E733" s="6">
-        <v>149622574.0</v>
+        <v>1819081756.0</v>
       </c>
       <c r="F733" s="6">
-        <v>22033162.0</v>
+        <v>305904063.0</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="C734" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D734" s="6">
-        <v>7632.0</v>
+        <v>3461.0</v>
       </c>
       <c r="E734" s="6">
-        <v>139874078.0</v>
+        <v>1462983147.0</v>
       </c>
       <c r="F734" s="6">
-        <v>21436193.0</v>
+        <v>249545104.0</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="B735" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">05: Dienpinigiai</t>
           </r>
         </is>
       </c>
       <c r="C735" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D735" s="6">
-        <v>317.0</v>
+        <v>64.0</v>
       </c>
       <c r="E735" s="6">
-        <v>2565492.0</v>
+        <v>2505110.0</v>
       </c>
       <c r="F735" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="C736" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D736" s="6">
-        <v>320.0</v>
+        <v>61.0</v>
       </c>
       <c r="E736" s="6">
-        <v>2342705.0</v>
+        <v>2594263.0</v>
       </c>
       <c r="F736" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="C737" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D737" s="6">
-        <v>281.0</v>
+        <v>56.0</v>
       </c>
       <c r="E737" s="6">
-        <v>1837338.0</v>
+        <v>2297877.0</v>
       </c>
       <c r="F737" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="C738" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D738" s="6">
-        <v>210.0</v>
+        <v>51.0</v>
       </c>
       <c r="E738" s="6">
-        <v>1441638.0</v>
+        <v>2017417.0</v>
       </c>
       <c r="F738" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="C739" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D739" s="6">
-        <v>213.0</v>
+        <v>39.0</v>
       </c>
       <c r="E739" s="6">
-        <v>984687.0</v>
+        <v>2138357.0</v>
       </c>
       <c r="F739" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="C740" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D740" s="6">
-        <v>325.0</v>
+        <v>302.0</v>
       </c>
       <c r="E740" s="6">
-        <v>1449134.0</v>
+        <v>3565484.0</v>
       </c>
       <c r="F740" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="741" spans="1:6">
-      <c r="B741" s="5" t="inlineStr">
+      <c r="C741" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D741" s="6">
+        <v>421.0</v>
+      </c>
+      <c r="E741" s="6">
+        <v>6191952.0</v>
+      </c>
+      <c r="F741" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="742" spans="1:6">
+      <c r="B742" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">26: Dividendai</t>
           </r>
         </is>
       </c>
-      <c r="C741" s="5" t="inlineStr">
-[...25 lines deleted...]
-    <row r="742" spans="1:6">
       <c r="C742" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D742" s="6">
-        <v>95.0</v>
+        <v>8.0</v>
       </c>
       <c r="E742" s="6">
-        <v>3020954.0</v>
+        <v>747602.0</v>
       </c>
       <c r="F742" s="6">
-        <v>392514.0</v>
+        <v>110790.0</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="C743" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D743" s="6">
-        <v>92.0</v>
+        <v>6.0</v>
       </c>
       <c r="E743" s="6">
-        <v>4589162.0</v>
+        <v>325310.0</v>
       </c>
       <c r="F743" s="6">
-        <v>656787.0</v>
+        <v>48798.0</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="C744" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D744" s="6">
-        <v>74.0</v>
+        <v>7.0</v>
       </c>
       <c r="E744" s="6">
-        <v>3992498.0</v>
+        <v>257859.0</v>
       </c>
       <c r="F744" s="6">
-        <v>574825.0</v>
+        <v>36535.0</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="C745" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D745" s="6">
-        <v>56.0</v>
+        <v>5.0</v>
       </c>
       <c r="E745" s="6">
-        <v>2063374.0</v>
+        <v>705189.0</v>
       </c>
       <c r="F745" s="6">
-        <v>274452.0</v>
+        <v>105778.0</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="C746" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D746" s="6">
-        <v>73.0</v>
+        <v>5.0</v>
       </c>
       <c r="E746" s="6">
-        <v>2567620.0</v>
+        <v>615501.0</v>
       </c>
       <c r="F746" s="6">
-        <v>363249.0</v>
+        <v>92325.0</v>
       </c>
     </row>
     <row r="747" spans="1:6">
-      <c r="B747" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C747" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D747" s="6">
-        <v>4357.0</v>
+        <v>132.0</v>
       </c>
       <c r="E747" s="6">
-        <v>28299732.0</v>
+        <v>8889448.0</v>
       </c>
       <c r="F747" s="6">
-        <v>6694.0</v>
+        <v>1173191.0</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="C748" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D748" s="6">
-        <v>4255.0</v>
+        <v>121.0</v>
       </c>
       <c r="E748" s="6">
-        <v>23872060.0</v>
+        <v>6367993.0</v>
       </c>
       <c r="F748" s="6">
-        <v>8955.0</v>
+        <v>872865.0</v>
       </c>
     </row>
     <row r="749" spans="1:6">
+      <c r="B749" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C749" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D749" s="6">
-        <v>3995.0</v>
+        <v>338.0</v>
       </c>
       <c r="E749" s="6">
-        <v>18506525.0</v>
+        <v>25719319.0</v>
       </c>
       <c r="F749" s="6">
-        <v>7483.0</v>
+        <v>10100.0</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="C750" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D750" s="6">
-        <v>3658.0</v>
+        <v>336.0</v>
       </c>
       <c r="E750" s="6">
-        <v>14301363.0</v>
+        <v>23532521.0</v>
       </c>
       <c r="F750" s="6">
-        <v>6347.0</v>
+        <v>23696.0</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="C751" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D751" s="6">
-        <v>3271.0</v>
+        <v>313.0</v>
       </c>
       <c r="E751" s="6">
-        <v>12883169.0</v>
+        <v>16938600.0</v>
       </c>
       <c r="F751" s="6">
-        <v>6965.0</v>
+        <v>6062.0</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="C752" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D752" s="6">
-        <v>3000.0</v>
+        <v>311.0</v>
       </c>
       <c r="E752" s="6">
-        <v>11595765.0</v>
+        <v>15983146.0</v>
       </c>
       <c r="F752" s="6">
-        <v>7654.0</v>
+        <v>10894.0</v>
       </c>
     </row>
     <row r="753" spans="1:6">
-      <c r="B753" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C753" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D753" s="6">
-        <v>4.0</v>
+        <v>286.0</v>
       </c>
       <c r="E753" s="6">
-        <v>1447050.0</v>
+        <v>11789947.0</v>
       </c>
       <c r="F753" s="6">
-        <v>15.0</v>
+        <v>6349.0</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="C754" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D754" s="6">
+        <v>2406.0</v>
+      </c>
+      <c r="E754" s="6">
+        <v>25907772.0</v>
+      </c>
+      <c r="F754" s="6">
+        <v>12543.0</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="C755" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D755" s="6">
+        <v>2141.0</v>
+      </c>
+      <c r="E755" s="6">
+        <v>25236652.0</v>
+      </c>
+      <c r="F755" s="6">
+        <v>16310.0</v>
+      </c>
+    </row>
+    <row r="756" spans="1:6">
+      <c r="B756" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C756" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D756" s="6">
         <v>4.0</v>
       </c>
-      <c r="E755" s="6">
-[...2 lines deleted...]
-      <c r="F755" s="6">
+      <c r="E756" s="6">
+        <v>386927.0</v>
+      </c>
+      <c r="F756" s="6">
         <v>0.0</v>
-      </c>
-[...25 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="C757" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D757" s="6">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="E757" s="6">
-        <v>31804.0</v>
+        <v>642212.0</v>
       </c>
       <c r="F757" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="758" spans="1:6">
-      <c r="A758" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C758" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D758" s="6">
-        <v>116.0</v>
+        <v>5.0</v>
       </c>
       <c r="E758" s="6">
-        <v>1004593.0</v>
+        <v>86322.0</v>
       </c>
       <c r="F758" s="6">
-        <v>112800.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="C759" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D759" s="6">
-        <v>115.0</v>
+        <v>3.0</v>
       </c>
       <c r="E759" s="6">
-        <v>738026.0</v>
+        <v>45865.0</v>
       </c>
       <c r="F759" s="6">
-        <v>84693.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="C760" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D760" s="6">
-        <v>114.0</v>
+        <v>4.0</v>
       </c>
       <c r="E760" s="6">
-        <v>679115.0</v>
+        <v>37210.0</v>
       </c>
       <c r="F760" s="6">
-        <v>74218.0</v>
+        <v>488.0</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="C761" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
-[...10 lines deleted...]
-        <v>63592.0</v>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D761" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E761" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F761" s="6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="762" spans="1:6">
+      <c r="A762" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Q: Švietimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="B762" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
+          </r>
+        </is>
+      </c>
       <c r="C762" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D762" s="6">
-        <v>113.0</v>
+        <v>4692.0</v>
       </c>
       <c r="E762" s="6">
-        <v>886482.0</v>
+        <v>3783751241.0</v>
       </c>
       <c r="F762" s="6">
-        <v>86692.0</v>
+        <v>656518840.0</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="C763" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D763" s="6">
-        <v>118.0</v>
+        <v>4639.0</v>
       </c>
       <c r="E763" s="6">
-        <v>857449.0</v>
+        <v>3352553046.0</v>
       </c>
       <c r="F763" s="6">
-        <v>85115.0</v>
+        <v>572727996.0</v>
       </c>
     </row>
     <row r="764" spans="1:6">
-      <c r="B764" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C764" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D764" s="6">
-        <v>111.0</v>
+        <v>4230.0</v>
       </c>
       <c r="E764" s="6">
-        <v>716357.0</v>
+        <v>2813737587.0</v>
       </c>
       <c r="F764" s="6">
-        <v>112544.0</v>
+        <v>473940102.0</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="C765" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D765" s="6">
-        <v>110.0</v>
+        <v>4232.0</v>
       </c>
       <c r="E765" s="6">
-        <v>535313.0</v>
+        <v>2432223328.0</v>
       </c>
       <c r="F765" s="6">
-        <v>80340.0</v>
+        <v>407017652.0</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="C766" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D766" s="6">
-        <v>108.0</v>
+        <v>4201.0</v>
       </c>
       <c r="E766" s="6">
-        <v>484177.0</v>
+        <v>2102250940.0</v>
       </c>
       <c r="F766" s="6">
-        <v>73311.0</v>
+        <v>349485383.0</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="C767" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D767" s="6">
-        <v>108.0</v>
+        <v>3643.0</v>
       </c>
       <c r="E767" s="6">
-        <v>424123.0</v>
+        <v>1882882578.0</v>
       </c>
       <c r="F767" s="6">
-        <v>62756.0</v>
+        <v>321065937.0</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="C768" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D768" s="6">
-        <v>110.0</v>
+        <v>3553.0</v>
       </c>
       <c r="E768" s="6">
-        <v>579605.0</v>
+        <v>1611520811.0</v>
       </c>
       <c r="F768" s="6">
-        <v>85894.0</v>
+        <v>274608372.0</v>
       </c>
     </row>
     <row r="769" spans="1:6">
+      <c r="B769" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C769" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D769" s="6">
-        <v>111.0</v>
+        <v>3878.0</v>
       </c>
       <c r="E769" s="6">
-        <v>546848.0</v>
+        <v>3617535847.0</v>
       </c>
       <c r="F769" s="6">
-        <v>84169.0</v>
+        <v>649869049.0</v>
       </c>
     </row>
     <row r="770" spans="1:6">
-      <c r="B770" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C770" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D770" s="6">
+        <v>3815.0</v>
+      </c>
+      <c r="E770" s="6">
+        <v>3209245471.0</v>
+      </c>
+      <c r="F770" s="6">
+        <v>566951722.0</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="C771" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D771" s="6">
+        <v>3622.0</v>
+      </c>
+      <c r="E771" s="6">
+        <v>2693884990.0</v>
+      </c>
+      <c r="F771" s="6">
+        <v>469166329.0</v>
       </c>
     </row>
     <row r="772" spans="1:6">
-      <c r="B772" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C772" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D772" s="6">
+        <v>3660.0</v>
+      </c>
+      <c r="E772" s="6">
+        <v>2329445973.0</v>
+      </c>
+      <c r="F772" s="6">
+        <v>402382486.0</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="C773" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D773" s="6">
+        <v>3687.0</v>
+      </c>
+      <c r="E773" s="6">
+        <v>2025709742.0</v>
+      </c>
+      <c r="F773" s="6">
+        <v>346057163.0</v>
       </c>
     </row>
     <row r="774" spans="1:6">
-      <c r="B774" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C774" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D774" s="6">
-        <v>62.0</v>
+        <v>3182.0</v>
       </c>
       <c r="E774" s="6">
-        <v>155768.0</v>
+        <v>1788625571.0</v>
       </c>
       <c r="F774" s="6">
-        <v>0.0</v>
+        <v>314193112.0</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="C775" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D775" s="6">
-        <v>63.0</v>
+        <v>3078.0</v>
       </c>
       <c r="E775" s="6">
-        <v>120799.0</v>
+        <v>1516031461.0</v>
       </c>
       <c r="F775" s="6">
-        <v>0.0</v>
+        <v>266987743.0</v>
       </c>
     </row>
     <row r="776" spans="1:6">
+      <c r="B776" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C776" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D776" s="6">
-        <v>44.0</v>
+        <v>651.0</v>
       </c>
       <c r="E776" s="6">
-        <v>124204.0</v>
+        <v>5838682.0</v>
       </c>
       <c r="F776" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="C777" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D777" s="6">
-        <v>33.0</v>
+        <v>593.0</v>
       </c>
       <c r="E777" s="6">
-        <v>32646.0</v>
+        <v>6219333.0</v>
       </c>
       <c r="F777" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="C778" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D778" s="6">
-        <v>32.0</v>
+        <v>485.0</v>
       </c>
       <c r="E778" s="6">
-        <v>77593.0</v>
+        <v>8742379.0</v>
       </c>
       <c r="F778" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="C779" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D779" s="6">
-        <v>21.0</v>
+        <v>423.0</v>
       </c>
       <c r="E779" s="6">
-        <v>55537.0</v>
+        <v>7312698.0</v>
       </c>
       <c r="F779" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="780" spans="1:6">
-      <c r="A780" s="5" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="C780" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D780" s="6">
-        <v>12.0</v>
+        <v>309.0</v>
       </c>
       <c r="E780" s="6">
-        <v>2318084.0</v>
+        <v>5248148.0</v>
       </c>
       <c r="F780" s="6">
-        <v>441855.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="C781" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D781" s="6">
-        <v>12.0</v>
+        <v>284.0</v>
       </c>
       <c r="E781" s="6">
-        <v>2161355.0</v>
+        <v>6893864.0</v>
       </c>
       <c r="F781" s="6">
-        <v>413134.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="C782" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D782" s="6">
-        <v>12.0</v>
+        <v>501.0</v>
       </c>
       <c r="E782" s="6">
-        <v>1876010.0</v>
+        <v>6683491.0</v>
       </c>
       <c r="F782" s="6">
-        <v>352968.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="783" spans="1:6">
+      <c r="B783" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C783" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D783" s="6">
-        <v>11.0</v>
+        <v>286.0</v>
       </c>
       <c r="E783" s="6">
-        <v>1602139.0</v>
+        <v>18345413.0</v>
       </c>
       <c r="F783" s="6">
-        <v>303291.0</v>
+        <v>2078291.0</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="C784" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D784" s="6">
-        <v>10.0</v>
+        <v>268.0</v>
       </c>
       <c r="E784" s="6">
-        <v>1550105.0</v>
+        <v>15646060.0</v>
       </c>
       <c r="F784" s="6">
-        <v>295177.0</v>
+        <v>1652943.0</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="C785" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D785" s="6">
-        <v>9.0</v>
+        <v>204.0</v>
       </c>
       <c r="E785" s="6">
-        <v>1294174.0</v>
+        <v>12723803.0</v>
       </c>
       <c r="F785" s="6">
-        <v>247300.0</v>
+        <v>1308702.0</v>
       </c>
     </row>
     <row r="786" spans="1:6">
-      <c r="B786" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C786" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D786" s="6">
-        <v>12.0</v>
+        <v>194.0</v>
       </c>
       <c r="E786" s="6">
-        <v>2301681.0</v>
+        <v>10709657.0</v>
       </c>
       <c r="F786" s="6">
-        <v>441243.0</v>
+        <v>1234057.0</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="C787" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D787" s="6">
-        <v>12.0</v>
+        <v>154.0</v>
       </c>
       <c r="E787" s="6">
-        <v>2123086.0</v>
+        <v>8092829.0</v>
       </c>
       <c r="F787" s="6">
-        <v>411903.0</v>
+        <v>946996.0</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="C788" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D788" s="6">
-        <v>12.0</v>
+        <v>508.0</v>
       </c>
       <c r="E788" s="6">
-        <v>1828896.0</v>
+        <v>27843753.0</v>
       </c>
       <c r="F788" s="6">
-        <v>352350.0</v>
+        <v>3922324.0</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="C789" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D789" s="6">
-        <v>10.0</v>
+        <v>444.0</v>
       </c>
       <c r="E789" s="6">
-        <v>1582061.0</v>
+        <v>25106334.0</v>
       </c>
       <c r="F789" s="6">
-        <v>302672.0</v>
+        <v>3534140.0</v>
       </c>
     </row>
     <row r="790" spans="1:6">
+      <c r="B790" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C790" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D790" s="6">
-        <v>10.0</v>
+        <v>3265.0</v>
       </c>
       <c r="E790" s="6">
-        <v>1541043.0</v>
+        <v>82849776.0</v>
       </c>
       <c r="F790" s="6">
-        <v>294832.0</v>
+        <v>33451.0</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="C791" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D791" s="6">
-        <v>9.0</v>
+        <v>3214.0</v>
       </c>
       <c r="E791" s="6">
-        <v>1265474.0</v>
+        <v>68797211.0</v>
       </c>
       <c r="F791" s="6">
-        <v>244495.0</v>
+        <v>38406.0</v>
       </c>
     </row>
     <row r="792" spans="1:6">
-      <c r="B792" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C792" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D792" s="6">
+        <v>2892.0</v>
+      </c>
+      <c r="E792" s="6">
+        <v>54798199.0</v>
+      </c>
+      <c r="F792" s="6">
+        <v>35887.0</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="C793" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D793" s="6">
+        <v>2808.0</v>
+      </c>
+      <c r="E793" s="6">
+        <v>42677482.0</v>
+      </c>
+      <c r="F793" s="6">
+        <v>25223.0</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="C794" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D794" s="6">
+        <v>2656.0</v>
+      </c>
+      <c r="E794" s="6">
+        <v>32788031.0</v>
+      </c>
+      <c r="F794" s="6">
+        <v>18754.0</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="C795" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D795" s="6">
+        <v>1395.0</v>
+      </c>
+      <c r="E795" s="6">
+        <v>10378394.0</v>
+      </c>
+      <c r="F795" s="6">
+        <v>2357.0</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="C796" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D796" s="6">
+        <v>1245.0</v>
+      </c>
+      <c r="E796" s="6">
+        <v>8397913.0</v>
+      </c>
+      <c r="F796" s="6">
+        <v>2089.0</v>
       </c>
     </row>
     <row r="797" spans="1:6">
+      <c r="B797" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C797" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
-[...10 lines deleted...]
-        <v>32</v>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D797" s="6">
+        <v>6.0</v>
+      </c>
+      <c r="E797" s="6">
+        <v>1745311.0</v>
+      </c>
+      <c r="F797" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="798" spans="1:6">
-      <c r="B798" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C798" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
-      <c r="D798" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D798" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="E798" s="6">
+        <v>387077.0</v>
+      </c>
+      <c r="F798" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="C799" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
-      <c r="D799" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D799" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="E799" s="6">
+        <v>642212.0</v>
+      </c>
+      <c r="F799" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="C800" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
-      <c r="D800" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D800" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="E800" s="6">
+        <v>86322.0</v>
+      </c>
+      <c r="F800" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="C801" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
-      <c r="D801" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D801" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="E801" s="6">
+        <v>45865.0</v>
+      </c>
+      <c r="F801" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="C802" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
-      <c r="D802" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D802" s="6">
+        <v>8.0</v>
+      </c>
+      <c r="E802" s="6">
+        <v>3361278.0</v>
+      </c>
+      <c r="F802" s="6">
+        <v>218.0</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="C803" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D803" s="6" t="s">
-[...6 lines deleted...]
-        <v>32</v>
+      <c r="D803" s="6">
+        <v>16.0</v>
+      </c>
+      <c r="E803" s="6">
+        <v>2768090.0</v>
+      </c>
+      <c r="F803" s="6">
+        <v>1504.0</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
+            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="B804" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Suma, iš jų</t>
           </r>
         </is>
       </c>
       <c r="C804" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D804" s="6">
-        <v>3748.0</v>
+        <v>4138.0</v>
       </c>
       <c r="E804" s="6">
-        <v>131530376.0</v>
+        <v>3886234729.0</v>
       </c>
       <c r="F804" s="6">
-        <v>16700498.0</v>
+        <v>691164752.0</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="C805" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D805" s="6">
-        <v>6917.0</v>
+        <v>4070.0</v>
       </c>
       <c r="E805" s="6">
-        <v>261209408.0</v>
+        <v>3352109504.0</v>
       </c>
       <c r="F805" s="6">
-        <v>32157929.0</v>
+        <v>586810967.0</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="C806" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D806" s="6">
-        <v>5955.0</v>
+        <v>3883.0</v>
       </c>
       <c r="E806" s="6">
-        <v>266867134.0</v>
+        <v>2864143532.0</v>
       </c>
       <c r="F806" s="6">
-        <v>37170088.0</v>
+        <v>498671892.0</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="C807" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D807" s="6">
-        <v>4373.0</v>
+        <v>3790.0</v>
       </c>
       <c r="E807" s="6">
-        <v>193755191.0</v>
+        <v>2532437613.0</v>
       </c>
       <c r="F807" s="6">
-        <v>27701835.0</v>
+        <v>438639811.0</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="C808" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D808" s="6">
-        <v>2240.0</v>
+        <v>3722.0</v>
       </c>
       <c r="E808" s="6">
-        <v>51947626.0</v>
+        <v>2265913644.0</v>
       </c>
       <c r="F808" s="6">
-        <v>6255682.0</v>
+        <v>393999928.0</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="C809" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D809" s="6">
+        <v>3337.0</v>
+      </c>
+      <c r="E809" s="6">
+        <v>493201309.0</v>
+      </c>
+      <c r="F809" s="6">
+        <v>53473343.0</v>
+      </c>
+    </row>
+    <row r="810" spans="1:6">
+      <c r="C810" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="D809" s="6">
-[...10 lines deleted...]
-      <c r="B810" s="5" t="inlineStr">
+      <c r="D810" s="6">
+        <v>3203.0</v>
+      </c>
+      <c r="E810" s="6">
+        <v>397665455.0</v>
+      </c>
+      <c r="F810" s="6">
+        <v>50776617.0</v>
+      </c>
+    </row>
+    <row r="811" spans="1:6">
+      <c r="B811" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
-      <c r="C810" s="5" t="inlineStr">
-[...25 lines deleted...]
-    <row r="811" spans="1:6">
       <c r="C811" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D811" s="6">
-        <v>3575.0</v>
+        <v>3436.0</v>
       </c>
       <c r="E811" s="6">
-        <v>163623589.0</v>
+        <v>3638790337.0</v>
       </c>
       <c r="F811" s="6">
-        <v>28915326.0</v>
+        <v>672079764.0</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="C812" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D812" s="6">
-        <v>3309.0</v>
+        <v>3371.0</v>
       </c>
       <c r="E812" s="6">
-        <v>193123649.0</v>
+        <v>3146730106.0</v>
       </c>
       <c r="F812" s="6">
-        <v>35356068.0</v>
+        <v>571587426.0</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="C813" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D813" s="6">
-        <v>2509.0</v>
+        <v>3286.0</v>
       </c>
       <c r="E813" s="6">
-        <v>146570710.0</v>
+        <v>2694221893.0</v>
       </c>
       <c r="F813" s="6">
-        <v>26696049.0</v>
+        <v>485655655.0</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="C814" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D814" s="6">
-        <v>1241.0</v>
+        <v>3231.0</v>
       </c>
       <c r="E814" s="6">
-        <v>33460236.0</v>
+        <v>2366832936.0</v>
       </c>
       <c r="F814" s="6">
-        <v>5746750.0</v>
+        <v>425488348.0</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="C815" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D815" s="6">
-        <v>997.0</v>
+        <v>3207.0</v>
       </c>
       <c r="E815" s="6">
-        <v>65923078.0</v>
+        <v>2139019636.0</v>
       </c>
       <c r="F815" s="6">
-        <v>12327248.0</v>
+        <v>384530307.0</v>
       </c>
     </row>
     <row r="816" spans="1:6">
-      <c r="B816" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C816" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D816" s="6">
-        <v>161.0</v>
+        <v>2733.0</v>
       </c>
       <c r="E816" s="6">
-        <v>906946.0</v>
+        <v>306837559.0</v>
       </c>
       <c r="F816" s="6">
-        <v>0.0</v>
+        <v>48505759.0</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="C817" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D817" s="6">
-        <v>341.0</v>
+        <v>2603.0</v>
       </c>
       <c r="E817" s="6">
-        <v>3671821.0</v>
+        <v>278872647.0</v>
       </c>
       <c r="F817" s="6">
-        <v>0.0</v>
+        <v>45398301.0</v>
       </c>
     </row>
     <row r="818" spans="1:6">
+      <c r="B818" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
       <c r="C818" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D818" s="6">
-        <v>319.0</v>
+        <v>577.0</v>
       </c>
       <c r="E818" s="6">
-        <v>2635230.0</v>
+        <v>11033291.0</v>
       </c>
       <c r="F818" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="C819" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D819" s="6">
-        <v>187.0</v>
+        <v>539.0</v>
       </c>
       <c r="E819" s="6">
-        <v>1650294.0</v>
+        <v>10234388.0</v>
       </c>
       <c r="F819" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="C820" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D820" s="6">
-        <v>98.0</v>
+        <v>512.0</v>
       </c>
       <c r="E820" s="6">
-        <v>733961.0</v>
+        <v>8788982.0</v>
       </c>
       <c r="F820" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="C821" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D821" s="6">
-        <v>93.0</v>
+        <v>475.0</v>
       </c>
       <c r="E821" s="6">
-        <v>1088536.0</v>
+        <v>8015988.0</v>
       </c>
       <c r="F821" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="822" spans="1:6">
-      <c r="B822" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C822" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D822" s="6">
-        <v>194.0</v>
+        <v>340.0</v>
       </c>
       <c r="E822" s="6">
-        <v>6701102.0</v>
+        <v>8436702.0</v>
       </c>
       <c r="F822" s="6">
-        <v>674958.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="C823" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D823" s="6">
-        <v>505.0</v>
+        <v>291.0</v>
       </c>
       <c r="E823" s="6">
-        <v>20499946.0</v>
+        <v>1378151.0</v>
       </c>
       <c r="F823" s="6">
-        <v>2168362.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="C824" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D824" s="6">
-        <v>388.0</v>
+        <v>406.0</v>
       </c>
       <c r="E824" s="6">
-        <v>13012965.0</v>
+        <v>1881759.0</v>
       </c>
       <c r="F824" s="6">
-        <v>899585.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="825" spans="1:6">
+      <c r="B825" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
       <c r="C825" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D825" s="6">
-        <v>232.0</v>
+        <v>862.0</v>
       </c>
       <c r="E825" s="6">
-        <v>4085449.0</v>
+        <v>88992922.0</v>
       </c>
       <c r="F825" s="6">
-        <v>244227.0</v>
+        <v>12155840.0</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="C826" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D826" s="6">
-        <v>92.0</v>
+        <v>807.0</v>
       </c>
       <c r="E826" s="6">
-        <v>1774367.0</v>
+        <v>70257036.0</v>
       </c>
       <c r="F826" s="6">
-        <v>132617.0</v>
+        <v>9506709.0</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="C827" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D827" s="6">
-        <v>51.0</v>
+        <v>743.0</v>
       </c>
       <c r="E827" s="6">
-        <v>678260.0</v>
+        <v>59365669.0</v>
       </c>
       <c r="F827" s="6">
-        <v>34993.0</v>
+        <v>8230978.0</v>
       </c>
     </row>
     <row r="828" spans="1:6">
-      <c r="B828" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C828" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D828" s="6">
-        <v>1168.0</v>
+        <v>706.0</v>
       </c>
       <c r="E828" s="6">
-        <v>5656836.0</v>
+        <v>61898506.0</v>
       </c>
       <c r="F828" s="6">
-        <v>5576.0</v>
+        <v>8733526.0</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="C829" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D829" s="6">
-        <v>2094.0</v>
+        <v>609.0</v>
       </c>
       <c r="E829" s="6">
-        <v>14391242.0</v>
+        <v>44034422.0</v>
       </c>
       <c r="F829" s="6">
-        <v>6620.0</v>
+        <v>6199397.0</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="C830" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D830" s="6">
-        <v>1788.0</v>
+        <v>91.0</v>
       </c>
       <c r="E830" s="6">
-        <v>12067235.0</v>
+        <v>19879959.0</v>
       </c>
       <c r="F830" s="6">
-        <v>37722.0</v>
+        <v>2903680.0</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="C831" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D831" s="6">
-        <v>1222.0</v>
+        <v>84.0</v>
       </c>
       <c r="E831" s="6">
-        <v>8514429.0</v>
+        <v>15322906.0</v>
       </c>
       <c r="F831" s="6">
-        <v>29178.0</v>
+        <v>2251821.0</v>
       </c>
     </row>
     <row r="832" spans="1:6">
+      <c r="B832" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C832" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D832" s="6">
-        <v>523.0</v>
+        <v>2080.0</v>
       </c>
       <c r="E832" s="6">
-        <v>2883188.0</v>
+        <v>39888788.0</v>
       </c>
       <c r="F832" s="6">
-        <v>16278.0</v>
+        <v>1369.0</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="C833" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="D833" s="6">
-        <v>308.0</v>
+        <v>2010.0</v>
       </c>
       <c r="E833" s="6">
-        <v>1604697.0</v>
+        <v>32820899.0</v>
       </c>
       <c r="F833" s="6">
-        <v>0.0</v>
+        <v>1479.0</v>
       </c>
     </row>
     <row r="834" spans="1:6">
-      <c r="B834" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="C834" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="D834" s="6">
-        <v>21.0</v>
+        <v>1869.0</v>
       </c>
       <c r="E834" s="6">
-        <v>6062999.0</v>
+        <v>27875653.0</v>
       </c>
       <c r="F834" s="6">
-        <v>0.0</v>
+        <v>839.0</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="C835" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="D835" s="6">
-        <v>19.0</v>
+        <v>1697.0</v>
       </c>
       <c r="E835" s="6">
-        <v>6810353.0</v>
+        <v>22011785.0</v>
       </c>
       <c r="F835" s="6">
-        <v>0.0</v>
+        <v>1153.0</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="C836" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="D836" s="6">
-        <v>22.0</v>
+        <v>1590.0</v>
       </c>
       <c r="E836" s="6">
-        <v>4416176.0</v>
+        <v>15110412.0</v>
       </c>
       <c r="F836" s="6">
-        <v>0.0</v>
+        <v>759.0</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="C837" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2020</t>
           </r>
         </is>
       </c>
       <c r="D837" s="6">
-        <v>16.0</v>
+        <v>1778.0</v>
       </c>
       <c r="E837" s="6">
-        <v>1301272.0</v>
+        <v>28047675.0</v>
       </c>
       <c r="F837" s="6">
-        <v>0.0</v>
+        <v>361553.0</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="C838" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
       <c r="D838" s="6">
-        <v>14.0</v>
+        <v>1649.0</v>
       </c>
       <c r="E838" s="6">
-        <v>1413989.0</v>
+        <v>29516856.0</v>
       </c>
       <c r="F838" s="6">
-        <v>143.0</v>
+        <v>549007.0</v>
       </c>
     </row>
     <row r="839" spans="1:6">
+      <c r="B839" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
       <c r="C839" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2019</t>
+            <t xml:space="preserve">2025</t>
           </r>
         </is>
       </c>
       <c r="D839" s="6">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="E839" s="6">
-        <v>26940.0</v>
+        <v>16088380.0</v>
       </c>
       <c r="F839" s="6">
         <v>0.0</v>
       </c>
     </row>
+    <row r="840" spans="1:6">
+      <c r="C840" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D840" s="6">
+        <v>9.0</v>
+      </c>
+      <c r="E840" s="6">
+        <v>10479755.0</v>
+      </c>
+      <c r="F840" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="841" spans="1:6">
+      <c r="C841" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D841" s="6">
+        <v>8.0</v>
+      </c>
+      <c r="E841" s="6">
+        <v>7023087.0</v>
+      </c>
+      <c r="F841" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
     <row r="842" spans="1:6">
-      <c r="A842" t="s">
-        <v>53</v>
+      <c r="C842" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D842" s="6">
+        <v>9.0</v>
+      </c>
+      <c r="E842" s="6">
+        <v>11535764.0</v>
+      </c>
+      <c r="F842" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="843" spans="1:6">
+      <c r="C843" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D843" s="6">
+        <v>10.0</v>
+      </c>
+      <c r="E843" s="6">
+        <v>9913826.0</v>
+      </c>
+      <c r="F843" s="6">
+        <v>3002.0</v>
+      </c>
+    </row>
+    <row r="844" spans="1:6">
+      <c r="C844" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D844" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E844" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F844" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="845" spans="1:6">
+      <c r="C845" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D845" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="E845" s="6">
+        <v>11995.0</v>
+      </c>
+      <c r="F845" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="846" spans="1:6">
+      <c r="A846" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="B846" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
+          </r>
+        </is>
+      </c>
+      <c r="C846" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D846" s="6">
+        <v>3824.0</v>
+      </c>
+      <c r="E846" s="6">
+        <v>961694956.0</v>
+      </c>
+      <c r="F846" s="6">
+        <v>95459990.0</v>
+      </c>
+    </row>
+    <row r="847" spans="1:6">
+      <c r="C847" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D847" s="6">
+        <v>4033.0</v>
+      </c>
+      <c r="E847" s="6">
+        <v>954255992.0</v>
+      </c>
+      <c r="F847" s="6">
+        <v>88219915.0</v>
+      </c>
+    </row>
+    <row r="848" spans="1:6">
+      <c r="C848" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D848" s="6">
+        <v>3622.0</v>
+      </c>
+      <c r="E848" s="6">
+        <v>749033637.0</v>
+      </c>
+      <c r="F848" s="6">
+        <v>77400299.0</v>
+      </c>
+    </row>
+    <row r="849" spans="1:6">
+      <c r="C849" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D849" s="6">
+        <v>3504.0</v>
+      </c>
+      <c r="E849" s="6">
+        <v>623921965.0</v>
+      </c>
+      <c r="F849" s="6">
+        <v>65076968.0</v>
+      </c>
+    </row>
+    <row r="850" spans="1:6">
+      <c r="C850" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D850" s="6">
+        <v>3407.0</v>
+      </c>
+      <c r="E850" s="6">
+        <v>724894066.0</v>
+      </c>
+      <c r="F850" s="6">
+        <v>56853204.0</v>
+      </c>
+    </row>
+    <row r="851" spans="1:6">
+      <c r="C851" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D851" s="6">
+        <v>11193.0</v>
+      </c>
+      <c r="E851" s="6">
+        <v>192625810.0</v>
+      </c>
+      <c r="F851" s="6">
+        <v>24767912.0</v>
+      </c>
+    </row>
+    <row r="852" spans="1:6">
+      <c r="C852" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D852" s="6">
+        <v>11006.0</v>
+      </c>
+      <c r="E852" s="6">
+        <v>183052242.0</v>
+      </c>
+      <c r="F852" s="6">
+        <v>24199078.0</v>
+      </c>
+    </row>
+    <row r="853" spans="1:6">
+      <c r="B853" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C853" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D853" s="6">
+        <v>2785.0</v>
+      </c>
+      <c r="E853" s="6">
+        <v>524542977.0</v>
+      </c>
+      <c r="F853" s="6">
+        <v>87621103.0</v>
+      </c>
+    </row>
+    <row r="854" spans="1:6">
+      <c r="C854" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D854" s="6">
+        <v>2899.0</v>
+      </c>
+      <c r="E854" s="6">
+        <v>494109921.0</v>
+      </c>
+      <c r="F854" s="6">
+        <v>80895246.0</v>
+      </c>
+    </row>
+    <row r="855" spans="1:6">
+      <c r="C855" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D855" s="6">
+        <v>2762.0</v>
+      </c>
+      <c r="E855" s="6">
+        <v>436038690.0</v>
+      </c>
+      <c r="F855" s="6">
+        <v>71101553.0</v>
+      </c>
+    </row>
+    <row r="856" spans="1:6">
+      <c r="C856" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D856" s="6">
+        <v>2782.0</v>
+      </c>
+      <c r="E856" s="6">
+        <v>373167853.0</v>
+      </c>
+      <c r="F856" s="6">
+        <v>60143836.0</v>
+      </c>
+    </row>
+    <row r="857" spans="1:6">
+      <c r="C857" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D857" s="6">
+        <v>2750.0</v>
+      </c>
+      <c r="E857" s="6">
+        <v>323879103.0</v>
+      </c>
+      <c r="F857" s="6">
+        <v>51584237.0</v>
+      </c>
+    </row>
+    <row r="858" spans="1:6">
+      <c r="C858" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D858" s="6">
+        <v>7755.0</v>
+      </c>
+      <c r="E858" s="6">
+        <v>149622574.0</v>
+      </c>
+      <c r="F858" s="6">
+        <v>22033162.0</v>
+      </c>
+    </row>
+    <row r="859" spans="1:6">
+      <c r="C859" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D859" s="6">
+        <v>7632.0</v>
+      </c>
+      <c r="E859" s="6">
+        <v>139874078.0</v>
+      </c>
+      <c r="F859" s="6">
+        <v>21436193.0</v>
+      </c>
+    </row>
+    <row r="860" spans="1:6">
+      <c r="B860" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
+      <c r="C860" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D860" s="6">
+        <v>473.0</v>
+      </c>
+      <c r="E860" s="6">
+        <v>2288330.0</v>
+      </c>
+      <c r="F860" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="861" spans="1:6">
+      <c r="C861" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D861" s="6">
+        <v>463.0</v>
+      </c>
+      <c r="E861" s="6">
+        <v>2516337.0</v>
+      </c>
+      <c r="F861" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="862" spans="1:6">
+      <c r="C862" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D862" s="6">
+        <v>429.0</v>
+      </c>
+      <c r="E862" s="6">
+        <v>2089235.0</v>
+      </c>
+      <c r="F862" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="863" spans="1:6">
+      <c r="C863" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D863" s="6">
+        <v>364.0</v>
+      </c>
+      <c r="E863" s="6">
+        <v>1615272.0</v>
+      </c>
+      <c r="F863" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="864" spans="1:6">
+      <c r="C864" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D864" s="6">
+        <v>314.0</v>
+      </c>
+      <c r="E864" s="6">
+        <v>1072706.0</v>
+      </c>
+      <c r="F864" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="865" spans="1:6">
+      <c r="C865" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D865" s="6">
+        <v>213.0</v>
+      </c>
+      <c r="E865" s="6">
+        <v>984687.0</v>
+      </c>
+      <c r="F865" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="866" spans="1:6">
+      <c r="C866" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D866" s="6">
+        <v>325.0</v>
+      </c>
+      <c r="E866" s="6">
+        <v>1449134.0</v>
+      </c>
+      <c r="F866" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="867" spans="1:6">
+      <c r="B867" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
+      <c r="C867" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D867" s="6">
+        <v>208.0</v>
+      </c>
+      <c r="E867" s="6">
+        <v>21919187.0</v>
+      </c>
+      <c r="F867" s="6">
+        <v>2889306.0</v>
+      </c>
+    </row>
+    <row r="868" spans="1:6">
+      <c r="C868" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D868" s="6">
+        <v>227.0</v>
+      </c>
+      <c r="E868" s="6">
+        <v>16858435.0</v>
+      </c>
+      <c r="F868" s="6">
+        <v>2134892.0</v>
+      </c>
+    </row>
+    <row r="869" spans="1:6">
+      <c r="C869" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D869" s="6">
+        <v>157.0</v>
+      </c>
+      <c r="E869" s="6">
+        <v>13792058.0</v>
+      </c>
+      <c r="F869" s="6">
+        <v>1856314.0</v>
+      </c>
+    </row>
+    <row r="870" spans="1:6">
+      <c r="C870" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D870" s="6">
+        <v>122.0</v>
+      </c>
+      <c r="E870" s="6">
+        <v>10602574.0</v>
+      </c>
+      <c r="F870" s="6">
+        <v>1458582.0</v>
+      </c>
+    </row>
+    <row r="871" spans="1:6">
+      <c r="C871" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D871" s="6">
+        <v>83.0</v>
+      </c>
+      <c r="E871" s="6">
+        <v>21179757.0</v>
+      </c>
+      <c r="F871" s="6">
+        <v>3032490.0</v>
+      </c>
+    </row>
+    <row r="872" spans="1:6">
+      <c r="C872" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D872" s="6">
+        <v>56.0</v>
+      </c>
+      <c r="E872" s="6">
+        <v>2063374.0</v>
+      </c>
+      <c r="F872" s="6">
+        <v>274452.0</v>
+      </c>
+    </row>
+    <row r="873" spans="1:6">
+      <c r="C873" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D873" s="6">
+        <v>73.0</v>
+      </c>
+      <c r="E873" s="6">
+        <v>2567620.0</v>
+      </c>
+      <c r="F873" s="6">
+        <v>363249.0</v>
+      </c>
+    </row>
+    <row r="874" spans="1:6">
+      <c r="B874" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C874" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D874" s="6">
+        <v>2361.0</v>
+      </c>
+      <c r="E874" s="6">
+        <v>81911614.0</v>
+      </c>
+      <c r="F874" s="6">
+        <v>996374.0</v>
+      </c>
+    </row>
+    <row r="875" spans="1:6">
+      <c r="C875" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D875" s="6">
+        <v>2506.0</v>
+      </c>
+      <c r="E875" s="6">
+        <v>73858761.0</v>
+      </c>
+      <c r="F875" s="6">
+        <v>939567.0</v>
+      </c>
+    </row>
+    <row r="876" spans="1:6">
+      <c r="C876" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D876" s="6">
+        <v>2188.0</v>
+      </c>
+      <c r="E876" s="6">
+        <v>59896991.0</v>
+      </c>
+      <c r="F876" s="6">
+        <v>820283.0</v>
+      </c>
+    </row>
+    <row r="877" spans="1:6">
+      <c r="C877" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D877" s="6">
+        <v>2018.0</v>
+      </c>
+      <c r="E877" s="6">
+        <v>47246187.0</v>
+      </c>
+      <c r="F877" s="6">
+        <v>690683.0</v>
+      </c>
+    </row>
+    <row r="878" spans="1:6">
+      <c r="C878" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D878" s="6">
+        <v>1893.0</v>
+      </c>
+      <c r="E878" s="6">
+        <v>32073962.0</v>
+      </c>
+      <c r="F878" s="6">
+        <v>349272.0</v>
+      </c>
+    </row>
+    <row r="879" spans="1:6">
+      <c r="C879" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D879" s="6">
+        <v>3271.0</v>
+      </c>
+      <c r="E879" s="6">
+        <v>12883169.0</v>
+      </c>
+      <c r="F879" s="6">
+        <v>6965.0</v>
+      </c>
+    </row>
+    <row r="880" spans="1:6">
+      <c r="C880" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D880" s="6">
+        <v>3000.0</v>
+      </c>
+      <c r="E880" s="6">
+        <v>11595765.0</v>
+      </c>
+      <c r="F880" s="6">
+        <v>7654.0</v>
+      </c>
+    </row>
+    <row r="881" spans="1:6">
+      <c r="B881" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C881" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D881" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E881" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F881" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="882" spans="1:6">
+      <c r="C882" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D882" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="E882" s="6">
+        <v>175285.0</v>
+      </c>
+      <c r="F882" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="883" spans="1:6">
+      <c r="C883" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D883" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="E883" s="6">
+        <v>406928.0</v>
+      </c>
+      <c r="F883" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="884" spans="1:6">
+      <c r="C884" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D884" s="6">
+        <v>7.0</v>
+      </c>
+      <c r="E884" s="6">
+        <v>100404.0</v>
+      </c>
+      <c r="F884" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="885" spans="1:6">
+      <c r="C885" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D885" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="E885" s="6">
+        <v>67265.0</v>
+      </c>
+      <c r="F885" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="886" spans="1:6">
+      <c r="C886" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D886" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E886" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F886" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="887" spans="1:6">
+      <c r="C887" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D887" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="E887" s="6">
+        <v>31804.0</v>
+      </c>
+      <c r="F887" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="888" spans="1:6">
+      <c r="A888" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="B888" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
+          </r>
+        </is>
+      </c>
+      <c r="C888" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D888" s="6">
+        <v>14161.0</v>
+      </c>
+      <c r="E888" s="6">
+        <v>636328326.0</v>
+      </c>
+      <c r="F888" s="6">
+        <v>81396401.0</v>
+      </c>
+    </row>
+    <row r="889" spans="1:6">
+      <c r="C889" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D889" s="6">
+        <v>11647.0</v>
+      </c>
+      <c r="E889" s="6">
+        <v>315021975.0</v>
+      </c>
+      <c r="F889" s="6">
+        <v>38213995.0</v>
+      </c>
+    </row>
+    <row r="890" spans="1:6">
+      <c r="C890" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D890" s="6">
+        <v>11304.0</v>
+      </c>
+      <c r="E890" s="6">
+        <v>268219114.0</v>
+      </c>
+      <c r="F890" s="6">
+        <v>33140111.0</v>
+      </c>
+    </row>
+    <row r="891" spans="1:6">
+      <c r="C891" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D891" s="6">
+        <v>11106.0</v>
+      </c>
+      <c r="E891" s="6">
+        <v>239199960.0</v>
+      </c>
+      <c r="F891" s="6">
+        <v>30340059.0</v>
+      </c>
+    </row>
+    <row r="892" spans="1:6">
+      <c r="C892" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D892" s="6">
+        <v>10922.0</v>
+      </c>
+      <c r="E892" s="6">
+        <v>205938746.0</v>
+      </c>
+      <c r="F892" s="6">
+        <v>26619393.0</v>
+      </c>
+    </row>
+    <row r="893" spans="1:6">
+      <c r="C893" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D893" s="6">
+        <v>113.0</v>
+      </c>
+      <c r="E893" s="6">
+        <v>886482.0</v>
+      </c>
+      <c r="F893" s="6">
+        <v>86692.0</v>
+      </c>
+    </row>
+    <row r="894" spans="1:6">
+      <c r="C894" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D894" s="6">
+        <v>118.0</v>
+      </c>
+      <c r="E894" s="6">
+        <v>857449.0</v>
+      </c>
+      <c r="F894" s="6">
+        <v>85115.0</v>
+      </c>
+    </row>
+    <row r="895" spans="1:6">
+      <c r="B895" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C895" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D895" s="6">
+        <v>10003.0</v>
+      </c>
+      <c r="E895" s="6">
+        <v>488767011.0</v>
+      </c>
+      <c r="F895" s="6">
+        <v>72880319.0</v>
+      </c>
+    </row>
+    <row r="896" spans="1:6">
+      <c r="C896" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D896" s="6">
+        <v>7621.0</v>
+      </c>
+      <c r="E896" s="6">
+        <v>227341972.0</v>
+      </c>
+      <c r="F896" s="6">
+        <v>33734670.0</v>
+      </c>
+    </row>
+    <row r="897" spans="1:6">
+      <c r="C897" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D897" s="6">
+        <v>7503.0</v>
+      </c>
+      <c r="E897" s="6">
+        <v>200166698.0</v>
+      </c>
+      <c r="F897" s="6">
+        <v>29725967.0</v>
+      </c>
+    </row>
+    <row r="898" spans="1:6">
+      <c r="C898" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D898" s="6">
+        <v>7542.0</v>
+      </c>
+      <c r="E898" s="6">
+        <v>179914884.0</v>
+      </c>
+      <c r="F898" s="6">
+        <v>26891584.0</v>
+      </c>
+    </row>
+    <row r="899" spans="1:6">
+      <c r="C899" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D899" s="6">
+        <v>7499.0</v>
+      </c>
+      <c r="E899" s="6">
+        <v>157205348.0</v>
+      </c>
+      <c r="F899" s="6">
+        <v>23471680.0</v>
+      </c>
+    </row>
+    <row r="900" spans="1:6">
+      <c r="C900" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D900" s="6">
+        <v>110.0</v>
+      </c>
+      <c r="E900" s="6">
+        <v>579605.0</v>
+      </c>
+      <c r="F900" s="6">
+        <v>85894.0</v>
+      </c>
+    </row>
+    <row r="901" spans="1:6">
+      <c r="C901" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D901" s="6">
+        <v>111.0</v>
+      </c>
+      <c r="E901" s="6">
+        <v>546848.0</v>
+      </c>
+      <c r="F901" s="6">
+        <v>84169.0</v>
+      </c>
+    </row>
+    <row r="902" spans="1:6">
+      <c r="B902" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
+      <c r="C902" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D902" s="6">
+        <v>573.0</v>
+      </c>
+      <c r="E902" s="6">
+        <v>11892650.0</v>
+      </c>
+      <c r="F902" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="903" spans="1:6">
+      <c r="C903" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D903" s="6">
+        <v>329.0</v>
+      </c>
+      <c r="E903" s="6">
+        <v>2606819.0</v>
+      </c>
+      <c r="F903" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="904" spans="1:6">
+      <c r="C904" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D904" s="6">
+        <v>320.0</v>
+      </c>
+      <c r="E904" s="6">
+        <v>2342705.0</v>
+      </c>
+      <c r="F904" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="905" spans="1:6">
+      <c r="C905" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D905" s="6">
+        <v>281.0</v>
+      </c>
+      <c r="E905" s="6">
+        <v>1837338.0</v>
+      </c>
+      <c r="F905" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="906" spans="1:6">
+      <c r="C906" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D906" s="6">
+        <v>210.0</v>
+      </c>
+      <c r="E906" s="6">
+        <v>1441638.0</v>
+      </c>
+      <c r="F906" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="907" spans="1:6">
+      <c r="C907" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D907" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E907" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F907" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="908" spans="1:6">
+      <c r="C908" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D908" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E908" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F908" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="909" spans="1:6">
+      <c r="B909" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
+      <c r="C909" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D909" s="6">
+        <v>350.0</v>
+      </c>
+      <c r="E909" s="6">
+        <v>25392124.0</v>
+      </c>
+      <c r="F909" s="6">
+        <v>3531394.0</v>
+      </c>
+    </row>
+    <row r="910" spans="1:6">
+      <c r="C910" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D910" s="6">
+        <v>138.0</v>
+      </c>
+      <c r="E910" s="6">
+        <v>6136419.0</v>
+      </c>
+      <c r="F910" s="6">
+        <v>791947.0</v>
+      </c>
+    </row>
+    <row r="911" spans="1:6">
+      <c r="C911" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D911" s="6">
+        <v>96.0</v>
+      </c>
+      <c r="E911" s="6">
+        <v>2925840.0</v>
+      </c>
+      <c r="F911" s="6">
+        <v>393491.0</v>
+      </c>
+    </row>
+    <row r="912" spans="1:6">
+      <c r="C912" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D912" s="6">
+        <v>92.0</v>
+      </c>
+      <c r="E912" s="6">
+        <v>4589162.0</v>
+      </c>
+      <c r="F912" s="6">
+        <v>656787.0</v>
+      </c>
+    </row>
+    <row r="913" spans="1:6">
+      <c r="C913" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D913" s="6">
+        <v>74.0</v>
+      </c>
+      <c r="E913" s="6">
+        <v>3992498.0</v>
+      </c>
+      <c r="F913" s="6">
+        <v>574825.0</v>
+      </c>
+    </row>
+    <row r="914" spans="1:6">
+      <c r="B914" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C914" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D914" s="6">
+        <v>5749.0</v>
+      </c>
+      <c r="E914" s="6">
+        <v>40964093.0</v>
+      </c>
+      <c r="F914" s="6">
+        <v>13245.0</v>
+      </c>
+    </row>
+    <row r="915" spans="1:6">
+      <c r="C915" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D915" s="6">
+        <v>4561.0</v>
+      </c>
+      <c r="E915" s="6">
+        <v>29876164.0</v>
+      </c>
+      <c r="F915" s="6">
+        <v>5901.0</v>
+      </c>
+    </row>
+    <row r="916" spans="1:6">
+      <c r="C916" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D916" s="6">
+        <v>4257.0</v>
+      </c>
+      <c r="E916" s="6">
+        <v>23884505.0</v>
+      </c>
+      <c r="F916" s="6">
+        <v>8955.0</v>
+      </c>
+    </row>
+    <row r="917" spans="1:6">
+      <c r="C917" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D917" s="6">
+        <v>3995.0</v>
+      </c>
+      <c r="E917" s="6">
+        <v>18512325.0</v>
+      </c>
+      <c r="F917" s="6">
+        <v>7423.0</v>
+      </c>
+    </row>
+    <row r="918" spans="1:6">
+      <c r="C918" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D918" s="6">
+        <v>3660.0</v>
+      </c>
+      <c r="E918" s="6">
+        <v>14301843.0</v>
+      </c>
+      <c r="F918" s="6">
+        <v>6347.0</v>
+      </c>
+    </row>
+    <row r="919" spans="1:6">
+      <c r="C919" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D919" s="6">
+        <v>32.0</v>
+      </c>
+      <c r="E919" s="6">
+        <v>77593.0</v>
+      </c>
+      <c r="F919" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="920" spans="1:6">
+      <c r="C920" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D920" s="6">
+        <v>21.0</v>
+      </c>
+      <c r="E920" s="6">
+        <v>55537.0</v>
+      </c>
+      <c r="F920" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="921" spans="1:6">
+      <c r="B921" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C921" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D921" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="E921" s="6">
+        <v>201009.0</v>
+      </c>
+      <c r="F921" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="922" spans="1:6">
+      <c r="C922" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D922" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="E922" s="6">
+        <v>1454615.0</v>
+      </c>
+      <c r="F922" s="6">
+        <v>15.0</v>
+      </c>
+    </row>
+    <row r="923" spans="1:6">
+      <c r="C923" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D923" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E923" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F923" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="924" spans="1:6">
+      <c r="C924" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D924" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="E924" s="6">
+        <v>31666.0</v>
+      </c>
+      <c r="F924" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="925" spans="1:6">
+      <c r="A925" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
+          </r>
+        </is>
+      </c>
+      <c r="B925" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
+          </r>
+        </is>
+      </c>
+      <c r="C925" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D925" s="6">
+        <v>141.0</v>
+      </c>
+      <c r="E925" s="6">
+        <v>1114641.0</v>
+      </c>
+      <c r="F925" s="6">
+        <v>132471.0</v>
+      </c>
+    </row>
+    <row r="926" spans="1:6">
+      <c r="C926" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D926" s="6">
+        <v>116.0</v>
+      </c>
+      <c r="E926" s="6">
+        <v>956886.0</v>
+      </c>
+      <c r="F926" s="6">
+        <v>107876.0</v>
+      </c>
+    </row>
+    <row r="927" spans="1:6">
+      <c r="C927" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D927" s="6">
+        <v>115.0</v>
+      </c>
+      <c r="E927" s="6">
+        <v>747365.0</v>
+      </c>
+      <c r="F927" s="6">
+        <v>85203.0</v>
+      </c>
+    </row>
+    <row r="928" spans="1:6">
+      <c r="C928" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D928" s="6">
+        <v>114.0</v>
+      </c>
+      <c r="E928" s="6">
+        <v>679138.0</v>
+      </c>
+      <c r="F928" s="6">
+        <v>74222.0</v>
+      </c>
+    </row>
+    <row r="929" spans="1:6">
+      <c r="C929" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D929" s="6">
+        <v>115.0</v>
+      </c>
+      <c r="E929" s="6">
+        <v>505321.0</v>
+      </c>
+      <c r="F929" s="6">
+        <v>63730.0</v>
+      </c>
+    </row>
+    <row r="930" spans="1:6">
+      <c r="C930" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D930" s="6">
+        <v>10.0</v>
+      </c>
+      <c r="E930" s="6">
+        <v>1550105.0</v>
+      </c>
+      <c r="F930" s="6">
+        <v>295177.0</v>
+      </c>
+    </row>
+    <row r="931" spans="1:6">
+      <c r="C931" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D931" s="6">
+        <v>9.0</v>
+      </c>
+      <c r="E931" s="6">
+        <v>1294174.0</v>
+      </c>
+      <c r="F931" s="6">
+        <v>247300.0</v>
+      </c>
+    </row>
+    <row r="932" spans="1:6">
+      <c r="B932" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C932" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D932" s="6">
+        <v>115.0</v>
+      </c>
+      <c r="E932" s="6">
+        <v>839507.0</v>
+      </c>
+      <c r="F932" s="6">
+        <v>127692.0</v>
+      </c>
+    </row>
+    <row r="933" spans="1:6">
+      <c r="C933" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D933" s="6">
+        <v>111.0</v>
+      </c>
+      <c r="E933" s="6">
+        <v>689181.0</v>
+      </c>
+      <c r="F933" s="6">
+        <v>107620.0</v>
+      </c>
+    </row>
+    <row r="934" spans="1:6">
+      <c r="C934" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D934" s="6">
+        <v>110.0</v>
+      </c>
+      <c r="E934" s="6">
+        <v>535678.0</v>
+      </c>
+      <c r="F934" s="6">
+        <v>80413.0</v>
+      </c>
+    </row>
+    <row r="935" spans="1:6">
+      <c r="C935" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D935" s="6">
+        <v>108.0</v>
+      </c>
+      <c r="E935" s="6">
+        <v>484177.0</v>
+      </c>
+      <c r="F935" s="6">
+        <v>73311.0</v>
+      </c>
+    </row>
+    <row r="936" spans="1:6">
+      <c r="C936" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D936" s="6">
+        <v>108.0</v>
+      </c>
+      <c r="E936" s="6">
+        <v>424123.0</v>
+      </c>
+      <c r="F936" s="6">
+        <v>62756.0</v>
+      </c>
+    </row>
+    <row r="937" spans="1:6">
+      <c r="C937" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D937" s="6">
+        <v>10.0</v>
+      </c>
+      <c r="E937" s="6">
+        <v>1541043.0</v>
+      </c>
+      <c r="F937" s="6">
+        <v>294832.0</v>
+      </c>
+    </row>
+    <row r="938" spans="1:6">
+      <c r="C938" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D938" s="6">
+        <v>9.0</v>
+      </c>
+      <c r="E938" s="6">
+        <v>1265474.0</v>
+      </c>
+      <c r="F938" s="6">
+        <v>244495.0</v>
+      </c>
+    </row>
+    <row r="939" spans="1:6">
+      <c r="B939" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
+      <c r="C939" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D939" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E939" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F939" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="940" spans="1:6">
+      <c r="C940" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D940" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E940" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F940" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="941" spans="1:6">
+      <c r="C941" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D941" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E941" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F941" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="942" spans="1:6">
+      <c r="C942" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D942" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E942" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F942" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="943" spans="1:6">
+      <c r="C943" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D943" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E943" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F943" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="944" spans="1:6">
+      <c r="C944" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D944" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E944" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F944" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="945" spans="1:6">
+      <c r="C945" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D945" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E945" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F945" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="946" spans="1:6">
+      <c r="B946" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
+      <c r="C946" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D946" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E946" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F946" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="947" spans="1:6">
+      <c r="B947" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C947" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D947" s="6">
+        <v>69.0</v>
+      </c>
+      <c r="E947" s="6">
+        <v>156567.0</v>
+      </c>
+      <c r="F947" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="948" spans="1:6">
+      <c r="C948" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D948" s="6">
+        <v>63.0</v>
+      </c>
+      <c r="E948" s="6">
+        <v>144768.0</v>
+      </c>
+      <c r="F948" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="949" spans="1:6">
+      <c r="C949" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D949" s="6">
+        <v>64.0</v>
+      </c>
+      <c r="E949" s="6">
+        <v>121041.0</v>
+      </c>
+      <c r="F949" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="950" spans="1:6">
+      <c r="C950" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D950" s="6">
+        <v>44.0</v>
+      </c>
+      <c r="E950" s="6">
+        <v>124204.0</v>
+      </c>
+      <c r="F950" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="951" spans="1:6">
+      <c r="C951" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D951" s="6">
+        <v>33.0</v>
+      </c>
+      <c r="E951" s="6">
+        <v>32646.0</v>
+      </c>
+      <c r="F951" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="952" spans="1:6">
+      <c r="C952" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D952" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E952" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F952" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="953" spans="1:6">
+      <c r="C953" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D953" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E953" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F953" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="954" spans="1:6">
+      <c r="A954" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="B954" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
+          </r>
+        </is>
+      </c>
+      <c r="C954" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D954" s="6">
+        <v>4543.0</v>
+      </c>
+      <c r="E954" s="6">
+        <v>159676198.0</v>
+      </c>
+      <c r="F954" s="6">
+        <v>16333073.0</v>
+      </c>
+    </row>
+    <row r="955" spans="1:6">
+      <c r="C955" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D955" s="6">
+        <v>4832.0</v>
+      </c>
+      <c r="E955" s="6">
+        <v>150705319.0</v>
+      </c>
+      <c r="F955" s="6">
+        <v>17618470.0</v>
+      </c>
+    </row>
+    <row r="956" spans="1:6">
+      <c r="C956" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D956" s="6">
+        <v>7025.0</v>
+      </c>
+      <c r="E956" s="6">
+        <v>262878975.0</v>
+      </c>
+      <c r="F956" s="6">
+        <v>32249005.0</v>
+      </c>
+    </row>
+    <row r="957" spans="1:6">
+      <c r="C957" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D957" s="6">
+        <v>5983.0</v>
+      </c>
+      <c r="E957" s="6">
+        <v>267402345.0</v>
+      </c>
+      <c r="F957" s="6">
+        <v>37188377.0</v>
+      </c>
+    </row>
+    <row r="958" spans="1:6">
+      <c r="C958" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D958" s="6">
+        <v>4385.0</v>
+      </c>
+      <c r="E958" s="6">
+        <v>193929668.0</v>
+      </c>
+      <c r="F958" s="6">
+        <v>27719013.0</v>
+      </c>
+    </row>
+    <row r="959" spans="1:6">
+      <c r="C959" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D959" s="6">
+        <v>2240.0</v>
+      </c>
+      <c r="E959" s="6">
+        <v>51947626.0</v>
+      </c>
+      <c r="F959" s="6">
+        <v>6255682.0</v>
+      </c>
+    </row>
+    <row r="960" spans="1:6">
+      <c r="C960" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D960" s="6">
+        <v>1653.0</v>
+      </c>
+      <c r="E960" s="6">
+        <v>75991657.0</v>
+      </c>
+      <c r="F960" s="6">
+        <v>12640428.0</v>
+      </c>
+    </row>
+    <row r="961" spans="1:6">
+      <c r="B961" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C961" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D961" s="6">
+        <v>2285.0</v>
+      </c>
+      <c r="E961" s="6">
+        <v>86250649.0</v>
+      </c>
+      <c r="F961" s="6">
+        <v>14700229.0</v>
+      </c>
+    </row>
+    <row r="962" spans="1:6">
+      <c r="C962" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D962" s="6">
+        <v>2289.0</v>
+      </c>
+      <c r="E962" s="6">
+        <v>96183044.0</v>
+      </c>
+      <c r="F962" s="6">
+        <v>16411278.0</v>
+      </c>
+    </row>
+    <row r="963" spans="1:6">
+      <c r="C963" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D963" s="6">
+        <v>3592.0</v>
+      </c>
+      <c r="E963" s="6">
+        <v>163771171.0</v>
+      </c>
+      <c r="F963" s="6">
+        <v>28934518.0</v>
+      </c>
+    </row>
+    <row r="964" spans="1:6">
+      <c r="C964" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D964" s="6">
+        <v>3313.0</v>
+      </c>
+      <c r="E964" s="6">
+        <v>193223289.0</v>
+      </c>
+      <c r="F964" s="6">
+        <v>35373960.0</v>
+      </c>
+    </row>
+    <row r="965" spans="1:6">
+      <c r="C965" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D965" s="6">
+        <v>2513.0</v>
+      </c>
+      <c r="E965" s="6">
+        <v>146661004.0</v>
+      </c>
+      <c r="F965" s="6">
+        <v>26712910.0</v>
+      </c>
+    </row>
+    <row r="966" spans="1:6">
+      <c r="C966" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D966" s="6">
+        <v>1241.0</v>
+      </c>
+      <c r="E966" s="6">
+        <v>33460236.0</v>
+      </c>
+      <c r="F966" s="6">
+        <v>5746750.0</v>
+      </c>
+    </row>
+    <row r="967" spans="1:6">
+      <c r="C967" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D967" s="6">
+        <v>997.0</v>
+      </c>
+      <c r="E967" s="6">
+        <v>65923078.0</v>
+      </c>
+      <c r="F967" s="6">
+        <v>12327248.0</v>
+      </c>
+    </row>
+    <row r="968" spans="1:6">
+      <c r="B968" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
+      <c r="C968" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D968" s="6">
+        <v>183.0</v>
+      </c>
+      <c r="E968" s="6">
+        <v>1445151.0</v>
+      </c>
+      <c r="F968" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="969" spans="1:6">
+      <c r="C969" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D969" s="6">
+        <v>204.0</v>
+      </c>
+      <c r="E969" s="6">
+        <v>1279681.0</v>
+      </c>
+      <c r="F969" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="970" spans="1:6">
+      <c r="C970" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D970" s="6">
+        <v>347.0</v>
+      </c>
+      <c r="E970" s="6">
+        <v>3775769.0</v>
+      </c>
+      <c r="F970" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="971" spans="1:6">
+      <c r="C971" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D971" s="6">
+        <v>320.0</v>
+      </c>
+      <c r="E971" s="6">
+        <v>2641729.0</v>
+      </c>
+      <c r="F971" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="972" spans="1:6">
+      <c r="C972" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D972" s="6">
+        <v>187.0</v>
+      </c>
+      <c r="E972" s="6">
+        <v>1650294.0</v>
+      </c>
+      <c r="F972" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="973" spans="1:6">
+      <c r="C973" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D973" s="6">
+        <v>98.0</v>
+      </c>
+      <c r="E973" s="6">
+        <v>733961.0</v>
+      </c>
+      <c r="F973" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="974" spans="1:6">
+      <c r="C974" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D974" s="6">
+        <v>93.0</v>
+      </c>
+      <c r="E974" s="6">
+        <v>1088536.0</v>
+      </c>
+      <c r="F974" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="975" spans="1:6">
+      <c r="B975" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">26: Dividendai</t>
+          </r>
+        </is>
+      </c>
+      <c r="C975" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D975" s="6">
+        <v>327.0</v>
+      </c>
+      <c r="E975" s="6">
+        <v>11981528.0</v>
+      </c>
+      <c r="F975" s="6">
+        <v>1025908.0</v>
+      </c>
+    </row>
+    <row r="976" spans="1:6">
+      <c r="C976" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D976" s="6">
+        <v>299.0</v>
+      </c>
+      <c r="E976" s="6">
+        <v>8414869.0</v>
+      </c>
+      <c r="F976" s="6">
+        <v>743082.0</v>
+      </c>
+    </row>
+    <row r="977" spans="1:6">
+      <c r="C977" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D977" s="6">
+        <v>517.0</v>
+      </c>
+      <c r="E977" s="6">
+        <v>20971669.0</v>
+      </c>
+      <c r="F977" s="6">
+        <v>2221286.0</v>
+      </c>
+    </row>
+    <row r="978" spans="1:6">
+      <c r="C978" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D978" s="6">
+        <v>392.0</v>
+      </c>
+      <c r="E978" s="6">
+        <v>13168035.0</v>
+      </c>
+      <c r="F978" s="6">
+        <v>900125.0</v>
+      </c>
+    </row>
+    <row r="979" spans="1:6">
+      <c r="C979" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D979" s="6">
+        <v>230.0</v>
+      </c>
+      <c r="E979" s="6">
+        <v>4044341.0</v>
+      </c>
+      <c r="F979" s="6">
+        <v>244227.0</v>
+      </c>
+    </row>
+    <row r="980" spans="1:6">
+      <c r="C980" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D980" s="6">
+        <v>92.0</v>
+      </c>
+      <c r="E980" s="6">
+        <v>1774367.0</v>
+      </c>
+      <c r="F980" s="6">
+        <v>132617.0</v>
+      </c>
+    </row>
+    <row r="981" spans="1:6">
+      <c r="C981" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D981" s="6">
+        <v>51.0</v>
+      </c>
+      <c r="E981" s="6">
+        <v>678260.0</v>
+      </c>
+      <c r="F981" s="6">
+        <v>34993.0</v>
+      </c>
+    </row>
+    <row r="982" spans="1:6">
+      <c r="B982" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C982" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D982" s="6">
+        <v>1453.0</v>
+      </c>
+      <c r="E982" s="6">
+        <v>8878527.0</v>
+      </c>
+      <c r="F982" s="6">
+        <v>428.0</v>
+      </c>
+    </row>
+    <row r="983" spans="1:6">
+      <c r="C983" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D983" s="6">
+        <v>1509.0</v>
+      </c>
+      <c r="E983" s="6">
+        <v>7855488.0</v>
+      </c>
+      <c r="F983" s="6">
+        <v>5738.0</v>
+      </c>
+    </row>
+    <row r="984" spans="1:6">
+      <c r="C984" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D984" s="6">
+        <v>2117.0</v>
+      </c>
+      <c r="E984" s="6">
+        <v>14591435.0</v>
+      </c>
+      <c r="F984" s="6">
+        <v>6710.0</v>
+      </c>
+    </row>
+    <row r="985" spans="1:6">
+      <c r="C985" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D985" s="6">
+        <v>1796.0</v>
+      </c>
+      <c r="E985" s="6">
+        <v>12303213.0</v>
+      </c>
+      <c r="F985" s="6">
+        <v>37082.0</v>
+      </c>
+    </row>
+    <row r="986" spans="1:6">
+      <c r="C986" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D986" s="6">
+        <v>1227.0</v>
+      </c>
+      <c r="E986" s="6">
+        <v>8530020.0</v>
+      </c>
+      <c r="F986" s="6">
+        <v>29178.0</v>
+      </c>
+    </row>
+    <row r="987" spans="1:6">
+      <c r="C987" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D987" s="6">
+        <v>523.0</v>
+      </c>
+      <c r="E987" s="6">
+        <v>2883188.0</v>
+      </c>
+      <c r="F987" s="6">
+        <v>16278.0</v>
+      </c>
+    </row>
+    <row r="988" spans="1:6">
+      <c r="C988" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D988" s="6">
+        <v>308.0</v>
+      </c>
+      <c r="E988" s="6">
+        <v>1604697.0</v>
+      </c>
+      <c r="F988" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="989" spans="1:6">
+      <c r="B989" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">12: Finansinių priemonių pardavimo išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C989" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D989" s="6">
+        <v>22.0</v>
+      </c>
+      <c r="E989" s="6">
+        <v>11288515.0</v>
+      </c>
+      <c r="F989" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="990" spans="1:6">
+      <c r="C990" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D990" s="6">
+        <v>32.0</v>
+      </c>
+      <c r="E990" s="6">
+        <v>8768080.0</v>
+      </c>
+      <c r="F990" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="991" spans="1:6">
+      <c r="C991" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D991" s="6">
+        <v>20.0</v>
+      </c>
+      <c r="E991" s="6">
+        <v>6811353.0</v>
+      </c>
+      <c r="F991" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="992" spans="1:6">
+      <c r="C992" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D992" s="6">
+        <v>22.0</v>
+      </c>
+      <c r="E992" s="6">
+        <v>4416176.0</v>
+      </c>
+      <c r="F992" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="993" spans="1:6">
+      <c r="C993" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D993" s="6">
+        <v>16.0</v>
+      </c>
+      <c r="E993" s="6">
+        <v>1301272.0</v>
+      </c>
+      <c r="F993" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="994" spans="1:6">
+      <c r="C994" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="D994" s="6">
+        <v>14.0</v>
+      </c>
+      <c r="E994" s="6">
+        <v>1413989.0</v>
+      </c>
+      <c r="F994" s="6">
+        <v>143.0</v>
+      </c>
+    </row>
+    <row r="995" spans="1:6">
+      <c r="C995" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="D995" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="E995" s="6">
+        <v>26940.0</v>
+      </c>
+      <c r="F995" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="996" spans="1:6">
+      <c r="A996" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="B996" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Suma, iš jų</t>
+          </r>
+        </is>
+      </c>
+      <c r="C996" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D996" s="6">
+        <v>13.0</v>
+      </c>
+      <c r="E996" s="6">
+        <v>2432753.0</v>
+      </c>
+      <c r="F996" s="6">
+        <v>465187.0</v>
+      </c>
+    </row>
+    <row r="997" spans="1:6">
+      <c r="C997" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D997" s="6">
+        <v>12.0</v>
+      </c>
+      <c r="E997" s="6">
+        <v>2318084.0</v>
+      </c>
+      <c r="F997" s="6">
+        <v>441855.0</v>
+      </c>
+    </row>
+    <row r="998" spans="1:6">
+      <c r="C998" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D998" s="6">
+        <v>12.0</v>
+      </c>
+      <c r="E998" s="6">
+        <v>2161355.0</v>
+      </c>
+      <c r="F998" s="6">
+        <v>413134.0</v>
+      </c>
+    </row>
+    <row r="999" spans="1:6">
+      <c r="C999" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D999" s="6">
+        <v>12.0</v>
+      </c>
+      <c r="E999" s="6">
+        <v>1876010.0</v>
+      </c>
+      <c r="F999" s="6">
+        <v>352968.0</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:6">
+      <c r="C1000" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1000" s="6">
+        <v>11.0</v>
+      </c>
+      <c r="E1000" s="6">
+        <v>1602139.0</v>
+      </c>
+      <c r="F1000" s="6">
+        <v>303291.0</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:6">
+      <c r="B1001" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">01: Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C1001" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1001" s="6">
+        <v>12.0</v>
+      </c>
+      <c r="E1001" s="6">
+        <v>2363975.0</v>
+      </c>
+      <c r="F1001" s="6">
+        <v>457048.0</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:6">
+      <c r="C1002" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1002" s="6">
+        <v>12.0</v>
+      </c>
+      <c r="E1002" s="6">
+        <v>2301681.0</v>
+      </c>
+      <c r="F1002" s="6">
+        <v>441243.0</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:6">
+      <c r="C1003" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1003" s="6">
+        <v>12.0</v>
+      </c>
+      <c r="E1003" s="6">
+        <v>2123086.0</v>
+      </c>
+      <c r="F1003" s="6">
+        <v>411903.0</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:6">
+      <c r="C1004" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1004" s="6">
+        <v>12.0</v>
+      </c>
+      <c r="E1004" s="6">
+        <v>1828896.0</v>
+      </c>
+      <c r="F1004" s="6">
+        <v>352350.0</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:6">
+      <c r="C1005" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1005" s="6">
+        <v>10.0</v>
+      </c>
+      <c r="E1005" s="6">
+        <v>1582061.0</v>
+      </c>
+      <c r="F1005" s="6">
+        <v>302672.0</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:6">
+      <c r="B1006" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">05: Dienpinigiai</t>
+          </r>
+        </is>
+      </c>
+      <c r="C1006" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1006" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1006" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1006" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:6">
+      <c r="C1007" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1007" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1007" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1007" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:6">
+      <c r="C1008" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1008" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1008" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1008" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:6">
+      <c r="C1009" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1009" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1009" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1009" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:6">
+      <c r="C1010" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1010" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1010" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1010" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:6">
+      <c r="B1011" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">93: Individualios veiklos išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C1011" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1011" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1011" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1011" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:6">
+      <c r="C1012" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2024</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1012" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1012" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1012" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:6">
+      <c r="C1013" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1013" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1013" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1013" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:6">
+      <c r="C1014" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1014" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1014" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1014" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:6">
+      <c r="C1015" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
+      <c r="D1015" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1015" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F1015" s="6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:6">
+      <c r="A1018" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="B4:F4"/>
     <mergeCell ref="B5:F5"/>
-    <mergeCell ref="A10:A81"/>
-[...54 lines deleted...]
-    <mergeCell ref="A297:A332"/>
+    <mergeCell ref="A10:A93"/>
+    <mergeCell ref="B10:B16"/>
+    <mergeCell ref="B17:B23"/>
+    <mergeCell ref="B24:B30"/>
+    <mergeCell ref="B31:B37"/>
+    <mergeCell ref="B38:B44"/>
+    <mergeCell ref="B45:B51"/>
+    <mergeCell ref="B52:B58"/>
+    <mergeCell ref="B59:B65"/>
+    <mergeCell ref="B66:B72"/>
+    <mergeCell ref="B73:B79"/>
+    <mergeCell ref="B80:B86"/>
+    <mergeCell ref="B87:B93"/>
+    <mergeCell ref="A94:A135"/>
+    <mergeCell ref="B94:B100"/>
+    <mergeCell ref="B101:B107"/>
+    <mergeCell ref="B108:B114"/>
+    <mergeCell ref="B115:B121"/>
+    <mergeCell ref="B122:B128"/>
+    <mergeCell ref="B129:B135"/>
+    <mergeCell ref="A136:A177"/>
+    <mergeCell ref="B136:B142"/>
+    <mergeCell ref="B143:B149"/>
+    <mergeCell ref="B150:B156"/>
+    <mergeCell ref="B157:B163"/>
+    <mergeCell ref="B164:B170"/>
+    <mergeCell ref="B171:B177"/>
+    <mergeCell ref="A178:A219"/>
+    <mergeCell ref="B178:B184"/>
+    <mergeCell ref="B185:B191"/>
+    <mergeCell ref="B192:B198"/>
+    <mergeCell ref="B199:B205"/>
+    <mergeCell ref="B206:B212"/>
+    <mergeCell ref="B213:B219"/>
+    <mergeCell ref="A220:A261"/>
+    <mergeCell ref="B220:B226"/>
+    <mergeCell ref="B227:B233"/>
+    <mergeCell ref="B234:B240"/>
+    <mergeCell ref="B241:B247"/>
+    <mergeCell ref="B248:B254"/>
+    <mergeCell ref="B255:B261"/>
+    <mergeCell ref="A262:A302"/>
+    <mergeCell ref="B262:B268"/>
+    <mergeCell ref="B269:B275"/>
+    <mergeCell ref="B276:B282"/>
+    <mergeCell ref="B283:B289"/>
+    <mergeCell ref="B290:B296"/>
     <mergeCell ref="B297:B302"/>
-    <mergeCell ref="B303:B308"/>
-[...105 lines deleted...]
-    <mergeCell ref="A842:E842"/>
+    <mergeCell ref="A303:A344"/>
+    <mergeCell ref="B303:B309"/>
+    <mergeCell ref="B310:B316"/>
+    <mergeCell ref="B317:B323"/>
+    <mergeCell ref="B324:B330"/>
+    <mergeCell ref="B331:B337"/>
+    <mergeCell ref="B338:B344"/>
+    <mergeCell ref="A345:A386"/>
+    <mergeCell ref="B345:B351"/>
+    <mergeCell ref="B352:B358"/>
+    <mergeCell ref="B359:B365"/>
+    <mergeCell ref="B366:B372"/>
+    <mergeCell ref="B373:B379"/>
+    <mergeCell ref="B380:B386"/>
+    <mergeCell ref="A387:A428"/>
+    <mergeCell ref="B387:B393"/>
+    <mergeCell ref="B394:B400"/>
+    <mergeCell ref="B401:B407"/>
+    <mergeCell ref="B408:B414"/>
+    <mergeCell ref="B415:B421"/>
+    <mergeCell ref="B422:B428"/>
+    <mergeCell ref="A429:A470"/>
+    <mergeCell ref="B429:B435"/>
+    <mergeCell ref="B436:B442"/>
+    <mergeCell ref="B443:B449"/>
+    <mergeCell ref="B450:B456"/>
+    <mergeCell ref="B457:B463"/>
+    <mergeCell ref="B464:B470"/>
+    <mergeCell ref="A471:A512"/>
+    <mergeCell ref="B471:B477"/>
+    <mergeCell ref="B478:B484"/>
+    <mergeCell ref="B485:B491"/>
+    <mergeCell ref="B492:B498"/>
+    <mergeCell ref="B499:B505"/>
+    <mergeCell ref="B506:B512"/>
+    <mergeCell ref="A513:A554"/>
+    <mergeCell ref="B513:B519"/>
+    <mergeCell ref="B520:B526"/>
+    <mergeCell ref="B527:B533"/>
+    <mergeCell ref="B534:B540"/>
+    <mergeCell ref="B541:B547"/>
+    <mergeCell ref="B548:B554"/>
+    <mergeCell ref="A555:A596"/>
+    <mergeCell ref="B555:B561"/>
+    <mergeCell ref="B562:B568"/>
+    <mergeCell ref="B569:B575"/>
+    <mergeCell ref="B576:B582"/>
+    <mergeCell ref="B583:B589"/>
+    <mergeCell ref="B590:B596"/>
+    <mergeCell ref="A597:A638"/>
+    <mergeCell ref="B597:B603"/>
+    <mergeCell ref="B604:B610"/>
+    <mergeCell ref="B611:B617"/>
+    <mergeCell ref="B618:B624"/>
+    <mergeCell ref="B625:B631"/>
+    <mergeCell ref="B632:B638"/>
+    <mergeCell ref="A639:A680"/>
+    <mergeCell ref="B639:B645"/>
+    <mergeCell ref="B646:B652"/>
+    <mergeCell ref="B653:B659"/>
+    <mergeCell ref="B660:B666"/>
+    <mergeCell ref="B667:B673"/>
+    <mergeCell ref="B674:B680"/>
+    <mergeCell ref="A681:A720"/>
+    <mergeCell ref="B681:B687"/>
+    <mergeCell ref="B688:B694"/>
+    <mergeCell ref="B695:B701"/>
+    <mergeCell ref="B702:B708"/>
+    <mergeCell ref="B709:B715"/>
+    <mergeCell ref="B716:B720"/>
+    <mergeCell ref="A721:A761"/>
+    <mergeCell ref="B721:B727"/>
+    <mergeCell ref="B728:B734"/>
+    <mergeCell ref="B735:B741"/>
+    <mergeCell ref="B742:B748"/>
+    <mergeCell ref="B749:B755"/>
+    <mergeCell ref="B756:B761"/>
+    <mergeCell ref="A762:A803"/>
+    <mergeCell ref="B762:B768"/>
+    <mergeCell ref="B769:B775"/>
+    <mergeCell ref="B776:B782"/>
+    <mergeCell ref="B783:B789"/>
+    <mergeCell ref="B790:B796"/>
+    <mergeCell ref="B797:B803"/>
+    <mergeCell ref="A804:A845"/>
+    <mergeCell ref="B804:B810"/>
+    <mergeCell ref="B811:B817"/>
+    <mergeCell ref="B818:B824"/>
+    <mergeCell ref="B825:B831"/>
+    <mergeCell ref="B832:B838"/>
+    <mergeCell ref="B839:B845"/>
+    <mergeCell ref="A846:A887"/>
+    <mergeCell ref="B846:B852"/>
+    <mergeCell ref="B853:B859"/>
+    <mergeCell ref="B860:B866"/>
+    <mergeCell ref="B867:B873"/>
+    <mergeCell ref="B874:B880"/>
+    <mergeCell ref="B881:B887"/>
+    <mergeCell ref="A888:A924"/>
+    <mergeCell ref="B888:B894"/>
+    <mergeCell ref="B895:B901"/>
+    <mergeCell ref="B902:B908"/>
+    <mergeCell ref="B909:B913"/>
+    <mergeCell ref="B914:B920"/>
+    <mergeCell ref="B921:B924"/>
+    <mergeCell ref="A925:A953"/>
+    <mergeCell ref="B925:B931"/>
+    <mergeCell ref="B932:B938"/>
+    <mergeCell ref="B939:B945"/>
+    <mergeCell ref="B947:B953"/>
+    <mergeCell ref="A954:A995"/>
+    <mergeCell ref="B954:B960"/>
+    <mergeCell ref="B961:B967"/>
+    <mergeCell ref="B968:B974"/>
+    <mergeCell ref="B975:B981"/>
+    <mergeCell ref="B982:B988"/>
+    <mergeCell ref="B989:B995"/>
+    <mergeCell ref="A996:A1015"/>
+    <mergeCell ref="B996:B1000"/>
+    <mergeCell ref="B1001:B1005"/>
+    <mergeCell ref="B1006:B1010"/>
+    <mergeCell ref="B1011:B1015"/>
+    <mergeCell ref="A1018:E1018"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>