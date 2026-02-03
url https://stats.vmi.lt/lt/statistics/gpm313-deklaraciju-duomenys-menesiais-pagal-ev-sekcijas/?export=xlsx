--- v0 (2025-10-29)
+++ v1 (2026-02-03)
@@ -12,82 +12,124 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="gpm313-deklaraciju-duomenys-me" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GPM313 deklaracijų duomenys - mėnesiais pagal EV sekcijas</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-10-03</t>
+    <t>2026-01-05</t>
   </si>
   <si>
     <t>EV sekcija</t>
   </si>
   <si>
     <t>Išmokos</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-11</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-09</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-08</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
@@ -1540,51 +1582,51 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">V: V</t>
+      <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
     </r>
   </si>
   <si>
     <t>---</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1930,20345 +1972,21041 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CD81"/>
+  <dimension ref="A1:CG81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="CD81" sqref="CD81"/>
+      <selection activeCell="CG81" sqref="CG81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="2" spans="1:82">
+    <row r="2" spans="1:85">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM313 deklaracijų duomenys - mėnesiais pagal EV sekcijas</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:82">
+    <row r="4" spans="1:85">
       <c r="A4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:82">
+    <row r="5" spans="1:85">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:82">
+    <row r="9" spans="1:85">
       <c r="A9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>6</v>
       </c>
       <c r="C9" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025-11</t>
+          </r>
+        </is>
+      </c>
+      <c r="D9" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025-10</t>
+          </r>
+        </is>
+      </c>
+      <c r="E9" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025-09</t>
+          </r>
+        </is>
+      </c>
+      <c r="F9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
-      <c r="D9" s="4" t="inlineStr">
+      <c r="G9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
-      <c r="E9" s="4" t="inlineStr">
+      <c r="H9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
-      <c r="F9" s="4" t="inlineStr">
+      <c r="I9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-05</t>
           </r>
         </is>
       </c>
-      <c r="G9" s="4" t="inlineStr">
+      <c r="J9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-04</t>
           </r>
         </is>
       </c>
-      <c r="H9" s="4" t="inlineStr">
+      <c r="K9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-03</t>
           </r>
         </is>
       </c>
-      <c r="I9" s="4" t="inlineStr">
+      <c r="L9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-02</t>
           </r>
         </is>
       </c>
-      <c r="J9" s="4" t="inlineStr">
+      <c r="M9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-01</t>
           </r>
         </is>
       </c>
-      <c r="K9" s="4" t="inlineStr">
+      <c r="N9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-12</t>
           </r>
         </is>
       </c>
-      <c r="L9" s="4" t="inlineStr">
+      <c r="O9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-11</t>
           </r>
         </is>
       </c>
-      <c r="M9" s="4" t="inlineStr">
+      <c r="P9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-10</t>
           </r>
         </is>
       </c>
-      <c r="N9" s="4" t="inlineStr">
+      <c r="Q9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-09</t>
           </r>
         </is>
       </c>
-      <c r="O9" s="4" t="inlineStr">
+      <c r="R9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-08</t>
           </r>
         </is>
       </c>
-      <c r="P9" s="4" t="inlineStr">
+      <c r="S9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-07</t>
           </r>
         </is>
       </c>
-      <c r="Q9" s="4" t="inlineStr">
+      <c r="T9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-06</t>
           </r>
         </is>
       </c>
-      <c r="R9" s="4" t="inlineStr">
+      <c r="U9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-05</t>
           </r>
         </is>
       </c>
-      <c r="S9" s="4" t="inlineStr">
+      <c r="V9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-04</t>
           </r>
         </is>
       </c>
-      <c r="T9" s="4" t="inlineStr">
+      <c r="W9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-03</t>
           </r>
         </is>
       </c>
-      <c r="U9" s="4" t="inlineStr">
+      <c r="X9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-02</t>
           </r>
         </is>
       </c>
-      <c r="V9" s="4" t="inlineStr">
+      <c r="Y9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-01</t>
           </r>
         </is>
       </c>
-      <c r="W9" s="4" t="inlineStr">
+      <c r="Z9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-12</t>
           </r>
         </is>
       </c>
-      <c r="X9" s="4" t="inlineStr">
+      <c r="AA9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-11</t>
           </r>
         </is>
       </c>
-      <c r="Y9" s="4" t="inlineStr">
+      <c r="AB9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-10</t>
           </r>
         </is>
       </c>
-      <c r="Z9" s="4" t="inlineStr">
+      <c r="AC9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-09</t>
           </r>
         </is>
       </c>
-      <c r="AA9" s="4" t="inlineStr">
+      <c r="AD9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-08</t>
           </r>
         </is>
       </c>
-      <c r="AB9" s="4" t="inlineStr">
+      <c r="AE9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-07</t>
           </r>
         </is>
       </c>
-      <c r="AC9" s="4" t="inlineStr">
+      <c r="AF9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-06</t>
           </r>
         </is>
       </c>
-      <c r="AD9" s="4" t="inlineStr">
+      <c r="AG9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-05</t>
           </r>
         </is>
       </c>
-      <c r="AE9" s="4" t="inlineStr">
+      <c r="AH9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-04</t>
           </r>
         </is>
       </c>
-      <c r="AF9" s="4" t="inlineStr">
+      <c r="AI9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-03</t>
           </r>
         </is>
       </c>
-      <c r="AG9" s="4" t="inlineStr">
+      <c r="AJ9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-02</t>
           </r>
         </is>
       </c>
-      <c r="AH9" s="4" t="inlineStr">
+      <c r="AK9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-01</t>
           </r>
         </is>
       </c>
-      <c r="AI9" s="4" t="inlineStr">
+      <c r="AL9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-12</t>
           </r>
         </is>
       </c>
-      <c r="AJ9" s="4" t="inlineStr">
+      <c r="AM9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-11</t>
           </r>
         </is>
       </c>
-      <c r="AK9" s="4" t="inlineStr">
+      <c r="AN9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-10</t>
           </r>
         </is>
       </c>
-      <c r="AL9" s="4" t="inlineStr">
+      <c r="AO9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-09</t>
           </r>
         </is>
       </c>
-      <c r="AM9" s="4" t="inlineStr">
+      <c r="AP9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-08</t>
           </r>
         </is>
       </c>
-      <c r="AN9" s="4" t="inlineStr">
+      <c r="AQ9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-07</t>
           </r>
         </is>
       </c>
-      <c r="AO9" s="4" t="inlineStr">
+      <c r="AR9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-06</t>
           </r>
         </is>
       </c>
-      <c r="AP9" s="4" t="inlineStr">
+      <c r="AS9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-05</t>
           </r>
         </is>
       </c>
-      <c r="AQ9" s="4" t="inlineStr">
+      <c r="AT9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-04</t>
           </r>
         </is>
       </c>
-      <c r="AR9" s="4" t="inlineStr">
+      <c r="AU9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-03</t>
           </r>
         </is>
       </c>
-      <c r="AS9" s="4" t="inlineStr">
+      <c r="AV9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-02</t>
           </r>
         </is>
       </c>
-      <c r="AT9" s="4" t="inlineStr">
+      <c r="AW9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-01</t>
           </r>
         </is>
       </c>
-      <c r="AU9" s="4" t="inlineStr">
+      <c r="AX9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-12</t>
           </r>
         </is>
       </c>
-      <c r="AV9" s="4" t="inlineStr">
+      <c r="AY9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-11</t>
           </r>
         </is>
       </c>
-      <c r="AW9" s="4" t="inlineStr">
+      <c r="AZ9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-10</t>
           </r>
         </is>
       </c>
-      <c r="AX9" s="4" t="inlineStr">
+      <c r="BA9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-09</t>
           </r>
         </is>
       </c>
-      <c r="AY9" s="4" t="inlineStr">
+      <c r="BB9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-08</t>
           </r>
         </is>
       </c>
-      <c r="AZ9" s="4" t="inlineStr">
+      <c r="BC9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-07</t>
           </r>
         </is>
       </c>
-      <c r="BA9" s="4" t="inlineStr">
+      <c r="BD9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-06</t>
           </r>
         </is>
       </c>
-      <c r="BB9" s="4" t="inlineStr">
+      <c r="BE9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-05</t>
           </r>
         </is>
       </c>
-      <c r="BC9" s="4" t="inlineStr">
+      <c r="BF9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-04</t>
           </r>
         </is>
       </c>
-      <c r="BD9" s="4" t="inlineStr">
+      <c r="BG9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-03</t>
           </r>
         </is>
       </c>
-      <c r="BE9" s="4" t="inlineStr">
+      <c r="BH9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-02</t>
           </r>
         </is>
       </c>
-      <c r="BF9" s="4" t="inlineStr">
+      <c r="BI9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-01</t>
           </r>
         </is>
       </c>
-      <c r="BG9" s="4" t="inlineStr">
+      <c r="BJ9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-12</t>
           </r>
         </is>
       </c>
-      <c r="BH9" s="4" t="inlineStr">
+      <c r="BK9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-11</t>
           </r>
         </is>
       </c>
-      <c r="BI9" s="4" t="inlineStr">
+      <c r="BL9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-10</t>
           </r>
         </is>
       </c>
-      <c r="BJ9" s="4" t="inlineStr">
+      <c r="BM9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-09</t>
           </r>
         </is>
       </c>
-      <c r="BK9" s="4" t="inlineStr">
+      <c r="BN9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-08</t>
           </r>
         </is>
       </c>
-      <c r="BL9" s="4" t="inlineStr">
+      <c r="BO9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-07</t>
           </r>
         </is>
       </c>
-      <c r="BM9" s="4" t="inlineStr">
+      <c r="BP9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-06</t>
           </r>
         </is>
       </c>
-      <c r="BN9" s="4" t="inlineStr">
+      <c r="BQ9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-05</t>
           </r>
         </is>
       </c>
-      <c r="BO9" s="4" t="inlineStr">
+      <c r="BR9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-04</t>
           </r>
         </is>
       </c>
-      <c r="BP9" s="4" t="inlineStr">
+      <c r="BS9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-03</t>
           </r>
         </is>
       </c>
-      <c r="BQ9" s="4" t="inlineStr">
+      <c r="BT9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-02</t>
           </r>
         </is>
       </c>
-      <c r="BR9" s="4" t="inlineStr">
+      <c r="BU9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-01</t>
           </r>
         </is>
       </c>
-      <c r="BS9" s="4" t="inlineStr">
+      <c r="BV9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-12</t>
           </r>
         </is>
       </c>
-      <c r="BT9" s="4" t="inlineStr">
+      <c r="BW9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-11</t>
           </r>
         </is>
       </c>
-      <c r="BU9" s="4" t="inlineStr">
+      <c r="BX9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-10</t>
           </r>
         </is>
       </c>
-      <c r="BV9" s="4" t="inlineStr">
+      <c r="BY9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-09</t>
           </r>
         </is>
       </c>
-      <c r="BW9" s="4" t="inlineStr">
+      <c r="BZ9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-08</t>
           </r>
         </is>
       </c>
-      <c r="BX9" s="4" t="inlineStr">
+      <c r="CA9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-07</t>
           </r>
         </is>
       </c>
-      <c r="BY9" s="4" t="inlineStr">
+      <c r="CB9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-06</t>
           </r>
         </is>
       </c>
-      <c r="BZ9" s="4" t="inlineStr">
+      <c r="CC9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-05</t>
           </r>
         </is>
       </c>
-      <c r="CA9" s="4" t="inlineStr">
+      <c r="CD9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-04</t>
           </r>
         </is>
       </c>
-      <c r="CB9" s="4" t="inlineStr">
+      <c r="CE9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-03</t>
           </r>
         </is>
       </c>
-      <c r="CC9" s="4" t="inlineStr">
+      <c r="CF9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-02</t>
           </r>
         </is>
       </c>
-      <c r="CD9" s="4" t="inlineStr">
+      <c r="CG9" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-01</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="10" spans="1:82">
+    <row r="10" spans="1:85">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="B10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C10" s="6">
-        <v>118108.0</v>
+        <v>118821.0</v>
       </c>
       <c r="D10" s="6">
-        <v>118630.0</v>
+        <v>119453.0</v>
       </c>
       <c r="E10" s="6">
-        <v>118905.0</v>
+        <v>119187.0</v>
       </c>
       <c r="F10" s="6">
-        <v>118781.0</v>
+        <v>119197.0</v>
       </c>
       <c r="G10" s="6">
-        <v>118780.0</v>
+        <v>119198.0</v>
       </c>
       <c r="H10" s="6">
-        <v>118602.0</v>
+        <v>119356.0</v>
       </c>
       <c r="I10" s="6">
-        <v>118463.0</v>
+        <v>119122.0</v>
       </c>
       <c r="J10" s="6">
-        <v>118815.0</v>
+        <v>119053.0</v>
       </c>
       <c r="K10" s="6">
-        <v>124317.0</v>
+        <v>118794.0</v>
       </c>
       <c r="L10" s="6">
-        <v>121549.0</v>
+        <v>118643.0</v>
       </c>
       <c r="M10" s="6">
-        <v>121241.0</v>
+        <v>118968.0</v>
       </c>
       <c r="N10" s="6">
-        <v>120705.0</v>
+        <v>124375.0</v>
       </c>
       <c r="O10" s="6">
-        <v>120642.0</v>
+        <v>121595.0</v>
       </c>
       <c r="P10" s="6">
-        <v>120699.0</v>
+        <v>121275.0</v>
       </c>
       <c r="Q10" s="6">
-        <v>120717.0</v>
+        <v>120737.0</v>
       </c>
       <c r="R10" s="6">
-        <v>120569.0</v>
+        <v>120666.0</v>
       </c>
       <c r="S10" s="6">
-        <v>120402.0</v>
+        <v>120720.0</v>
       </c>
       <c r="T10" s="6">
-        <v>120070.0</v>
+        <v>120739.0</v>
       </c>
       <c r="U10" s="6">
-        <v>119732.0</v>
+        <v>120590.0</v>
       </c>
       <c r="V10" s="6">
-        <v>120071.0</v>
+        <v>120419.0</v>
       </c>
       <c r="W10" s="6">
-        <v>124822.0</v>
+        <v>120088.0</v>
       </c>
       <c r="X10" s="6">
-        <v>122027.0</v>
+        <v>119754.0</v>
       </c>
       <c r="Y10" s="6">
-        <v>121312.0</v>
+        <v>120089.0</v>
       </c>
       <c r="Z10" s="6">
-        <v>120765.0</v>
+        <v>124843.0</v>
       </c>
       <c r="AA10" s="6">
-        <v>120414.0</v>
+        <v>122040.0</v>
       </c>
       <c r="AB10" s="6">
-        <v>120318.0</v>
+        <v>121326.0</v>
       </c>
       <c r="AC10" s="6">
-        <v>120499.0</v>
+        <v>120779.0</v>
       </c>
       <c r="AD10" s="6">
-        <v>119969.0</v>
+        <v>120427.0</v>
       </c>
       <c r="AE10" s="6">
-        <v>119492.0</v>
+        <v>120329.0</v>
       </c>
       <c r="AF10" s="6">
-        <v>119303.0</v>
+        <v>120508.0</v>
       </c>
       <c r="AG10" s="6">
-        <v>118759.0</v>
+        <v>119978.0</v>
       </c>
       <c r="AH10" s="6">
-        <v>118946.0</v>
+        <v>119498.0</v>
       </c>
       <c r="AI10" s="6">
-        <v>123124.0</v>
+        <v>119313.0</v>
       </c>
       <c r="AJ10" s="6">
-        <v>120489.0</v>
+        <v>118761.0</v>
       </c>
       <c r="AK10" s="6">
-        <v>119953.0</v>
+        <v>118956.0</v>
       </c>
       <c r="AL10" s="6">
-        <v>119459.0</v>
+        <v>123136.0</v>
       </c>
       <c r="AM10" s="6">
-        <v>119269.0</v>
+        <v>120498.0</v>
       </c>
       <c r="AN10" s="6">
-        <v>119109.0</v>
+        <v>119959.0</v>
       </c>
       <c r="AO10" s="6">
-        <v>119082.0</v>
+        <v>119464.0</v>
       </c>
       <c r="AP10" s="6">
-        <v>118489.0</v>
+        <v>119275.0</v>
       </c>
       <c r="AQ10" s="6">
-        <v>117997.0</v>
+        <v>119111.0</v>
       </c>
       <c r="AR10" s="6">
-        <v>117680.0</v>
+        <v>119085.0</v>
       </c>
       <c r="AS10" s="6">
-        <v>117356.0</v>
+        <v>118492.0</v>
       </c>
       <c r="AT10" s="6">
-        <v>117478.0</v>
+        <v>117999.0</v>
       </c>
       <c r="AU10" s="6">
-        <v>121411.0</v>
+        <v>117687.0</v>
       </c>
       <c r="AV10" s="6">
-        <v>118577.0</v>
+        <v>117358.0</v>
       </c>
       <c r="AW10" s="6">
-        <v>117962.0</v>
+        <v>117480.0</v>
       </c>
       <c r="AX10" s="6">
+        <v>121414.0</v>
+      </c>
+      <c r="AY10" s="6">
+        <v>118578.0</v>
+      </c>
+      <c r="AZ10" s="6">
+        <v>117966.0</v>
+      </c>
+      <c r="BA10" s="6">
         <v>117409.0</v>
       </c>
-      <c r="AY10" s="6">
+      <c r="BB10" s="6">
         <v>116880.0</v>
       </c>
-      <c r="AZ10" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="BC10" s="6">
+        <v>116631.0</v>
+      </c>
+      <c r="BD10" s="6">
+        <v>116386.0</v>
+      </c>
+      <c r="BE10" s="6">
+        <v>115431.0</v>
+      </c>
+      <c r="BF10" s="6">
         <v>114644.0</v>
       </c>
-      <c r="BD10" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="BG10" s="6">
+        <v>114009.0</v>
+      </c>
+      <c r="BH10" s="6">
+        <v>112812.0</v>
+      </c>
+      <c r="BI10" s="6">
+        <v>112145.0</v>
+      </c>
+      <c r="BJ10" s="6">
         <v>116506.0</v>
       </c>
-      <c r="BH10" s="6">
+      <c r="BK10" s="6">
         <v>113698.0</v>
       </c>
-      <c r="BI10" s="6">
+      <c r="BL10" s="6">
         <v>113203.0</v>
       </c>
-      <c r="BJ10" s="6">
+      <c r="BM10" s="6">
         <v>112446.0</v>
       </c>
-      <c r="BK10" s="6">
+      <c r="BN10" s="6">
         <v>111905.0</v>
       </c>
-      <c r="BL10" s="6">
+      <c r="BO10" s="6">
         <v>111600.0</v>
       </c>
-      <c r="BM10" s="6">
+      <c r="BP10" s="6">
         <v>111360.0</v>
       </c>
-      <c r="BN10" s="6">
+      <c r="BQ10" s="6">
         <v>110501.0</v>
       </c>
-      <c r="BO10" s="6">
+      <c r="BR10" s="6">
         <v>109986.0</v>
       </c>
-      <c r="BP10" s="6">
+      <c r="BS10" s="6">
         <v>110802.0</v>
       </c>
-      <c r="BQ10" s="6">
+      <c r="BT10" s="6">
         <v>110771.0</v>
       </c>
-      <c r="BR10" s="6">
+      <c r="BU10" s="6">
         <v>110806.0</v>
       </c>
-      <c r="BS10" s="6">
+      <c r="BV10" s="6">
         <v>114268.0</v>
       </c>
-      <c r="BT10" s="6">
+      <c r="BW10" s="6">
         <v>111566.0</v>
       </c>
-      <c r="BU10" s="6">
+      <c r="BX10" s="6">
         <v>111064.0</v>
       </c>
-      <c r="BV10" s="6">
+      <c r="BY10" s="6">
         <v>110557.0</v>
       </c>
-      <c r="BW10" s="6">
+      <c r="BZ10" s="6">
         <v>110172.0</v>
       </c>
-      <c r="BX10" s="6">
+      <c r="CA10" s="6">
         <v>109992.0</v>
       </c>
-      <c r="BY10" s="6">
+      <c r="CB10" s="6">
         <v>109911.0</v>
       </c>
-      <c r="BZ10" s="6">
+      <c r="CC10" s="6">
         <v>109497.0</v>
       </c>
-      <c r="CA10" s="6">
+      <c r="CD10" s="6">
         <v>109147.0</v>
       </c>
-      <c r="CB10" s="6">
+      <c r="CE10" s="6">
         <v>108685.0</v>
       </c>
-      <c r="CC10" s="6">
+      <c r="CF10" s="6">
         <v>108159.0</v>
       </c>
-      <c r="CD10" s="6">
+      <c r="CG10" s="6">
         <v>108173.0</v>
       </c>
     </row>
-    <row r="11" spans="1:82">
+    <row r="11" spans="1:85">
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C11" s="6">
-        <v>2858099298.0</v>
+        <v>3003623756.0</v>
       </c>
       <c r="D11" s="6">
-        <v>3119922977.0</v>
+        <v>3011085296.0</v>
       </c>
       <c r="E11" s="6">
-        <v>3231318632.0</v>
+        <v>2802533861.0</v>
       </c>
       <c r="F11" s="6">
-        <v>2970917261.0</v>
+        <v>2860935261.0</v>
       </c>
       <c r="G11" s="6">
-        <v>3006644980.0</v>
+        <v>3120519780.0</v>
       </c>
       <c r="H11" s="6">
-        <v>2845897792.0</v>
+        <v>3230461040.0</v>
       </c>
       <c r="I11" s="6">
-        <v>2803378892.0</v>
+        <v>2970282001.0</v>
       </c>
       <c r="J11" s="6">
-        <v>1422284633.0</v>
+        <v>3004557662.0</v>
       </c>
       <c r="K11" s="6">
-        <v>4440592600.0</v>
+        <v>2844919973.0</v>
       </c>
       <c r="L11" s="6">
-        <v>2728296556.0</v>
+        <v>2803362630.0</v>
       </c>
       <c r="M11" s="6">
-        <v>2757966759.0</v>
+        <v>1421989946.0</v>
       </c>
       <c r="N11" s="6">
-        <v>2545114425.0</v>
+        <v>4440811225.0</v>
       </c>
       <c r="O11" s="6">
-        <v>2629094283.0</v>
+        <v>2728174036.0</v>
       </c>
       <c r="P11" s="6">
-        <v>2812413567.0</v>
+        <v>2757888075.0</v>
       </c>
       <c r="Q11" s="6">
-        <v>2937246962.0</v>
+        <v>2544935656.0</v>
       </c>
       <c r="R11" s="6">
-        <v>2731381007.0</v>
+        <v>2628890168.0</v>
       </c>
       <c r="S11" s="6">
-        <v>2711255721.0</v>
+        <v>2812207799.0</v>
       </c>
       <c r="T11" s="6">
-        <v>2642839602.0</v>
+        <v>2937025866.0</v>
       </c>
       <c r="U11" s="6">
-        <v>2563752276.0</v>
+        <v>2731247005.0</v>
       </c>
       <c r="V11" s="6">
-        <v>1278958314.0</v>
+        <v>2710616950.0</v>
       </c>
       <c r="W11" s="6">
-        <v>3995608786.0</v>
+        <v>2642488768.0</v>
       </c>
       <c r="X11" s="6">
-        <v>2451629163.0</v>
+        <v>2563173062.0</v>
       </c>
       <c r="Y11" s="6">
-        <v>2470449114.0</v>
+        <v>1278679714.0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2312034576.0</v>
+        <v>3995554687.0</v>
       </c>
       <c r="AA11" s="6">
-        <v>2356858451.0</v>
+        <v>2451387094.0</v>
       </c>
       <c r="AB11" s="6">
-        <v>2512702283.0</v>
+        <v>2470234682.0</v>
       </c>
       <c r="AC11" s="6">
-        <v>2679682063.0</v>
+        <v>2311830498.0</v>
       </c>
       <c r="AD11" s="6">
-        <v>2400544249.0</v>
+        <v>2356670190.0</v>
       </c>
       <c r="AE11" s="6">
-        <v>2415127179.0</v>
+        <v>2512515334.0</v>
       </c>
       <c r="AF11" s="6">
-        <v>2357764275.0</v>
+        <v>2679441016.0</v>
       </c>
       <c r="AG11" s="6">
-        <v>2275097312.0</v>
+        <v>2400300891.0</v>
       </c>
       <c r="AH11" s="6">
-        <v>1148929272.0</v>
+        <v>2414834970.0</v>
       </c>
       <c r="AI11" s="6">
-        <v>3528776873.0</v>
+        <v>2357496554.0</v>
       </c>
       <c r="AJ11" s="6">
-        <v>2166713887.0</v>
+        <v>2274866635.0</v>
       </c>
       <c r="AK11" s="6">
-        <v>2163267565.0</v>
+        <v>1148704201.0</v>
       </c>
       <c r="AL11" s="6">
-        <v>2077923370.0</v>
+        <v>3528549712.0</v>
       </c>
       <c r="AM11" s="6">
-        <v>2057697956.0</v>
+        <v>2166410779.0</v>
       </c>
       <c r="AN11" s="6">
-        <v>2180959298.0</v>
+        <v>2163017042.0</v>
       </c>
       <c r="AO11" s="6">
-        <v>2343421161.0</v>
+        <v>2077690856.0</v>
       </c>
       <c r="AP11" s="6">
-        <v>2144622844.0</v>
+        <v>2057515233.0</v>
       </c>
       <c r="AQ11" s="6">
-        <v>2116761290.0</v>
+        <v>2180788362.0</v>
       </c>
       <c r="AR11" s="6">
-        <v>2031876728.0</v>
+        <v>2343263428.0</v>
       </c>
       <c r="AS11" s="6">
-        <v>1964732592.0</v>
+        <v>2144488133.0</v>
       </c>
       <c r="AT11" s="6">
-        <v>987535133.0</v>
+        <v>2116624842.0</v>
       </c>
       <c r="AU11" s="6">
-        <v>3113346959.0</v>
+        <v>2031687795.0</v>
       </c>
       <c r="AV11" s="6">
-        <v>1878451023.0</v>
+        <v>1964586792.0</v>
       </c>
       <c r="AW11" s="6">
-        <v>1877605268.0</v>
+        <v>987437976.0</v>
       </c>
       <c r="AX11" s="6">
-        <v>1791994936.0</v>
+        <v>3113339445.0</v>
       </c>
       <c r="AY11" s="6">
-        <v>1786930356.0</v>
+        <v>1878434710.0</v>
       </c>
       <c r="AZ11" s="6">
-        <v>1915589841.0</v>
+        <v>1877584112.0</v>
       </c>
       <c r="BA11" s="6">
-        <v>2004718858.0</v>
+        <v>1791976607.0</v>
       </c>
       <c r="BB11" s="6">
-        <v>1819303576.0</v>
+        <v>1786917119.0</v>
       </c>
       <c r="BC11" s="6">
-        <v>1820799576.0</v>
+        <v>1915576903.0</v>
       </c>
       <c r="BD11" s="6">
-        <v>1744707457.0</v>
+        <v>2004702730.0</v>
       </c>
       <c r="BE11" s="6">
-        <v>1671191123.0</v>
+        <v>1819290121.0</v>
       </c>
       <c r="BF11" s="6">
-        <v>840475872.0</v>
+        <v>1820793279.0</v>
       </c>
       <c r="BG11" s="6">
+        <v>1744701957.0</v>
+      </c>
+      <c r="BH11" s="6">
+        <v>1671180690.0</v>
+      </c>
+      <c r="BI11" s="6">
+        <v>840476079.0</v>
+      </c>
+      <c r="BJ11" s="6">
         <v>2701344500.0</v>
       </c>
-      <c r="BH11" s="6">
+      <c r="BK11" s="6">
         <v>1665222223.0</v>
       </c>
-      <c r="BI11" s="6">
+      <c r="BL11" s="6">
         <v>1673379411.0</v>
       </c>
-      <c r="BJ11" s="6">
+      <c r="BM11" s="6">
         <v>1559411877.0</v>
       </c>
-      <c r="BK11" s="6">
+      <c r="BN11" s="6">
         <v>1564916487.0</v>
       </c>
-      <c r="BL11" s="6">
+      <c r="BO11" s="6">
         <v>1699933131.0</v>
       </c>
-      <c r="BM11" s="6">
+      <c r="BP11" s="6">
         <v>1688804659.0</v>
       </c>
-      <c r="BN11" s="6">
+      <c r="BQ11" s="6">
         <v>1491040918.0</v>
       </c>
-      <c r="BO11" s="6">
+      <c r="BR11" s="6">
         <v>1583114833.0</v>
       </c>
-      <c r="BP11" s="6">
+      <c r="BS11" s="6">
         <v>1607239471.0</v>
       </c>
-      <c r="BQ11" s="6">
+      <c r="BT11" s="6">
         <v>1592785059.0</v>
       </c>
-      <c r="BR11" s="6">
+      <c r="BU11" s="6">
         <v>797550138.0</v>
       </c>
-      <c r="BS11" s="6">
+      <c r="BV11" s="6">
         <v>2452845032.0</v>
       </c>
-      <c r="BT11" s="6">
+      <c r="BW11" s="6">
         <v>1531444073.0</v>
       </c>
-      <c r="BU11" s="6">
+      <c r="BX11" s="6">
         <v>1535184601.0</v>
       </c>
-      <c r="BV11" s="6">
+      <c r="BY11" s="6">
         <v>1430602292.0</v>
       </c>
-      <c r="BW11" s="6">
+      <c r="BZ11" s="6">
         <v>1741121814.0</v>
       </c>
-      <c r="BX11" s="6">
+      <c r="CA11" s="6">
         <v>1561888927.0</v>
       </c>
-      <c r="BY11" s="6">
+      <c r="CB11" s="6">
         <v>1664600708.0</v>
       </c>
-      <c r="BZ11" s="6">
+      <c r="CC11" s="6">
         <v>1533720139.0</v>
       </c>
-      <c r="CA11" s="6">
+      <c r="CD11" s="6">
         <v>1517940995.0</v>
       </c>
-      <c r="CB11" s="6">
+      <c r="CE11" s="6">
         <v>1446913709.0</v>
       </c>
-      <c r="CC11" s="6">
+      <c r="CF11" s="6">
         <v>1423827434.0</v>
       </c>
-      <c r="CD11" s="6">
+      <c r="CG11" s="6">
         <v>565121353.0</v>
       </c>
     </row>
-    <row r="12" spans="1:82">
+    <row r="12" spans="1:85">
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C12" s="6">
-        <v>506384617.0</v>
+        <v>534422471.0</v>
       </c>
       <c r="D12" s="6">
-        <v>546498314.0</v>
+        <v>534105126.0</v>
       </c>
       <c r="E12" s="6">
-        <v>568279362.0</v>
+        <v>494367041.0</v>
       </c>
       <c r="F12" s="6">
-        <v>520264955.0</v>
+        <v>506958782.0</v>
       </c>
       <c r="G12" s="6">
-        <v>524736607.0</v>
+        <v>546570095.0</v>
       </c>
       <c r="H12" s="6">
-        <v>493813140.0</v>
+        <v>568272869.0</v>
       </c>
       <c r="I12" s="6">
-        <v>487084901.0</v>
+        <v>520152777.0</v>
       </c>
       <c r="J12" s="6">
-        <v>237980442.0</v>
+        <v>524640510.0</v>
       </c>
       <c r="K12" s="6">
-        <v>805075852.0</v>
+        <v>493620607.0</v>
       </c>
       <c r="L12" s="6">
-        <v>480321174.0</v>
+        <v>487034680.0</v>
       </c>
       <c r="M12" s="6">
-        <v>482039250.0</v>
+        <v>237874844.0</v>
       </c>
       <c r="N12" s="6">
-        <v>444192812.0</v>
+        <v>805122829.0</v>
       </c>
       <c r="O12" s="6">
-        <v>459786983.0</v>
+        <v>480310920.0</v>
       </c>
       <c r="P12" s="6">
-        <v>485758211.0</v>
+        <v>482032507.0</v>
       </c>
       <c r="Q12" s="6">
-        <v>509748643.0</v>
+        <v>444173701.0</v>
       </c>
       <c r="R12" s="6">
-        <v>470791029.0</v>
+        <v>459760325.0</v>
       </c>
       <c r="S12" s="6">
-        <v>468338587.0</v>
+        <v>485734472.0</v>
       </c>
       <c r="T12" s="6">
-        <v>451750206.0</v>
+        <v>509722200.0</v>
       </c>
       <c r="U12" s="6">
-        <v>438968487.0</v>
+        <v>470775003.0</v>
       </c>
       <c r="V12" s="6">
-        <v>212055519.0</v>
+        <v>468246855.0</v>
       </c>
       <c r="W12" s="6">
-        <v>724711221.0</v>
+        <v>451709209.0</v>
       </c>
       <c r="X12" s="6">
-        <v>430783066.0</v>
+        <v>438879304.0</v>
       </c>
       <c r="Y12" s="6">
-        <v>432065370.0</v>
+        <v>212028738.0</v>
       </c>
       <c r="Z12" s="6">
-        <v>405631830.0</v>
+        <v>724718064.0</v>
       </c>
       <c r="AA12" s="6">
-        <v>410072821.0</v>
+        <v>430748360.0</v>
       </c>
       <c r="AB12" s="6">
-        <v>435696103.0</v>
+        <v>432033447.0</v>
       </c>
       <c r="AC12" s="6">
-        <v>463573538.0</v>
+        <v>405606876.0</v>
       </c>
       <c r="AD12" s="6">
-        <v>411401787.0</v>
+        <v>410046542.0</v>
       </c>
       <c r="AE12" s="6">
-        <v>415383262.0</v>
+        <v>435672338.0</v>
       </c>
       <c r="AF12" s="6">
-        <v>401357903.0</v>
+        <v>463544964.0</v>
       </c>
       <c r="AG12" s="6">
-        <v>388208351.0</v>
+        <v>411370393.0</v>
       </c>
       <c r="AH12" s="6">
-        <v>190890237.0</v>
+        <v>415345553.0</v>
       </c>
       <c r="AI12" s="6">
-        <v>636508903.0</v>
+        <v>401324216.0</v>
       </c>
       <c r="AJ12" s="6">
-        <v>375914471.0</v>
+        <v>388176086.0</v>
       </c>
       <c r="AK12" s="6">
-        <v>374714914.0</v>
+        <v>190865283.0</v>
       </c>
       <c r="AL12" s="6">
-        <v>360152355.0</v>
+        <v>636487215.0</v>
       </c>
       <c r="AM12" s="6">
-        <v>353916706.0</v>
+        <v>375870996.0</v>
       </c>
       <c r="AN12" s="6">
-        <v>374220549.0</v>
+        <v>374681524.0</v>
       </c>
       <c r="AO12" s="6">
-        <v>402579376.0</v>
+        <v>360122139.0</v>
       </c>
       <c r="AP12" s="6">
-        <v>371004931.0</v>
+        <v>353892822.0</v>
       </c>
       <c r="AQ12" s="6">
-        <v>366445969.0</v>
+        <v>374199815.0</v>
       </c>
       <c r="AR12" s="6">
-        <v>346614432.0</v>
+        <v>402559864.0</v>
       </c>
       <c r="AS12" s="6">
-        <v>336675597.0</v>
+        <v>370989092.0</v>
       </c>
       <c r="AT12" s="6">
-        <v>163722584.0</v>
+        <v>366430203.0</v>
       </c>
       <c r="AU12" s="6">
-        <v>560006009.0</v>
+        <v>346591657.0</v>
       </c>
       <c r="AV12" s="6">
-        <v>325273307.0</v>
+        <v>336659623.0</v>
       </c>
       <c r="AW12" s="6">
-        <v>325043476.0</v>
+        <v>163713697.0</v>
       </c>
       <c r="AX12" s="6">
-        <v>309655799.0</v>
+        <v>560006146.0</v>
       </c>
       <c r="AY12" s="6">
-        <v>308470302.0</v>
+        <v>325271624.0</v>
       </c>
       <c r="AZ12" s="6">
-        <v>327424643.0</v>
+        <v>325040971.0</v>
       </c>
       <c r="BA12" s="6">
-        <v>340617882.0</v>
+        <v>309653634.0</v>
       </c>
       <c r="BB12" s="6">
-        <v>308792104.0</v>
+        <v>308468616.0</v>
       </c>
       <c r="BC12" s="6">
-        <v>309989078.0</v>
+        <v>327423131.0</v>
       </c>
       <c r="BD12" s="6">
-        <v>293947625.0</v>
+        <v>340615685.0</v>
       </c>
       <c r="BE12" s="6">
-        <v>282510368.0</v>
+        <v>308790533.0</v>
       </c>
       <c r="BF12" s="6">
-        <v>135600658.0</v>
+        <v>309988294.0</v>
       </c>
       <c r="BG12" s="6">
+        <v>293947038.0</v>
+      </c>
+      <c r="BH12" s="6">
+        <v>282508913.0</v>
+      </c>
+      <c r="BI12" s="6">
+        <v>135600688.0</v>
+      </c>
+      <c r="BJ12" s="6">
         <v>471606013.0</v>
       </c>
-      <c r="BH12" s="6">
+      <c r="BK12" s="6">
         <v>281304632.0</v>
       </c>
-      <c r="BI12" s="6">
+      <c r="BL12" s="6">
         <v>282250541.0</v>
       </c>
-      <c r="BJ12" s="6">
+      <c r="BM12" s="6">
         <v>259382204.0</v>
       </c>
-      <c r="BK12" s="6">
+      <c r="BN12" s="6">
         <v>262732272.0</v>
       </c>
-      <c r="BL12" s="6">
+      <c r="BO12" s="6">
         <v>287372768.0</v>
       </c>
-      <c r="BM12" s="6">
+      <c r="BP12" s="6">
         <v>285436801.0</v>
       </c>
-      <c r="BN12" s="6">
+      <c r="BQ12" s="6">
         <v>252267795.0</v>
       </c>
-      <c r="BO12" s="6">
+      <c r="BR12" s="6">
         <v>267569725.0</v>
       </c>
-      <c r="BP12" s="6">
+      <c r="BS12" s="6">
         <v>271389574.0</v>
       </c>
-      <c r="BQ12" s="6">
+      <c r="BT12" s="6">
         <v>270742199.0</v>
       </c>
-      <c r="BR12" s="6">
+      <c r="BU12" s="6">
         <v>128942125.0</v>
       </c>
-      <c r="BS12" s="6">
+      <c r="BV12" s="6">
         <v>437999850.0</v>
       </c>
-      <c r="BT12" s="6">
+      <c r="BW12" s="6">
         <v>265464849.0</v>
       </c>
-      <c r="BU12" s="6">
+      <c r="BX12" s="6">
         <v>265652987.0</v>
       </c>
-      <c r="BV12" s="6">
+      <c r="BY12" s="6">
         <v>246445984.0</v>
       </c>
-      <c r="BW12" s="6">
+      <c r="BZ12" s="6">
         <v>253689153.0</v>
       </c>
-      <c r="BX12" s="6">
+      <c r="CA12" s="6">
         <v>266927146.0</v>
       </c>
-      <c r="BY12" s="6">
+      <c r="CB12" s="6">
         <v>286288249.0</v>
       </c>
-      <c r="BZ12" s="6">
+      <c r="CC12" s="6">
         <v>262653419.0</v>
       </c>
-      <c r="CA12" s="6">
+      <c r="CD12" s="6">
         <v>259373199.0</v>
       </c>
-      <c r="CB12" s="6">
+      <c r="CE12" s="6">
         <v>244548948.0</v>
       </c>
-      <c r="CC12" s="6">
+      <c r="CF12" s="6">
         <v>242611248.0</v>
       </c>
-      <c r="CD12" s="6">
+      <c r="CG12" s="6">
         <v>74219976.0</v>
       </c>
     </row>
-    <row r="13" spans="1:82">
+    <row r="13" spans="1:85">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C13" s="6">
-        <v>2347.0</v>
+        <v>2351.0</v>
       </c>
       <c r="D13" s="6">
-        <v>2354.0</v>
+        <v>2363.0</v>
       </c>
       <c r="E13" s="6">
-        <v>2353.0</v>
+        <v>2358.0</v>
       </c>
       <c r="F13" s="6">
+        <v>2357.0</v>
+      </c>
+      <c r="G13" s="6">
+        <v>2357.0</v>
+      </c>
+      <c r="H13" s="6">
         <v>2358.0</v>
       </c>
-      <c r="G13" s="6">
-[...2 lines deleted...]
-      <c r="H13" s="6">
+      <c r="I13" s="6">
         <v>2363.0</v>
       </c>
-      <c r="I13" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="J13" s="6">
-        <v>2357.0</v>
+        <v>2369.0</v>
       </c>
       <c r="K13" s="6">
+        <v>2364.0</v>
+      </c>
+      <c r="L13" s="6">
+        <v>2360.0</v>
+      </c>
+      <c r="M13" s="6">
+        <v>2356.0</v>
+      </c>
+      <c r="N13" s="6">
         <v>2434.0</v>
       </c>
-      <c r="L13" s="6">
+      <c r="O13" s="6">
         <v>2423.0</v>
       </c>
-      <c r="M13" s="6">
+      <c r="P13" s="6">
         <v>2427.0</v>
       </c>
-      <c r="N13" s="6">
+      <c r="Q13" s="6">
         <v>2432.0</v>
       </c>
-      <c r="O13" s="6">
+      <c r="R13" s="6">
         <v>2442.0</v>
       </c>
-      <c r="P13" s="6">
+      <c r="S13" s="6">
         <v>2441.0</v>
       </c>
-      <c r="Q13" s="6">
+      <c r="T13" s="6">
         <v>2442.0</v>
       </c>
-      <c r="R13" s="6">
-[...5 lines deleted...]
-      <c r="T13" s="6">
+      <c r="U13" s="6">
+        <v>2462.0</v>
+      </c>
+      <c r="V13" s="6">
+        <v>2456.0</v>
+      </c>
+      <c r="W13" s="6">
+        <v>2446.0</v>
+      </c>
+      <c r="X13" s="6">
+        <v>2441.0</v>
+      </c>
+      <c r="Y13" s="6">
+        <v>2458.0</v>
+      </c>
+      <c r="Z13" s="6">
+        <v>2480.0</v>
+      </c>
+      <c r="AA13" s="6">
+        <v>2474.0</v>
+      </c>
+      <c r="AB13" s="6">
+        <v>2481.0</v>
+      </c>
+      <c r="AC13" s="6">
+        <v>2478.0</v>
+      </c>
+      <c r="AD13" s="6">
+        <v>2465.0</v>
+      </c>
+      <c r="AE13" s="6">
+        <v>2467.0</v>
+      </c>
+      <c r="AF13" s="6">
+        <v>2471.0</v>
+      </c>
+      <c r="AG13" s="6">
+        <v>2475.0</v>
+      </c>
+      <c r="AH13" s="6">
+        <v>2451.0</v>
+      </c>
+      <c r="AI13" s="6">
+        <v>2454.0</v>
+      </c>
+      <c r="AJ13" s="6">
+        <v>2452.0</v>
+      </c>
+      <c r="AK13" s="6">
+        <v>2443.0</v>
+      </c>
+      <c r="AL13" s="6">
+        <v>2447.0</v>
+      </c>
+      <c r="AM13" s="6">
+        <v>2450.0</v>
+      </c>
+      <c r="AN13" s="6">
+        <v>2447.0</v>
+      </c>
+      <c r="AO13" s="6">
+        <v>2450.0</v>
+      </c>
+      <c r="AP13" s="6">
+        <v>2437.0</v>
+      </c>
+      <c r="AQ13" s="6">
+        <v>2426.0</v>
+      </c>
+      <c r="AR13" s="6">
+        <v>2427.0</v>
+      </c>
+      <c r="AS13" s="6">
+        <v>2425.0</v>
+      </c>
+      <c r="AT13" s="6">
+        <v>2428.0</v>
+      </c>
+      <c r="AU13" s="6">
+        <v>2415.0</v>
+      </c>
+      <c r="AV13" s="6">
+        <v>2430.0</v>
+      </c>
+      <c r="AW13" s="6">
+        <v>2441.0</v>
+      </c>
+      <c r="AX13" s="6">
+        <v>2450.0</v>
+      </c>
+      <c r="AY13" s="6">
+        <v>2437.0</v>
+      </c>
+      <c r="AZ13" s="6">
         <v>2444.0</v>
       </c>
-      <c r="U13" s="6">
-[...71 lines deleted...]
-      <c r="AS13" s="6">
+      <c r="BA13" s="6">
+        <v>2446.0</v>
+      </c>
+      <c r="BB13" s="6">
+        <v>2435.0</v>
+      </c>
+      <c r="BC13" s="6">
         <v>2430.0</v>
       </c>
-      <c r="AT13" s="6">
-[...20 lines deleted...]
-      <c r="BA13" s="6">
+      <c r="BD13" s="6">
         <v>2421.0</v>
       </c>
-      <c r="BB13" s="6">
+      <c r="BE13" s="6">
         <v>2419.0</v>
       </c>
-      <c r="BC13" s="6">
+      <c r="BF13" s="6">
         <v>2417.0</v>
       </c>
-      <c r="BD13" s="6">
+      <c r="BG13" s="6">
         <v>2408.0</v>
       </c>
-      <c r="BE13" s="6">
+      <c r="BH13" s="6">
         <v>2410.0</v>
       </c>
-      <c r="BF13" s="6">
+      <c r="BI13" s="6">
         <v>2399.0</v>
       </c>
-      <c r="BG13" s="6">
+      <c r="BJ13" s="6">
         <v>2329.0</v>
       </c>
-      <c r="BH13" s="6">
+      <c r="BK13" s="6">
         <v>2320.0</v>
       </c>
-      <c r="BI13" s="6">
+      <c r="BL13" s="6">
         <v>2327.0</v>
       </c>
-      <c r="BJ13" s="6">
+      <c r="BM13" s="6">
         <v>2319.0</v>
       </c>
-      <c r="BK13" s="6">
+      <c r="BN13" s="6">
         <v>2321.0</v>
       </c>
-      <c r="BL13" s="6">
+      <c r="BO13" s="6">
         <v>2320.0</v>
       </c>
-      <c r="BM13" s="6">
+      <c r="BP13" s="6">
         <v>2327.0</v>
       </c>
-      <c r="BN13" s="6">
+      <c r="BQ13" s="6">
         <v>2329.0</v>
       </c>
-      <c r="BO13" s="6">
+      <c r="BR13" s="6">
         <v>2329.0</v>
       </c>
-      <c r="BP13" s="6">
+      <c r="BS13" s="6">
         <v>2324.0</v>
       </c>
-      <c r="BQ13" s="6">
+      <c r="BT13" s="6">
         <v>2321.0</v>
       </c>
-      <c r="BR13" s="6">
+      <c r="BU13" s="6">
         <v>2334.0</v>
       </c>
-      <c r="BS13" s="6">
+      <c r="BV13" s="6">
         <v>2359.0</v>
       </c>
-      <c r="BT13" s="6">
+      <c r="BW13" s="6">
         <v>2345.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>2340.0</v>
       </c>
       <c r="BX13" s="6">
         <v>2340.0</v>
       </c>
       <c r="BY13" s="6">
+        <v>2350.0</v>
+      </c>
+      <c r="BZ13" s="6">
         <v>2340.0</v>
       </c>
-      <c r="BZ13" s="6">
+      <c r="CA13" s="6">
+        <v>2340.0</v>
+      </c>
+      <c r="CB13" s="6">
+        <v>2340.0</v>
+      </c>
+      <c r="CC13" s="6">
         <v>2341.0</v>
       </c>
-      <c r="CA13" s="6">
+      <c r="CD13" s="6">
         <v>2337.0</v>
       </c>
-      <c r="CB13" s="6">
+      <c r="CE13" s="6">
         <v>2337.0</v>
       </c>
-      <c r="CC13" s="6">
+      <c r="CF13" s="6">
         <v>2328.0</v>
       </c>
-      <c r="CD13" s="6">
+      <c r="CG13" s="6">
         <v>2323.0</v>
       </c>
     </row>
-    <row r="14" spans="1:82">
+    <row r="14" spans="1:85">
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C14" s="6">
-        <v>42482362.0</v>
+        <v>43726590.0</v>
       </c>
       <c r="D14" s="6">
-        <v>41860726.0</v>
+        <v>45176661.0</v>
       </c>
       <c r="E14" s="6">
-        <v>42584011.0</v>
+        <v>46556457.0</v>
       </c>
       <c r="F14" s="6">
-        <v>46447678.0</v>
+        <v>42251562.0</v>
       </c>
       <c r="G14" s="6">
-        <v>40106216.0</v>
+        <v>41779655.0</v>
       </c>
       <c r="H14" s="6">
-        <v>38476180.0</v>
+        <v>42370349.0</v>
       </c>
       <c r="I14" s="6">
-        <v>38176484.0</v>
+        <v>46263317.0</v>
       </c>
       <c r="J14" s="6">
-        <v>24451922.0</v>
+        <v>39910132.0</v>
       </c>
       <c r="K14" s="6">
-        <v>54448093.0</v>
+        <v>38298302.0</v>
       </c>
       <c r="L14" s="6">
-        <v>40105189.0</v>
+        <v>37963215.0</v>
       </c>
       <c r="M14" s="6">
-        <v>41844838.0</v>
+        <v>24360948.0</v>
       </c>
       <c r="N14" s="6">
-        <v>41885956.0</v>
+        <v>54463725.0</v>
       </c>
       <c r="O14" s="6">
-        <v>41572474.0</v>
+        <v>40104200.0</v>
       </c>
       <c r="P14" s="6">
-        <v>38743624.0</v>
+        <v>41846766.0</v>
       </c>
       <c r="Q14" s="6">
-        <v>40144283.0</v>
+        <v>41874753.0</v>
       </c>
       <c r="R14" s="6">
-        <v>38902281.0</v>
+        <v>41569814.0</v>
       </c>
       <c r="S14" s="6">
-        <v>40623193.0</v>
+        <v>38751653.0</v>
       </c>
       <c r="T14" s="6">
-        <v>34869943.0</v>
+        <v>40151900.0</v>
       </c>
       <c r="U14" s="6">
-        <v>35599921.0</v>
+        <v>38903701.0</v>
       </c>
       <c r="V14" s="6">
-        <v>22882016.0</v>
+        <v>40625177.0</v>
       </c>
       <c r="W14" s="6">
-        <v>51015189.0</v>
+        <v>34871471.0</v>
       </c>
       <c r="X14" s="6">
-        <v>36842019.0</v>
+        <v>35601290.0</v>
       </c>
       <c r="Y14" s="6">
+        <v>22878737.0</v>
+      </c>
+      <c r="Z14" s="6">
+        <v>51020317.0</v>
+      </c>
+      <c r="AA14" s="6">
+        <v>36842297.0</v>
+      </c>
+      <c r="AB14" s="6">
         <v>38489296.0</v>
       </c>
-      <c r="Z14" s="6">
+      <c r="AC14" s="6">
         <v>39830131.0</v>
       </c>
-      <c r="AA14" s="6">
+      <c r="AD14" s="6">
         <v>36820844.0</v>
       </c>
-      <c r="AB14" s="6">
+      <c r="AE14" s="6">
         <v>37222362.0</v>
       </c>
-      <c r="AC14" s="6">
+      <c r="AF14" s="6">
         <v>36098137.0</v>
       </c>
-      <c r="AD14" s="6">
+      <c r="AG14" s="6">
         <v>35035557.0</v>
       </c>
-      <c r="AE14" s="6">
+      <c r="AH14" s="6">
         <v>36576278.0</v>
       </c>
-      <c r="AF14" s="6">
+      <c r="AI14" s="6">
         <v>31008933.0</v>
       </c>
-      <c r="AG14" s="6">
+      <c r="AJ14" s="6">
         <v>31550347.0</v>
       </c>
-      <c r="AH14" s="6">
+      <c r="AK14" s="6">
         <v>19953295.0</v>
       </c>
-      <c r="AI14" s="6">
-[...2 lines deleted...]
-      <c r="AJ14" s="6">
+      <c r="AL14" s="6">
+        <v>47589512.0</v>
+      </c>
+      <c r="AM14" s="6">
         <v>33203891.0</v>
       </c>
-      <c r="AK14" s="6">
+      <c r="AN14" s="6">
         <v>33949184.0</v>
       </c>
-      <c r="AL14" s="6">
+      <c r="AO14" s="6">
         <v>36976562.0</v>
       </c>
-      <c r="AM14" s="6">
+      <c r="AP14" s="6">
         <v>32325664.0</v>
       </c>
-      <c r="AN14" s="6">
+      <c r="AQ14" s="6">
         <v>32991484.0</v>
       </c>
-      <c r="AO14" s="6">
+      <c r="AR14" s="6">
         <v>32552602.0</v>
       </c>
-      <c r="AP14" s="6">
+      <c r="AS14" s="6">
         <v>31210444.0</v>
       </c>
-      <c r="AQ14" s="6">
+      <c r="AT14" s="6">
         <v>32862344.0</v>
       </c>
-      <c r="AR14" s="6">
+      <c r="AU14" s="6">
         <v>28036996.0</v>
       </c>
-      <c r="AS14" s="6">
+      <c r="AV14" s="6">
         <v>27952382.0</v>
       </c>
-      <c r="AT14" s="6">
+      <c r="AW14" s="6">
         <v>17668258.0</v>
       </c>
-      <c r="AU14" s="6">
+      <c r="AX14" s="6">
         <v>41461169.0</v>
       </c>
-      <c r="AV14" s="6">
+      <c r="AY14" s="6">
         <v>27438649.0</v>
       </c>
-      <c r="AW14" s="6">
+      <c r="AZ14" s="6">
         <v>28786706.0</v>
       </c>
-      <c r="AX14" s="6">
+      <c r="BA14" s="6">
         <v>28370926.0</v>
       </c>
-      <c r="AY14" s="6">
+      <c r="BB14" s="6">
         <v>28348102.0</v>
       </c>
-      <c r="AZ14" s="6">
+      <c r="BC14" s="6">
         <v>27903896.0</v>
       </c>
-      <c r="BA14" s="6">
+      <c r="BD14" s="6">
         <v>27624060.0</v>
       </c>
-      <c r="BB14" s="6">
+      <c r="BE14" s="6">
         <v>27026082.0</v>
       </c>
-      <c r="BC14" s="6">
+      <c r="BF14" s="6">
         <v>26597191.0</v>
       </c>
-      <c r="BD14" s="6">
+      <c r="BG14" s="6">
         <v>23277272.0</v>
       </c>
-      <c r="BE14" s="6">
+      <c r="BH14" s="6">
         <v>22566748.0</v>
       </c>
-      <c r="BF14" s="6">
+      <c r="BI14" s="6">
         <v>13228149.0</v>
       </c>
-      <c r="BG14" s="6">
+      <c r="BJ14" s="6">
         <v>39699836.0</v>
       </c>
-      <c r="BH14" s="6">
+      <c r="BK14" s="6">
         <v>27470755.0</v>
       </c>
-      <c r="BI14" s="6">
+      <c r="BL14" s="6">
         <v>29005992.0</v>
       </c>
-      <c r="BJ14" s="6">
+      <c r="BM14" s="6">
         <v>29826763.0</v>
       </c>
-      <c r="BK14" s="6">
+      <c r="BN14" s="6">
         <v>28379437.0</v>
       </c>
-      <c r="BL14" s="6">
+      <c r="BO14" s="6">
         <v>28345191.0</v>
       </c>
-      <c r="BM14" s="6">
+      <c r="BP14" s="6">
         <v>28121977.0</v>
       </c>
-      <c r="BN14" s="6">
+      <c r="BQ14" s="6">
         <v>26844870.0</v>
       </c>
-      <c r="BO14" s="6">
+      <c r="BR14" s="6">
         <v>26082174.0</v>
       </c>
-      <c r="BP14" s="6">
+      <c r="BS14" s="6">
         <v>24553554.0</v>
       </c>
-      <c r="BQ14" s="6">
+      <c r="BT14" s="6">
         <v>25430478.0</v>
       </c>
-      <c r="BR14" s="6">
+      <c r="BU14" s="6">
         <v>12447150.0</v>
       </c>
-      <c r="BS14" s="6">
+      <c r="BV14" s="6">
         <v>41282380.0</v>
       </c>
-      <c r="BT14" s="6">
+      <c r="BW14" s="6">
         <v>27343217.0</v>
       </c>
-      <c r="BU14" s="6">
+      <c r="BX14" s="6">
         <v>27790331.0</v>
       </c>
-      <c r="BV14" s="6">
+      <c r="BY14" s="6">
         <v>29169240.0</v>
       </c>
-      <c r="BW14" s="6">
+      <c r="BZ14" s="6">
         <v>31721729.0</v>
       </c>
-      <c r="BX14" s="6">
+      <c r="CA14" s="6">
         <v>28222252.0</v>
       </c>
-      <c r="BY14" s="6">
+      <c r="CB14" s="6">
         <v>28882248.0</v>
       </c>
-      <c r="BZ14" s="6">
+      <c r="CC14" s="6">
         <v>28405596.0</v>
       </c>
-      <c r="CA14" s="6">
+      <c r="CD14" s="6">
         <v>26876353.0</v>
       </c>
-      <c r="CB14" s="6">
+      <c r="CE14" s="6">
         <v>24170463.0</v>
       </c>
-      <c r="CC14" s="6">
+      <c r="CF14" s="6">
         <v>24613537.0</v>
       </c>
-      <c r="CD14" s="6">
+      <c r="CG14" s="6">
         <v>10232112.0</v>
       </c>
     </row>
-    <row r="15" spans="1:82">
+    <row r="15" spans="1:85">
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C15" s="6">
-        <v>7067295.0</v>
+        <v>7355194.0</v>
       </c>
       <c r="D15" s="6">
-        <v>6866227.0</v>
+        <v>7589204.0</v>
       </c>
       <c r="E15" s="6">
-        <v>7071139.0</v>
+        <v>7894841.0</v>
       </c>
       <c r="F15" s="6">
-        <v>7780550.0</v>
+        <v>7030425.0</v>
       </c>
       <c r="G15" s="6">
-        <v>6454347.0</v>
+        <v>6835923.0</v>
       </c>
       <c r="H15" s="6">
-        <v>5918325.0</v>
+        <v>7036920.0</v>
       </c>
       <c r="I15" s="6">
-        <v>6143316.0</v>
+        <v>7752301.0</v>
       </c>
       <c r="J15" s="6">
-        <v>3898995.0</v>
+        <v>6423884.0</v>
       </c>
       <c r="K15" s="6">
-        <v>8857961.0</v>
+        <v>5902955.0</v>
       </c>
       <c r="L15" s="6">
-        <v>6558995.0</v>
+        <v>6110331.0</v>
       </c>
       <c r="M15" s="6">
+        <v>3886071.0</v>
+      </c>
+      <c r="N15" s="6">
+        <v>8860562.0</v>
+      </c>
+      <c r="O15" s="6">
+        <v>6558883.0</v>
+      </c>
+      <c r="P15" s="6">
         <v>6806981.0</v>
       </c>
-      <c r="N15" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="Q15" s="6">
-        <v>6487422.0</v>
+        <v>6895676.0</v>
       </c>
       <c r="R15" s="6">
-        <v>6175559.0</v>
+        <v>6843450.0</v>
       </c>
       <c r="S15" s="6">
-        <v>6529453.0</v>
+        <v>6143160.0</v>
       </c>
       <c r="T15" s="6">
-        <v>5346113.0</v>
+        <v>6488215.0</v>
       </c>
       <c r="U15" s="6">
-        <v>5517016.0</v>
+        <v>6175557.0</v>
       </c>
       <c r="V15" s="6">
-        <v>3597027.0</v>
+        <v>6529588.0</v>
       </c>
       <c r="W15" s="6">
-        <v>8366770.0</v>
+        <v>5346193.0</v>
       </c>
       <c r="X15" s="6">
-        <v>5997012.0</v>
+        <v>5517017.0</v>
       </c>
       <c r="Y15" s="6">
+        <v>3596594.0</v>
+      </c>
+      <c r="Z15" s="6">
+        <v>8367796.0</v>
+      </c>
+      <c r="AA15" s="6">
+        <v>5997067.0</v>
+      </c>
+      <c r="AB15" s="6">
         <v>6321793.0</v>
       </c>
-      <c r="Z15" s="6">
+      <c r="AC15" s="6">
         <v>6644987.0</v>
       </c>
-      <c r="AA15" s="6">
+      <c r="AD15" s="6">
         <v>5945896.0</v>
       </c>
-      <c r="AB15" s="6">
+      <c r="AE15" s="6">
         <v>5979991.0</v>
       </c>
-      <c r="AC15" s="6">
+      <c r="AF15" s="6">
         <v>5751049.0</v>
       </c>
-      <c r="AD15" s="6">
+      <c r="AG15" s="6">
         <v>5562741.0</v>
       </c>
-      <c r="AE15" s="6">
+      <c r="AH15" s="6">
         <v>5844469.0</v>
       </c>
-      <c r="AF15" s="6">
+      <c r="AI15" s="6">
         <v>4683370.0</v>
       </c>
-      <c r="AG15" s="6">
+      <c r="AJ15" s="6">
         <v>4864275.0</v>
       </c>
-      <c r="AH15" s="6">
+      <c r="AK15" s="6">
         <v>3069580.0</v>
       </c>
-      <c r="AI15" s="6">
-[...2 lines deleted...]
-      <c r="AJ15" s="6">
+      <c r="AL15" s="6">
+        <v>7752226.0</v>
+      </c>
+      <c r="AM15" s="6">
         <v>5264272.0</v>
       </c>
-      <c r="AK15" s="6">
+      <c r="AN15" s="6">
         <v>5388922.0</v>
       </c>
-      <c r="AL15" s="6">
+      <c r="AO15" s="6">
         <v>5880144.0</v>
       </c>
-      <c r="AM15" s="6">
+      <c r="AP15" s="6">
         <v>5095008.0</v>
       </c>
-      <c r="AN15" s="6">
+      <c r="AQ15" s="6">
         <v>5170538.0</v>
       </c>
-      <c r="AO15" s="6">
+      <c r="AR15" s="6">
         <v>5157984.0</v>
       </c>
-      <c r="AP15" s="6">
+      <c r="AS15" s="6">
         <v>5101930.0</v>
       </c>
-      <c r="AQ15" s="6">
+      <c r="AT15" s="6">
         <v>5344542.0</v>
       </c>
-      <c r="AR15" s="6">
+      <c r="AU15" s="6">
         <v>4263538.0</v>
       </c>
-      <c r="AS15" s="6">
+      <c r="AV15" s="6">
         <v>4290294.0</v>
       </c>
-      <c r="AT15" s="6">
+      <c r="AW15" s="6">
         <v>2752760.0</v>
       </c>
-      <c r="AU15" s="6">
+      <c r="AX15" s="6">
         <v>6615128.0</v>
       </c>
-      <c r="AV15" s="6">
+      <c r="AY15" s="6">
         <v>4304893.0</v>
       </c>
-      <c r="AW15" s="6">
+      <c r="AZ15" s="6">
         <v>4578754.0</v>
       </c>
-      <c r="AX15" s="6">
+      <c r="BA15" s="6">
         <v>4501744.0</v>
       </c>
-      <c r="AY15" s="6">
+      <c r="BB15" s="6">
         <v>4512134.0</v>
       </c>
-      <c r="AZ15" s="6">
+      <c r="BC15" s="6">
         <v>4331495.0</v>
       </c>
-      <c r="BA15" s="6">
+      <c r="BD15" s="6">
         <v>4245380.0</v>
       </c>
-      <c r="BB15" s="6">
+      <c r="BE15" s="6">
         <v>4156971.0</v>
       </c>
-      <c r="BC15" s="6">
+      <c r="BF15" s="6">
         <v>3911947.0</v>
       </c>
-      <c r="BD15" s="6">
+      <c r="BG15" s="6">
         <v>3440116.0</v>
       </c>
-      <c r="BE15" s="6">
+      <c r="BH15" s="6">
         <v>3355173.0</v>
       </c>
-      <c r="BF15" s="6">
+      <c r="BI15" s="6">
         <v>2071172.0</v>
       </c>
-      <c r="BG15" s="6">
+      <c r="BJ15" s="6">
         <v>6170086.0</v>
       </c>
-      <c r="BH15" s="6">
+      <c r="BK15" s="6">
         <v>4229467.0</v>
       </c>
-      <c r="BI15" s="6">
+      <c r="BL15" s="6">
         <v>4511267.0</v>
       </c>
-      <c r="BJ15" s="6">
+      <c r="BM15" s="6">
         <v>4731137.0</v>
       </c>
-      <c r="BK15" s="6">
+      <c r="BN15" s="6">
         <v>4370385.0</v>
       </c>
-      <c r="BL15" s="6">
+      <c r="BO15" s="6">
         <v>4415442.0</v>
       </c>
-      <c r="BM15" s="6">
+      <c r="BP15" s="6">
         <v>4435935.0</v>
       </c>
-      <c r="BN15" s="6">
+      <c r="BQ15" s="6">
         <v>4208330.0</v>
       </c>
-      <c r="BO15" s="6">
+      <c r="BR15" s="6">
         <v>4047236.0</v>
       </c>
-      <c r="BP15" s="6">
+      <c r="BS15" s="6">
         <v>3785563.0</v>
       </c>
-      <c r="BQ15" s="6">
+      <c r="BT15" s="6">
         <v>4017853.0</v>
       </c>
-      <c r="BR15" s="6">
+      <c r="BU15" s="6">
         <v>1853546.0</v>
       </c>
-      <c r="BS15" s="6">
+      <c r="BV15" s="6">
         <v>6895450.0</v>
       </c>
-      <c r="BT15" s="6">
+      <c r="BW15" s="6">
         <v>4466768.0</v>
       </c>
-      <c r="BU15" s="6">
+      <c r="BX15" s="6">
         <v>4544005.0</v>
       </c>
-      <c r="BV15" s="6">
+      <c r="BY15" s="6">
         <v>4817608.0</v>
       </c>
-      <c r="BW15" s="6">
+      <c r="BZ15" s="6">
         <v>5336778.0</v>
       </c>
-      <c r="BX15" s="6">
+      <c r="CA15" s="6">
         <v>4567434.0</v>
       </c>
-      <c r="BY15" s="6">
+      <c r="CB15" s="6">
         <v>4671847.0</v>
       </c>
-      <c r="BZ15" s="6">
+      <c r="CC15" s="6">
         <v>4572720.0</v>
       </c>
-      <c r="CA15" s="6">
+      <c r="CD15" s="6">
         <v>4254148.0</v>
       </c>
-      <c r="CB15" s="6">
+      <c r="CE15" s="6">
         <v>3763636.0</v>
       </c>
-      <c r="CC15" s="6">
+      <c r="CF15" s="6">
         <v>3844311.0</v>
       </c>
-      <c r="CD15" s="6">
+      <c r="CG15" s="6">
         <v>1244203.0</v>
       </c>
     </row>
-    <row r="16" spans="1:82">
+    <row r="16" spans="1:85">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C16" s="6">
+        <v>235.0</v>
+      </c>
+      <c r="D16" s="6">
         <v>236.0</v>
       </c>
-      <c r="D16" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="6">
-        <v>240.0</v>
+        <v>236.0</v>
       </c>
       <c r="F16" s="6">
-        <v>240.0</v>
+        <v>235.0</v>
       </c>
       <c r="G16" s="6">
-        <v>241.0</v>
+        <v>236.0</v>
       </c>
       <c r="H16" s="6">
-        <v>240.0</v>
+        <v>237.0</v>
       </c>
       <c r="I16" s="6">
-        <v>241.0</v>
+        <v>237.0</v>
       </c>
       <c r="J16" s="6">
-        <v>240.0</v>
+        <v>238.0</v>
       </c>
       <c r="K16" s="6">
+        <v>237.0</v>
+      </c>
+      <c r="L16" s="6">
         <v>238.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>239.0</v>
       </c>
       <c r="M16" s="6">
         <v>237.0</v>
       </c>
       <c r="N16" s="6">
+        <v>238.0</v>
+      </c>
+      <c r="O16" s="6">
+        <v>239.0</v>
+      </c>
+      <c r="P16" s="6">
         <v>237.0</v>
       </c>
-      <c r="O16" s="6">
+      <c r="Q16" s="6">
         <v>237.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>235.0</v>
       </c>
       <c r="R16" s="6">
         <v>237.0</v>
       </c>
       <c r="S16" s="6">
         <v>235.0</v>
       </c>
       <c r="T16" s="6">
-        <v>236.0</v>
+        <v>235.0</v>
       </c>
       <c r="U16" s="6">
-        <v>235.0</v>
+        <v>237.0</v>
       </c>
       <c r="V16" s="6">
         <v>235.0</v>
       </c>
       <c r="W16" s="6">
+        <v>236.0</v>
+      </c>
+      <c r="X16" s="6">
+        <v>235.0</v>
+      </c>
+      <c r="Y16" s="6">
+        <v>235.0</v>
+      </c>
+      <c r="Z16" s="6">
         <v>222.0</v>
       </c>
-      <c r="X16" s="6">
+      <c r="AA16" s="6">
         <v>221.0</v>
       </c>
-      <c r="Y16" s="6">
+      <c r="AB16" s="6">
         <v>223.0</v>
       </c>
-      <c r="Z16" s="6">
+      <c r="AC16" s="6">
         <v>223.0</v>
       </c>
-      <c r="AA16" s="6">
+      <c r="AD16" s="6">
         <v>226.0</v>
       </c>
-      <c r="AB16" s="6">
+      <c r="AE16" s="6">
         <v>228.0</v>
       </c>
-      <c r="AC16" s="6">
+      <c r="AF16" s="6">
         <v>226.0</v>
       </c>
-      <c r="AD16" s="6">
+      <c r="AG16" s="6">
         <v>227.0</v>
       </c>
-      <c r="AE16" s="6">
+      <c r="AH16" s="6">
         <v>224.0</v>
       </c>
-      <c r="AF16" s="6">
+      <c r="AI16" s="6">
         <v>223.0</v>
       </c>
-      <c r="AG16" s="6">
+      <c r="AJ16" s="6">
         <v>223.0</v>
       </c>
-      <c r="AH16" s="6">
+      <c r="AK16" s="6">
         <v>222.0</v>
       </c>
-      <c r="AI16" s="6">
+      <c r="AL16" s="6">
         <v>217.0</v>
       </c>
-      <c r="AJ16" s="6">
+      <c r="AM16" s="6">
         <v>215.0</v>
       </c>
-      <c r="AK16" s="6">
+      <c r="AN16" s="6">
         <v>214.0</v>
       </c>
-      <c r="AL16" s="6">
+      <c r="AO16" s="6">
         <v>213.0</v>
       </c>
-      <c r="AM16" s="6">
+      <c r="AP16" s="6">
         <v>212.0</v>
       </c>
-      <c r="AN16" s="6">
+      <c r="AQ16" s="6">
         <v>211.0</v>
       </c>
-      <c r="AO16" s="6">
+      <c r="AR16" s="6">
         <v>209.0</v>
       </c>
-      <c r="AP16" s="6">
+      <c r="AS16" s="6">
         <v>210.0</v>
       </c>
-      <c r="AQ16" s="6">
+      <c r="AT16" s="6">
         <v>208.0</v>
       </c>
-      <c r="AR16" s="6">
+      <c r="AU16" s="6">
         <v>207.0</v>
       </c>
-      <c r="AS16" s="6">
+      <c r="AV16" s="6">
         <v>206.0</v>
       </c>
-      <c r="AT16" s="6">
+      <c r="AW16" s="6">
         <v>205.0</v>
       </c>
-      <c r="AU16" s="6">
+      <c r="AX16" s="6">
         <v>200.0</v>
       </c>
-      <c r="AV16" s="6">
+      <c r="AY16" s="6">
         <v>201.0</v>
       </c>
-      <c r="AW16" s="6">
+      <c r="AZ16" s="6">
         <v>201.0</v>
       </c>
-      <c r="AX16" s="6">
+      <c r="BA16" s="6">
         <v>203.0</v>
       </c>
-      <c r="AY16" s="6">
+      <c r="BB16" s="6">
         <v>204.0</v>
       </c>
-      <c r="AZ16" s="6">
+      <c r="BC16" s="6">
         <v>205.0</v>
       </c>
-      <c r="BA16" s="6">
+      <c r="BD16" s="6">
         <v>206.0</v>
       </c>
-      <c r="BB16" s="6">
+      <c r="BE16" s="6">
         <v>206.0</v>
       </c>
-      <c r="BC16" s="6">
+      <c r="BF16" s="6">
         <v>207.0</v>
       </c>
-      <c r="BD16" s="6">
+      <c r="BG16" s="6">
         <v>205.0</v>
       </c>
-      <c r="BE16" s="6">
+      <c r="BH16" s="6">
         <v>205.0</v>
       </c>
-      <c r="BF16" s="6">
+      <c r="BI16" s="6">
         <v>204.0</v>
       </c>
-      <c r="BG16" s="6">
+      <c r="BJ16" s="6">
         <v>199.0</v>
       </c>
-      <c r="BH16" s="6">
+      <c r="BK16" s="6">
         <v>199.0</v>
       </c>
-      <c r="BI16" s="6">
+      <c r="BL16" s="6">
         <v>198.0</v>
       </c>
-      <c r="BJ16" s="6">
+      <c r="BM16" s="6">
         <v>195.0</v>
       </c>
-      <c r="BK16" s="6">
+      <c r="BN16" s="6">
         <v>196.0</v>
       </c>
-      <c r="BL16" s="6">
+      <c r="BO16" s="6">
         <v>195.0</v>
       </c>
-      <c r="BM16" s="6">
+      <c r="BP16" s="6">
         <v>193.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>189.0</v>
       </c>
       <c r="BQ16" s="6">
         <v>192.0</v>
       </c>
       <c r="BR16" s="6">
+        <v>190.0</v>
+      </c>
+      <c r="BS16" s="6">
+        <v>189.0</v>
+      </c>
+      <c r="BT16" s="6">
+        <v>192.0</v>
+      </c>
+      <c r="BU16" s="6">
         <v>191.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>181.0</v>
       </c>
       <c r="BV16" s="6">
         <v>183.0</v>
       </c>
       <c r="BW16" s="6">
-        <v>182.0</v>
+        <v>185.0</v>
       </c>
       <c r="BX16" s="6">
         <v>181.0</v>
       </c>
       <c r="BY16" s="6">
-        <v>181.0</v>
+        <v>183.0</v>
       </c>
       <c r="BZ16" s="6">
-        <v>181.0</v>
+        <v>182.0</v>
       </c>
       <c r="CA16" s="6">
         <v>181.0</v>
       </c>
       <c r="CB16" s="6">
-        <v>182.0</v>
+        <v>181.0</v>
       </c>
       <c r="CC16" s="6">
-        <v>182.0</v>
+        <v>181.0</v>
       </c>
       <c r="CD16" s="6">
         <v>181.0</v>
       </c>
+      <c r="CE16" s="6">
+        <v>182.0</v>
+      </c>
+      <c r="CF16" s="6">
+        <v>182.0</v>
+      </c>
+      <c r="CG16" s="6">
+        <v>181.0</v>
+      </c>
     </row>
-    <row r="17" spans="1:82">
+    <row r="17" spans="1:85">
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C17" s="6">
-        <v>6411152.0</v>
+        <v>5985124.0</v>
       </c>
       <c r="D17" s="6">
-        <v>6182604.0</v>
+        <v>6179734.0</v>
       </c>
       <c r="E17" s="6">
-        <v>6121798.0</v>
+        <v>5850691.0</v>
       </c>
       <c r="F17" s="6">
-        <v>5855859.0</v>
+        <v>6289618.0</v>
       </c>
       <c r="G17" s="6">
-        <v>5435355.0</v>
+        <v>6066673.0</v>
       </c>
       <c r="H17" s="6">
-        <v>4845762.0</v>
+        <v>6013362.0</v>
       </c>
       <c r="I17" s="6">
-        <v>4817913.0</v>
+        <v>5756057.0</v>
       </c>
       <c r="J17" s="6">
-        <v>2109421.0</v>
+        <v>5352584.0</v>
       </c>
       <c r="K17" s="6">
-        <v>10807946.0</v>
+        <v>4772026.0</v>
       </c>
       <c r="L17" s="6">
+        <v>4728120.0</v>
+      </c>
+      <c r="M17" s="6">
+        <v>2108311.0</v>
+      </c>
+      <c r="N17" s="6">
+        <v>10815676.0</v>
+      </c>
+      <c r="O17" s="6">
         <v>5611656.0</v>
       </c>
-      <c r="M17" s="6">
+      <c r="P17" s="6">
         <v>5900696.0</v>
       </c>
-      <c r="N17" s="6">
+      <c r="Q17" s="6">
         <v>5977081.0</v>
       </c>
-      <c r="O17" s="6">
+      <c r="R17" s="6">
         <v>6058025.0</v>
       </c>
-      <c r="P17" s="6">
+      <c r="S17" s="6">
         <v>5954884.0</v>
       </c>
-      <c r="Q17" s="6">
+      <c r="T17" s="6">
         <v>5994573.0</v>
       </c>
-      <c r="R17" s="6">
+      <c r="U17" s="6">
         <v>5499059.0</v>
       </c>
-      <c r="S17" s="6">
+      <c r="V17" s="6">
         <v>4971768.0</v>
       </c>
-      <c r="T17" s="6">
+      <c r="W17" s="6">
         <v>4669543.0</v>
       </c>
-      <c r="U17" s="6">
+      <c r="X17" s="6">
         <v>4096248.0</v>
       </c>
-      <c r="V17" s="6">
+      <c r="Y17" s="6">
         <v>1745382.0</v>
       </c>
-      <c r="W17" s="6">
-[...2 lines deleted...]
-      <c r="X17" s="6">
+      <c r="Z17" s="6">
+        <v>9466373.0</v>
+      </c>
+      <c r="AA17" s="6">
         <v>5109093.0</v>
       </c>
-      <c r="Y17" s="6">
+      <c r="AB17" s="6">
         <v>5356915.0</v>
       </c>
-      <c r="Z17" s="6">
+      <c r="AC17" s="6">
         <v>5122836.0</v>
       </c>
-      <c r="AA17" s="6">
+      <c r="AD17" s="6">
         <v>5193737.0</v>
       </c>
-      <c r="AB17" s="6">
+      <c r="AE17" s="6">
         <v>5520607.0</v>
       </c>
-      <c r="AC17" s="6">
+      <c r="AF17" s="6">
         <v>5138231.0</v>
       </c>
-      <c r="AD17" s="6">
+      <c r="AG17" s="6">
         <v>4638838.0</v>
       </c>
-      <c r="AE17" s="6">
+      <c r="AH17" s="6">
         <v>4402626.0</v>
       </c>
-      <c r="AF17" s="6">
+      <c r="AI17" s="6">
         <v>3685471.0</v>
       </c>
-      <c r="AG17" s="6">
+      <c r="AJ17" s="6">
         <v>3928998.0</v>
       </c>
-      <c r="AH17" s="6">
+      <c r="AK17" s="6">
         <v>1597091.0</v>
       </c>
-      <c r="AI17" s="6">
-[...2 lines deleted...]
-      <c r="AJ17" s="6">
+      <c r="AL17" s="6">
+        <v>8252506.0</v>
+      </c>
+      <c r="AM17" s="6">
         <v>4273183.0</v>
       </c>
-      <c r="AK17" s="6">
+      <c r="AN17" s="6">
         <v>4349768.0</v>
       </c>
-      <c r="AL17" s="6">
+      <c r="AO17" s="6">
         <v>4517882.0</v>
       </c>
-      <c r="AM17" s="6">
+      <c r="AP17" s="6">
         <v>4450426.0</v>
       </c>
-      <c r="AN17" s="6">
+      <c r="AQ17" s="6">
         <v>4350803.0</v>
       </c>
-      <c r="AO17" s="6">
+      <c r="AR17" s="6">
         <v>4287492.0</v>
       </c>
-      <c r="AP17" s="6">
+      <c r="AS17" s="6">
         <v>4229155.0</v>
       </c>
-      <c r="AQ17" s="6">
+      <c r="AT17" s="6">
         <v>3636554.0</v>
       </c>
-      <c r="AR17" s="6">
+      <c r="AU17" s="6">
         <v>3200327.0</v>
       </c>
-      <c r="AS17" s="6">
+      <c r="AV17" s="6">
         <v>3122542.0</v>
       </c>
-      <c r="AT17" s="6">
+      <c r="AW17" s="6">
         <v>1486613.0</v>
       </c>
-      <c r="AU17" s="6">
+      <c r="AX17" s="6">
         <v>7435669.0</v>
       </c>
-      <c r="AV17" s="6">
+      <c r="AY17" s="6">
         <v>3918360.0</v>
       </c>
-      <c r="AW17" s="6">
+      <c r="AZ17" s="6">
         <v>4090996.0</v>
       </c>
-      <c r="AX17" s="6">
+      <c r="BA17" s="6">
         <v>4041703.0</v>
       </c>
-      <c r="AY17" s="6">
+      <c r="BB17" s="6">
         <v>4291987.0</v>
       </c>
-      <c r="AZ17" s="6">
+      <c r="BC17" s="6">
         <v>4489811.0</v>
       </c>
-      <c r="BA17" s="6">
+      <c r="BD17" s="6">
         <v>4137628.0</v>
       </c>
-      <c r="BB17" s="6">
+      <c r="BE17" s="6">
         <v>3910935.0</v>
       </c>
-      <c r="BC17" s="6">
+      <c r="BF17" s="6">
         <v>3561407.0</v>
       </c>
-      <c r="BD17" s="6">
+      <c r="BG17" s="6">
         <v>2937616.0</v>
       </c>
-      <c r="BE17" s="6">
+      <c r="BH17" s="6">
         <v>2927503.0</v>
       </c>
-      <c r="BF17" s="6">
+      <c r="BI17" s="6">
         <v>1369684.0</v>
       </c>
-      <c r="BG17" s="6">
+      <c r="BJ17" s="6">
         <v>7082454.0</v>
       </c>
-      <c r="BH17" s="6">
+      <c r="BK17" s="6">
         <v>3708663.0</v>
       </c>
-      <c r="BI17" s="6">
+      <c r="BL17" s="6">
         <v>3829776.0</v>
       </c>
-      <c r="BJ17" s="6">
+      <c r="BM17" s="6">
         <v>3790400.0</v>
       </c>
-      <c r="BK17" s="6">
+      <c r="BN17" s="6">
         <v>3702504.0</v>
       </c>
-      <c r="BL17" s="6">
+      <c r="BO17" s="6">
         <v>3745526.0</v>
       </c>
-      <c r="BM17" s="6">
+      <c r="BP17" s="6">
         <v>3660398.0</v>
       </c>
-      <c r="BN17" s="6">
+      <c r="BQ17" s="6">
         <v>3090755.0</v>
       </c>
-      <c r="BO17" s="6">
+      <c r="BR17" s="6">
         <v>2980688.0</v>
       </c>
-      <c r="BP17" s="6">
+      <c r="BS17" s="6">
         <v>2904923.0</v>
       </c>
-      <c r="BQ17" s="6">
+      <c r="BT17" s="6">
         <v>2771224.0</v>
       </c>
-      <c r="BR17" s="6">
+      <c r="BU17" s="6">
         <v>1143717.0</v>
       </c>
-      <c r="BS17" s="6">
+      <c r="BV17" s="6">
         <v>6905728.0</v>
       </c>
-      <c r="BT17" s="6">
+      <c r="BW17" s="6">
         <v>3601893.0</v>
       </c>
-      <c r="BU17" s="6">
+      <c r="BX17" s="6">
         <v>3734190.0</v>
       </c>
-      <c r="BV17" s="6">
+      <c r="BY17" s="6">
         <v>3838534.0</v>
       </c>
-      <c r="BW17" s="6">
+      <c r="BZ17" s="6">
         <v>3974275.0</v>
       </c>
-      <c r="BX17" s="6">
+      <c r="CA17" s="6">
         <v>3794236.0</v>
       </c>
-      <c r="BY17" s="6">
+      <c r="CB17" s="6">
         <v>3930733.0</v>
       </c>
-      <c r="BZ17" s="6">
+      <c r="CC17" s="6">
         <v>3610102.0</v>
       </c>
-      <c r="CA17" s="6">
+      <c r="CD17" s="6">
         <v>3032750.0</v>
       </c>
-      <c r="CB17" s="6">
+      <c r="CE17" s="6">
         <v>2729200.0</v>
       </c>
-      <c r="CC17" s="6">
+      <c r="CF17" s="6">
         <v>2778086.0</v>
       </c>
-      <c r="CD17" s="6">
+      <c r="CG17" s="6">
         <v>686769.0</v>
       </c>
     </row>
-    <row r="18" spans="1:82">
+    <row r="18" spans="1:85">
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C18" s="6">
-        <v>1167045.0</v>
+        <v>1099450.0</v>
       </c>
       <c r="D18" s="6">
-        <v>1103371.0</v>
+        <v>1124029.0</v>
       </c>
       <c r="E18" s="6">
-        <v>1096886.0</v>
+        <v>1046966.0</v>
       </c>
       <c r="F18" s="6">
-        <v>1040365.0</v>
+        <v>1146873.0</v>
       </c>
       <c r="G18" s="6">
-        <v>953240.0</v>
+        <v>1085722.0</v>
       </c>
       <c r="H18" s="6">
-        <v>836717.0</v>
+        <v>1080593.0</v>
       </c>
       <c r="I18" s="6">
-        <v>832128.0</v>
+        <v>1025806.0</v>
       </c>
       <c r="J18" s="6">
-        <v>332178.0</v>
+        <v>941145.0</v>
       </c>
       <c r="K18" s="6">
-        <v>2062022.0</v>
+        <v>825792.0</v>
       </c>
       <c r="L18" s="6">
+        <v>818543.0</v>
+      </c>
+      <c r="M18" s="6">
+        <v>332168.0</v>
+      </c>
+      <c r="N18" s="6">
+        <v>2063568.0</v>
+      </c>
+      <c r="O18" s="6">
         <v>1008341.0</v>
       </c>
-      <c r="M18" s="6">
+      <c r="P18" s="6">
         <v>1048419.0</v>
       </c>
-      <c r="N18" s="6">
+      <c r="Q18" s="6">
         <v>1069389.0</v>
       </c>
-      <c r="O18" s="6">
+      <c r="R18" s="6">
         <v>1078313.0</v>
       </c>
-      <c r="P18" s="6">
+      <c r="S18" s="6">
         <v>1042515.0</v>
       </c>
-      <c r="Q18" s="6">
+      <c r="T18" s="6">
         <v>1057962.0</v>
       </c>
-      <c r="R18" s="6">
+      <c r="U18" s="6">
         <v>956950.0</v>
       </c>
-      <c r="S18" s="6">
+      <c r="V18" s="6">
         <v>854153.0</v>
       </c>
-      <c r="T18" s="6">
+      <c r="W18" s="6">
         <v>799794.0</v>
       </c>
-      <c r="U18" s="6">
+      <c r="X18" s="6">
         <v>684986.0</v>
       </c>
-      <c r="V18" s="6">
+      <c r="Y18" s="6">
         <v>255144.0</v>
       </c>
-      <c r="W18" s="6">
-[...2 lines deleted...]
-      <c r="X18" s="6">
+      <c r="Z18" s="6">
+        <v>1788672.0</v>
+      </c>
+      <c r="AA18" s="6">
         <v>897497.0</v>
       </c>
-      <c r="Y18" s="6">
+      <c r="AB18" s="6">
         <v>945711.0</v>
       </c>
-      <c r="Z18" s="6">
+      <c r="AC18" s="6">
         <v>895651.0</v>
       </c>
-      <c r="AA18" s="6">
+      <c r="AD18" s="6">
         <v>904282.0</v>
       </c>
-      <c r="AB18" s="6">
+      <c r="AE18" s="6">
         <v>977883.0</v>
       </c>
-      <c r="AC18" s="6">
+      <c r="AF18" s="6">
         <v>880414.0</v>
       </c>
-      <c r="AD18" s="6">
+      <c r="AG18" s="6">
         <v>783008.0</v>
       </c>
-      <c r="AE18" s="6">
+      <c r="AH18" s="6">
         <v>747722.0</v>
       </c>
-      <c r="AF18" s="6">
+      <c r="AI18" s="6">
         <v>592002.0</v>
       </c>
-      <c r="AG18" s="6">
+      <c r="AJ18" s="6">
         <v>646104.0</v>
       </c>
-      <c r="AH18" s="6">
+      <c r="AK18" s="6">
         <v>221364.0</v>
       </c>
-      <c r="AI18" s="6">
+      <c r="AL18" s="6">
         <v>1526754.0</v>
       </c>
-      <c r="AJ18" s="6">
+      <c r="AM18" s="6">
         <v>729398.0</v>
       </c>
-      <c r="AK18" s="6">
+      <c r="AN18" s="6">
         <v>739943.0</v>
       </c>
-      <c r="AL18" s="6">
+      <c r="AO18" s="6">
         <v>773685.0</v>
       </c>
-      <c r="AM18" s="6">
+      <c r="AP18" s="6">
         <v>748097.0</v>
       </c>
-      <c r="AN18" s="6">
+      <c r="AQ18" s="6">
         <v>725456.0</v>
       </c>
-      <c r="AO18" s="6">
+      <c r="AR18" s="6">
         <v>723611.0</v>
       </c>
-      <c r="AP18" s="6">
+      <c r="AS18" s="6">
         <v>717350.0</v>
       </c>
-      <c r="AQ18" s="6">
+      <c r="AT18" s="6">
         <v>605170.0</v>
       </c>
-      <c r="AR18" s="6">
+      <c r="AU18" s="6">
         <v>516029.0</v>
       </c>
-      <c r="AS18" s="6">
+      <c r="AV18" s="6">
         <v>515249.0</v>
       </c>
-      <c r="AT18" s="6">
+      <c r="AW18" s="6">
         <v>227375.0</v>
       </c>
-      <c r="AU18" s="6">
+      <c r="AX18" s="6">
         <v>1397299.0</v>
       </c>
-      <c r="AV18" s="6">
+      <c r="AY18" s="6">
         <v>677383.0</v>
       </c>
-      <c r="AW18" s="6">
+      <c r="AZ18" s="6">
         <v>701900.0</v>
       </c>
-      <c r="AX18" s="6">
+      <c r="BA18" s="6">
         <v>693936.0</v>
       </c>
-      <c r="AY18" s="6">
+      <c r="BB18" s="6">
         <v>740269.0</v>
       </c>
-      <c r="AZ18" s="6">
+      <c r="BC18" s="6">
         <v>770155.0</v>
       </c>
-      <c r="BA18" s="6">
+      <c r="BD18" s="6">
         <v>715036.0</v>
       </c>
-      <c r="BB18" s="6">
+      <c r="BE18" s="6">
         <v>664723.0</v>
       </c>
-      <c r="BC18" s="6">
+      <c r="BF18" s="6">
         <v>601340.0</v>
       </c>
-      <c r="BD18" s="6">
+      <c r="BG18" s="6">
         <v>476372.0</v>
       </c>
-      <c r="BE18" s="6">
+      <c r="BH18" s="6">
         <v>481830.0</v>
       </c>
-      <c r="BF18" s="6">
+      <c r="BI18" s="6">
         <v>205469.0</v>
       </c>
-      <c r="BG18" s="6">
+      <c r="BJ18" s="6">
         <v>1307396.0</v>
       </c>
-      <c r="BH18" s="6">
+      <c r="BK18" s="6">
         <v>648805.0</v>
       </c>
-      <c r="BI18" s="6">
+      <c r="BL18" s="6">
         <v>662735.0</v>
       </c>
-      <c r="BJ18" s="6">
+      <c r="BM18" s="6">
         <v>652005.0</v>
       </c>
-      <c r="BK18" s="6">
+      <c r="BN18" s="6">
         <v>631824.0</v>
       </c>
-      <c r="BL18" s="6">
+      <c r="BO18" s="6">
         <v>641265.0</v>
       </c>
-      <c r="BM18" s="6">
+      <c r="BP18" s="6">
         <v>635031.0</v>
       </c>
-      <c r="BN18" s="6">
+      <c r="BQ18" s="6">
         <v>528735.0</v>
       </c>
-      <c r="BO18" s="6">
+      <c r="BR18" s="6">
         <v>505392.0</v>
       </c>
-      <c r="BP18" s="6">
+      <c r="BS18" s="6">
         <v>479973.0</v>
       </c>
-      <c r="BQ18" s="6">
+      <c r="BT18" s="6">
         <v>472582.0</v>
       </c>
-      <c r="BR18" s="6">
+      <c r="BU18" s="6">
         <v>181636.0</v>
       </c>
-      <c r="BS18" s="6">
+      <c r="BV18" s="6">
         <v>1250838.0</v>
       </c>
-      <c r="BT18" s="6">
+      <c r="BW18" s="6">
         <v>643279.0</v>
       </c>
-      <c r="BU18" s="6">
+      <c r="BX18" s="6">
         <v>663153.0</v>
       </c>
-      <c r="BV18" s="6">
+      <c r="BY18" s="6">
         <v>677520.0</v>
       </c>
-      <c r="BW18" s="6">
+      <c r="BZ18" s="6">
         <v>703602.0</v>
       </c>
-      <c r="BX18" s="6">
+      <c r="CA18" s="6">
         <v>657671.0</v>
       </c>
-      <c r="BY18" s="6">
+      <c r="CB18" s="6">
         <v>699348.0</v>
       </c>
-      <c r="BZ18" s="6">
+      <c r="CC18" s="6">
         <v>621927.0</v>
       </c>
-      <c r="CA18" s="6">
+      <c r="CD18" s="6">
         <v>515612.0</v>
       </c>
-      <c r="CB18" s="6">
+      <c r="CE18" s="6">
         <v>466016.0</v>
       </c>
-      <c r="CC18" s="6">
+      <c r="CF18" s="6">
         <v>476403.0</v>
       </c>
-      <c r="CD18" s="6">
+      <c r="CG18" s="6">
         <v>89708.0</v>
       </c>
     </row>
-    <row r="19" spans="1:82">
+    <row r="19" spans="1:85">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C19" s="6">
-        <v>9252.0</v>
+        <v>9237.0</v>
       </c>
       <c r="D19" s="6">
-        <v>9300.0</v>
+        <v>9296.0</v>
       </c>
       <c r="E19" s="6">
-        <v>9324.0</v>
+        <v>9310.0</v>
       </c>
       <c r="F19" s="6">
-        <v>9328.0</v>
+        <v>9309.0</v>
       </c>
       <c r="G19" s="6">
         <v>9327.0</v>
       </c>
       <c r="H19" s="6">
-        <v>9334.0</v>
+        <v>9348.0</v>
       </c>
       <c r="I19" s="6">
+        <v>9354.0</v>
+      </c>
+      <c r="J19" s="6">
+        <v>9347.0</v>
+      </c>
+      <c r="K19" s="6">
+        <v>9348.0</v>
+      </c>
+      <c r="L19" s="6">
+        <v>9332.0</v>
+      </c>
+      <c r="M19" s="6">
+        <v>9333.0</v>
+      </c>
+      <c r="N19" s="6">
+        <v>9353.0</v>
+      </c>
+      <c r="O19" s="6">
         <v>9315.0</v>
       </c>
-      <c r="J19" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="P19" s="6">
+        <v>9340.0</v>
+      </c>
+      <c r="Q19" s="6">
+        <v>9360.0</v>
+      </c>
+      <c r="R19" s="6">
+        <v>9351.0</v>
+      </c>
+      <c r="S19" s="6">
+        <v>9374.0</v>
+      </c>
+      <c r="T19" s="6">
+        <v>9393.0</v>
+      </c>
+      <c r="U19" s="6">
+        <v>9414.0</v>
+      </c>
+      <c r="V19" s="6">
+        <v>9429.0</v>
+      </c>
+      <c r="W19" s="6">
+        <v>9412.0</v>
+      </c>
+      <c r="X19" s="6">
+        <v>9401.0</v>
+      </c>
+      <c r="Y19" s="6">
+        <v>9416.0</v>
+      </c>
+      <c r="Z19" s="6">
+        <v>9477.0</v>
+      </c>
+      <c r="AA19" s="6">
+        <v>9454.0</v>
+      </c>
+      <c r="AB19" s="6">
+        <v>9477.0</v>
+      </c>
+      <c r="AC19" s="6">
+        <v>9475.0</v>
+      </c>
+      <c r="AD19" s="6">
+        <v>9492.0</v>
+      </c>
+      <c r="AE19" s="6">
+        <v>9489.0</v>
+      </c>
+      <c r="AF19" s="6">
+        <v>9502.0</v>
+      </c>
+      <c r="AG19" s="6">
+        <v>9498.0</v>
+      </c>
+      <c r="AH19" s="6">
+        <v>9487.0</v>
+      </c>
+      <c r="AI19" s="6">
+        <v>9499.0</v>
+      </c>
+      <c r="AJ19" s="6">
+        <v>9481.0</v>
+      </c>
+      <c r="AK19" s="6">
+        <v>9492.0</v>
+      </c>
+      <c r="AL19" s="6">
+        <v>9483.0</v>
+      </c>
+      <c r="AM19" s="6">
+        <v>9462.0</v>
+      </c>
+      <c r="AN19" s="6">
+        <v>9466.0</v>
+      </c>
+      <c r="AO19" s="6">
+        <v>9484.0</v>
+      </c>
+      <c r="AP19" s="6">
+        <v>9478.0</v>
+      </c>
+      <c r="AQ19" s="6">
+        <v>9478.0</v>
+      </c>
+      <c r="AR19" s="6">
+        <v>9492.0</v>
+      </c>
+      <c r="AS19" s="6">
+        <v>9491.0</v>
+      </c>
+      <c r="AT19" s="6">
+        <v>9481.0</v>
+      </c>
+      <c r="AU19" s="6">
+        <v>9467.0</v>
+      </c>
+      <c r="AV19" s="6">
+        <v>9440.0</v>
+      </c>
+      <c r="AW19" s="6">
+        <v>9453.0</v>
+      </c>
+      <c r="AX19" s="6">
+        <v>9406.0</v>
+      </c>
+      <c r="AY19" s="6">
+        <v>9375.0</v>
+      </c>
+      <c r="AZ19" s="6">
         <v>9372.0</v>
       </c>
-      <c r="Q19" s="6">
-[...98 lines deleted...]
-      <c r="AX19" s="6">
+      <c r="BA19" s="6">
         <v>9365.0</v>
       </c>
-      <c r="AY19" s="6">
+      <c r="BB19" s="6">
         <v>9354.0</v>
       </c>
-      <c r="AZ19" s="6">
+      <c r="BC19" s="6">
         <v>9335.0</v>
       </c>
-      <c r="BA19" s="6">
+      <c r="BD19" s="6">
         <v>9325.0</v>
       </c>
-      <c r="BB19" s="6">
+      <c r="BE19" s="6">
         <v>9280.0</v>
       </c>
-      <c r="BC19" s="6">
+      <c r="BF19" s="6">
         <v>9242.0</v>
       </c>
-      <c r="BD19" s="6">
+      <c r="BG19" s="6">
         <v>9212.0</v>
       </c>
-      <c r="BE19" s="6">
-[...2 lines deleted...]
-      <c r="BF19" s="6">
+      <c r="BH19" s="6">
+        <v>9154.0</v>
+      </c>
+      <c r="BI19" s="6">
         <v>9133.0</v>
       </c>
-      <c r="BG19" s="6">
+      <c r="BJ19" s="6">
         <v>8806.0</v>
       </c>
-      <c r="BH19" s="6">
+      <c r="BK19" s="6">
         <v>8746.0</v>
       </c>
-      <c r="BI19" s="6">
+      <c r="BL19" s="6">
         <v>8728.0</v>
       </c>
-      <c r="BJ19" s="6">
+      <c r="BM19" s="6">
         <v>8684.0</v>
       </c>
-      <c r="BK19" s="6">
+      <c r="BN19" s="6">
         <v>8649.0</v>
       </c>
-      <c r="BL19" s="6">
+      <c r="BO19" s="6">
         <v>8624.0</v>
       </c>
-      <c r="BM19" s="6">
+      <c r="BP19" s="6">
         <v>8601.0</v>
       </c>
-      <c r="BN19" s="6">
+      <c r="BQ19" s="6">
         <v>8552.0</v>
       </c>
-      <c r="BO19" s="6">
+      <c r="BR19" s="6">
         <v>8548.0</v>
       </c>
-      <c r="BP19" s="6">
+      <c r="BS19" s="6">
         <v>8574.0</v>
       </c>
-      <c r="BQ19" s="6">
+      <c r="BT19" s="6">
         <v>8571.0</v>
       </c>
-      <c r="BR19" s="6">
+      <c r="BU19" s="6">
         <v>8558.0</v>
       </c>
-      <c r="BS19" s="6">
+      <c r="BV19" s="6">
         <v>8449.0</v>
       </c>
-      <c r="BT19" s="6">
+      <c r="BW19" s="6">
         <v>8429.0</v>
       </c>
-      <c r="BU19" s="6">
+      <c r="BX19" s="6">
         <v>8412.0</v>
       </c>
-      <c r="BV19" s="6">
+      <c r="BY19" s="6">
         <v>8379.0</v>
       </c>
-      <c r="BW19" s="6">
+      <c r="BZ19" s="6">
         <v>8345.0</v>
       </c>
-      <c r="BX19" s="6">
+      <c r="CA19" s="6">
         <v>8347.0</v>
       </c>
-      <c r="BY19" s="6">
+      <c r="CB19" s="6">
         <v>8313.0</v>
       </c>
-      <c r="BZ19" s="6">
+      <c r="CC19" s="6">
         <v>8323.0</v>
       </c>
-      <c r="CA19" s="6">
+      <c r="CD19" s="6">
         <v>8299.0</v>
       </c>
-      <c r="CB19" s="6">
+      <c r="CE19" s="6">
         <v>8279.0</v>
       </c>
-      <c r="CC19" s="6">
+      <c r="CF19" s="6">
         <v>8265.0</v>
       </c>
-      <c r="CD19" s="6">
+      <c r="CG19" s="6">
         <v>8281.0</v>
       </c>
     </row>
-    <row r="20" spans="1:82">
+    <row r="20" spans="1:85">
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C20" s="6">
-        <v>455238769.0</v>
+        <v>453823151.0</v>
       </c>
       <c r="D20" s="6">
-        <v>460233971.0</v>
+        <v>453876427.0</v>
       </c>
       <c r="E20" s="6">
-        <v>455864386.0</v>
+        <v>433992391.0</v>
       </c>
       <c r="F20" s="6">
-        <v>447526084.0</v>
+        <v>455867145.0</v>
       </c>
       <c r="G20" s="6">
-        <v>453204255.0</v>
+        <v>460582637.0</v>
       </c>
       <c r="H20" s="6">
-        <v>427558221.0</v>
+        <v>455964094.0</v>
       </c>
       <c r="I20" s="6">
-        <v>426469067.0</v>
+        <v>447762112.0</v>
       </c>
       <c r="J20" s="6">
-        <v>249249733.0</v>
+        <v>453425639.0</v>
       </c>
       <c r="K20" s="6">
-        <v>612661369.0</v>
+        <v>427639265.0</v>
       </c>
       <c r="L20" s="6">
-        <v>418454904.0</v>
+        <v>426555464.0</v>
       </c>
       <c r="M20" s="6">
-        <v>412545110.0</v>
+        <v>249336046.0</v>
       </c>
       <c r="N20" s="6">
-        <v>397684030.0</v>
+        <v>612751694.0</v>
       </c>
       <c r="O20" s="6">
-        <v>418513820.0</v>
+        <v>418449268.0</v>
       </c>
       <c r="P20" s="6">
-        <v>414125996.0</v>
+        <v>412539506.0</v>
       </c>
       <c r="Q20" s="6">
-        <v>415016680.0</v>
+        <v>397670704.0</v>
       </c>
       <c r="R20" s="6">
-        <v>404734426.0</v>
+        <v>418514246.0</v>
       </c>
       <c r="S20" s="6">
-        <v>404587942.0</v>
+        <v>414120588.0</v>
       </c>
       <c r="T20" s="6">
-        <v>393184007.0</v>
+        <v>415014220.0</v>
       </c>
       <c r="U20" s="6">
-        <v>394259964.0</v>
+        <v>404732872.0</v>
       </c>
       <c r="V20" s="6">
-        <v>217935980.0</v>
+        <v>404586813.0</v>
       </c>
       <c r="W20" s="6">
-        <v>562496806.0</v>
+        <v>393180865.0</v>
       </c>
       <c r="X20" s="6">
-        <v>379580691.0</v>
+        <v>394257289.0</v>
       </c>
       <c r="Y20" s="6">
-        <v>378880271.0</v>
+        <v>217943302.0</v>
       </c>
       <c r="Z20" s="6">
-        <v>368862343.0</v>
+        <v>562546474.0</v>
       </c>
       <c r="AA20" s="6">
-        <v>366792531.0</v>
+        <v>379580641.0</v>
       </c>
       <c r="AB20" s="6">
-        <v>386462457.0</v>
+        <v>378895779.0</v>
       </c>
       <c r="AC20" s="6">
-        <v>385956693.0</v>
+        <v>368866142.0</v>
       </c>
       <c r="AD20" s="6">
-        <v>365475141.0</v>
+        <v>366819808.0</v>
       </c>
       <c r="AE20" s="6">
-        <v>379004322.0</v>
+        <v>386484428.0</v>
       </c>
       <c r="AF20" s="6">
-        <v>363468763.0</v>
+        <v>385957445.0</v>
       </c>
       <c r="AG20" s="6">
-        <v>363195812.0</v>
+        <v>365475887.0</v>
       </c>
       <c r="AH20" s="6">
-        <v>203993586.0</v>
+        <v>379005060.0</v>
       </c>
       <c r="AI20" s="6">
-        <v>522301629.0</v>
+        <v>363469526.0</v>
       </c>
       <c r="AJ20" s="6">
-        <v>347319742.0</v>
+        <v>363196798.0</v>
       </c>
       <c r="AK20" s="6">
-        <v>350343661.0</v>
+        <v>203992851.0</v>
       </c>
       <c r="AL20" s="6">
-        <v>352253221.0</v>
+        <v>522349489.0</v>
       </c>
       <c r="AM20" s="6">
-        <v>340917114.0</v>
+        <v>347320472.0</v>
       </c>
       <c r="AN20" s="6">
-        <v>366563612.0</v>
+        <v>350344391.0</v>
       </c>
       <c r="AO20" s="6">
-        <v>359177080.0</v>
+        <v>352253951.0</v>
       </c>
       <c r="AP20" s="6">
-        <v>349364370.0</v>
+        <v>340917844.0</v>
       </c>
       <c r="AQ20" s="6">
-        <v>346018864.0</v>
+        <v>366564342.0</v>
       </c>
       <c r="AR20" s="6">
-        <v>333941595.0</v>
+        <v>359177810.0</v>
       </c>
       <c r="AS20" s="6">
-        <v>323694998.0</v>
+        <v>349364750.0</v>
       </c>
       <c r="AT20" s="6">
+        <v>346018994.0</v>
+      </c>
+      <c r="AU20" s="6">
+        <v>333941725.0</v>
+      </c>
+      <c r="AV20" s="6">
+        <v>323695128.0</v>
+      </c>
+      <c r="AW20" s="6">
         <v>180355805.0</v>
       </c>
-      <c r="AU20" s="6">
+      <c r="AX20" s="6">
         <v>485273702.0</v>
       </c>
-      <c r="AV20" s="6">
+      <c r="AY20" s="6">
         <v>313479454.0</v>
       </c>
-      <c r="AW20" s="6">
+      <c r="AZ20" s="6">
         <v>311909991.0</v>
       </c>
-      <c r="AX20" s="6">
+      <c r="BA20" s="6">
         <v>304226952.0</v>
       </c>
-      <c r="AY20" s="6">
+      <c r="BB20" s="6">
         <v>308725204.0</v>
       </c>
-      <c r="AZ20" s="6">
+      <c r="BC20" s="6">
         <v>323490180.0</v>
       </c>
-      <c r="BA20" s="6">
+      <c r="BD20" s="6">
         <v>304751683.0</v>
       </c>
-      <c r="BB20" s="6">
+      <c r="BE20" s="6">
         <v>299620557.0</v>
       </c>
-      <c r="BC20" s="6">
+      <c r="BF20" s="6">
         <v>306022105.0</v>
       </c>
-      <c r="BD20" s="6">
+      <c r="BG20" s="6">
         <v>292257560.0</v>
       </c>
-      <c r="BE20" s="6">
-[...2 lines deleted...]
-      <c r="BF20" s="6">
+      <c r="BH20" s="6">
+        <v>273019393.0</v>
+      </c>
+      <c r="BI20" s="6">
         <v>154128382.0</v>
       </c>
-      <c r="BG20" s="6">
+      <c r="BJ20" s="6">
         <v>414562106.0</v>
       </c>
-      <c r="BH20" s="6">
+      <c r="BK20" s="6">
         <v>270316494.0</v>
       </c>
-      <c r="BI20" s="6">
+      <c r="BL20" s="6">
         <v>269439716.0</v>
       </c>
-      <c r="BJ20" s="6">
+      <c r="BM20" s="6">
         <v>259612959.0</v>
       </c>
-      <c r="BK20" s="6">
+      <c r="BN20" s="6">
         <v>264515515.0</v>
       </c>
-      <c r="BL20" s="6">
+      <c r="BO20" s="6">
         <v>276829276.0</v>
       </c>
-      <c r="BM20" s="6">
+      <c r="BP20" s="6">
         <v>251500609.0</v>
       </c>
-      <c r="BN20" s="6">
+      <c r="BQ20" s="6">
         <v>239795347.0</v>
       </c>
-      <c r="BO20" s="6">
+      <c r="BR20" s="6">
         <v>263042883.0</v>
       </c>
-      <c r="BP20" s="6">
+      <c r="BS20" s="6">
         <v>267492106.0</v>
       </c>
-      <c r="BQ20" s="6">
+      <c r="BT20" s="6">
         <v>269737952.0</v>
       </c>
-      <c r="BR20" s="6">
+      <c r="BU20" s="6">
         <v>149261989.0</v>
       </c>
-      <c r="BS20" s="6">
+      <c r="BV20" s="6">
         <v>387232855.0</v>
       </c>
-      <c r="BT20" s="6">
+      <c r="BW20" s="6">
         <v>261645881.0</v>
       </c>
-      <c r="BU20" s="6">
+      <c r="BX20" s="6">
         <v>257776798.0</v>
       </c>
-      <c r="BV20" s="6">
+      <c r="BY20" s="6">
         <v>246739702.0</v>
       </c>
-      <c r="BW20" s="6">
+      <c r="BZ20" s="6">
         <v>257490487.0</v>
       </c>
-      <c r="BX20" s="6">
+      <c r="CA20" s="6">
         <v>266031535.0</v>
       </c>
-      <c r="BY20" s="6">
+      <c r="CB20" s="6">
         <v>259683879.0</v>
       </c>
-      <c r="BZ20" s="6">
+      <c r="CC20" s="6">
         <v>254122481.0</v>
       </c>
-      <c r="CA20" s="6">
+      <c r="CD20" s="6">
         <v>257073673.0</v>
       </c>
-      <c r="CB20" s="6">
+      <c r="CE20" s="6">
         <v>240349831.0</v>
       </c>
-      <c r="CC20" s="6">
+      <c r="CF20" s="6">
         <v>242531809.0</v>
       </c>
-      <c r="CD20" s="6">
+      <c r="CG20" s="6">
         <v>94326987.0</v>
       </c>
     </row>
-    <row r="21" spans="1:82">
+    <row r="21" spans="1:85">
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C21" s="6">
-        <v>80270175.0</v>
+        <v>79940959.0</v>
       </c>
       <c r="D21" s="6">
-        <v>78746631.0</v>
+        <v>79457209.0</v>
       </c>
       <c r="E21" s="6">
-        <v>78952696.0</v>
+        <v>75539205.0</v>
       </c>
       <c r="F21" s="6">
-        <v>77164268.0</v>
+        <v>80401600.0</v>
       </c>
       <c r="G21" s="6">
-        <v>77984811.0</v>
+        <v>78810628.0</v>
       </c>
       <c r="H21" s="6">
-        <v>72780455.0</v>
+        <v>78973913.0</v>
       </c>
       <c r="I21" s="6">
-        <v>73471492.0</v>
+        <v>77194240.0</v>
       </c>
       <c r="J21" s="6">
-        <v>42010384.0</v>
+        <v>78002779.0</v>
       </c>
       <c r="K21" s="6">
-        <v>108228783.0</v>
+        <v>72774475.0</v>
       </c>
       <c r="L21" s="6">
-        <v>73010244.0</v>
+        <v>73507166.0</v>
       </c>
       <c r="M21" s="6">
-        <v>71034906.0</v>
+        <v>42024781.0</v>
       </c>
       <c r="N21" s="6">
-        <v>68655514.0</v>
+        <v>108249691.0</v>
       </c>
       <c r="O21" s="6">
-        <v>72808688.0</v>
+        <v>73009761.0</v>
       </c>
       <c r="P21" s="6">
-        <v>69355564.0</v>
+        <v>71034153.0</v>
       </c>
       <c r="Q21" s="6">
-        <v>70835715.0</v>
+        <v>68652593.0</v>
       </c>
       <c r="R21" s="6">
-        <v>68366906.0</v>
+        <v>72808871.0</v>
       </c>
       <c r="S21" s="6">
-        <v>68435868.0</v>
+        <v>69355044.0</v>
       </c>
       <c r="T21" s="6">
-        <v>65415558.0</v>
+        <v>70835137.0</v>
       </c>
       <c r="U21" s="6">
-        <v>66736526.0</v>
+        <v>68366658.0</v>
       </c>
       <c r="V21" s="6">
-        <v>36165890.0</v>
+        <v>68435663.0</v>
       </c>
       <c r="W21" s="6">
-        <v>99653304.0</v>
+        <v>65415170.0</v>
       </c>
       <c r="X21" s="6">
-        <v>66041011.0</v>
+        <v>66736269.0</v>
       </c>
       <c r="Y21" s="6">
-        <v>65445778.0</v>
+        <v>36167241.0</v>
       </c>
       <c r="Z21" s="6">
-        <v>64173015.0</v>
+        <v>99663091.0</v>
       </c>
       <c r="AA21" s="6">
-        <v>62921799.0</v>
+        <v>66040967.0</v>
       </c>
       <c r="AB21" s="6">
-        <v>65486031.0</v>
+        <v>65447869.0</v>
       </c>
       <c r="AC21" s="6">
-        <v>65567705.0</v>
+        <v>64174959.0</v>
       </c>
       <c r="AD21" s="6">
-        <v>61104096.0</v>
+        <v>62924309.0</v>
       </c>
       <c r="AE21" s="6">
-        <v>64287639.0</v>
+        <v>65488541.0</v>
       </c>
       <c r="AF21" s="6">
-        <v>60283540.0</v>
+        <v>65567703.0</v>
       </c>
       <c r="AG21" s="6">
-        <v>61342028.0</v>
+        <v>61104094.0</v>
       </c>
       <c r="AH21" s="6">
-        <v>34055385.0</v>
+        <v>64287638.0</v>
       </c>
       <c r="AI21" s="6">
-        <v>92494289.0</v>
+        <v>60283539.0</v>
       </c>
       <c r="AJ21" s="6">
-        <v>59841943.0</v>
+        <v>61342027.0</v>
       </c>
       <c r="AK21" s="6">
-        <v>60387519.0</v>
+        <v>34055363.0</v>
       </c>
       <c r="AL21" s="6">
-        <v>61416518.0</v>
+        <v>92503608.0</v>
       </c>
       <c r="AM21" s="6">
-        <v>58084526.0</v>
+        <v>59841981.0</v>
       </c>
       <c r="AN21" s="6">
-        <v>61725694.0</v>
+        <v>60387557.0</v>
       </c>
       <c r="AO21" s="6">
-        <v>61556936.0</v>
+        <v>61416556.0</v>
       </c>
       <c r="AP21" s="6">
-        <v>59804098.0</v>
+        <v>58084875.0</v>
       </c>
       <c r="AQ21" s="6">
-        <v>59055580.0</v>
+        <v>61725732.0</v>
       </c>
       <c r="AR21" s="6">
-        <v>56135026.0</v>
+        <v>61556990.0</v>
       </c>
       <c r="AS21" s="6">
-        <v>55006352.0</v>
+        <v>59804082.0</v>
       </c>
       <c r="AT21" s="6">
+        <v>59055514.0</v>
+      </c>
+      <c r="AU21" s="6">
+        <v>56134960.0</v>
+      </c>
+      <c r="AV21" s="6">
+        <v>55006286.0</v>
+      </c>
+      <c r="AW21" s="6">
         <v>30410730.0</v>
       </c>
-      <c r="AU21" s="6">
+      <c r="AX21" s="6">
         <v>85901988.0</v>
       </c>
-      <c r="AV21" s="6">
+      <c r="AY21" s="6">
         <v>54112838.0</v>
       </c>
-      <c r="AW21" s="6">
+      <c r="AZ21" s="6">
         <v>53609473.0</v>
       </c>
-      <c r="AX21" s="6">
+      <c r="BA21" s="6">
         <v>52611012.0</v>
       </c>
-      <c r="AY21" s="6">
+      <c r="BB21" s="6">
         <v>52875003.0</v>
       </c>
-      <c r="AZ21" s="6">
+      <c r="BC21" s="6">
         <v>54219054.0</v>
       </c>
-      <c r="BA21" s="6">
+      <c r="BD21" s="6">
         <v>51230669.0</v>
       </c>
-      <c r="BB21" s="6">
+      <c r="BE21" s="6">
         <v>50303740.0</v>
       </c>
-      <c r="BC21" s="6">
+      <c r="BF21" s="6">
         <v>51544095.0</v>
       </c>
-      <c r="BD21" s="6">
+      <c r="BG21" s="6">
         <v>48626820.0</v>
       </c>
-      <c r="BE21" s="6">
-[...2 lines deleted...]
-      <c r="BF21" s="6">
+      <c r="BH21" s="6">
+        <v>45504592.0</v>
+      </c>
+      <c r="BI21" s="6">
         <v>25178881.0</v>
       </c>
-      <c r="BG21" s="6">
+      <c r="BJ21" s="6">
         <v>71005459.0</v>
       </c>
-      <c r="BH21" s="6">
+      <c r="BK21" s="6">
         <v>45264386.0</v>
       </c>
-      <c r="BI21" s="6">
+      <c r="BL21" s="6">
         <v>45091682.0</v>
       </c>
-      <c r="BJ21" s="6">
+      <c r="BM21" s="6">
         <v>43269229.0</v>
       </c>
-      <c r="BK21" s="6">
+      <c r="BN21" s="6">
         <v>44076443.0</v>
       </c>
-      <c r="BL21" s="6">
+      <c r="BO21" s="6">
         <v>45697664.0</v>
       </c>
-      <c r="BM21" s="6">
+      <c r="BP21" s="6">
         <v>41803514.0</v>
       </c>
-      <c r="BN21" s="6">
+      <c r="BQ21" s="6">
         <v>39798834.0</v>
       </c>
-      <c r="BO21" s="6">
+      <c r="BR21" s="6">
         <v>44040794.0</v>
       </c>
-      <c r="BP21" s="6">
+      <c r="BS21" s="6">
         <v>44976664.0</v>
       </c>
-      <c r="BQ21" s="6">
+      <c r="BT21" s="6">
         <v>45872265.0</v>
       </c>
-      <c r="BR21" s="6">
+      <c r="BU21" s="6">
         <v>24577958.0</v>
       </c>
-      <c r="BS21" s="6">
+      <c r="BV21" s="6">
         <v>68648130.0</v>
       </c>
-      <c r="BT21" s="6">
+      <c r="BW21" s="6">
         <v>45489644.0</v>
       </c>
-      <c r="BU21" s="6">
+      <c r="BX21" s="6">
         <v>44517311.0</v>
       </c>
-      <c r="BV21" s="6">
+      <c r="BY21" s="6">
         <v>42980279.0</v>
       </c>
-      <c r="BW21" s="6">
+      <c r="BZ21" s="6">
         <v>44879138.0</v>
       </c>
-      <c r="BX21" s="6">
+      <c r="CA21" s="6">
         <v>44933906.0</v>
       </c>
-      <c r="BY21" s="6">
+      <c r="CB21" s="6">
         <v>44550267.0</v>
       </c>
-      <c r="BZ21" s="6">
+      <c r="CC21" s="6">
         <v>43422685.0</v>
       </c>
-      <c r="CA21" s="6">
+      <c r="CD21" s="6">
         <v>43822421.0</v>
       </c>
-      <c r="CB21" s="6">
+      <c r="CE21" s="6">
         <v>40343608.0</v>
       </c>
-      <c r="CC21" s="6">
+      <c r="CF21" s="6">
         <v>41415087.0</v>
       </c>
-      <c r="CD21" s="6">
+      <c r="CG21" s="6">
         <v>11454128.0</v>
       </c>
     </row>
-    <row r="22" spans="1:82">
+    <row r="22" spans="1:85">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C22" s="6">
+        <v>1029.0</v>
+      </c>
+      <c r="D22" s="6">
+        <v>1035.0</v>
+      </c>
+      <c r="E22" s="6">
+        <v>1037.0</v>
+      </c>
+      <c r="F22" s="6">
+        <v>1045.0</v>
+      </c>
+      <c r="G22" s="6">
+        <v>1045.0</v>
+      </c>
+      <c r="H22" s="6">
+        <v>1049.0</v>
+      </c>
+      <c r="I22" s="6">
+        <v>1055.0</v>
+      </c>
+      <c r="J22" s="6">
+        <v>1060.0</v>
+      </c>
+      <c r="K22" s="6">
+        <v>1060.0</v>
+      </c>
+      <c r="L22" s="6">
+        <v>1065.0</v>
+      </c>
+      <c r="M22" s="6">
+        <v>1071.0</v>
+      </c>
+      <c r="N22" s="6">
+        <v>1046.0</v>
+      </c>
+      <c r="O22" s="6">
+        <v>1038.0</v>
+      </c>
+      <c r="P22" s="6">
         <v>1040.0</v>
       </c>
-      <c r="D22" s="6">
-[...29 lines deleted...]
-      <c r="N22" s="6">
+      <c r="Q22" s="6">
         <v>1042.0</v>
       </c>
-      <c r="O22" s="6">
+      <c r="R22" s="6">
         <v>1037.0</v>
       </c>
-      <c r="P22" s="6">
+      <c r="S22" s="6">
         <v>1029.0</v>
       </c>
-      <c r="Q22" s="6">
+      <c r="T22" s="6">
         <v>1026.0</v>
       </c>
-      <c r="R22" s="6">
+      <c r="U22" s="6">
         <v>1034.0</v>
       </c>
-      <c r="S22" s="6">
+      <c r="V22" s="6">
         <v>1028.0</v>
       </c>
-      <c r="T22" s="6">
+      <c r="W22" s="6">
         <v>1022.0</v>
       </c>
-      <c r="U22" s="6">
+      <c r="X22" s="6">
         <v>1017.0</v>
       </c>
-      <c r="V22" s="6">
+      <c r="Y22" s="6">
         <v>1020.0</v>
       </c>
-      <c r="W22" s="6">
+      <c r="Z22" s="6">
         <v>1007.0</v>
       </c>
-      <c r="X22" s="6">
+      <c r="AA22" s="6">
         <v>1004.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1008.0</v>
       </c>
       <c r="AB22" s="6">
         <v>1002.0</v>
       </c>
       <c r="AC22" s="6">
+        <v>1008.0</v>
+      </c>
+      <c r="AD22" s="6">
+        <v>1008.0</v>
+      </c>
+      <c r="AE22" s="6">
+        <v>1002.0</v>
+      </c>
+      <c r="AF22" s="6">
         <v>995.0</v>
       </c>
-      <c r="AD22" s="6">
+      <c r="AG22" s="6">
         <v>999.0</v>
       </c>
-      <c r="AE22" s="6">
+      <c r="AH22" s="6">
         <v>1000.0</v>
       </c>
-      <c r="AF22" s="6">
+      <c r="AI22" s="6">
         <v>996.0</v>
       </c>
-      <c r="AG22" s="6">
+      <c r="AJ22" s="6">
         <v>983.0</v>
       </c>
-      <c r="AH22" s="6">
+      <c r="AK22" s="6">
         <v>977.0</v>
       </c>
-      <c r="AI22" s="6">
-[...2 lines deleted...]
-      <c r="AJ22" s="6">
+      <c r="AL22" s="6">
+        <v>954.0</v>
+      </c>
+      <c r="AM22" s="6">
         <v>948.0</v>
       </c>
-      <c r="AK22" s="6">
+      <c r="AN22" s="6">
         <v>942.0</v>
       </c>
-      <c r="AL22" s="6">
+      <c r="AO22" s="6">
         <v>941.0</v>
       </c>
-      <c r="AM22" s="6">
+      <c r="AP22" s="6">
         <v>939.0</v>
       </c>
-      <c r="AN22" s="6">
+      <c r="AQ22" s="6">
         <v>931.0</v>
       </c>
-      <c r="AO22" s="6">
+      <c r="AR22" s="6">
         <v>903.0</v>
       </c>
-      <c r="AP22" s="6">
+      <c r="AS22" s="6">
         <v>896.0</v>
       </c>
-      <c r="AQ22" s="6">
+      <c r="AT22" s="6">
         <v>886.0</v>
       </c>
-      <c r="AR22" s="6">
+      <c r="AU22" s="6">
         <v>881.0</v>
       </c>
-      <c r="AS22" s="6">
+      <c r="AV22" s="6">
         <v>854.0</v>
       </c>
-      <c r="AT22" s="6">
+      <c r="AW22" s="6">
         <v>855.0</v>
       </c>
-      <c r="AU22" s="6">
+      <c r="AX22" s="6">
         <v>860.0</v>
       </c>
-      <c r="AV22" s="6">
+      <c r="AY22" s="6">
         <v>855.0</v>
       </c>
-      <c r="AW22" s="6">
+      <c r="AZ22" s="6">
         <v>854.0</v>
       </c>
-      <c r="AX22" s="6">
+      <c r="BA22" s="6">
         <v>853.0</v>
       </c>
-      <c r="AY22" s="6">
+      <c r="BB22" s="6">
         <v>844.0</v>
       </c>
-      <c r="AZ22" s="6">
+      <c r="BC22" s="6">
         <v>849.0</v>
       </c>
-      <c r="BA22" s="6">
+      <c r="BD22" s="6">
         <v>852.0</v>
       </c>
-      <c r="BB22" s="6">
+      <c r="BE22" s="6">
         <v>847.0</v>
       </c>
-      <c r="BC22" s="6">
+      <c r="BF22" s="6">
         <v>840.0</v>
       </c>
-      <c r="BD22" s="6">
+      <c r="BG22" s="6">
         <v>845.0</v>
       </c>
-      <c r="BE22" s="6">
+      <c r="BH22" s="6">
         <v>842.0</v>
       </c>
-      <c r="BF22" s="6">
+      <c r="BI22" s="6">
         <v>842.0</v>
       </c>
-      <c r="BG22" s="6">
+      <c r="BJ22" s="6">
         <v>855.0</v>
       </c>
-      <c r="BH22" s="6">
+      <c r="BK22" s="6">
         <v>843.0</v>
       </c>
-      <c r="BI22" s="6">
+      <c r="BL22" s="6">
         <v>850.0</v>
       </c>
-      <c r="BJ22" s="6">
+      <c r="BM22" s="6">
         <v>845.0</v>
       </c>
-      <c r="BK22" s="6">
+      <c r="BN22" s="6">
         <v>840.0</v>
       </c>
-      <c r="BL22" s="6">
+      <c r="BO22" s="6">
         <v>838.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>831.0</v>
       </c>
       <c r="BP22" s="6">
         <v>830.0</v>
       </c>
       <c r="BQ22" s="6">
+        <v>829.0</v>
+      </c>
+      <c r="BR22" s="6">
+        <v>831.0</v>
+      </c>
+      <c r="BS22" s="6">
+        <v>830.0</v>
+      </c>
+      <c r="BT22" s="6">
         <v>833.0</v>
       </c>
-      <c r="BR22" s="6">
+      <c r="BU22" s="6">
         <v>837.0</v>
       </c>
-      <c r="BS22" s="6">
+      <c r="BV22" s="6">
         <v>835.0</v>
       </c>
-      <c r="BT22" s="6">
+      <c r="BW22" s="6">
         <v>834.0</v>
       </c>
-      <c r="BU22" s="6">
+      <c r="BX22" s="6">
         <v>838.0</v>
       </c>
-      <c r="BV22" s="6">
+      <c r="BY22" s="6">
         <v>840.0</v>
       </c>
-      <c r="BW22" s="6">
+      <c r="BZ22" s="6">
         <v>844.0</v>
       </c>
-      <c r="BX22" s="6">
+      <c r="CA22" s="6">
         <v>850.0</v>
       </c>
-      <c r="BY22" s="6">
+      <c r="CB22" s="6">
         <v>847.0</v>
       </c>
-      <c r="BZ22" s="6">
+      <c r="CC22" s="6">
         <v>856.0</v>
       </c>
-      <c r="CA22" s="6">
+      <c r="CD22" s="6">
         <v>863.0</v>
       </c>
-      <c r="CB22" s="6">
+      <c r="CE22" s="6">
         <v>862.0</v>
       </c>
-      <c r="CC22" s="6">
+      <c r="CF22" s="6">
         <v>860.0</v>
       </c>
-      <c r="CD22" s="6">
+      <c r="CG22" s="6">
         <v>852.0</v>
       </c>
     </row>
-    <row r="23" spans="1:82">
+    <row r="23" spans="1:85">
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C23" s="6">
-        <v>28351894.0</v>
+        <v>27849467.0</v>
       </c>
       <c r="D23" s="6">
-        <v>28883469.0</v>
+        <v>26944391.0</v>
       </c>
       <c r="E23" s="6">
-        <v>29070348.0</v>
+        <v>26133167.0</v>
       </c>
       <c r="F23" s="6">
-        <v>33630771.0</v>
+        <v>28314248.0</v>
       </c>
       <c r="G23" s="6">
-        <v>35245861.0</v>
+        <v>28930361.0</v>
       </c>
       <c r="H23" s="6">
-        <v>26743172.0</v>
+        <v>29037377.0</v>
       </c>
       <c r="I23" s="6">
-        <v>27560840.0</v>
+        <v>33562309.0</v>
       </c>
       <c r="J23" s="6">
-        <v>5200560.0</v>
+        <v>35213718.0</v>
       </c>
       <c r="K23" s="6">
+        <v>26690959.0</v>
+      </c>
+      <c r="L23" s="6">
+        <v>27547496.0</v>
+      </c>
+      <c r="M23" s="6">
+        <v>5198079.0</v>
+      </c>
+      <c r="N23" s="6">
         <v>48786235.0</v>
       </c>
-      <c r="L23" s="6">
-[...2 lines deleted...]
-      <c r="M23" s="6">
+      <c r="O23" s="6">
+        <v>25580071.0</v>
+      </c>
+      <c r="P23" s="6">
         <v>24465708.0</v>
       </c>
-      <c r="N23" s="6">
-[...5 lines deleted...]
-      <c r="P23" s="6">
+      <c r="Q23" s="6">
+        <v>23854394.0</v>
+      </c>
+      <c r="R23" s="6">
+        <v>25932561.0</v>
+      </c>
+      <c r="S23" s="6">
         <v>26129212.0</v>
       </c>
-      <c r="Q23" s="6">
+      <c r="T23" s="6">
         <v>27605159.0</v>
       </c>
-      <c r="R23" s="6">
+      <c r="U23" s="6">
         <v>29085216.0</v>
       </c>
-      <c r="S23" s="6">
-[...2 lines deleted...]
-      <c r="T23" s="6">
+      <c r="V23" s="6">
+        <v>31675373.0</v>
+      </c>
+      <c r="W23" s="6">
         <v>24215995.0</v>
       </c>
-      <c r="U23" s="6">
+      <c r="X23" s="6">
         <v>25106192.0</v>
       </c>
-      <c r="V23" s="6">
+      <c r="Y23" s="6">
         <v>5309144.0</v>
       </c>
-      <c r="W23" s="6">
+      <c r="Z23" s="6">
         <v>43565942.0</v>
       </c>
-      <c r="X23" s="6">
+      <c r="AA23" s="6">
         <v>23216495.0</v>
       </c>
-      <c r="Y23" s="6">
+      <c r="AB23" s="6">
         <v>21801545.0</v>
       </c>
-      <c r="Z23" s="6">
-[...2 lines deleted...]
-      <c r="AA23" s="6">
+      <c r="AC23" s="6">
+        <v>21332544.0</v>
+      </c>
+      <c r="AD23" s="6">
         <v>22791101.0</v>
       </c>
-      <c r="AB23" s="6">
+      <c r="AE23" s="6">
         <v>22915033.0</v>
       </c>
-      <c r="AC23" s="6">
+      <c r="AF23" s="6">
         <v>24938101.0</v>
       </c>
-      <c r="AD23" s="6">
+      <c r="AG23" s="6">
         <v>26528633.0</v>
       </c>
-      <c r="AE23" s="6">
+      <c r="AH23" s="6">
         <v>27315689.0</v>
       </c>
-      <c r="AF23" s="6">
+      <c r="AI23" s="6">
         <v>21364319.0</v>
       </c>
-      <c r="AG23" s="6">
+      <c r="AJ23" s="6">
         <v>22082578.0</v>
       </c>
-      <c r="AH23" s="6">
+      <c r="AK23" s="6">
         <v>4757522.0</v>
       </c>
-      <c r="AI23" s="6">
+      <c r="AL23" s="6">
         <v>39189389.0</v>
       </c>
-      <c r="AJ23" s="6">
+      <c r="AM23" s="6">
         <v>20531725.0</v>
       </c>
-      <c r="AK23" s="6">
+      <c r="AN23" s="6">
         <v>19439934.0</v>
       </c>
-      <c r="AL23" s="6">
+      <c r="AO23" s="6">
         <v>18615753.0</v>
       </c>
-      <c r="AM23" s="6">
+      <c r="AP23" s="6">
         <v>19623819.0</v>
       </c>
-      <c r="AN23" s="6">
+      <c r="AQ23" s="6">
         <v>20230537.0</v>
       </c>
-      <c r="AO23" s="6">
+      <c r="AR23" s="6">
         <v>20517284.0</v>
       </c>
-      <c r="AP23" s="6">
+      <c r="AS23" s="6">
         <v>23091487.0</v>
       </c>
-      <c r="AQ23" s="6">
+      <c r="AT23" s="6">
         <v>24428266.0</v>
       </c>
-      <c r="AR23" s="6">
+      <c r="AU23" s="6">
         <v>18100600.0</v>
       </c>
-      <c r="AS23" s="6">
+      <c r="AV23" s="6">
         <v>19560098.0</v>
       </c>
-      <c r="AT23" s="6">
+      <c r="AW23" s="6">
         <v>3909988.0</v>
       </c>
-      <c r="AU23" s="6">
+      <c r="AX23" s="6">
         <v>32741452.0</v>
       </c>
-      <c r="AV23" s="6">
+      <c r="AY23" s="6">
         <v>17530641.0</v>
       </c>
-      <c r="AW23" s="6">
+      <c r="AZ23" s="6">
         <v>16463133.0</v>
       </c>
-      <c r="AX23" s="6">
+      <c r="BA23" s="6">
         <v>15853472.0</v>
       </c>
-      <c r="AY23" s="6">
+      <c r="BB23" s="6">
         <v>17238865.0</v>
       </c>
-      <c r="AZ23" s="6">
+      <c r="BC23" s="6">
         <v>18543803.0</v>
       </c>
-      <c r="BA23" s="6">
+      <c r="BD23" s="6">
         <v>18781449.0</v>
       </c>
-      <c r="BB23" s="6">
+      <c r="BE23" s="6">
         <v>23827854.0</v>
       </c>
-      <c r="BC23" s="6">
+      <c r="BF23" s="6">
         <v>18635890.0</v>
       </c>
-      <c r="BD23" s="6">
+      <c r="BG23" s="6">
         <v>16858947.0</v>
       </c>
-      <c r="BE23" s="6">
+      <c r="BH23" s="6">
         <v>17519866.0</v>
       </c>
-      <c r="BF23" s="6">
+      <c r="BI23" s="6">
         <v>3522453.0</v>
       </c>
-      <c r="BG23" s="6">
+      <c r="BJ23" s="6">
         <v>30216600.0</v>
       </c>
-      <c r="BH23" s="6">
+      <c r="BK23" s="6">
         <v>16330524.0</v>
       </c>
-      <c r="BI23" s="6">
+      <c r="BL23" s="6">
         <v>15238087.0</v>
       </c>
-      <c r="BJ23" s="6">
+      <c r="BM23" s="6">
         <v>14487256.0</v>
       </c>
-      <c r="BK23" s="6">
+      <c r="BN23" s="6">
         <v>15843886.0</v>
       </c>
-      <c r="BL23" s="6">
+      <c r="BO23" s="6">
         <v>17169173.0</v>
       </c>
-      <c r="BM23" s="6">
+      <c r="BP23" s="6">
         <v>18289807.0</v>
       </c>
-      <c r="BN23" s="6">
+      <c r="BQ23" s="6">
         <v>20174720.0</v>
       </c>
-      <c r="BO23" s="6">
+      <c r="BR23" s="6">
         <v>17868785.0</v>
       </c>
-      <c r="BP23" s="6">
+      <c r="BS23" s="6">
         <v>15451645.0</v>
       </c>
-      <c r="BQ23" s="6">
+      <c r="BT23" s="6">
         <v>16816211.0</v>
       </c>
-      <c r="BR23" s="6">
+      <c r="BU23" s="6">
         <v>3297876.0</v>
       </c>
-      <c r="BS23" s="6">
+      <c r="BV23" s="6">
         <v>27259988.0</v>
       </c>
-      <c r="BT23" s="6">
+      <c r="BW23" s="6">
         <v>15218903.0</v>
       </c>
-      <c r="BU23" s="6">
+      <c r="BX23" s="6">
         <v>13393899.0</v>
       </c>
-      <c r="BV23" s="6">
+      <c r="BY23" s="6">
         <v>12619388.0</v>
       </c>
-      <c r="BW23" s="6">
+      <c r="BZ23" s="6">
         <v>15056454.0</v>
       </c>
-      <c r="BX23" s="6">
+      <c r="CA23" s="6">
         <v>14811421.0</v>
       </c>
-      <c r="BY23" s="6">
+      <c r="CB23" s="6">
         <v>15375639.0</v>
       </c>
-      <c r="BZ23" s="6">
+      <c r="CC23" s="6">
         <v>20358228.0</v>
       </c>
-      <c r="CA23" s="6">
+      <c r="CD23" s="6">
         <v>16205386.0</v>
       </c>
-      <c r="CB23" s="6">
+      <c r="CE23" s="6">
         <v>13603885.0</v>
       </c>
-      <c r="CC23" s="6">
+      <c r="CF23" s="6">
         <v>15025889.0</v>
       </c>
-      <c r="CD23" s="6">
+      <c r="CG23" s="6">
         <v>3006729.0</v>
       </c>
     </row>
-    <row r="24" spans="1:82">
+    <row r="24" spans="1:85">
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C24" s="6">
-        <v>5362462.0</v>
+        <v>5263980.0</v>
       </c>
       <c r="D24" s="6">
-        <v>5412027.0</v>
+        <v>5076136.0</v>
       </c>
       <c r="E24" s="6">
-        <v>5409435.0</v>
+        <v>4929573.0</v>
       </c>
       <c r="F24" s="6">
-        <v>6368282.0</v>
+        <v>5336366.0</v>
       </c>
       <c r="G24" s="6">
-        <v>6598359.0</v>
+        <v>5412279.0</v>
       </c>
       <c r="H24" s="6">
-        <v>4902471.0</v>
+        <v>5401767.0</v>
       </c>
       <c r="I24" s="6">
-        <v>5108785.0</v>
+        <v>6357041.0</v>
       </c>
       <c r="J24" s="6">
-        <v>683178.0</v>
+        <v>6593618.0</v>
       </c>
       <c r="K24" s="6">
+        <v>4893818.0</v>
+      </c>
+      <c r="L24" s="6">
+        <v>5106998.0</v>
+      </c>
+      <c r="M24" s="6">
+        <v>683130.0</v>
+      </c>
+      <c r="N24" s="6">
         <v>9529782.0</v>
       </c>
-      <c r="L24" s="6">
-[...2 lines deleted...]
-      <c r="M24" s="6">
+      <c r="O24" s="6">
+        <v>4819151.0</v>
+      </c>
+      <c r="P24" s="6">
         <v>4563985.0</v>
       </c>
-      <c r="N24" s="6">
-[...5 lines deleted...]
-      <c r="P24" s="6">
+      <c r="Q24" s="6">
+        <v>4507531.0</v>
+      </c>
+      <c r="R24" s="6">
+        <v>4889568.0</v>
+      </c>
+      <c r="S24" s="6">
         <v>4807758.0</v>
       </c>
-      <c r="Q24" s="6">
+      <c r="T24" s="6">
         <v>5119329.0</v>
       </c>
-      <c r="R24" s="6">
+      <c r="U24" s="6">
         <v>5399025.0</v>
       </c>
-      <c r="S24" s="6">
-[...2 lines deleted...]
-      <c r="T24" s="6">
+      <c r="V24" s="6">
+        <v>5951130.0</v>
+      </c>
+      <c r="W24" s="6">
         <v>4371410.0</v>
       </c>
-      <c r="U24" s="6">
+      <c r="X24" s="6">
         <v>4617841.0</v>
       </c>
-      <c r="V24" s="6">
+      <c r="Y24" s="6">
         <v>708078.0</v>
       </c>
-      <c r="W24" s="6">
+      <c r="Z24" s="6">
         <v>8471135.0</v>
       </c>
-      <c r="X24" s="6">
+      <c r="AA24" s="6">
         <v>4333928.0</v>
       </c>
-      <c r="Y24" s="6">
+      <c r="AB24" s="6">
         <v>4076721.0</v>
       </c>
-      <c r="Z24" s="6">
-[...2 lines deleted...]
-      <c r="AA24" s="6">
+      <c r="AC24" s="6">
+        <v>4002413.0</v>
+      </c>
+      <c r="AD24" s="6">
         <v>4233394.0</v>
       </c>
-      <c r="AB24" s="6">
+      <c r="AE24" s="6">
         <v>4199017.0</v>
       </c>
-      <c r="AC24" s="6">
+      <c r="AF24" s="6">
         <v>4579845.0</v>
       </c>
-      <c r="AD24" s="6">
+      <c r="AG24" s="6">
         <v>4947019.0</v>
       </c>
-      <c r="AE24" s="6">
+      <c r="AH24" s="6">
         <v>5079619.0</v>
       </c>
-      <c r="AF24" s="6">
+      <c r="AI24" s="6">
         <v>3816360.0</v>
       </c>
-      <c r="AG24" s="6">
+      <c r="AJ24" s="6">
         <v>4036653.0</v>
       </c>
-      <c r="AH24" s="6">
+      <c r="AK24" s="6">
         <v>594386.0</v>
       </c>
-      <c r="AI24" s="6">
+      <c r="AL24" s="6">
         <v>7568510.0</v>
       </c>
-      <c r="AJ24" s="6">
+      <c r="AM24" s="6">
         <v>3771843.0</v>
       </c>
-      <c r="AK24" s="6">
+      <c r="AN24" s="6">
         <v>3574271.0</v>
       </c>
-      <c r="AL24" s="6">
+      <c r="AO24" s="6">
         <v>3411778.0</v>
       </c>
-      <c r="AM24" s="6">
+      <c r="AP24" s="6">
         <v>3597456.0</v>
       </c>
-      <c r="AN24" s="6">
+      <c r="AQ24" s="6">
         <v>3636874.0</v>
       </c>
-      <c r="AO24" s="6">
+      <c r="AR24" s="6">
         <v>3708638.0</v>
       </c>
-      <c r="AP24" s="6">
+      <c r="AS24" s="6">
         <v>4285202.0</v>
       </c>
-      <c r="AQ24" s="6">
+      <c r="AT24" s="6">
         <v>4517330.0</v>
       </c>
-      <c r="AR24" s="6">
+      <c r="AU24" s="6">
         <v>3228644.0</v>
       </c>
-      <c r="AS24" s="6">
+      <c r="AV24" s="6">
         <v>3558568.0</v>
       </c>
-      <c r="AT24" s="6">
+      <c r="AW24" s="6">
         <v>457103.0</v>
       </c>
-      <c r="AU24" s="6">
+      <c r="AX24" s="6">
         <v>6287962.0</v>
       </c>
-      <c r="AV24" s="6">
+      <c r="AY24" s="6">
         <v>3191744.0</v>
       </c>
-      <c r="AW24" s="6">
+      <c r="AZ24" s="6">
         <v>2987632.0</v>
       </c>
-      <c r="AX24" s="6">
+      <c r="BA24" s="6">
         <v>2882616.0</v>
       </c>
-      <c r="AY24" s="6">
+      <c r="BB24" s="6">
         <v>3145769.0</v>
       </c>
-      <c r="AZ24" s="6">
+      <c r="BC24" s="6">
         <v>3337343.0</v>
       </c>
-      <c r="BA24" s="6">
+      <c r="BD24" s="6">
         <v>3349583.0</v>
       </c>
-      <c r="BB24" s="6">
+      <c r="BE24" s="6">
         <v>4424272.0</v>
       </c>
-      <c r="BC24" s="6">
+      <c r="BF24" s="6">
         <v>3324788.0</v>
       </c>
-      <c r="BD24" s="6">
+      <c r="BG24" s="6">
         <v>2983314.0</v>
       </c>
-      <c r="BE24" s="6">
+      <c r="BH24" s="6">
         <v>3147093.0</v>
       </c>
-      <c r="BF24" s="6">
+      <c r="BI24" s="6">
         <v>370083.0</v>
       </c>
-      <c r="BG24" s="6">
+      <c r="BJ24" s="6">
         <v>5727696.0</v>
       </c>
-      <c r="BH24" s="6">
+      <c r="BK24" s="6">
         <v>2935182.0</v>
       </c>
-      <c r="BI24" s="6">
+      <c r="BL24" s="6">
         <v>2745534.0</v>
       </c>
-      <c r="BJ24" s="6">
+      <c r="BM24" s="6">
         <v>2598036.0</v>
       </c>
-      <c r="BK24" s="6">
+      <c r="BN24" s="6">
         <v>2860421.0</v>
       </c>
-      <c r="BL24" s="6">
+      <c r="BO24" s="6">
         <v>3057375.0</v>
       </c>
-      <c r="BM24" s="6">
+      <c r="BP24" s="6">
         <v>3319956.0</v>
       </c>
-      <c r="BN24" s="6">
+      <c r="BQ24" s="6">
         <v>3747266.0</v>
       </c>
-      <c r="BO24" s="6">
+      <c r="BR24" s="6">
         <v>3223962.0</v>
       </c>
-      <c r="BP24" s="6">
+      <c r="BS24" s="6">
         <v>2741911.0</v>
       </c>
-      <c r="BQ24" s="6">
+      <c r="BT24" s="6">
         <v>3057896.0</v>
       </c>
-      <c r="BR24" s="6">
+      <c r="BU24" s="6">
         <v>325987.0</v>
       </c>
-      <c r="BS24" s="6">
+      <c r="BV24" s="6">
         <v>5277508.0</v>
       </c>
-      <c r="BT24" s="6">
+      <c r="BW24" s="6">
         <v>2814996.0</v>
       </c>
-      <c r="BU24" s="6">
+      <c r="BX24" s="6">
         <v>2456848.0</v>
       </c>
-      <c r="BV24" s="6">
+      <c r="BY24" s="6">
         <v>2290788.0</v>
       </c>
-      <c r="BW24" s="6">
+      <c r="BZ24" s="6">
         <v>2774278.0</v>
       </c>
-      <c r="BX24" s="6">
+      <c r="CA24" s="6">
         <v>2717664.0</v>
       </c>
-      <c r="BY24" s="6">
+      <c r="CB24" s="6">
         <v>2814365.0</v>
       </c>
-      <c r="BZ24" s="6">
+      <c r="CC24" s="6">
         <v>3814395.0</v>
       </c>
-      <c r="CA24" s="6">
+      <c r="CD24" s="6">
         <v>2906747.0</v>
       </c>
-      <c r="CB24" s="6">
+      <c r="CE24" s="6">
         <v>2420183.0</v>
       </c>
-      <c r="CC24" s="6">
+      <c r="CF24" s="6">
         <v>2747918.0</v>
       </c>
-      <c r="CD24" s="6">
+      <c r="CG24" s="6">
         <v>268166.0</v>
       </c>
     </row>
-    <row r="25" spans="1:82">
+    <row r="25" spans="1:85">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C25" s="6">
+        <v>393.0</v>
+      </c>
+      <c r="D25" s="6">
+        <v>390.0</v>
+      </c>
+      <c r="E25" s="6">
         <v>392.0</v>
       </c>
-      <c r="D25" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="F25" s="6">
-        <v>400.0</v>
+        <v>392.0</v>
       </c>
       <c r="G25" s="6">
-        <v>401.0</v>
+        <v>395.0</v>
       </c>
       <c r="H25" s="6">
-        <v>401.0</v>
+        <v>395.0</v>
       </c>
       <c r="I25" s="6">
-        <v>400.0</v>
+        <v>398.0</v>
       </c>
       <c r="J25" s="6">
-        <v>404.0</v>
+        <v>399.0</v>
       </c>
       <c r="K25" s="6">
+        <v>399.0</v>
+      </c>
+      <c r="L25" s="6">
+        <v>398.0</v>
+      </c>
+      <c r="M25" s="6">
+        <v>402.0</v>
+      </c>
+      <c r="N25" s="6">
         <v>411.0</v>
       </c>
-      <c r="L25" s="6">
+      <c r="O25" s="6">
         <v>410.0</v>
       </c>
-      <c r="M25" s="6">
+      <c r="P25" s="6">
         <v>412.0</v>
       </c>
-      <c r="N25" s="6">
+      <c r="Q25" s="6">
         <v>412.0</v>
       </c>
-      <c r="O25" s="6">
+      <c r="R25" s="6">
         <v>413.0</v>
       </c>
-      <c r="P25" s="6">
+      <c r="S25" s="6">
         <v>413.0</v>
       </c>
-      <c r="Q25" s="6">
+      <c r="T25" s="6">
         <v>413.0</v>
       </c>
-      <c r="R25" s="6">
+      <c r="U25" s="6">
         <v>416.0</v>
       </c>
-      <c r="S25" s="6">
+      <c r="V25" s="6">
         <v>417.0</v>
       </c>
-      <c r="T25" s="6">
+      <c r="W25" s="6">
         <v>412.0</v>
       </c>
-      <c r="U25" s="6">
+      <c r="X25" s="6">
         <v>413.0</v>
       </c>
-      <c r="V25" s="6">
+      <c r="Y25" s="6">
         <v>412.0</v>
       </c>
-      <c r="W25" s="6">
+      <c r="Z25" s="6">
         <v>415.0</v>
       </c>
-      <c r="X25" s="6">
+      <c r="AA25" s="6">
         <v>416.0</v>
       </c>
-      <c r="Y25" s="6">
+      <c r="AB25" s="6">
         <v>417.0</v>
       </c>
-      <c r="Z25" s="6">
+      <c r="AC25" s="6">
         <v>417.0</v>
       </c>
-      <c r="AA25" s="6">
+      <c r="AD25" s="6">
         <v>417.0</v>
       </c>
-      <c r="AB25" s="6">
+      <c r="AE25" s="6">
         <v>418.0</v>
       </c>
-      <c r="AC25" s="6">
+      <c r="AF25" s="6">
         <v>418.0</v>
       </c>
-      <c r="AD25" s="6">
+      <c r="AG25" s="6">
         <v>419.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>422.0</v>
       </c>
       <c r="AH25" s="6">
         <v>420.0</v>
       </c>
       <c r="AI25" s="6">
+        <v>421.0</v>
+      </c>
+      <c r="AJ25" s="6">
+        <v>422.0</v>
+      </c>
+      <c r="AK25" s="6">
+        <v>420.0</v>
+      </c>
+      <c r="AL25" s="6">
         <v>416.0</v>
       </c>
-      <c r="AJ25" s="6">
+      <c r="AM25" s="6">
         <v>416.0</v>
       </c>
-      <c r="AK25" s="6">
+      <c r="AN25" s="6">
         <v>418.0</v>
       </c>
-      <c r="AL25" s="6">
+      <c r="AO25" s="6">
         <v>418.0</v>
       </c>
-      <c r="AM25" s="6">
+      <c r="AP25" s="6">
         <v>417.0</v>
       </c>
-      <c r="AN25" s="6">
+      <c r="AQ25" s="6">
         <v>420.0</v>
       </c>
-      <c r="AO25" s="6">
+      <c r="AR25" s="6">
         <v>416.0</v>
       </c>
-      <c r="AP25" s="6">
+      <c r="AS25" s="6">
         <v>414.0</v>
       </c>
-      <c r="AQ25" s="6">
+      <c r="AT25" s="6">
         <v>415.0</v>
       </c>
-      <c r="AR25" s="6">
+      <c r="AU25" s="6">
         <v>415.0</v>
       </c>
-      <c r="AS25" s="6">
+      <c r="AV25" s="6">
         <v>421.0</v>
       </c>
-      <c r="AT25" s="6">
+      <c r="AW25" s="6">
         <v>418.0</v>
       </c>
-      <c r="AU25" s="6">
+      <c r="AX25" s="6">
         <v>417.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>416.0</v>
       </c>
       <c r="AY25" s="6">
         <v>416.0</v>
       </c>
       <c r="AZ25" s="6">
+        <v>416.0</v>
+      </c>
+      <c r="BA25" s="6">
+        <v>416.0</v>
+      </c>
+      <c r="BB25" s="6">
+        <v>416.0</v>
+      </c>
+      <c r="BC25" s="6">
         <v>417.0</v>
       </c>
-      <c r="BA25" s="6">
+      <c r="BD25" s="6">
         <v>423.0</v>
       </c>
-      <c r="BB25" s="6">
+      <c r="BE25" s="6">
         <v>425.0</v>
       </c>
-      <c r="BC25" s="6">
+      <c r="BF25" s="6">
         <v>425.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>429.0</v>
       </c>
       <c r="BG25" s="6">
         <v>424.0</v>
       </c>
       <c r="BH25" s="6">
+        <v>426.0</v>
+      </c>
+      <c r="BI25" s="6">
+        <v>429.0</v>
+      </c>
+      <c r="BJ25" s="6">
         <v>424.0</v>
       </c>
-      <c r="BI25" s="6">
+      <c r="BK25" s="6">
+        <v>424.0</v>
+      </c>
+      <c r="BL25" s="6">
         <v>422.0</v>
       </c>
-      <c r="BJ25" s="6">
+      <c r="BM25" s="6">
         <v>420.0</v>
       </c>
-      <c r="BK25" s="6">
+      <c r="BN25" s="6">
         <v>420.0</v>
       </c>
-      <c r="BL25" s="6">
+      <c r="BO25" s="6">
         <v>418.0</v>
       </c>
-      <c r="BM25" s="6">
+      <c r="BP25" s="6">
         <v>417.0</v>
       </c>
-      <c r="BN25" s="6">
+      <c r="BQ25" s="6">
         <v>415.0</v>
       </c>
-      <c r="BO25" s="6">
+      <c r="BR25" s="6">
         <v>416.0</v>
       </c>
-      <c r="BP25" s="6">
+      <c r="BS25" s="6">
         <v>415.0</v>
       </c>
-      <c r="BQ25" s="6">
+      <c r="BT25" s="6">
         <v>413.0</v>
       </c>
-      <c r="BR25" s="6">
+      <c r="BU25" s="6">
         <v>414.0</v>
       </c>
-      <c r="BS25" s="6">
+      <c r="BV25" s="6">
         <v>419.0</v>
       </c>
-      <c r="BT25" s="6">
+      <c r="BW25" s="6">
         <v>418.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>421.0</v>
       </c>
       <c r="BX25" s="6">
         <v>420.0</v>
       </c>
       <c r="BY25" s="6">
+        <v>422.0</v>
+      </c>
+      <c r="BZ25" s="6">
+        <v>421.0</v>
+      </c>
+      <c r="CA25" s="6">
         <v>420.0</v>
       </c>
-      <c r="BZ25" s="6">
+      <c r="CB25" s="6">
         <v>420.0</v>
       </c>
-      <c r="CA25" s="6">
+      <c r="CC25" s="6">
+        <v>420.0</v>
+      </c>
+      <c r="CD25" s="6">
         <v>417.0</v>
       </c>
-      <c r="CB25" s="6">
+      <c r="CE25" s="6">
         <v>421.0</v>
       </c>
-      <c r="CC25" s="6">
+      <c r="CF25" s="6">
         <v>425.0</v>
       </c>
-      <c r="CD25" s="6">
+      <c r="CG25" s="6">
         <v>422.0</v>
       </c>
     </row>
-    <row r="26" spans="1:82">
+    <row r="26" spans="1:85">
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C26" s="6">
-        <v>31043005.0</v>
+        <v>30101167.0</v>
       </c>
       <c r="D26" s="6">
-        <v>31648919.0</v>
+        <v>30423704.0</v>
       </c>
       <c r="E26" s="6">
-        <v>31238722.0</v>
+        <v>28962455.0</v>
       </c>
       <c r="F26" s="6">
-        <v>31629627.0</v>
+        <v>30922446.0</v>
       </c>
       <c r="G26" s="6">
-        <v>30455517.0</v>
+        <v>31660270.0</v>
       </c>
       <c r="H26" s="6">
-        <v>27878273.0</v>
+        <v>31235630.0</v>
       </c>
       <c r="I26" s="6">
-        <v>28720658.0</v>
+        <v>31629362.0</v>
       </c>
       <c r="J26" s="6">
-        <v>14866222.0</v>
+        <v>30445501.0</v>
       </c>
       <c r="K26" s="6">
-        <v>43632578.0</v>
+        <v>27874211.0</v>
       </c>
       <c r="L26" s="6">
+        <v>28717073.0</v>
+      </c>
+      <c r="M26" s="6">
+        <v>14866477.0</v>
+      </c>
+      <c r="N26" s="6">
+        <v>43682770.0</v>
+      </c>
+      <c r="O26" s="6">
         <v>27371874.0</v>
       </c>
-      <c r="M26" s="6">
+      <c r="P26" s="6">
         <v>26862452.0</v>
       </c>
-      <c r="N26" s="6">
-[...2 lines deleted...]
-      <c r="O26" s="6">
+      <c r="Q26" s="6">
+        <v>25908367.0</v>
+      </c>
+      <c r="R26" s="6">
         <v>27705168.0</v>
       </c>
-      <c r="P26" s="6">
+      <c r="S26" s="6">
         <v>28064834.0</v>
       </c>
-      <c r="Q26" s="6">
+      <c r="T26" s="6">
         <v>28402363.0</v>
       </c>
-      <c r="R26" s="6">
+      <c r="U26" s="6">
         <v>28626547.0</v>
       </c>
-      <c r="S26" s="6">
+      <c r="V26" s="6">
         <v>27442138.0</v>
       </c>
-      <c r="T26" s="6">
+      <c r="W26" s="6">
         <v>25574707.0</v>
       </c>
-      <c r="U26" s="6">
+      <c r="X26" s="6">
         <v>26292281.0</v>
       </c>
-      <c r="V26" s="6">
+      <c r="Y26" s="6">
         <v>13411485.0</v>
       </c>
-      <c r="W26" s="6">
+      <c r="Z26" s="6">
         <v>40331463.0</v>
       </c>
-      <c r="X26" s="6">
+      <c r="AA26" s="6">
         <v>24933107.0</v>
       </c>
-      <c r="Y26" s="6">
+      <c r="AB26" s="6">
         <v>25049804.0</v>
       </c>
-      <c r="Z26" s="6">
+      <c r="AC26" s="6">
         <v>24188033.0</v>
       </c>
-      <c r="AA26" s="6">
+      <c r="AD26" s="6">
         <v>25001390.0</v>
       </c>
-      <c r="AB26" s="6">
+      <c r="AE26" s="6">
         <v>25241415.0</v>
       </c>
-      <c r="AC26" s="6">
+      <c r="AF26" s="6">
         <v>25409456.0</v>
       </c>
-      <c r="AD26" s="6">
+      <c r="AG26" s="6">
         <v>24321101.0</v>
       </c>
-      <c r="AE26" s="6">
+      <c r="AH26" s="6">
         <v>25188558.0</v>
       </c>
-      <c r="AF26" s="6">
+      <c r="AI26" s="6">
         <v>23068385.0</v>
       </c>
-      <c r="AG26" s="6">
+      <c r="AJ26" s="6">
         <v>22797810.0</v>
       </c>
-      <c r="AH26" s="6">
+      <c r="AK26" s="6">
         <v>11114594.0</v>
       </c>
-      <c r="AI26" s="6">
+      <c r="AL26" s="6">
         <v>34747743.0</v>
       </c>
-      <c r="AJ26" s="6">
+      <c r="AM26" s="6">
         <v>21713469.0</v>
       </c>
-      <c r="AK26" s="6">
+      <c r="AN26" s="6">
         <v>21214993.0</v>
       </c>
-      <c r="AL26" s="6">
+      <c r="AO26" s="6">
         <v>21142301.0</v>
       </c>
-      <c r="AM26" s="6">
+      <c r="AP26" s="6">
         <v>21706917.0</v>
       </c>
-      <c r="AN26" s="6">
+      <c r="AQ26" s="6">
         <v>22551558.0</v>
       </c>
-      <c r="AO26" s="6">
+      <c r="AR26" s="6">
         <v>23118187.0</v>
       </c>
-      <c r="AP26" s="6">
+      <c r="AS26" s="6">
         <v>22013945.0</v>
       </c>
-      <c r="AQ26" s="6">
+      <c r="AT26" s="6">
         <v>22410136.0</v>
       </c>
-      <c r="AR26" s="6">
+      <c r="AU26" s="6">
         <v>20123232.0</v>
       </c>
-      <c r="AS26" s="6">
+      <c r="AV26" s="6">
         <v>20956761.0</v>
       </c>
-      <c r="AT26" s="6">
+      <c r="AW26" s="6">
         <v>9190871.0</v>
       </c>
-      <c r="AU26" s="6">
+      <c r="AX26" s="6">
         <v>32574960.0</v>
       </c>
-      <c r="AV26" s="6">
+      <c r="AY26" s="6">
         <v>18694435.0</v>
       </c>
-      <c r="AW26" s="6">
+      <c r="AZ26" s="6">
         <v>18480277.0</v>
       </c>
-      <c r="AX26" s="6">
+      <c r="BA26" s="6">
         <v>18454231.0</v>
       </c>
-      <c r="AY26" s="6">
+      <c r="BB26" s="6">
         <v>18893542.0</v>
       </c>
-      <c r="AZ26" s="6">
+      <c r="BC26" s="6">
         <v>19910602.0</v>
       </c>
-      <c r="BA26" s="6">
+      <c r="BD26" s="6">
         <v>20129468.0</v>
       </c>
-      <c r="BB26" s="6">
+      <c r="BE26" s="6">
         <v>19726993.0</v>
       </c>
-      <c r="BC26" s="6">
+      <c r="BF26" s="6">
         <v>19378326.0</v>
       </c>
-      <c r="BD26" s="6">
+      <c r="BG26" s="6">
         <v>17928418.0</v>
       </c>
-      <c r="BE26" s="6">
+      <c r="BH26" s="6">
         <v>18605095.0</v>
       </c>
-      <c r="BF26" s="6">
+      <c r="BI26" s="6">
         <v>7913325.0</v>
       </c>
-      <c r="BG26" s="6">
+      <c r="BJ26" s="6">
         <v>29667426.0</v>
       </c>
-      <c r="BH26" s="6">
+      <c r="BK26" s="6">
         <v>17788717.0</v>
       </c>
-      <c r="BI26" s="6">
+      <c r="BL26" s="6">
         <v>17403052.0</v>
       </c>
-      <c r="BJ26" s="6">
+      <c r="BM26" s="6">
         <v>16613054.0</v>
       </c>
-      <c r="BK26" s="6">
+      <c r="BN26" s="6">
         <v>17432561.0</v>
       </c>
-      <c r="BL26" s="6">
+      <c r="BO26" s="6">
         <v>19585239.0</v>
       </c>
-      <c r="BM26" s="6">
+      <c r="BP26" s="6">
         <v>18329629.0</v>
       </c>
-      <c r="BN26" s="6">
+      <c r="BQ26" s="6">
         <v>16779244.0</v>
       </c>
-      <c r="BO26" s="6">
+      <c r="BR26" s="6">
         <v>18087072.0</v>
       </c>
-      <c r="BP26" s="6">
+      <c r="BS26" s="6">
         <v>17541876.0</v>
       </c>
-      <c r="BQ26" s="6">
+      <c r="BT26" s="6">
         <v>17979143.0</v>
       </c>
-      <c r="BR26" s="6">
+      <c r="BU26" s="6">
         <v>7910326.0</v>
       </c>
-      <c r="BS26" s="6">
+      <c r="BV26" s="6">
         <v>28637186.0</v>
       </c>
-      <c r="BT26" s="6">
+      <c r="BW26" s="6">
         <v>17141890.0</v>
       </c>
-      <c r="BU26" s="6">
+      <c r="BX26" s="6">
         <v>16917831.0</v>
       </c>
-      <c r="BV26" s="6">
+      <c r="BY26" s="6">
         <v>16266491.0</v>
       </c>
-      <c r="BW26" s="6">
+      <c r="BZ26" s="6">
         <v>17699054.0</v>
       </c>
-      <c r="BX26" s="6">
+      <c r="CA26" s="6">
         <v>18336421.0</v>
       </c>
-      <c r="BY26" s="6">
+      <c r="CB26" s="6">
         <v>18361763.0</v>
       </c>
-      <c r="BZ26" s="6">
+      <c r="CC26" s="6">
         <v>17943377.0</v>
       </c>
-      <c r="CA26" s="6">
+      <c r="CD26" s="6">
         <v>17827780.0</v>
       </c>
-      <c r="CB26" s="6">
+      <c r="CE26" s="6">
         <v>16247272.0</v>
       </c>
-      <c r="CC26" s="6">
+      <c r="CF26" s="6">
         <v>17159641.0</v>
       </c>
-      <c r="CD26" s="6">
+      <c r="CG26" s="6">
         <v>5734586.0</v>
       </c>
     </row>
-    <row r="27" spans="1:82">
+    <row r="27" spans="1:85">
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C27" s="6">
-        <v>5376361.0</v>
+        <v>5247894.0</v>
       </c>
       <c r="D27" s="6">
-        <v>5379372.0</v>
+        <v>5278767.0</v>
       </c>
       <c r="E27" s="6">
-        <v>5316706.0</v>
+        <v>4994967.0</v>
       </c>
       <c r="F27" s="6">
-        <v>5387581.0</v>
+        <v>5376097.0</v>
       </c>
       <c r="G27" s="6">
-        <v>5079930.0</v>
+        <v>5378988.0</v>
       </c>
       <c r="H27" s="6">
-        <v>4603742.0</v>
+        <v>5315775.0</v>
       </c>
       <c r="I27" s="6">
-        <v>4842087.0</v>
+        <v>5387545.0</v>
       </c>
       <c r="J27" s="6">
-        <v>2537505.0</v>
+        <v>5078305.0</v>
       </c>
       <c r="K27" s="6">
-        <v>7509604.0</v>
+        <v>4603318.0</v>
       </c>
       <c r="L27" s="6">
+        <v>4841685.0</v>
+      </c>
+      <c r="M27" s="6">
+        <v>2537893.0</v>
+      </c>
+      <c r="N27" s="6">
+        <v>7519893.0</v>
+      </c>
+      <c r="O27" s="6">
         <v>4636737.0</v>
       </c>
-      <c r="M27" s="6">
+      <c r="P27" s="6">
         <v>4491609.0</v>
       </c>
-      <c r="N27" s="6">
-[...2 lines deleted...]
-      <c r="O27" s="6">
+      <c r="Q27" s="6">
+        <v>4356667.0</v>
+      </c>
+      <c r="R27" s="6">
         <v>4651538.0</v>
       </c>
-      <c r="P27" s="6">
+      <c r="S27" s="6">
         <v>4630031.0</v>
       </c>
-      <c r="Q27" s="6">
+      <c r="T27" s="6">
         <v>4715979.0</v>
       </c>
-      <c r="R27" s="6">
+      <c r="U27" s="6">
         <v>4699087.0</v>
       </c>
-      <c r="S27" s="6">
+      <c r="V27" s="6">
         <v>4510744.0</v>
       </c>
-      <c r="T27" s="6">
+      <c r="W27" s="6">
         <v>4086097.0</v>
       </c>
-      <c r="U27" s="6">
+      <c r="X27" s="6">
         <v>4353320.0</v>
       </c>
-      <c r="V27" s="6">
+      <c r="Y27" s="6">
         <v>2248988.0</v>
       </c>
-      <c r="W27" s="6">
+      <c r="Z27" s="6">
         <v>6912780.0</v>
       </c>
-      <c r="X27" s="6">
+      <c r="AA27" s="6">
         <v>4182041.0</v>
       </c>
-      <c r="Y27" s="6">
+      <c r="AB27" s="6">
         <v>4195159.0</v>
       </c>
-      <c r="Z27" s="6">
+      <c r="AC27" s="6">
         <v>4089394.0</v>
       </c>
-      <c r="AA27" s="6">
+      <c r="AD27" s="6">
         <v>4151998.0</v>
       </c>
-      <c r="AB27" s="6">
+      <c r="AE27" s="6">
         <v>4161675.0</v>
       </c>
-      <c r="AC27" s="6">
+      <c r="AF27" s="6">
         <v>4125925.0</v>
       </c>
-      <c r="AD27" s="6">
+      <c r="AG27" s="6">
         <v>3941512.0</v>
       </c>
-      <c r="AE27" s="6">
+      <c r="AH27" s="6">
         <v>4101030.0</v>
       </c>
-      <c r="AF27" s="6">
+      <c r="AI27" s="6">
         <v>3625026.0</v>
       </c>
-      <c r="AG27" s="6">
+      <c r="AJ27" s="6">
         <v>3672090.0</v>
       </c>
-      <c r="AH27" s="6">
+      <c r="AK27" s="6">
         <v>1895349.0</v>
       </c>
-      <c r="AI27" s="6">
+      <c r="AL27" s="6">
         <v>5810818.0</v>
       </c>
-      <c r="AJ27" s="6">
+      <c r="AM27" s="6">
         <v>3525594.0</v>
       </c>
-      <c r="AK27" s="6">
+      <c r="AN27" s="6">
         <v>3447521.0</v>
       </c>
-      <c r="AL27" s="6">
+      <c r="AO27" s="6">
         <v>3454399.0</v>
       </c>
-      <c r="AM27" s="6">
+      <c r="AP27" s="6">
         <v>3501670.0</v>
       </c>
-      <c r="AN27" s="6">
+      <c r="AQ27" s="6">
         <v>3576300.0</v>
       </c>
-      <c r="AO27" s="6">
+      <c r="AR27" s="6">
         <v>3768254.0</v>
       </c>
-      <c r="AP27" s="6">
+      <c r="AS27" s="6">
         <v>3570833.0</v>
       </c>
-      <c r="AQ27" s="6">
+      <c r="AT27" s="6">
         <v>3666492.0</v>
       </c>
-      <c r="AR27" s="6">
+      <c r="AU27" s="6">
         <v>3194670.0</v>
       </c>
-      <c r="AS27" s="6">
+      <c r="AV27" s="6">
         <v>3458361.0</v>
       </c>
-      <c r="AT27" s="6">
+      <c r="AW27" s="6">
         <v>1571113.0</v>
       </c>
-      <c r="AU27" s="6">
+      <c r="AX27" s="6">
         <v>5483737.0</v>
       </c>
-      <c r="AV27" s="6">
+      <c r="AY27" s="6">
         <v>3071823.0</v>
       </c>
-      <c r="AW27" s="6">
+      <c r="AZ27" s="6">
         <v>3046688.0</v>
       </c>
-      <c r="AX27" s="6">
+      <c r="BA27" s="6">
         <v>3040433.0</v>
       </c>
-      <c r="AY27" s="6">
+      <c r="BB27" s="6">
         <v>3090746.0</v>
       </c>
-      <c r="AZ27" s="6">
+      <c r="BC27" s="6">
         <v>3217898.0</v>
       </c>
-      <c r="BA27" s="6">
+      <c r="BD27" s="6">
         <v>3234646.0</v>
       </c>
-      <c r="BB27" s="6">
+      <c r="BE27" s="6">
         <v>3050146.0</v>
       </c>
-      <c r="BC27" s="6">
+      <c r="BF27" s="6">
         <v>3156364.0</v>
       </c>
-      <c r="BD27" s="6">
+      <c r="BG27" s="6">
         <v>2857362.0</v>
       </c>
-      <c r="BE27" s="6">
+      <c r="BH27" s="6">
         <v>3081182.0</v>
       </c>
-      <c r="BF27" s="6">
+      <c r="BI27" s="6">
         <v>1311223.0</v>
       </c>
-      <c r="BG27" s="6">
+      <c r="BJ27" s="6">
         <v>4848873.0</v>
       </c>
-      <c r="BH27" s="6">
+      <c r="BK27" s="6">
         <v>2863164.0</v>
       </c>
-      <c r="BI27" s="6">
+      <c r="BL27" s="6">
         <v>2824428.0</v>
       </c>
-      <c r="BJ27" s="6">
+      <c r="BM27" s="6">
         <v>2664228.0</v>
       </c>
-      <c r="BK27" s="6">
+      <c r="BN27" s="6">
         <v>2783403.0</v>
       </c>
-      <c r="BL27" s="6">
+      <c r="BO27" s="6">
         <v>3145950.0</v>
       </c>
-      <c r="BM27" s="6">
+      <c r="BP27" s="6">
         <v>2981919.0</v>
       </c>
-      <c r="BN27" s="6">
+      <c r="BQ27" s="6">
         <v>2735135.0</v>
       </c>
-      <c r="BO27" s="6">
+      <c r="BR27" s="6">
         <v>2960865.0</v>
       </c>
-      <c r="BP27" s="6">
+      <c r="BS27" s="6">
         <v>2827050.0</v>
       </c>
-      <c r="BQ27" s="6">
+      <c r="BT27" s="6">
         <v>3013060.0</v>
       </c>
-      <c r="BR27" s="6">
+      <c r="BU27" s="6">
         <v>1314227.0</v>
       </c>
-      <c r="BS27" s="6">
+      <c r="BV27" s="6">
         <v>4930925.0</v>
       </c>
-      <c r="BT27" s="6">
+      <c r="BW27" s="6">
         <v>2900108.0</v>
       </c>
-      <c r="BU27" s="6">
+      <c r="BX27" s="6">
         <v>2857515.0</v>
       </c>
-      <c r="BV27" s="6">
+      <c r="BY27" s="6">
         <v>2731316.0</v>
       </c>
-      <c r="BW27" s="6">
+      <c r="BZ27" s="6">
         <v>2983360.0</v>
       </c>
-      <c r="BX27" s="6">
+      <c r="CA27" s="6">
         <v>3041904.0</v>
       </c>
-      <c r="BY27" s="6">
+      <c r="CB27" s="6">
         <v>3074033.0</v>
       </c>
-      <c r="BZ27" s="6">
+      <c r="CC27" s="6">
         <v>2975186.0</v>
       </c>
-      <c r="CA27" s="6">
+      <c r="CD27" s="6">
         <v>2989437.0</v>
       </c>
-      <c r="CB27" s="6">
+      <c r="CE27" s="6">
         <v>2658367.0</v>
       </c>
-      <c r="CC27" s="6">
+      <c r="CF27" s="6">
         <v>2908899.0</v>
       </c>
-      <c r="CD27" s="6">
+      <c r="CG27" s="6">
         <v>725986.0</v>
       </c>
     </row>
-    <row r="28" spans="1:82">
+    <row r="28" spans="1:85">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C28" s="6">
-        <v>10873.0</v>
+        <v>10985.0</v>
       </c>
       <c r="D28" s="6">
+        <v>11047.0</v>
+      </c>
+      <c r="E28" s="6">
+        <v>11017.0</v>
+      </c>
+      <c r="F28" s="6">
+        <v>10997.0</v>
+      </c>
+      <c r="G28" s="6">
+        <v>10976.0</v>
+      </c>
+      <c r="H28" s="6">
+        <v>10962.0</v>
+      </c>
+      <c r="I28" s="6">
+        <v>10953.0</v>
+      </c>
+      <c r="J28" s="6">
         <v>10903.0</v>
       </c>
-      <c r="E28" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="K28" s="6">
-        <v>11521.0</v>
+        <v>10866.0</v>
       </c>
       <c r="L28" s="6">
-        <v>11537.0</v>
+        <v>10846.0</v>
       </c>
       <c r="M28" s="6">
-        <v>11580.0</v>
+        <v>10862.0</v>
       </c>
       <c r="N28" s="6">
-        <v>11571.0</v>
+        <v>11524.0</v>
       </c>
       <c r="O28" s="6">
-        <v>11562.0</v>
+        <v>11538.0</v>
       </c>
       <c r="P28" s="6">
+        <v>11582.0</v>
+      </c>
+      <c r="Q28" s="6">
+        <v>11573.0</v>
+      </c>
+      <c r="R28" s="6">
+        <v>11565.0</v>
+      </c>
+      <c r="S28" s="6">
+        <v>11581.0</v>
+      </c>
+      <c r="T28" s="6">
+        <v>11607.0</v>
+      </c>
+      <c r="U28" s="6">
+        <v>11607.0</v>
+      </c>
+      <c r="V28" s="6">
         <v>11578.0</v>
       </c>
-      <c r="Q28" s="6">
-[...8 lines deleted...]
-      <c r="T28" s="6">
+      <c r="W28" s="6">
+        <v>11519.0</v>
+      </c>
+      <c r="X28" s="6">
+        <v>11478.0</v>
+      </c>
+      <c r="Y28" s="6">
         <v>11516.0</v>
       </c>
-      <c r="U28" s="6">
-[...5 lines deleted...]
-      <c r="W28" s="6">
+      <c r="Z28" s="6">
         <v>11396.0</v>
       </c>
-      <c r="X28" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AA28" s="6">
+        <v>11387.0</v>
+      </c>
+      <c r="AB28" s="6">
+        <v>11404.0</v>
+      </c>
+      <c r="AC28" s="6">
+        <v>11375.0</v>
+      </c>
+      <c r="AD28" s="6">
+        <v>11360.0</v>
+      </c>
+      <c r="AE28" s="6">
+        <v>11346.0</v>
+      </c>
+      <c r="AF28" s="6">
         <v>11357.0</v>
       </c>
-      <c r="AB28" s="6">
-[...11 lines deleted...]
-      <c r="AF28" s="6">
+      <c r="AG28" s="6">
+        <v>11338.0</v>
+      </c>
+      <c r="AH28" s="6">
+        <v>11271.0</v>
+      </c>
+      <c r="AI28" s="6">
         <v>11277.0</v>
       </c>
-      <c r="AG28" s="6">
+      <c r="AJ28" s="6">
         <v>11208.0</v>
       </c>
-      <c r="AH28" s="6">
+      <c r="AK28" s="6">
         <v>11197.0</v>
       </c>
-      <c r="AI28" s="6">
+      <c r="AL28" s="6">
         <v>11024.0</v>
       </c>
-      <c r="AJ28" s="6">
+      <c r="AM28" s="6">
         <v>11041.0</v>
       </c>
-      <c r="AK28" s="6">
+      <c r="AN28" s="6">
         <v>11052.0</v>
       </c>
-      <c r="AL28" s="6">
+      <c r="AO28" s="6">
         <v>11053.0</v>
       </c>
-      <c r="AM28" s="6">
-[...2 lines deleted...]
-      <c r="AN28" s="6">
+      <c r="AP28" s="6">
+        <v>11043.0</v>
+      </c>
+      <c r="AQ28" s="6">
         <v>11036.0</v>
       </c>
-      <c r="AO28" s="6">
+      <c r="AR28" s="6">
         <v>11020.0</v>
       </c>
-      <c r="AP28" s="6">
+      <c r="AS28" s="6">
         <v>10982.0</v>
       </c>
-      <c r="AQ28" s="6">
-[...5 lines deleted...]
-      <c r="AS28" s="6">
+      <c r="AT28" s="6">
+        <v>10915.0</v>
+      </c>
+      <c r="AU28" s="6">
+        <v>10861.0</v>
+      </c>
+      <c r="AV28" s="6">
         <v>10815.0</v>
       </c>
-      <c r="AT28" s="6">
+      <c r="AW28" s="6">
         <v>10802.0</v>
       </c>
-      <c r="AU28" s="6">
+      <c r="AX28" s="6">
         <v>10603.0</v>
       </c>
-      <c r="AV28" s="6">
+      <c r="AY28" s="6">
         <v>10613.0</v>
       </c>
-      <c r="AW28" s="6">
+      <c r="AZ28" s="6">
         <v>10591.0</v>
       </c>
-      <c r="AX28" s="6">
+      <c r="BA28" s="6">
         <v>10548.0</v>
       </c>
-      <c r="AY28" s="6">
+      <c r="BB28" s="6">
         <v>10518.0</v>
       </c>
-      <c r="AZ28" s="6">
+      <c r="BC28" s="6">
         <v>10450.0</v>
       </c>
-      <c r="BA28" s="6">
+      <c r="BD28" s="6">
         <v>10419.0</v>
       </c>
-      <c r="BB28" s="6">
-[...2 lines deleted...]
-      <c r="BC28" s="6">
+      <c r="BE28" s="6">
+        <v>10319.0</v>
+      </c>
+      <c r="BF28" s="6">
         <v>10205.0</v>
       </c>
-      <c r="BD28" s="6">
+      <c r="BG28" s="6">
         <v>10127.0</v>
       </c>
-      <c r="BE28" s="6">
+      <c r="BH28" s="6">
         <v>9961.0</v>
       </c>
-      <c r="BF28" s="6">
+      <c r="BI28" s="6">
         <v>9906.0</v>
       </c>
-      <c r="BG28" s="6">
+      <c r="BJ28" s="6">
         <v>9648.0</v>
       </c>
-      <c r="BH28" s="6">
+      <c r="BK28" s="6">
         <v>9592.0</v>
       </c>
-      <c r="BI28" s="6">
+      <c r="BL28" s="6">
         <v>9566.0</v>
       </c>
-      <c r="BJ28" s="6">
+      <c r="BM28" s="6">
         <v>9509.0</v>
       </c>
-      <c r="BK28" s="6">
+      <c r="BN28" s="6">
         <v>9416.0</v>
       </c>
-      <c r="BL28" s="6">
+      <c r="BO28" s="6">
         <v>9364.0</v>
       </c>
-      <c r="BM28" s="6">
+      <c r="BP28" s="6">
         <v>9299.0</v>
       </c>
-      <c r="BN28" s="6">
+      <c r="BQ28" s="6">
         <v>9263.0</v>
       </c>
-      <c r="BO28" s="6">
+      <c r="BR28" s="6">
         <v>9223.0</v>
       </c>
-      <c r="BP28" s="6">
+      <c r="BS28" s="6">
         <v>9230.0</v>
       </c>
-      <c r="BQ28" s="6">
+      <c r="BT28" s="6">
         <v>9193.0</v>
       </c>
-      <c r="BR28" s="6">
+      <c r="BU28" s="6">
         <v>9148.0</v>
       </c>
-      <c r="BS28" s="6">
+      <c r="BV28" s="6">
         <v>9043.0</v>
       </c>
-      <c r="BT28" s="6">
+      <c r="BW28" s="6">
         <v>9020.0</v>
       </c>
-      <c r="BU28" s="6">
+      <c r="BX28" s="6">
         <v>8995.0</v>
       </c>
-      <c r="BV28" s="6">
+      <c r="BY28" s="6">
         <v>8946.0</v>
       </c>
-      <c r="BW28" s="6">
+      <c r="BZ28" s="6">
         <v>8915.0</v>
       </c>
-      <c r="BX28" s="6">
+      <c r="CA28" s="6">
         <v>8880.0</v>
       </c>
-      <c r="BY28" s="6">
+      <c r="CB28" s="6">
         <v>8847.0</v>
       </c>
-      <c r="BZ28" s="6">
+      <c r="CC28" s="6">
         <v>8818.0</v>
       </c>
-      <c r="CA28" s="6">
+      <c r="CD28" s="6">
         <v>8792.0</v>
       </c>
-      <c r="CB28" s="6">
+      <c r="CE28" s="6">
         <v>8756.0</v>
       </c>
-      <c r="CC28" s="6">
+      <c r="CF28" s="6">
         <v>8702.0</v>
       </c>
-      <c r="CD28" s="6">
+      <c r="CG28" s="6">
         <v>8694.0</v>
       </c>
     </row>
-    <row r="29" spans="1:82">
+    <row r="29" spans="1:85">
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C29" s="6">
-        <v>192835953.0</v>
+        <v>195790683.0</v>
       </c>
       <c r="D29" s="6">
-        <v>187616546.0</v>
+        <v>197551497.0</v>
       </c>
       <c r="E29" s="6">
-        <v>183096915.0</v>
+        <v>186320639.0</v>
       </c>
       <c r="F29" s="6">
-        <v>182011126.0</v>
+        <v>193066720.0</v>
       </c>
       <c r="G29" s="6">
-        <v>172524660.0</v>
+        <v>187932477.0</v>
       </c>
       <c r="H29" s="6">
-        <v>165401324.0</v>
+        <v>183409911.0</v>
       </c>
       <c r="I29" s="6">
-        <v>163219138.0</v>
+        <v>181959419.0</v>
       </c>
       <c r="J29" s="6">
-        <v>105561601.0</v>
+        <v>172647137.0</v>
       </c>
       <c r="K29" s="6">
-        <v>244431109.0</v>
+        <v>165566435.0</v>
       </c>
       <c r="L29" s="6">
-        <v>178144270.0</v>
+        <v>163347932.0</v>
       </c>
       <c r="M29" s="6">
-        <v>173632977.0</v>
+        <v>105464590.0</v>
       </c>
       <c r="N29" s="6">
-        <v>171166824.0</v>
+        <v>244486631.0</v>
       </c>
       <c r="O29" s="6">
-        <v>177984254.0</v>
+        <v>178080457.0</v>
       </c>
       <c r="P29" s="6">
-        <v>168835362.0</v>
+        <v>173573925.0</v>
       </c>
       <c r="Q29" s="6">
-        <v>170001408.0</v>
+        <v>171103420.0</v>
       </c>
       <c r="R29" s="6">
-        <v>164563262.0</v>
+        <v>177904117.0</v>
       </c>
       <c r="S29" s="6">
-        <v>161092431.0</v>
+        <v>168791083.0</v>
       </c>
       <c r="T29" s="6">
-        <v>148714565.0</v>
+        <v>169866947.0</v>
       </c>
       <c r="U29" s="6">
-        <v>146995950.0</v>
+        <v>164455585.0</v>
       </c>
       <c r="V29" s="6">
-        <v>94659689.0</v>
+        <v>160963441.0</v>
       </c>
       <c r="W29" s="6">
-        <v>223368299.0</v>
+        <v>148476932.0</v>
       </c>
       <c r="X29" s="6">
-        <v>161720256.0</v>
+        <v>146775813.0</v>
       </c>
       <c r="Y29" s="6">
-        <v>161333414.0</v>
+        <v>94455974.0</v>
       </c>
       <c r="Z29" s="6">
-        <v>158779963.0</v>
+        <v>223213336.0</v>
       </c>
       <c r="AA29" s="6">
-        <v>159942951.0</v>
+        <v>161508111.0</v>
       </c>
       <c r="AB29" s="6">
-        <v>160932317.0</v>
+        <v>161137494.0</v>
       </c>
       <c r="AC29" s="6">
-        <v>153629358.0</v>
+        <v>158594228.0</v>
       </c>
       <c r="AD29" s="6">
-        <v>144926631.0</v>
+        <v>159755462.0</v>
       </c>
       <c r="AE29" s="6">
-        <v>143144503.0</v>
+        <v>160723695.0</v>
       </c>
       <c r="AF29" s="6">
-        <v>131105732.0</v>
+        <v>153406247.0</v>
       </c>
       <c r="AG29" s="6">
-        <v>128130376.0</v>
+        <v>144679680.0</v>
       </c>
       <c r="AH29" s="6">
-        <v>80780227.0</v>
+        <v>142866943.0</v>
       </c>
       <c r="AI29" s="6">
-        <v>191487579.0</v>
+        <v>130844517.0</v>
       </c>
       <c r="AJ29" s="6">
-        <v>131075745.0</v>
+        <v>127908599.0</v>
       </c>
       <c r="AK29" s="6">
-        <v>132564257.0</v>
+        <v>80554041.0</v>
       </c>
       <c r="AL29" s="6">
-        <v>131583941.0</v>
+        <v>191186093.0</v>
       </c>
       <c r="AM29" s="6">
-        <v>128444218.0</v>
+        <v>130786577.0</v>
       </c>
       <c r="AN29" s="6">
-        <v>129321057.0</v>
+        <v>132322885.0</v>
       </c>
       <c r="AO29" s="6">
-        <v>127936881.0</v>
+        <v>131364141.0</v>
       </c>
       <c r="AP29" s="6">
-        <v>124138278.0</v>
+        <v>128267534.0</v>
       </c>
       <c r="AQ29" s="6">
-        <v>120894688.0</v>
+        <v>129161274.0</v>
       </c>
       <c r="AR29" s="6">
-        <v>107561322.0</v>
+        <v>127791492.0</v>
       </c>
       <c r="AS29" s="6">
-        <v>104158932.0</v>
+        <v>123997625.0</v>
       </c>
       <c r="AT29" s="6">
-        <v>68121593.0</v>
+        <v>120753504.0</v>
       </c>
       <c r="AU29" s="6">
+        <v>107390579.0</v>
+      </c>
+      <c r="AV29" s="6">
+        <v>104025678.0</v>
+      </c>
+      <c r="AW29" s="6">
+        <v>68022182.0</v>
+      </c>
+      <c r="AX29" s="6">
         <v>170382980.0</v>
       </c>
-      <c r="AV29" s="6">
+      <c r="AY29" s="6">
         <v>114633786.0</v>
       </c>
-      <c r="AW29" s="6">
+      <c r="AZ29" s="6">
         <v>115826191.0</v>
       </c>
-      <c r="AX29" s="6">
+      <c r="BA29" s="6">
         <v>113239687.0</v>
       </c>
-      <c r="AY29" s="6">
+      <c r="BB29" s="6">
         <v>112453482.0</v>
       </c>
-      <c r="AZ29" s="6">
+      <c r="BC29" s="6">
         <v>112614409.0</v>
       </c>
-      <c r="BA29" s="6">
+      <c r="BD29" s="6">
         <v>110854084.0</v>
       </c>
-      <c r="BB29" s="6">
+      <c r="BE29" s="6">
         <v>107106005.0</v>
       </c>
-      <c r="BC29" s="6">
+      <c r="BF29" s="6">
         <v>105030990.0</v>
       </c>
-      <c r="BD29" s="6">
+      <c r="BG29" s="6">
         <v>92018852.0</v>
       </c>
-      <c r="BE29" s="6">
-[...5 lines deleted...]
-      <c r="BG29" s="6">
+      <c r="BH29" s="6">
+        <v>90690356.0</v>
+      </c>
+      <c r="BI29" s="6">
+        <v>60250347.0</v>
+      </c>
+      <c r="BJ29" s="6">
         <v>152695713.0</v>
       </c>
-      <c r="BH29" s="6">
+      <c r="BK29" s="6">
         <v>103910240.0</v>
       </c>
-      <c r="BI29" s="6">
+      <c r="BL29" s="6">
         <v>106027170.0</v>
       </c>
-      <c r="BJ29" s="6">
+      <c r="BM29" s="6">
         <v>99141737.0</v>
       </c>
-      <c r="BK29" s="6">
+      <c r="BN29" s="6">
         <v>100644146.0</v>
       </c>
-      <c r="BL29" s="6">
+      <c r="BO29" s="6">
         <v>99496994.0</v>
       </c>
-      <c r="BM29" s="6">
+      <c r="BP29" s="6">
         <v>91873589.0</v>
       </c>
-      <c r="BN29" s="6">
+      <c r="BQ29" s="6">
         <v>89282201.0</v>
       </c>
-      <c r="BO29" s="6">
+      <c r="BR29" s="6">
         <v>92268838.0</v>
       </c>
-      <c r="BP29" s="6">
+      <c r="BS29" s="6">
         <v>90415105.0</v>
       </c>
-      <c r="BQ29" s="6">
+      <c r="BT29" s="6">
         <v>91267134.0</v>
       </c>
-      <c r="BR29" s="6">
+      <c r="BU29" s="6">
         <v>54914941.0</v>
       </c>
-      <c r="BS29" s="6">
+      <c r="BV29" s="6">
         <v>147862485.0</v>
       </c>
-      <c r="BT29" s="6">
+      <c r="BW29" s="6">
         <v>102418783.0</v>
       </c>
-      <c r="BU29" s="6">
+      <c r="BX29" s="6">
         <v>101770390.0</v>
       </c>
-      <c r="BV29" s="6">
+      <c r="BY29" s="6">
         <v>98675928.0</v>
       </c>
-      <c r="BW29" s="6">
+      <c r="BZ29" s="6">
         <v>102557554.0</v>
       </c>
-      <c r="BX29" s="6">
+      <c r="CA29" s="6">
         <v>97640889.0</v>
       </c>
-      <c r="BY29" s="6">
+      <c r="CB29" s="6">
         <v>96326125.0</v>
       </c>
-      <c r="BZ29" s="6">
+      <c r="CC29" s="6">
         <v>94794233.0</v>
       </c>
-      <c r="CA29" s="6">
+      <c r="CD29" s="6">
         <v>88981977.0</v>
       </c>
-      <c r="CB29" s="6">
+      <c r="CE29" s="6">
         <v>80904284.0</v>
       </c>
-      <c r="CC29" s="6">
+      <c r="CF29" s="6">
         <v>81014560.0</v>
       </c>
-      <c r="CD29" s="6">
+      <c r="CG29" s="6">
         <v>38164311.0</v>
       </c>
     </row>
-    <row r="30" spans="1:82">
+    <row r="30" spans="1:85">
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C30" s="6">
-        <v>33338757.0</v>
+        <v>34164301.0</v>
       </c>
       <c r="D30" s="6">
-        <v>32128674.0</v>
+        <v>34055507.0</v>
       </c>
       <c r="E30" s="6">
-        <v>31261916.0</v>
+        <v>31969157.0</v>
       </c>
       <c r="F30" s="6">
-        <v>31052456.0</v>
+        <v>33381221.0</v>
       </c>
       <c r="G30" s="6">
-        <v>29131200.0</v>
+        <v>32172521.0</v>
       </c>
       <c r="H30" s="6">
-        <v>28334727.0</v>
+        <v>31308093.0</v>
       </c>
       <c r="I30" s="6">
-        <v>27642155.0</v>
+        <v>31057862.0</v>
       </c>
       <c r="J30" s="6">
-        <v>17615386.0</v>
+        <v>29135632.0</v>
       </c>
       <c r="K30" s="6">
-        <v>42260258.0</v>
+        <v>28357356.0</v>
       </c>
       <c r="L30" s="6">
-        <v>30563089.0</v>
+        <v>27654379.0</v>
       </c>
       <c r="M30" s="6">
-        <v>29552413.0</v>
+        <v>17591542.0</v>
       </c>
       <c r="N30" s="6">
-        <v>29065443.0</v>
+        <v>42257389.0</v>
       </c>
       <c r="O30" s="6">
-        <v>30389201.0</v>
+        <v>30551171.0</v>
       </c>
       <c r="P30" s="6">
-        <v>28382298.0</v>
+        <v>29542052.0</v>
       </c>
       <c r="Q30" s="6">
-        <v>28782933.0</v>
+        <v>29052884.0</v>
       </c>
       <c r="R30" s="6">
-        <v>27602672.0</v>
+        <v>30375550.0</v>
       </c>
       <c r="S30" s="6">
-        <v>27115808.0</v>
+        <v>28376496.0</v>
       </c>
       <c r="T30" s="6">
-        <v>24575641.0</v>
+        <v>28759474.0</v>
       </c>
       <c r="U30" s="6">
-        <v>24362006.0</v>
+        <v>27585016.0</v>
       </c>
       <c r="V30" s="6">
-        <v>15750658.0</v>
+        <v>27092414.0</v>
       </c>
       <c r="W30" s="6">
-        <v>38550578.0</v>
+        <v>24540216.0</v>
       </c>
       <c r="X30" s="6">
-        <v>27830421.0</v>
+        <v>24332086.0</v>
       </c>
       <c r="Y30" s="6">
-        <v>27553865.0</v>
+        <v>15724422.0</v>
       </c>
       <c r="Z30" s="6">
-        <v>27089503.0</v>
+        <v>38529483.0</v>
       </c>
       <c r="AA30" s="6">
-        <v>27167547.0</v>
+        <v>27799228.0</v>
       </c>
       <c r="AB30" s="6">
-        <v>27392949.0</v>
+        <v>27525060.0</v>
       </c>
       <c r="AC30" s="6">
-        <v>25685903.0</v>
+        <v>27063872.0</v>
       </c>
       <c r="AD30" s="6">
-        <v>23789515.0</v>
+        <v>27140891.0</v>
       </c>
       <c r="AE30" s="6">
-        <v>23735157.0</v>
+        <v>27363635.0</v>
       </c>
       <c r="AF30" s="6">
-        <v>21049619.0</v>
+        <v>25657521.0</v>
       </c>
       <c r="AG30" s="6">
-        <v>20714364.0</v>
+        <v>23755378.0</v>
       </c>
       <c r="AH30" s="6">
-        <v>13240425.0</v>
+        <v>23698380.0</v>
       </c>
       <c r="AI30" s="6">
-        <v>32222617.0</v>
+        <v>21015715.0</v>
       </c>
       <c r="AJ30" s="6">
-        <v>21650177.0</v>
+        <v>20683058.0</v>
       </c>
       <c r="AK30" s="6">
-        <v>21871267.0</v>
+        <v>13214511.0</v>
       </c>
       <c r="AL30" s="6">
-        <v>21743373.0</v>
+        <v>32181239.0</v>
       </c>
       <c r="AM30" s="6">
-        <v>20901955.0</v>
+        <v>21608718.0</v>
       </c>
       <c r="AN30" s="6">
-        <v>21149862.0</v>
+        <v>21838445.0</v>
       </c>
       <c r="AO30" s="6">
-        <v>21168037.0</v>
+        <v>21714341.0</v>
       </c>
       <c r="AP30" s="6">
-        <v>20565901.0</v>
+        <v>20878204.0</v>
       </c>
       <c r="AQ30" s="6">
-        <v>20106546.0</v>
+        <v>21130084.0</v>
       </c>
       <c r="AR30" s="6">
-        <v>17380680.0</v>
+        <v>21150105.0</v>
       </c>
       <c r="AS30" s="6">
-        <v>16855921.0</v>
+        <v>20549556.0</v>
       </c>
       <c r="AT30" s="6">
-        <v>11251035.0</v>
+        <v>20090143.0</v>
       </c>
       <c r="AU30" s="6">
+        <v>17360242.0</v>
+      </c>
+      <c r="AV30" s="6">
+        <v>16841869.0</v>
+      </c>
+      <c r="AW30" s="6">
+        <v>11241973.0</v>
+      </c>
+      <c r="AX30" s="6">
         <v>28743015.0</v>
       </c>
-      <c r="AV30" s="6">
+      <c r="AY30" s="6">
         <v>19093092.0</v>
       </c>
-      <c r="AW30" s="6">
+      <c r="AZ30" s="6">
         <v>19204940.0</v>
       </c>
-      <c r="AX30" s="6">
+      <c r="BA30" s="6">
         <v>18743711.0</v>
       </c>
-      <c r="AY30" s="6">
+      <c r="BB30" s="6">
         <v>18513767.0</v>
       </c>
-      <c r="AZ30" s="6">
+      <c r="BC30" s="6">
         <v>18418707.0</v>
       </c>
-      <c r="BA30" s="6">
+      <c r="BD30" s="6">
         <v>18029745.0</v>
       </c>
-      <c r="BB30" s="6">
+      <c r="BE30" s="6">
         <v>17365616.0</v>
       </c>
-      <c r="BC30" s="6">
+      <c r="BF30" s="6">
         <v>17192826.0</v>
       </c>
-      <c r="BD30" s="6">
+      <c r="BG30" s="6">
         <v>14496466.0</v>
       </c>
-      <c r="BE30" s="6">
-[...5 lines deleted...]
-      <c r="BG30" s="6">
+      <c r="BH30" s="6">
+        <v>14426874.0</v>
+      </c>
+      <c r="BI30" s="6">
+        <v>9818115.0</v>
+      </c>
+      <c r="BJ30" s="6">
         <v>25105355.0</v>
       </c>
-      <c r="BH30" s="6">
+      <c r="BK30" s="6">
         <v>16943306.0</v>
       </c>
-      <c r="BI30" s="6">
+      <c r="BL30" s="6">
         <v>17340037.0</v>
       </c>
-      <c r="BJ30" s="6">
+      <c r="BM30" s="6">
         <v>16014158.0</v>
       </c>
-      <c r="BK30" s="6">
+      <c r="BN30" s="6">
         <v>16207598.0</v>
       </c>
-      <c r="BL30" s="6">
+      <c r="BO30" s="6">
         <v>16153100.0</v>
       </c>
-      <c r="BM30" s="6">
+      <c r="BP30" s="6">
         <v>15021877.0</v>
       </c>
-      <c r="BN30" s="6">
+      <c r="BQ30" s="6">
         <v>14626039.0</v>
       </c>
-      <c r="BO30" s="6">
+      <c r="BR30" s="6">
         <v>15052263.0</v>
       </c>
-      <c r="BP30" s="6">
+      <c r="BS30" s="6">
         <v>14756667.0</v>
       </c>
-      <c r="BQ30" s="6">
+      <c r="BT30" s="6">
         <v>14999925.0</v>
       </c>
-      <c r="BR30" s="6">
+      <c r="BU30" s="6">
         <v>9140523.0</v>
       </c>
-      <c r="BS30" s="6">
+      <c r="BV30" s="6">
         <v>25407763.0</v>
       </c>
-      <c r="BT30" s="6">
+      <c r="BW30" s="6">
         <v>17510790.0</v>
       </c>
-      <c r="BU30" s="6">
+      <c r="BX30" s="6">
         <v>17307808.0</v>
       </c>
-      <c r="BV30" s="6">
+      <c r="BY30" s="6">
         <v>16604127.0</v>
       </c>
-      <c r="BW30" s="6">
+      <c r="BZ30" s="6">
         <v>17388905.0</v>
       </c>
-      <c r="BX30" s="6">
+      <c r="CA30" s="6">
         <v>16288503.0</v>
       </c>
-      <c r="BY30" s="6">
+      <c r="CB30" s="6">
         <v>16215622.0</v>
       </c>
-      <c r="BZ30" s="6">
+      <c r="CC30" s="6">
         <v>15811557.0</v>
       </c>
-      <c r="CA30" s="6">
+      <c r="CD30" s="6">
         <v>14625092.0</v>
       </c>
-      <c r="CB30" s="6">
+      <c r="CE30" s="6">
         <v>13162843.0</v>
       </c>
-      <c r="CC30" s="6">
+      <c r="CF30" s="6">
         <v>13187868.0</v>
       </c>
-      <c r="CD30" s="6">
+      <c r="CG30" s="6">
         <v>4899607.0</v>
       </c>
     </row>
-    <row r="31" spans="1:82">
+    <row r="31" spans="1:85">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C31" s="6">
-        <v>20977.0</v>
+        <v>20928.0</v>
       </c>
       <c r="D31" s="6">
-        <v>21107.0</v>
+        <v>21034.0</v>
       </c>
       <c r="E31" s="6">
-        <v>21156.0</v>
+        <v>21077.0</v>
       </c>
       <c r="F31" s="6">
-        <v>21214.0</v>
+        <v>21103.0</v>
       </c>
       <c r="G31" s="6">
-        <v>21256.0</v>
+        <v>21165.0</v>
       </c>
       <c r="H31" s="6">
-        <v>21285.0</v>
+        <v>21199.0</v>
       </c>
       <c r="I31" s="6">
-        <v>21316.0</v>
+        <v>21231.0</v>
       </c>
       <c r="J31" s="6">
-        <v>21371.0</v>
+        <v>21265.0</v>
       </c>
       <c r="K31" s="6">
-        <v>24264.0</v>
+        <v>21283.0</v>
       </c>
       <c r="L31" s="6">
-        <v>24210.0</v>
+        <v>21307.0</v>
       </c>
       <c r="M31" s="6">
-        <v>24244.0</v>
+        <v>21359.0</v>
       </c>
       <c r="N31" s="6">
-        <v>24297.0</v>
+        <v>24269.0</v>
       </c>
       <c r="O31" s="6">
-        <v>24317.0</v>
+        <v>24215.0</v>
       </c>
       <c r="P31" s="6">
+        <v>24246.0</v>
+      </c>
+      <c r="Q31" s="6">
+        <v>24299.0</v>
+      </c>
+      <c r="R31" s="6">
+        <v>24318.0</v>
+      </c>
+      <c r="S31" s="6">
         <v>24354.0</v>
       </c>
-      <c r="Q31" s="6">
+      <c r="T31" s="6">
         <v>24367.0</v>
       </c>
-      <c r="R31" s="6">
+      <c r="U31" s="6">
         <v>24385.0</v>
       </c>
-      <c r="S31" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="V31" s="6">
+        <v>24407.0</v>
+      </c>
+      <c r="W31" s="6">
+        <v>24431.0</v>
+      </c>
+      <c r="X31" s="6">
+        <v>24426.0</v>
+      </c>
+      <c r="Y31" s="6">
         <v>24488.0</v>
       </c>
-      <c r="W31" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="Z31" s="6">
-        <v>24968.0</v>
+        <v>25009.0</v>
       </c>
       <c r="AA31" s="6">
-        <v>24996.0</v>
+        <v>24933.0</v>
       </c>
       <c r="AB31" s="6">
+        <v>24953.0</v>
+      </c>
+      <c r="AC31" s="6">
+        <v>24970.0</v>
+      </c>
+      <c r="AD31" s="6">
+        <v>24997.0</v>
+      </c>
+      <c r="AE31" s="6">
         <v>25051.0</v>
       </c>
-      <c r="AC31" s="6">
+      <c r="AF31" s="6">
         <v>25115.0</v>
       </c>
-      <c r="AD31" s="6">
+      <c r="AG31" s="6">
         <v>25059.0</v>
       </c>
-      <c r="AE31" s="6">
-[...2 lines deleted...]
-      <c r="AF31" s="6">
+      <c r="AH31" s="6">
+        <v>25020.0</v>
+      </c>
+      <c r="AI31" s="6">
         <v>25038.0</v>
       </c>
-      <c r="AG31" s="6">
-[...2 lines deleted...]
-      <c r="AH31" s="6">
+      <c r="AJ31" s="6">
+        <v>25026.0</v>
+      </c>
+      <c r="AK31" s="6">
         <v>25062.0</v>
       </c>
-      <c r="AI31" s="6">
+      <c r="AL31" s="6">
         <v>25344.0</v>
       </c>
-      <c r="AJ31" s="6">
+      <c r="AM31" s="6">
         <v>25300.0</v>
       </c>
-      <c r="AK31" s="6">
+      <c r="AN31" s="6">
         <v>25384.0</v>
       </c>
-      <c r="AL31" s="6">
+      <c r="AO31" s="6">
         <v>25398.0</v>
       </c>
-      <c r="AM31" s="6">
+      <c r="AP31" s="6">
         <v>25476.0</v>
       </c>
-      <c r="AN31" s="6">
+      <c r="AQ31" s="6">
         <v>25468.0</v>
       </c>
-      <c r="AO31" s="6">
+      <c r="AR31" s="6">
         <v>25523.0</v>
       </c>
-      <c r="AP31" s="6">
+      <c r="AS31" s="6">
         <v>25498.0</v>
       </c>
-      <c r="AQ31" s="6">
+      <c r="AT31" s="6">
         <v>25515.0</v>
       </c>
-      <c r="AR31" s="6">
-[...2 lines deleted...]
-      <c r="AS31" s="6">
+      <c r="AU31" s="6">
+        <v>25584.0</v>
+      </c>
+      <c r="AV31" s="6">
         <v>25624.0</v>
       </c>
-      <c r="AT31" s="6">
-[...5 lines deleted...]
-      <c r="AV31" s="6">
+      <c r="AW31" s="6">
+        <v>25690.0</v>
+      </c>
+      <c r="AX31" s="6">
+        <v>25943.0</v>
+      </c>
+      <c r="AY31" s="6">
         <v>25877.0</v>
       </c>
-      <c r="AW31" s="6">
-[...2 lines deleted...]
-      <c r="AX31" s="6">
+      <c r="AZ31" s="6">
+        <v>25886.0</v>
+      </c>
+      <c r="BA31" s="6">
         <v>25855.0</v>
       </c>
-      <c r="AY31" s="6">
+      <c r="BB31" s="6">
         <v>25806.0</v>
       </c>
-      <c r="AZ31" s="6">
-[...5 lines deleted...]
-      <c r="BB31" s="6">
+      <c r="BC31" s="6">
+        <v>25826.0</v>
+      </c>
+      <c r="BD31" s="6">
+        <v>25751.0</v>
+      </c>
+      <c r="BE31" s="6">
         <v>25669.0</v>
       </c>
-      <c r="BC31" s="6">
+      <c r="BF31" s="6">
         <v>25580.0</v>
       </c>
-      <c r="BD31" s="6">
+      <c r="BG31" s="6">
         <v>25513.0</v>
       </c>
-      <c r="BE31" s="6">
+      <c r="BH31" s="6">
         <v>25343.0</v>
       </c>
-      <c r="BF31" s="6">
+      <c r="BI31" s="6">
         <v>25247.0</v>
       </c>
-      <c r="BG31" s="6">
+      <c r="BJ31" s="6">
         <v>25326.0</v>
       </c>
-      <c r="BH31" s="6">
+      <c r="BK31" s="6">
         <v>25242.0</v>
       </c>
-      <c r="BI31" s="6">
+      <c r="BL31" s="6">
         <v>25213.0</v>
       </c>
-      <c r="BJ31" s="6">
+      <c r="BM31" s="6">
         <v>25170.0</v>
       </c>
-      <c r="BK31" s="6">
+      <c r="BN31" s="6">
         <v>25093.0</v>
       </c>
-      <c r="BL31" s="6">
+      <c r="BO31" s="6">
         <v>25054.0</v>
       </c>
-      <c r="BM31" s="6">
+      <c r="BP31" s="6">
         <v>25022.0</v>
       </c>
-      <c r="BN31" s="6">
+      <c r="BQ31" s="6">
         <v>24971.0</v>
       </c>
-      <c r="BO31" s="6">
+      <c r="BR31" s="6">
         <v>24960.0</v>
       </c>
-      <c r="BP31" s="6">
+      <c r="BS31" s="6">
         <v>25051.0</v>
       </c>
-      <c r="BQ31" s="6">
+      <c r="BT31" s="6">
         <v>25098.0</v>
       </c>
-      <c r="BR31" s="6">
+      <c r="BU31" s="6">
         <v>25140.0</v>
       </c>
-      <c r="BS31" s="6">
+      <c r="BV31" s="6">
         <v>25198.0</v>
       </c>
-      <c r="BT31" s="6">
+      <c r="BW31" s="6">
         <v>25202.0</v>
       </c>
-      <c r="BU31" s="6">
+      <c r="BX31" s="6">
         <v>25163.0</v>
       </c>
-      <c r="BV31" s="6">
+      <c r="BY31" s="6">
         <v>25151.0</v>
       </c>
-      <c r="BW31" s="6">
+      <c r="BZ31" s="6">
         <v>25125.0</v>
       </c>
-      <c r="BX31" s="6">
+      <c r="CA31" s="6">
         <v>25125.0</v>
       </c>
-      <c r="BY31" s="6">
+      <c r="CB31" s="6">
         <v>25104.0</v>
       </c>
-      <c r="BZ31" s="6">
+      <c r="CC31" s="6">
         <v>25108.0</v>
       </c>
-      <c r="CA31" s="6">
+      <c r="CD31" s="6">
         <v>25084.0</v>
       </c>
-      <c r="CB31" s="6">
+      <c r="CE31" s="6">
         <v>25033.0</v>
       </c>
-      <c r="CC31" s="6">
+      <c r="CF31" s="6">
         <v>25037.0</v>
       </c>
-      <c r="CD31" s="6">
+      <c r="CG31" s="6">
         <v>25052.0</v>
       </c>
     </row>
-    <row r="32" spans="1:82">
+    <row r="32" spans="1:85">
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C32" s="6">
-        <v>383679850.0</v>
+        <v>369273170.0</v>
       </c>
       <c r="D32" s="6">
-        <v>382168030.0</v>
+        <v>373735113.0</v>
       </c>
       <c r="E32" s="6">
-        <v>374104603.0</v>
+        <v>370092716.0</v>
       </c>
       <c r="F32" s="6">
-        <v>369994336.0</v>
+        <v>383233320.0</v>
       </c>
       <c r="G32" s="6">
-        <v>375459542.0</v>
+        <v>381388506.0</v>
       </c>
       <c r="H32" s="6">
-        <v>357203237.0</v>
+        <v>373455913.0</v>
       </c>
       <c r="I32" s="6">
-        <v>359044986.0</v>
+        <v>369815983.0</v>
       </c>
       <c r="J32" s="6">
-        <v>213660666.0</v>
+        <v>375107721.0</v>
       </c>
       <c r="K32" s="6">
-        <v>547280116.0</v>
+        <v>356656902.0</v>
       </c>
       <c r="L32" s="6">
-        <v>369534791.0</v>
+        <v>358604831.0</v>
       </c>
       <c r="M32" s="6">
-        <v>371235627.0</v>
+        <v>213065321.0</v>
       </c>
       <c r="N32" s="6">
-        <v>365866508.0</v>
+        <v>547317918.0</v>
       </c>
       <c r="O32" s="6">
-        <v>385499497.0</v>
+        <v>369518561.0</v>
       </c>
       <c r="P32" s="6">
-        <v>376580418.0</v>
+        <v>371240648.0</v>
       </c>
       <c r="Q32" s="6">
-        <v>370372588.0</v>
+        <v>365845146.0</v>
       </c>
       <c r="R32" s="6">
-        <v>371595146.0</v>
+        <v>385477072.0</v>
       </c>
       <c r="S32" s="6">
-        <v>369014157.0</v>
+        <v>376549605.0</v>
       </c>
       <c r="T32" s="6">
-        <v>361224863.0</v>
+        <v>370359847.0</v>
       </c>
       <c r="U32" s="6">
-        <v>357468397.0</v>
+        <v>371613888.0</v>
       </c>
       <c r="V32" s="6">
-        <v>208243972.0</v>
+        <v>368995024.0</v>
       </c>
       <c r="W32" s="6">
-        <v>519304530.0</v>
+        <v>361208570.0</v>
       </c>
       <c r="X32" s="6">
-        <v>345624182.0</v>
+        <v>357458036.0</v>
       </c>
       <c r="Y32" s="6">
-        <v>349939748.0</v>
+        <v>208230331.0</v>
       </c>
       <c r="Z32" s="6">
-        <v>343127499.0</v>
+        <v>519342114.0</v>
       </c>
       <c r="AA32" s="6">
-        <v>359205091.0</v>
+        <v>345621419.0</v>
       </c>
       <c r="AB32" s="6">
-        <v>354181915.0</v>
+        <v>349944662.0</v>
       </c>
       <c r="AC32" s="6">
-        <v>350173348.0</v>
+        <v>343127013.0</v>
       </c>
       <c r="AD32" s="6">
-        <v>343056773.0</v>
+        <v>359204880.0</v>
       </c>
       <c r="AE32" s="6">
-        <v>341628202.0</v>
+        <v>354181686.0</v>
       </c>
       <c r="AF32" s="6">
-        <v>329416244.0</v>
+        <v>350174338.0</v>
       </c>
       <c r="AG32" s="6">
-        <v>330226706.0</v>
+        <v>343054083.0</v>
       </c>
       <c r="AH32" s="6">
-        <v>192857733.0</v>
+        <v>341627535.0</v>
       </c>
       <c r="AI32" s="6">
-        <v>478284220.0</v>
+        <v>329420412.0</v>
       </c>
       <c r="AJ32" s="6">
-        <v>314527587.0</v>
+        <v>330224459.0</v>
       </c>
       <c r="AK32" s="6">
-        <v>321881689.0</v>
+        <v>192856366.0</v>
       </c>
       <c r="AL32" s="6">
-        <v>318032952.0</v>
+        <v>478329748.0</v>
       </c>
       <c r="AM32" s="6">
-        <v>324151128.0</v>
+        <v>314524335.0</v>
       </c>
       <c r="AN32" s="6">
-        <v>322394646.0</v>
+        <v>321884636.0</v>
       </c>
       <c r="AO32" s="6">
-        <v>316610011.0</v>
+        <v>318029110.0</v>
       </c>
       <c r="AP32" s="6">
-        <v>315339276.0</v>
+        <v>324151124.0</v>
       </c>
       <c r="AQ32" s="6">
-        <v>311494806.0</v>
+        <v>322391394.0</v>
       </c>
       <c r="AR32" s="6">
-        <v>298338825.0</v>
+        <v>316608759.0</v>
       </c>
       <c r="AS32" s="6">
-        <v>293763746.0</v>
+        <v>315342048.0</v>
       </c>
       <c r="AT32" s="6">
-        <v>170949475.0</v>
+        <v>311504687.0</v>
       </c>
       <c r="AU32" s="6">
+        <v>298328119.0</v>
+      </c>
+      <c r="AV32" s="6">
+        <v>293754077.0</v>
+      </c>
+      <c r="AW32" s="6">
+        <v>170951327.0</v>
+      </c>
+      <c r="AX32" s="6">
         <v>436204894.0</v>
       </c>
-      <c r="AV32" s="6">
+      <c r="AY32" s="6">
         <v>280528070.0</v>
       </c>
-      <c r="AW32" s="6">
+      <c r="AZ32" s="6">
         <v>281402565.0</v>
       </c>
-      <c r="AX32" s="6">
+      <c r="BA32" s="6">
         <v>278308496.0</v>
       </c>
-      <c r="AY32" s="6">
+      <c r="BB32" s="6">
         <v>288228557.0</v>
       </c>
-      <c r="AZ32" s="6">
+      <c r="BC32" s="6">
         <v>284125336.0</v>
       </c>
-      <c r="BA32" s="6">
+      <c r="BD32" s="6">
         <v>274244584.0</v>
       </c>
-      <c r="BB32" s="6">
+      <c r="BE32" s="6">
         <v>266462487.0</v>
       </c>
-      <c r="BC32" s="6">
+      <c r="BF32" s="6">
         <v>266371438.0</v>
       </c>
-      <c r="BD32" s="6">
+      <c r="BG32" s="6">
         <v>250923665.0</v>
       </c>
-      <c r="BE32" s="6">
+      <c r="BH32" s="6">
         <v>243954671.0</v>
       </c>
-      <c r="BF32" s="6">
+      <c r="BI32" s="6">
         <v>144145777.0</v>
       </c>
-      <c r="BG32" s="6">
+      <c r="BJ32" s="6">
         <v>369697890.0</v>
       </c>
-      <c r="BH32" s="6">
+      <c r="BK32" s="6">
         <v>246416446.0</v>
       </c>
-      <c r="BI32" s="6">
+      <c r="BL32" s="6">
         <v>247566994.0</v>
       </c>
-      <c r="BJ32" s="6">
+      <c r="BM32" s="6">
         <v>243009501.0</v>
       </c>
-      <c r="BK32" s="6">
+      <c r="BN32" s="6">
         <v>248819496.0</v>
       </c>
-      <c r="BL32" s="6">
+      <c r="BO32" s="6">
         <v>247501474.0</v>
       </c>
-      <c r="BM32" s="6">
+      <c r="BP32" s="6">
         <v>227910202.0</v>
       </c>
-      <c r="BN32" s="6">
+      <c r="BQ32" s="6">
         <v>208748547.0</v>
       </c>
-      <c r="BO32" s="6">
+      <c r="BR32" s="6">
         <v>227380862.0</v>
       </c>
-      <c r="BP32" s="6">
+      <c r="BS32" s="6">
         <v>242720706.0</v>
       </c>
-      <c r="BQ32" s="6">
+      <c r="BT32" s="6">
         <v>239369251.0</v>
       </c>
-      <c r="BR32" s="6">
+      <c r="BU32" s="6">
         <v>140238802.0</v>
       </c>
-      <c r="BS32" s="6">
+      <c r="BV32" s="6">
         <v>348890400.0</v>
       </c>
-      <c r="BT32" s="6">
+      <c r="BW32" s="6">
         <v>233317544.0</v>
       </c>
-      <c r="BU32" s="6">
+      <c r="BX32" s="6">
         <v>235403013.0</v>
       </c>
-      <c r="BV32" s="6">
+      <c r="BY32" s="6">
         <v>231317708.0</v>
       </c>
-      <c r="BW32" s="6">
+      <c r="BZ32" s="6">
         <v>243273024.0</v>
       </c>
-      <c r="BX32" s="6">
+      <c r="CA32" s="6">
         <v>240030894.0</v>
       </c>
-      <c r="BY32" s="6">
+      <c r="CB32" s="6">
         <v>235112770.0</v>
       </c>
-      <c r="BZ32" s="6">
+      <c r="CC32" s="6">
         <v>235261168.0</v>
       </c>
-      <c r="CA32" s="6">
+      <c r="CD32" s="6">
         <v>230574120.0</v>
       </c>
-      <c r="CB32" s="6">
+      <c r="CE32" s="6">
         <v>224251099.0</v>
       </c>
-      <c r="CC32" s="6">
+      <c r="CF32" s="6">
         <v>221238827.0</v>
       </c>
-      <c r="CD32" s="6">
+      <c r="CG32" s="6">
         <v>100768087.0</v>
       </c>
     </row>
-    <row r="33" spans="1:82">
+    <row r="33" spans="1:85">
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C33" s="6">
-        <v>64939323.0</v>
+        <v>62761175.0</v>
       </c>
       <c r="D33" s="6">
-        <v>63584412.0</v>
+        <v>63255858.0</v>
       </c>
       <c r="E33" s="6">
-        <v>62621121.0</v>
+        <v>62615414.0</v>
       </c>
       <c r="F33" s="6">
-        <v>61621509.0</v>
+        <v>64880339.0</v>
       </c>
       <c r="G33" s="6">
-        <v>61795132.0</v>
+        <v>63441656.0</v>
       </c>
       <c r="H33" s="6">
-        <v>58395688.0</v>
+        <v>62492050.0</v>
       </c>
       <c r="I33" s="6">
-        <v>58842308.0</v>
+        <v>61603478.0</v>
       </c>
       <c r="J33" s="6">
-        <v>34701030.0</v>
+        <v>61730567.0</v>
       </c>
       <c r="K33" s="6">
-        <v>92404791.0</v>
+        <v>58297847.0</v>
       </c>
       <c r="L33" s="6">
-        <v>61417267.0</v>
+        <v>58745940.0</v>
       </c>
       <c r="M33" s="6">
-        <v>61213042.0</v>
+        <v>34609197.0</v>
       </c>
       <c r="N33" s="6">
-        <v>60431409.0</v>
+        <v>92418242.0</v>
       </c>
       <c r="O33" s="6">
-        <v>63731735.0</v>
+        <v>61417138.0</v>
       </c>
       <c r="P33" s="6">
-        <v>61072618.0</v>
+        <v>61217942.0</v>
       </c>
       <c r="Q33" s="6">
-        <v>60569278.0</v>
+        <v>60431261.0</v>
       </c>
       <c r="R33" s="6">
-        <v>60225125.0</v>
+        <v>63731599.0</v>
       </c>
       <c r="S33" s="6">
-        <v>59788567.0</v>
+        <v>61071601.0</v>
       </c>
       <c r="T33" s="6">
-        <v>57877327.0</v>
+        <v>60572353.0</v>
       </c>
       <c r="U33" s="6">
-        <v>57745052.0</v>
+        <v>60230343.0</v>
       </c>
       <c r="V33" s="6">
-        <v>33548611.0</v>
+        <v>59790695.0</v>
       </c>
       <c r="W33" s="6">
-        <v>88667924.0</v>
+        <v>57878653.0</v>
       </c>
       <c r="X33" s="6">
-        <v>57869421.0</v>
+        <v>57745224.0</v>
       </c>
       <c r="Y33" s="6">
-        <v>58276851.0</v>
+        <v>33549417.0</v>
       </c>
       <c r="Z33" s="6">
-        <v>57465026.0</v>
+        <v>88677262.0</v>
       </c>
       <c r="AA33" s="6">
-        <v>59488081.0</v>
+        <v>57869123.0</v>
       </c>
       <c r="AB33" s="6">
-        <v>58419385.0</v>
+        <v>58277966.0</v>
       </c>
       <c r="AC33" s="6">
-        <v>57388063.0</v>
+        <v>57465047.0</v>
       </c>
       <c r="AD33" s="6">
-        <v>55806023.0</v>
+        <v>59488214.0</v>
       </c>
       <c r="AE33" s="6">
-        <v>55863516.0</v>
+        <v>58419423.0</v>
       </c>
       <c r="AF33" s="6">
-        <v>52601507.0</v>
+        <v>57388468.0</v>
       </c>
       <c r="AG33" s="6">
-        <v>53673413.0</v>
+        <v>55805692.0</v>
       </c>
       <c r="AH33" s="6">
-        <v>31205209.0</v>
+        <v>55863491.0</v>
       </c>
       <c r="AI33" s="6">
-        <v>81581303.0</v>
+        <v>52601937.0</v>
       </c>
       <c r="AJ33" s="6">
-        <v>52117807.0</v>
+        <v>53673319.0</v>
       </c>
       <c r="AK33" s="6">
-        <v>53553040.0</v>
+        <v>31205143.0</v>
       </c>
       <c r="AL33" s="6">
-        <v>53015516.0</v>
+        <v>81591492.0</v>
       </c>
       <c r="AM33" s="6">
-        <v>53323059.0</v>
+        <v>52117369.0</v>
       </c>
       <c r="AN33" s="6">
-        <v>52662025.0</v>
+        <v>53553630.0</v>
       </c>
       <c r="AO33" s="6">
-        <v>52067806.0</v>
+        <v>53015024.0</v>
       </c>
       <c r="AP33" s="6">
-        <v>52364415.0</v>
+        <v>53323166.0</v>
       </c>
       <c r="AQ33" s="6">
-        <v>51658210.0</v>
+        <v>52661482.0</v>
       </c>
       <c r="AR33" s="6">
-        <v>48511922.0</v>
+        <v>52067663.0</v>
       </c>
       <c r="AS33" s="6">
-        <v>48463833.0</v>
+        <v>52364823.0</v>
       </c>
       <c r="AT33" s="6">
-        <v>28242625.0</v>
+        <v>51659678.0</v>
       </c>
       <c r="AU33" s="6">
-        <v>74793608.0</v>
+        <v>48510330.0</v>
       </c>
       <c r="AV33" s="6">
+        <v>48462195.0</v>
+      </c>
+      <c r="AW33" s="6">
+        <v>28242663.0</v>
+      </c>
+      <c r="AX33" s="6">
+        <v>74794570.0</v>
+      </c>
+      <c r="AY33" s="6">
         <v>46801818.0</v>
       </c>
-      <c r="AW33" s="6">
+      <c r="AZ33" s="6">
         <v>46944180.0</v>
       </c>
-      <c r="AX33" s="6">
+      <c r="BA33" s="6">
         <v>46418785.0</v>
       </c>
-      <c r="AY33" s="6">
+      <c r="BB33" s="6">
         <v>47863255.0</v>
       </c>
-      <c r="AZ33" s="6">
+      <c r="BC33" s="6">
         <v>46430979.0</v>
       </c>
-      <c r="BA33" s="6">
+      <c r="BD33" s="6">
         <v>44682258.0</v>
       </c>
-      <c r="BB33" s="6">
+      <c r="BE33" s="6">
         <v>43269960.0</v>
       </c>
-      <c r="BC33" s="6">
+      <c r="BF33" s="6">
         <v>43322376.0</v>
       </c>
-      <c r="BD33" s="6">
+      <c r="BG33" s="6">
         <v>40083251.0</v>
       </c>
-      <c r="BE33" s="6">
+      <c r="BH33" s="6">
         <v>39354875.0</v>
       </c>
-      <c r="BF33" s="6">
+      <c r="BI33" s="6">
         <v>23291460.0</v>
       </c>
-      <c r="BG33" s="6">
+      <c r="BJ33" s="6">
         <v>60797375.0</v>
       </c>
-      <c r="BH33" s="6">
+      <c r="BK33" s="6">
         <v>39835090.0</v>
       </c>
-      <c r="BI33" s="6">
+      <c r="BL33" s="6">
         <v>39919288.0</v>
       </c>
-      <c r="BJ33" s="6">
+      <c r="BM33" s="6">
         <v>39288169.0</v>
       </c>
-      <c r="BK33" s="6">
+      <c r="BN33" s="6">
         <v>40074207.0</v>
       </c>
-      <c r="BL33" s="6">
+      <c r="BO33" s="6">
         <v>39823326.0</v>
       </c>
-      <c r="BM33" s="6">
+      <c r="BP33" s="6">
         <v>36940953.0</v>
       </c>
-      <c r="BN33" s="6">
+      <c r="BQ33" s="6">
         <v>33743204.0</v>
       </c>
-      <c r="BO33" s="6">
+      <c r="BR33" s="6">
         <v>36669501.0</v>
       </c>
-      <c r="BP33" s="6">
+      <c r="BS33" s="6">
         <v>39481188.0</v>
       </c>
-      <c r="BQ33" s="6">
+      <c r="BT33" s="6">
         <v>39328926.0</v>
       </c>
-      <c r="BR33" s="6">
+      <c r="BU33" s="6">
         <v>22881825.0</v>
       </c>
-      <c r="BS33" s="6">
+      <c r="BV33" s="6">
         <v>59639422.0</v>
       </c>
-      <c r="BT33" s="6">
+      <c r="BW33" s="6">
         <v>39248872.0</v>
       </c>
-      <c r="BU33" s="6">
+      <c r="BX33" s="6">
         <v>39427589.0</v>
       </c>
-      <c r="BV33" s="6">
+      <c r="BY33" s="6">
         <v>38964936.0</v>
       </c>
-      <c r="BW33" s="6">
+      <c r="BZ33" s="6">
         <v>40942905.0</v>
       </c>
-      <c r="BX33" s="6">
+      <c r="CA33" s="6">
         <v>39745083.0</v>
       </c>
-      <c r="BY33" s="6">
+      <c r="CB33" s="6">
         <v>39203679.0</v>
       </c>
-      <c r="BZ33" s="6">
+      <c r="CC33" s="6">
         <v>39070682.0</v>
       </c>
-      <c r="CA33" s="6">
+      <c r="CD33" s="6">
         <v>38121367.0</v>
       </c>
-      <c r="CB33" s="6">
+      <c r="CE33" s="6">
         <v>36603444.0</v>
       </c>
-      <c r="CC33" s="6">
+      <c r="CF33" s="6">
         <v>36978823.0</v>
       </c>
-      <c r="CD33" s="6">
+      <c r="CG33" s="6">
         <v>13014032.0</v>
       </c>
     </row>
-    <row r="34" spans="1:82">
+    <row r="34" spans="1:85">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C34" s="6">
-        <v>7929.0</v>
+        <v>7912.0</v>
       </c>
       <c r="D34" s="6">
-        <v>7967.0</v>
+        <v>7973.0</v>
       </c>
       <c r="E34" s="6">
-        <v>8012.0</v>
+        <v>7997.0</v>
       </c>
       <c r="F34" s="6">
-        <v>7998.0</v>
+        <v>7993.0</v>
       </c>
       <c r="G34" s="6">
-        <v>8016.0</v>
+        <v>8006.0</v>
       </c>
       <c r="H34" s="6">
-        <v>8029.0</v>
+        <v>8041.0</v>
       </c>
       <c r="I34" s="6">
-        <v>8028.0</v>
+        <v>8024.0</v>
       </c>
       <c r="J34" s="6">
+        <v>8032.0</v>
+      </c>
+      <c r="K34" s="6">
         <v>8043.0</v>
       </c>
-      <c r="K34" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="L34" s="6">
+        <v>8038.0</v>
+      </c>
+      <c r="M34" s="6">
+        <v>8053.0</v>
+      </c>
+      <c r="N34" s="6">
+        <v>7999.0</v>
+      </c>
+      <c r="O34" s="6">
         <v>8004.0</v>
       </c>
-      <c r="M34" s="6">
+      <c r="P34" s="6">
         <v>8039.0</v>
       </c>
-      <c r="N34" s="6">
-[...2 lines deleted...]
-      <c r="O34" s="6">
+      <c r="Q34" s="6">
+        <v>8033.0</v>
+      </c>
+      <c r="R34" s="6">
         <v>8046.0</v>
       </c>
-      <c r="P34" s="6">
+      <c r="S34" s="6">
         <v>8054.0</v>
       </c>
-      <c r="Q34" s="6">
+      <c r="T34" s="6">
         <v>8064.0</v>
       </c>
-      <c r="R34" s="6">
-[...2 lines deleted...]
-      <c r="S34" s="6">
+      <c r="U34" s="6">
+        <v>8076.0</v>
+      </c>
+      <c r="V34" s="6">
         <v>8078.0</v>
       </c>
-      <c r="T34" s="6">
+      <c r="W34" s="6">
         <v>8071.0</v>
       </c>
-      <c r="U34" s="6">
+      <c r="X34" s="6">
         <v>8060.0</v>
       </c>
-      <c r="V34" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="Y34" s="6">
-        <v>7981.0</v>
+        <v>8053.0</v>
       </c>
       <c r="Z34" s="6">
+        <v>7930.0</v>
+      </c>
+      <c r="AA34" s="6">
         <v>7973.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>7987.0</v>
       </c>
       <c r="AB34" s="6">
         <v>7983.0</v>
       </c>
       <c r="AC34" s="6">
+        <v>7974.0</v>
+      </c>
+      <c r="AD34" s="6">
+        <v>7987.0</v>
+      </c>
+      <c r="AE34" s="6">
+        <v>7983.0</v>
+      </c>
+      <c r="AF34" s="6">
         <v>7980.0</v>
       </c>
-      <c r="AD34" s="6">
+      <c r="AG34" s="6">
         <v>7961.0</v>
       </c>
-      <c r="AE34" s="6">
+      <c r="AH34" s="6">
         <v>7970.0</v>
       </c>
-      <c r="AF34" s="6">
+      <c r="AI34" s="6">
         <v>7955.0</v>
       </c>
-      <c r="AG34" s="6">
+      <c r="AJ34" s="6">
         <v>7903.0</v>
       </c>
-      <c r="AH34" s="6">
+      <c r="AK34" s="6">
         <v>7881.0</v>
       </c>
-      <c r="AI34" s="6">
+      <c r="AL34" s="6">
         <v>7774.0</v>
       </c>
-      <c r="AJ34" s="6">
+      <c r="AM34" s="6">
         <v>7778.0</v>
       </c>
-      <c r="AK34" s="6">
+      <c r="AN34" s="6">
         <v>7807.0</v>
       </c>
-      <c r="AL34" s="6">
+      <c r="AO34" s="6">
         <v>7811.0</v>
       </c>
-      <c r="AM34" s="6">
+      <c r="AP34" s="6">
         <v>7808.0</v>
       </c>
-      <c r="AN34" s="6">
+      <c r="AQ34" s="6">
         <v>7786.0</v>
       </c>
-      <c r="AO34" s="6">
+      <c r="AR34" s="6">
         <v>7782.0</v>
       </c>
-      <c r="AP34" s="6">
+      <c r="AS34" s="6">
         <v>7751.0</v>
       </c>
-      <c r="AQ34" s="6">
+      <c r="AT34" s="6">
         <v>7735.0</v>
       </c>
-      <c r="AR34" s="6">
+      <c r="AU34" s="6">
         <v>7738.0</v>
       </c>
-      <c r="AS34" s="6">
-[...2 lines deleted...]
-      <c r="AT34" s="6">
+      <c r="AV34" s="6">
+        <v>7719.0</v>
+      </c>
+      <c r="AW34" s="6">
         <v>7715.0</v>
       </c>
-      <c r="AU34" s="6">
+      <c r="AX34" s="6">
         <v>7730.0</v>
       </c>
-      <c r="AV34" s="6">
+      <c r="AY34" s="6">
         <v>7753.0</v>
       </c>
-      <c r="AW34" s="6">
+      <c r="AZ34" s="6">
         <v>7747.0</v>
       </c>
-      <c r="AX34" s="6">
+      <c r="BA34" s="6">
         <v>7732.0</v>
       </c>
-      <c r="AY34" s="6">
+      <c r="BB34" s="6">
         <v>7704.0</v>
       </c>
-      <c r="AZ34" s="6">
+      <c r="BC34" s="6">
         <v>7665.0</v>
       </c>
-      <c r="BA34" s="6">
+      <c r="BD34" s="6">
         <v>7639.0</v>
       </c>
-      <c r="BB34" s="6">
+      <c r="BE34" s="6">
         <v>7586.0</v>
       </c>
-      <c r="BC34" s="6">
+      <c r="BF34" s="6">
         <v>7541.0</v>
       </c>
-      <c r="BD34" s="6">
+      <c r="BG34" s="6">
         <v>7490.0</v>
       </c>
-      <c r="BE34" s="6">
+      <c r="BH34" s="6">
         <v>7442.0</v>
       </c>
-      <c r="BF34" s="6">
+      <c r="BI34" s="6">
         <v>7424.0</v>
       </c>
-      <c r="BG34" s="6">
+      <c r="BJ34" s="6">
         <v>7828.0</v>
       </c>
-      <c r="BH34" s="6">
+      <c r="BK34" s="6">
         <v>7800.0</v>
       </c>
-      <c r="BI34" s="6">
+      <c r="BL34" s="6">
         <v>7796.0</v>
       </c>
-      <c r="BJ34" s="6">
+      <c r="BM34" s="6">
         <v>7779.0</v>
       </c>
-      <c r="BK34" s="6">
+      <c r="BN34" s="6">
         <v>7756.0</v>
       </c>
-      <c r="BL34" s="6">
+      <c r="BO34" s="6">
         <v>7743.0</v>
       </c>
-      <c r="BM34" s="6">
+      <c r="BP34" s="6">
         <v>7729.0</v>
       </c>
-      <c r="BN34" s="6">
+      <c r="BQ34" s="6">
         <v>7708.0</v>
       </c>
-      <c r="BO34" s="6">
+      <c r="BR34" s="6">
         <v>7712.0</v>
       </c>
-      <c r="BP34" s="6">
+      <c r="BS34" s="6">
         <v>7753.0</v>
       </c>
-      <c r="BQ34" s="6">
+      <c r="BT34" s="6">
         <v>7764.0</v>
       </c>
-      <c r="BR34" s="6">
+      <c r="BU34" s="6">
         <v>7778.0</v>
       </c>
-      <c r="BS34" s="6">
+      <c r="BV34" s="6">
         <v>7915.0</v>
       </c>
-      <c r="BT34" s="6">
+      <c r="BW34" s="6">
         <v>7898.0</v>
       </c>
-      <c r="BU34" s="6">
+      <c r="BX34" s="6">
         <v>7908.0</v>
       </c>
-      <c r="BV34" s="6">
+      <c r="BY34" s="6">
         <v>7889.0</v>
       </c>
-      <c r="BW34" s="6">
+      <c r="BZ34" s="6">
         <v>7869.0</v>
       </c>
-      <c r="BX34" s="6">
+      <c r="CA34" s="6">
         <v>7863.0</v>
       </c>
-      <c r="BY34" s="6">
+      <c r="CB34" s="6">
         <v>7864.0</v>
       </c>
-      <c r="BZ34" s="6">
+      <c r="CC34" s="6">
         <v>7874.0</v>
       </c>
-      <c r="CA34" s="6">
+      <c r="CD34" s="6">
         <v>7849.0</v>
       </c>
-      <c r="CB34" s="6">
+      <c r="CE34" s="6">
         <v>7827.0</v>
       </c>
-      <c r="CC34" s="6">
+      <c r="CF34" s="6">
         <v>7801.0</v>
       </c>
-      <c r="CD34" s="6">
+      <c r="CG34" s="6">
         <v>7791.0</v>
       </c>
     </row>
-    <row r="35" spans="1:82">
+    <row r="35" spans="1:85">
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C35" s="6">
-        <v>277409242.0</v>
+        <v>278689938.0</v>
       </c>
       <c r="D35" s="6">
-        <v>286791627.0</v>
+        <v>278877221.0</v>
       </c>
       <c r="E35" s="6">
-        <v>278476084.0</v>
+        <v>270644687.0</v>
       </c>
       <c r="F35" s="6">
-        <v>275067682.0</v>
+        <v>278116116.0</v>
       </c>
       <c r="G35" s="6">
-        <v>281828746.0</v>
+        <v>286673639.0</v>
       </c>
       <c r="H35" s="6">
-        <v>261568370.0</v>
+        <v>278297915.0</v>
       </c>
       <c r="I35" s="6">
-        <v>257031585.0</v>
+        <v>274217494.0</v>
       </c>
       <c r="J35" s="6">
-        <v>177542651.0</v>
+        <v>281137968.0</v>
       </c>
       <c r="K35" s="6">
-        <v>349132393.0</v>
+        <v>260695637.0</v>
       </c>
       <c r="L35" s="6">
-        <v>250271539.0</v>
+        <v>256451840.0</v>
       </c>
       <c r="M35" s="6">
-        <v>252399382.0</v>
+        <v>176885845.0</v>
       </c>
       <c r="N35" s="6">
-        <v>246125311.0</v>
+        <v>349001680.0</v>
       </c>
       <c r="O35" s="6">
-        <v>254757811.0</v>
+        <v>250203187.0</v>
       </c>
       <c r="P35" s="6">
-        <v>262177769.0</v>
+        <v>252322557.0</v>
       </c>
       <c r="Q35" s="6">
-        <v>249638825.0</v>
+        <v>246098615.0</v>
       </c>
       <c r="R35" s="6">
-        <v>255770748.0</v>
+        <v>254714549.0</v>
       </c>
       <c r="S35" s="6">
-        <v>265394758.0</v>
+        <v>262138377.0</v>
       </c>
       <c r="T35" s="6">
-        <v>250669452.0</v>
+        <v>249599374.0</v>
       </c>
       <c r="U35" s="6">
-        <v>239442867.0</v>
+        <v>255771588.0</v>
       </c>
       <c r="V35" s="6">
-        <v>159985169.0</v>
+        <v>265352858.0</v>
       </c>
       <c r="W35" s="6">
-        <v>328978371.0</v>
+        <v>250625459.0</v>
       </c>
       <c r="X35" s="6">
-        <v>230621080.0</v>
+        <v>239393278.0</v>
       </c>
       <c r="Y35" s="6">
-        <v>229424515.0</v>
+        <v>159935538.0</v>
       </c>
       <c r="Z35" s="6">
-        <v>225159674.0</v>
+        <v>328991779.0</v>
       </c>
       <c r="AA35" s="6">
-        <v>230765445.0</v>
+        <v>230622080.0</v>
       </c>
       <c r="AB35" s="6">
-        <v>230798477.0</v>
+        <v>229425515.0</v>
       </c>
       <c r="AC35" s="6">
-        <v>229985462.0</v>
+        <v>225158142.0</v>
       </c>
       <c r="AD35" s="6">
-        <v>220735590.0</v>
+        <v>230766096.0</v>
       </c>
       <c r="AE35" s="6">
-        <v>221583349.0</v>
+        <v>230798288.0</v>
       </c>
       <c r="AF35" s="6">
+        <v>229982293.0</v>
+      </c>
+      <c r="AG35" s="6">
+        <v>220735750.0</v>
+      </c>
+      <c r="AH35" s="6">
+        <v>221583417.0</v>
+      </c>
+      <c r="AI35" s="6">
         <v>214190366.0</v>
       </c>
-      <c r="AG35" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AJ35" s="6">
-        <v>193577873.0</v>
+        <v>201916636.0</v>
       </c>
       <c r="AK35" s="6">
-        <v>192844509.0</v>
+        <v>127993769.0</v>
       </c>
       <c r="AL35" s="6">
-        <v>188523268.0</v>
+        <v>280446026.0</v>
       </c>
       <c r="AM35" s="6">
-        <v>193038059.0</v>
+        <v>193576668.0</v>
       </c>
       <c r="AN35" s="6">
-        <v>192265930.0</v>
+        <v>192843304.0</v>
       </c>
       <c r="AO35" s="6">
+        <v>188523757.0</v>
+      </c>
+      <c r="AP35" s="6">
+        <v>193044702.0</v>
+      </c>
+      <c r="AQ35" s="6">
+        <v>192268743.0</v>
+      </c>
+      <c r="AR35" s="6">
         <v>185476308.0</v>
       </c>
-      <c r="AP35" s="6">
+      <c r="AS35" s="6">
         <v>184675043.0</v>
       </c>
-      <c r="AQ35" s="6">
+      <c r="AT35" s="6">
         <v>189151388.0</v>
       </c>
-      <c r="AR35" s="6">
+      <c r="AU35" s="6">
         <v>174404331.0</v>
       </c>
-      <c r="AS35" s="6">
+      <c r="AV35" s="6">
         <v>174265852.0</v>
       </c>
-      <c r="AT35" s="6">
+      <c r="AW35" s="6">
         <v>104341553.0</v>
       </c>
-      <c r="AU35" s="6">
+      <c r="AX35" s="6">
         <v>250580270.0</v>
       </c>
-      <c r="AV35" s="6">
+      <c r="AY35" s="6">
         <v>167671793.0</v>
       </c>
-      <c r="AW35" s="6">
+      <c r="AZ35" s="6">
         <v>164909352.0</v>
       </c>
-      <c r="AX35" s="6">
+      <c r="BA35" s="6">
         <v>164205705.0</v>
       </c>
-      <c r="AY35" s="6">
+      <c r="BB35" s="6">
         <v>168640959.0</v>
       </c>
-      <c r="AZ35" s="6">
+      <c r="BC35" s="6">
         <v>170510500.0</v>
       </c>
-      <c r="BA35" s="6">
+      <c r="BD35" s="6">
         <v>162564264.0</v>
       </c>
-      <c r="BB35" s="6">
+      <c r="BE35" s="6">
         <v>163833626.0</v>
       </c>
-      <c r="BC35" s="6">
+      <c r="BF35" s="6">
         <v>169898932.0</v>
       </c>
-      <c r="BD35" s="6">
+      <c r="BG35" s="6">
         <v>152241968.0</v>
       </c>
-      <c r="BE35" s="6">
+      <c r="BH35" s="6">
         <v>147892276.0</v>
       </c>
-      <c r="BF35" s="6">
+      <c r="BI35" s="6">
         <v>87624003.0</v>
       </c>
-      <c r="BG35" s="6">
+      <c r="BJ35" s="6">
         <v>225603040.0</v>
       </c>
-      <c r="BH35" s="6">
+      <c r="BK35" s="6">
         <v>152421286.0</v>
       </c>
-      <c r="BI35" s="6">
+      <c r="BL35" s="6">
         <v>150588662.0</v>
       </c>
-      <c r="BJ35" s="6">
+      <c r="BM35" s="6">
         <v>145674513.0</v>
       </c>
-      <c r="BK35" s="6">
+      <c r="BN35" s="6">
         <v>150741276.0</v>
       </c>
-      <c r="BL35" s="6">
+      <c r="BO35" s="6">
         <v>149969016.0</v>
       </c>
-      <c r="BM35" s="6">
+      <c r="BP35" s="6">
         <v>140235533.0</v>
       </c>
-      <c r="BN35" s="6">
+      <c r="BQ35" s="6">
         <v>134508669.0</v>
       </c>
-      <c r="BO35" s="6">
+      <c r="BR35" s="6">
         <v>151990522.0</v>
       </c>
-      <c r="BP35" s="6">
+      <c r="BS35" s="6">
         <v>145596028.0</v>
       </c>
-      <c r="BQ35" s="6">
+      <c r="BT35" s="6">
         <v>147621105.0</v>
       </c>
-      <c r="BR35" s="6">
+      <c r="BU35" s="6">
         <v>81095957.0</v>
       </c>
-      <c r="BS35" s="6">
+      <c r="BV35" s="6">
         <v>199458696.0</v>
       </c>
-      <c r="BT35" s="6">
+      <c r="BW35" s="6">
         <v>135323521.0</v>
       </c>
-      <c r="BU35" s="6">
+      <c r="BX35" s="6">
         <v>136344881.0</v>
       </c>
-      <c r="BV35" s="6">
+      <c r="BY35" s="6">
         <v>131495798.0</v>
       </c>
-      <c r="BW35" s="6">
+      <c r="BZ35" s="6">
         <v>137827515.0</v>
       </c>
-      <c r="BX35" s="6">
+      <c r="CA35" s="6">
         <v>138012892.0</v>
       </c>
-      <c r="BY35" s="6">
+      <c r="CB35" s="6">
         <v>132790075.0</v>
       </c>
-      <c r="BZ35" s="6">
+      <c r="CC35" s="6">
         <v>134709959.0</v>
       </c>
-      <c r="CA35" s="6">
+      <c r="CD35" s="6">
         <v>138106344.0</v>
       </c>
-      <c r="CB35" s="6">
+      <c r="CE35" s="6">
         <v>121132127.0</v>
       </c>
-      <c r="CC35" s="6">
+      <c r="CF35" s="6">
         <v>124123590.0</v>
       </c>
-      <c r="CD35" s="6">
+      <c r="CG35" s="6">
         <v>49401605.0</v>
       </c>
     </row>
-    <row r="36" spans="1:82">
+    <row r="36" spans="1:85">
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C36" s="6">
-        <v>48636591.0</v>
+        <v>48942394.0</v>
       </c>
       <c r="D36" s="6">
-        <v>50253401.0</v>
+        <v>48854066.0</v>
       </c>
       <c r="E36" s="6">
-        <v>48606171.0</v>
+        <v>47210823.0</v>
       </c>
       <c r="F36" s="6">
-        <v>47872655.0</v>
+        <v>48705800.0</v>
       </c>
       <c r="G36" s="6">
-        <v>48876427.0</v>
+        <v>50159465.0</v>
       </c>
       <c r="H36" s="6">
-        <v>44728464.0</v>
+        <v>48543868.0</v>
       </c>
       <c r="I36" s="6">
-        <v>44328536.0</v>
+        <v>47718422.0</v>
       </c>
       <c r="J36" s="6">
-        <v>29679871.0</v>
+        <v>48737545.0</v>
       </c>
       <c r="K36" s="6">
-        <v>60875148.0</v>
+        <v>44555460.0</v>
       </c>
       <c r="L36" s="6">
-        <v>43305677.0</v>
+        <v>44209412.0</v>
       </c>
       <c r="M36" s="6">
-        <v>43295959.0</v>
+        <v>29541402.0</v>
       </c>
       <c r="N36" s="6">
-        <v>42212198.0</v>
+        <v>60852705.0</v>
       </c>
       <c r="O36" s="6">
-        <v>43860669.0</v>
+        <v>43291416.0</v>
       </c>
       <c r="P36" s="6">
-        <v>44854019.0</v>
+        <v>43280614.0</v>
       </c>
       <c r="Q36" s="6">
-        <v>42778830.0</v>
+        <v>42216480.0</v>
       </c>
       <c r="R36" s="6">
-        <v>43843229.0</v>
+        <v>43856129.0</v>
       </c>
       <c r="S36" s="6">
-        <v>45546572.0</v>
+        <v>44852292.0</v>
       </c>
       <c r="T36" s="6">
-        <v>42430290.0</v>
+        <v>42778388.0</v>
       </c>
       <c r="U36" s="6">
-        <v>40660142.0</v>
+        <v>43847147.0</v>
       </c>
       <c r="V36" s="6">
-        <v>26710270.0</v>
+        <v>45546634.0</v>
       </c>
       <c r="W36" s="6">
-        <v>58725240.0</v>
+        <v>42429930.0</v>
       </c>
       <c r="X36" s="6">
-        <v>40145440.0</v>
+        <v>40659788.0</v>
       </c>
       <c r="Y36" s="6">
-        <v>39783350.0</v>
+        <v>26709061.0</v>
       </c>
       <c r="Z36" s="6">
-        <v>39222765.0</v>
+        <v>58728661.0</v>
       </c>
       <c r="AA36" s="6">
-        <v>39828765.0</v>
+        <v>40146133.0</v>
       </c>
       <c r="AB36" s="6">
-        <v>40314196.0</v>
+        <v>39784056.0</v>
       </c>
       <c r="AC36" s="6">
-        <v>39464409.0</v>
+        <v>39222940.0</v>
       </c>
       <c r="AD36" s="6">
-        <v>37370410.0</v>
+        <v>39829612.0</v>
       </c>
       <c r="AE36" s="6">
-        <v>38037084.0</v>
+        <v>40314825.0</v>
       </c>
       <c r="AF36" s="6">
-        <v>36058531.0</v>
+        <v>39465137.0</v>
       </c>
       <c r="AG36" s="6">
+        <v>37371176.0</v>
+      </c>
+      <c r="AH36" s="6">
+        <v>38037805.0</v>
+      </c>
+      <c r="AI36" s="6">
+        <v>36059178.0</v>
+      </c>
+      <c r="AJ36" s="6">
         <v>34298621.0</v>
       </c>
-      <c r="AH36" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AK36" s="6">
-        <v>33099985.0</v>
+        <v>21172893.0</v>
       </c>
       <c r="AL36" s="6">
-        <v>32355930.0</v>
+        <v>49336827.0</v>
       </c>
       <c r="AM36" s="6">
-        <v>32975481.0</v>
+        <v>33072071.0</v>
       </c>
       <c r="AN36" s="6">
-        <v>32953135.0</v>
+        <v>33099820.0</v>
       </c>
       <c r="AO36" s="6">
+        <v>32356011.0</v>
+      </c>
+      <c r="AP36" s="6">
+        <v>32976403.0</v>
+      </c>
+      <c r="AQ36" s="6">
+        <v>32953907.0</v>
+      </c>
+      <c r="AR36" s="6">
         <v>31712062.0</v>
       </c>
-      <c r="AP36" s="6">
+      <c r="AS36" s="6">
         <v>31802662.0</v>
       </c>
-      <c r="AQ36" s="6">
+      <c r="AT36" s="6">
         <v>32821581.0</v>
       </c>
-      <c r="AR36" s="6">
+      <c r="AU36" s="6">
         <v>29179310.0</v>
       </c>
-      <c r="AS36" s="6">
+      <c r="AV36" s="6">
         <v>29557087.0</v>
       </c>
-      <c r="AT36" s="6">
+      <c r="AW36" s="6">
         <v>17459944.0</v>
       </c>
-      <c r="AU36" s="6">
+      <c r="AX36" s="6">
         <v>43454268.0</v>
       </c>
-      <c r="AV36" s="6">
+      <c r="AY36" s="6">
         <v>28484054.0</v>
       </c>
-      <c r="AW36" s="6">
+      <c r="AZ36" s="6">
         <v>28066836.0</v>
       </c>
-      <c r="AX36" s="6">
+      <c r="BA36" s="6">
         <v>27856466.0</v>
       </c>
-      <c r="AY36" s="6">
+      <c r="BB36" s="6">
         <v>28609697.0</v>
       </c>
-      <c r="AZ36" s="6">
+      <c r="BC36" s="6">
         <v>28832605.0</v>
       </c>
-      <c r="BA36" s="6">
+      <c r="BD36" s="6">
         <v>27227352.0</v>
       </c>
-      <c r="BB36" s="6">
+      <c r="BE36" s="6">
         <v>27594795.0</v>
       </c>
-      <c r="BC36" s="6">
+      <c r="BF36" s="6">
         <v>28606221.0</v>
       </c>
-      <c r="BD36" s="6">
+      <c r="BG36" s="6">
         <v>25080738.0</v>
       </c>
-      <c r="BE36" s="6">
+      <c r="BH36" s="6">
         <v>24744735.0</v>
       </c>
-      <c r="BF36" s="6">
+      <c r="BI36" s="6">
         <v>14582002.0</v>
       </c>
-      <c r="BG36" s="6">
+      <c r="BJ36" s="6">
         <v>37685407.0</v>
       </c>
-      <c r="BH36" s="6">
+      <c r="BK36" s="6">
         <v>25273769.0</v>
       </c>
-      <c r="BI36" s="6">
+      <c r="BL36" s="6">
         <v>24979365.0</v>
       </c>
-      <c r="BJ36" s="6">
+      <c r="BM36" s="6">
         <v>23972880.0</v>
       </c>
-      <c r="BK36" s="6">
+      <c r="BN36" s="6">
         <v>25030895.0</v>
       </c>
-      <c r="BL36" s="6">
+      <c r="BO36" s="6">
         <v>24931108.0</v>
       </c>
-      <c r="BM36" s="6">
+      <c r="BP36" s="6">
         <v>23398812.0</v>
       </c>
-      <c r="BN36" s="6">
+      <c r="BQ36" s="6">
         <v>22525011.0</v>
       </c>
-      <c r="BO36" s="6">
+      <c r="BR36" s="6">
         <v>25682567.0</v>
       </c>
-      <c r="BP36" s="6">
+      <c r="BS36" s="6">
         <v>24361862.0</v>
       </c>
-      <c r="BQ36" s="6">
+      <c r="BT36" s="6">
         <v>25273782.0</v>
       </c>
-      <c r="BR36" s="6">
+      <c r="BU36" s="6">
         <v>13539724.0</v>
       </c>
-      <c r="BS36" s="6">
+      <c r="BV36" s="6">
         <v>34129663.0</v>
       </c>
-      <c r="BT36" s="6">
+      <c r="BW36" s="6">
         <v>23071531.0</v>
       </c>
-      <c r="BU36" s="6">
+      <c r="BX36" s="6">
         <v>23128167.0</v>
       </c>
-      <c r="BV36" s="6">
+      <c r="BY36" s="6">
         <v>22365987.0</v>
       </c>
-      <c r="BW36" s="6">
+      <c r="BZ36" s="6">
         <v>23463928.0</v>
       </c>
-      <c r="BX36" s="6">
+      <c r="CA36" s="6">
         <v>23297496.0</v>
       </c>
-      <c r="BY36" s="6">
+      <c r="CB36" s="6">
         <v>22433807.0</v>
       </c>
-      <c r="BZ36" s="6">
+      <c r="CC36" s="6">
         <v>22764554.0</v>
       </c>
-      <c r="CA36" s="6">
+      <c r="CD36" s="6">
         <v>23447344.0</v>
       </c>
-      <c r="CB36" s="6">
+      <c r="CE36" s="6">
         <v>20095096.0</v>
       </c>
-      <c r="CC36" s="6">
+      <c r="CF36" s="6">
         <v>20909549.0</v>
       </c>
-      <c r="CD36" s="6">
+      <c r="CG36" s="6">
         <v>6317772.0</v>
       </c>
     </row>
-    <row r="37" spans="1:82">
+    <row r="37" spans="1:85">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C37" s="6">
-        <v>4243.0</v>
+        <v>4157.0</v>
       </c>
       <c r="D37" s="6">
-        <v>4261.0</v>
+        <v>4232.0</v>
       </c>
       <c r="E37" s="6">
-        <v>4258.0</v>
+        <v>4271.0</v>
       </c>
       <c r="F37" s="6">
-        <v>4221.0</v>
+        <v>4284.0</v>
       </c>
       <c r="G37" s="6">
-        <v>4190.0</v>
+        <v>4274.0</v>
       </c>
       <c r="H37" s="6">
+        <v>4268.0</v>
+      </c>
+      <c r="I37" s="6">
+        <v>4229.0</v>
+      </c>
+      <c r="J37" s="6">
+        <v>4189.0</v>
+      </c>
+      <c r="K37" s="6">
+        <v>4184.0</v>
+      </c>
+      <c r="L37" s="6">
+        <v>4176.0</v>
+      </c>
+      <c r="M37" s="6">
+        <v>4172.0</v>
+      </c>
+      <c r="N37" s="6">
+        <v>4110.0</v>
+      </c>
+      <c r="O37" s="6">
+        <v>4127.0</v>
+      </c>
+      <c r="P37" s="6">
+        <v>4164.0</v>
+      </c>
+      <c r="Q37" s="6">
+        <v>4174.0</v>
+      </c>
+      <c r="R37" s="6">
+        <v>4192.0</v>
+      </c>
+      <c r="S37" s="6">
+        <v>4185.0</v>
+      </c>
+      <c r="T37" s="6">
+        <v>4184.0</v>
+      </c>
+      <c r="U37" s="6">
+        <v>4150.0</v>
+      </c>
+      <c r="V37" s="6">
+        <v>4118.0</v>
+      </c>
+      <c r="W37" s="6">
+        <v>4105.0</v>
+      </c>
+      <c r="X37" s="6">
+        <v>4095.0</v>
+      </c>
+      <c r="Y37" s="6">
+        <v>4104.0</v>
+      </c>
+      <c r="Z37" s="6">
+        <v>4120.0</v>
+      </c>
+      <c r="AA37" s="6">
+        <v>4121.0</v>
+      </c>
+      <c r="AB37" s="6">
+        <v>4150.0</v>
+      </c>
+      <c r="AC37" s="6">
+        <v>4185.0</v>
+      </c>
+      <c r="AD37" s="6">
+        <v>4181.0</v>
+      </c>
+      <c r="AE37" s="6">
+        <v>4188.0</v>
+      </c>
+      <c r="AF37" s="6">
+        <v>4170.0</v>
+      </c>
+      <c r="AG37" s="6">
+        <v>4134.0</v>
+      </c>
+      <c r="AH37" s="6">
+        <v>4109.0</v>
+      </c>
+      <c r="AI37" s="6">
+        <v>4093.0</v>
+      </c>
+      <c r="AJ37" s="6">
+        <v>4100.0</v>
+      </c>
+      <c r="AK37" s="6">
+        <v>4112.0</v>
+      </c>
+      <c r="AL37" s="6">
+        <v>4080.0</v>
+      </c>
+      <c r="AM37" s="6">
+        <v>4103.0</v>
+      </c>
+      <c r="AN37" s="6">
+        <v>4157.0</v>
+      </c>
+      <c r="AO37" s="6">
         <v>4187.0</v>
       </c>
-      <c r="I37" s="6">
-[...23 lines deleted...]
-      <c r="Q37" s="6">
+      <c r="AP37" s="6">
+        <v>4204.0</v>
+      </c>
+      <c r="AQ37" s="6">
+        <v>4213.0</v>
+      </c>
+      <c r="AR37" s="6">
+        <v>4203.0</v>
+      </c>
+      <c r="AS37" s="6">
+        <v>4175.0</v>
+      </c>
+      <c r="AT37" s="6">
+        <v>4149.0</v>
+      </c>
+      <c r="AU37" s="6">
+        <v>4173.0</v>
+      </c>
+      <c r="AV37" s="6">
+        <v>4178.0</v>
+      </c>
+      <c r="AW37" s="6">
         <v>4182.0</v>
       </c>
-      <c r="R37" s="6">
-[...65 lines deleted...]
-      <c r="AN37" s="6">
+      <c r="AX37" s="6">
+        <v>4179.0</v>
+      </c>
+      <c r="AY37" s="6">
+        <v>4154.0</v>
+      </c>
+      <c r="AZ37" s="6">
+        <v>4172.0</v>
+      </c>
+      <c r="BA37" s="6">
+        <v>4201.0</v>
+      </c>
+      <c r="BB37" s="6">
+        <v>4210.0</v>
+      </c>
+      <c r="BC37" s="6">
         <v>4213.0</v>
       </c>
-      <c r="AO37" s="6">
-[...38 lines deleted...]
-      <c r="BB37" s="6">
+      <c r="BD37" s="6">
+        <v>4186.0</v>
+      </c>
+      <c r="BE37" s="6">
         <v>4138.0</v>
       </c>
-      <c r="BC37" s="6">
+      <c r="BF37" s="6">
         <v>4091.0</v>
       </c>
-      <c r="BD37" s="6">
+      <c r="BG37" s="6">
         <v>4076.0</v>
       </c>
-      <c r="BE37" s="6">
+      <c r="BH37" s="6">
         <v>4057.0</v>
       </c>
-      <c r="BF37" s="6">
+      <c r="BI37" s="6">
         <v>4046.0</v>
       </c>
-      <c r="BG37" s="6">
+      <c r="BJ37" s="6">
         <v>3954.0</v>
       </c>
-      <c r="BH37" s="6">
+      <c r="BK37" s="6">
         <v>3843.0</v>
       </c>
-      <c r="BI37" s="6">
+      <c r="BL37" s="6">
         <v>3852.0</v>
       </c>
-      <c r="BJ37" s="6">
+      <c r="BM37" s="6">
         <v>3854.0</v>
       </c>
-      <c r="BK37" s="6">
+      <c r="BN37" s="6">
         <v>3853.0</v>
       </c>
-      <c r="BL37" s="6">
+      <c r="BO37" s="6">
         <v>3827.0</v>
       </c>
-      <c r="BM37" s="6">
+      <c r="BP37" s="6">
         <v>3805.0</v>
       </c>
-      <c r="BN37" s="6">
+      <c r="BQ37" s="6">
         <v>3748.0</v>
       </c>
-      <c r="BO37" s="6">
+      <c r="BR37" s="6">
         <v>3719.0</v>
       </c>
-      <c r="BP37" s="6">
+      <c r="BS37" s="6">
         <v>3745.0</v>
       </c>
-      <c r="BQ37" s="6">
+      <c r="BT37" s="6">
         <v>3741.0</v>
       </c>
-      <c r="BR37" s="6">
+      <c r="BU37" s="6">
         <v>3747.0</v>
       </c>
-      <c r="BS37" s="6">
+      <c r="BV37" s="6">
         <v>3689.0</v>
       </c>
-      <c r="BT37" s="6">
+      <c r="BW37" s="6">
         <v>3689.0</v>
       </c>
-      <c r="BU37" s="6">
+      <c r="BX37" s="6">
         <v>3678.0</v>
       </c>
-      <c r="BV37" s="6">
+      <c r="BY37" s="6">
         <v>3681.0</v>
       </c>
-      <c r="BW37" s="6">
+      <c r="BZ37" s="6">
         <v>3682.0</v>
       </c>
-      <c r="BX37" s="6">
+      <c r="CA37" s="6">
         <v>3683.0</v>
       </c>
-      <c r="BY37" s="6">
+      <c r="CB37" s="6">
         <v>3683.0</v>
       </c>
-      <c r="BZ37" s="6">
+      <c r="CC37" s="6">
         <v>3653.0</v>
       </c>
-      <c r="CA37" s="6">
+      <c r="CD37" s="6">
         <v>3640.0</v>
       </c>
-      <c r="CB37" s="6">
+      <c r="CE37" s="6">
         <v>3616.0</v>
       </c>
-      <c r="CC37" s="6">
+      <c r="CF37" s="6">
         <v>3618.0</v>
       </c>
-      <c r="CD37" s="6">
+      <c r="CG37" s="6">
         <v>3610.0</v>
       </c>
     </row>
-    <row r="38" spans="1:82">
+    <row r="38" spans="1:85">
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C38" s="6">
-        <v>73812698.0</v>
+        <v>63810592.0</v>
       </c>
       <c r="D38" s="6">
-        <v>69624682.0</v>
+        <v>65294275.0</v>
       </c>
       <c r="E38" s="6">
-        <v>67602632.0</v>
+        <v>70571769.0</v>
       </c>
       <c r="F38" s="6">
-        <v>61151522.0</v>
+        <v>74013778.0</v>
       </c>
       <c r="G38" s="6">
-        <v>60540444.0</v>
+        <v>69463825.0</v>
       </c>
       <c r="H38" s="6">
-        <v>57168458.0</v>
+        <v>67287272.0</v>
       </c>
       <c r="I38" s="6">
-        <v>58138923.0</v>
+        <v>61092754.0</v>
       </c>
       <c r="J38" s="6">
-        <v>37389219.0</v>
+        <v>60509817.0</v>
       </c>
       <c r="K38" s="6">
-        <v>78206087.0</v>
+        <v>57139557.0</v>
       </c>
       <c r="L38" s="6">
-        <v>56286088.0</v>
+        <v>58091402.0</v>
       </c>
       <c r="M38" s="6">
-        <v>59127496.0</v>
+        <v>37387839.0</v>
       </c>
       <c r="N38" s="6">
-        <v>64062014.0</v>
+        <v>78207984.0</v>
       </c>
       <c r="O38" s="6">
-        <v>67630054.0</v>
+        <v>56290489.0</v>
       </c>
       <c r="P38" s="6">
-        <v>63917279.0</v>
+        <v>59124275.0</v>
       </c>
       <c r="Q38" s="6">
-        <v>60197245.0</v>
+        <v>64063055.0</v>
       </c>
       <c r="R38" s="6">
-        <v>55966919.0</v>
+        <v>67630469.0</v>
       </c>
       <c r="S38" s="6">
-        <v>56035963.0</v>
+        <v>63919187.0</v>
       </c>
       <c r="T38" s="6">
+        <v>60201361.0</v>
+      </c>
+      <c r="U38" s="6">
+        <v>55967853.0</v>
+      </c>
+      <c r="V38" s="6">
+        <v>55667880.0</v>
+      </c>
+      <c r="W38" s="6">
         <v>52826569.0</v>
       </c>
-      <c r="U38" s="6">
-[...5 lines deleted...]
-      <c r="W38" s="6">
+      <c r="X38" s="6">
+        <v>53385408.0</v>
+      </c>
+      <c r="Y38" s="6">
+        <v>33865156.0</v>
+      </c>
+      <c r="Z38" s="6">
         <v>73893555.0</v>
       </c>
-      <c r="X38" s="6">
+      <c r="AA38" s="6">
         <v>52247814.0</v>
       </c>
-      <c r="Y38" s="6">
-[...2 lines deleted...]
-      <c r="Z38" s="6">
+      <c r="AB38" s="6">
+        <v>54455899.0</v>
+      </c>
+      <c r="AC38" s="6">
         <v>57253916.0</v>
       </c>
-      <c r="AA38" s="6">
+      <c r="AD38" s="6">
         <v>61925636.0</v>
       </c>
-      <c r="AB38" s="6">
+      <c r="AE38" s="6">
         <v>57283670.0</v>
       </c>
-      <c r="AC38" s="6">
+      <c r="AF38" s="6">
         <v>54598854.0</v>
       </c>
-      <c r="AD38" s="6">
-[...2 lines deleted...]
-      <c r="AE38" s="6">
+      <c r="AG38" s="6">
+        <v>50464763.0</v>
+      </c>
+      <c r="AH38" s="6">
         <v>47994765.0</v>
       </c>
-      <c r="AF38" s="6">
+      <c r="AI38" s="6">
         <v>45471296.0</v>
       </c>
-      <c r="AG38" s="6">
+      <c r="AJ38" s="6">
         <v>45055686.0</v>
       </c>
-      <c r="AH38" s="6">
+      <c r="AK38" s="6">
         <v>28088055.0</v>
       </c>
-      <c r="AI38" s="6">
-[...2 lines deleted...]
-      <c r="AJ38" s="6">
+      <c r="AL38" s="6">
+        <v>63389242.0</v>
+      </c>
+      <c r="AM38" s="6">
         <v>44562779.0</v>
       </c>
-      <c r="AK38" s="6">
+      <c r="AN38" s="6">
         <v>46987556.0</v>
       </c>
-      <c r="AL38" s="6">
+      <c r="AO38" s="6">
         <v>50760155.0</v>
       </c>
-      <c r="AM38" s="6">
+      <c r="AP38" s="6">
         <v>54333186.0</v>
       </c>
-      <c r="AN38" s="6">
+      <c r="AQ38" s="6">
         <v>50024599.0</v>
       </c>
-      <c r="AO38" s="6">
-[...2 lines deleted...]
-      <c r="AP38" s="6">
+      <c r="AR38" s="6">
+        <v>46831454.0</v>
+      </c>
+      <c r="AS38" s="6">
         <v>43581868.0</v>
       </c>
-      <c r="AQ38" s="6">
+      <c r="AT38" s="6">
         <v>41689215.0</v>
       </c>
-      <c r="AR38" s="6">
+      <c r="AU38" s="6">
         <v>38246050.0</v>
       </c>
-      <c r="AS38" s="6">
+      <c r="AV38" s="6">
         <v>38689393.0</v>
       </c>
-      <c r="AT38" s="6">
+      <c r="AW38" s="6">
         <v>21871923.0</v>
       </c>
-      <c r="AU38" s="6">
+      <c r="AX38" s="6">
         <v>56998034.0</v>
       </c>
-      <c r="AV38" s="6">
+      <c r="AY38" s="6">
         <v>38009161.0</v>
       </c>
-      <c r="AW38" s="6">
+      <c r="AZ38" s="6">
         <v>39380259.0</v>
       </c>
-      <c r="AX38" s="6">
+      <c r="BA38" s="6">
         <v>42558583.0</v>
       </c>
-      <c r="AY38" s="6">
+      <c r="BB38" s="6">
         <v>44939710.0</v>
       </c>
-      <c r="AZ38" s="6">
+      <c r="BC38" s="6">
         <v>39971259.0</v>
       </c>
-      <c r="BA38" s="6">
+      <c r="BD38" s="6">
         <v>35292199.0</v>
       </c>
-      <c r="BB38" s="6">
+      <c r="BE38" s="6">
         <v>30668637.0</v>
       </c>
-      <c r="BC38" s="6">
+      <c r="BF38" s="6">
         <v>29543920.0</v>
       </c>
-      <c r="BD38" s="6">
+      <c r="BG38" s="6">
         <v>27990990.0</v>
       </c>
-      <c r="BE38" s="6">
+      <c r="BH38" s="6">
         <v>27628201.0</v>
       </c>
-      <c r="BF38" s="6">
+      <c r="BI38" s="6">
         <v>14578288.0</v>
       </c>
-      <c r="BG38" s="6">
+      <c r="BJ38" s="6">
         <v>40520912.0</v>
       </c>
-      <c r="BH38" s="6">
+      <c r="BK38" s="6">
         <v>31759946.0</v>
       </c>
-      <c r="BI38" s="6">
+      <c r="BL38" s="6">
         <v>33314137.0</v>
       </c>
-      <c r="BJ38" s="6">
+      <c r="BM38" s="6">
         <v>34935091.0</v>
       </c>
-      <c r="BK38" s="6">
+      <c r="BN38" s="6">
         <v>36261901.0</v>
       </c>
-      <c r="BL38" s="6">
+      <c r="BO38" s="6">
         <v>32189050.0</v>
       </c>
-      <c r="BM38" s="6">
+      <c r="BP38" s="6">
         <v>25921728.0</v>
       </c>
-      <c r="BN38" s="6">
+      <c r="BQ38" s="6">
         <v>21709233.0</v>
       </c>
-      <c r="BO38" s="6">
+      <c r="BR38" s="6">
         <v>24527320.0</v>
       </c>
-      <c r="BP38" s="6">
+      <c r="BS38" s="6">
         <v>33192222.0</v>
       </c>
-      <c r="BQ38" s="6">
+      <c r="BT38" s="6">
         <v>33473221.0</v>
       </c>
-      <c r="BR38" s="6">
+      <c r="BU38" s="6">
         <v>18698968.0</v>
       </c>
-      <c r="BS38" s="6">
+      <c r="BV38" s="6">
         <v>45587870.0</v>
       </c>
-      <c r="BT38" s="6">
+      <c r="BW38" s="6">
         <v>30202606.0</v>
       </c>
-      <c r="BU38" s="6">
+      <c r="BX38" s="6">
         <v>31229027.0</v>
       </c>
-      <c r="BV38" s="6">
+      <c r="BY38" s="6">
         <v>32921595.0</v>
       </c>
-      <c r="BW38" s="6">
+      <c r="BZ38" s="6">
         <v>34653951.0</v>
       </c>
-      <c r="BX38" s="6">
+      <c r="CA38" s="6">
         <v>32881777.0</v>
       </c>
-      <c r="BY38" s="6">
+      <c r="CB38" s="6">
         <v>31684233.0</v>
       </c>
-      <c r="BZ38" s="6">
+      <c r="CC38" s="6">
         <v>29813464.0</v>
       </c>
-      <c r="CA38" s="6">
+      <c r="CD38" s="6">
         <v>29406741.0</v>
       </c>
-      <c r="CB38" s="6">
+      <c r="CE38" s="6">
         <v>27175779.0</v>
       </c>
-      <c r="CC38" s="6">
+      <c r="CF38" s="6">
         <v>27366473.0</v>
       </c>
-      <c r="CD38" s="6">
+      <c r="CG38" s="6">
         <v>11919938.0</v>
       </c>
     </row>
-    <row r="39" spans="1:82">
+    <row r="39" spans="1:85">
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C39" s="6">
-        <v>10182823.0</v>
+        <v>8891235.0</v>
       </c>
       <c r="D39" s="6">
-        <v>9481387.0</v>
+        <v>9032250.0</v>
       </c>
       <c r="E39" s="6">
-        <v>9365382.0</v>
+        <v>9912236.0</v>
       </c>
       <c r="F39" s="6">
-        <v>8190784.0</v>
+        <v>10213381.0</v>
       </c>
       <c r="G39" s="6">
-        <v>8133667.0</v>
+        <v>9445214.0</v>
       </c>
       <c r="H39" s="6">
-        <v>7426381.0</v>
+        <v>9312716.0</v>
       </c>
       <c r="I39" s="6">
-        <v>7680124.0</v>
+        <v>8181617.0</v>
       </c>
       <c r="J39" s="6">
-        <v>5065151.0</v>
+        <v>8130406.0</v>
       </c>
       <c r="K39" s="6">
-        <v>10610625.0</v>
+        <v>7424234.0</v>
       </c>
       <c r="L39" s="6">
-        <v>7515824.0</v>
+        <v>7672639.0</v>
       </c>
       <c r="M39" s="6">
-        <v>7861538.0</v>
+        <v>5063969.0</v>
       </c>
       <c r="N39" s="6">
-        <v>8722060.0</v>
+        <v>10611316.0</v>
       </c>
       <c r="O39" s="6">
-        <v>9005467.0</v>
+        <v>7518247.0</v>
       </c>
       <c r="P39" s="6">
-        <v>8335178.0</v>
+        <v>7861741.0</v>
       </c>
       <c r="Q39" s="6">
-        <v>7959546.0</v>
+        <v>8722268.0</v>
       </c>
       <c r="R39" s="6">
-        <v>7193519.0</v>
+        <v>9005550.0</v>
       </c>
       <c r="S39" s="6">
-        <v>7292024.0</v>
+        <v>8335310.0</v>
       </c>
       <c r="T39" s="6">
+        <v>7959791.0</v>
+      </c>
+      <c r="U39" s="6">
+        <v>7193706.0</v>
+      </c>
+      <c r="V39" s="6">
+        <v>7236012.0</v>
+      </c>
+      <c r="W39" s="6">
         <v>6646455.0</v>
       </c>
-      <c r="U39" s="6">
+      <c r="X39" s="6">
         <v>6822418.0</v>
       </c>
-      <c r="V39" s="6">
-[...5 lines deleted...]
-      <c r="X39" s="6">
+      <c r="Y39" s="6">
+        <v>4602729.0</v>
+      </c>
+      <c r="Z39" s="6">
+        <v>10227155.0</v>
+      </c>
+      <c r="AA39" s="6">
         <v>7140662.0</v>
       </c>
-      <c r="Y39" s="6">
-[...2 lines deleted...]
-      <c r="Z39" s="6">
+      <c r="AB39" s="6">
+        <v>7442351.0</v>
+      </c>
+      <c r="AC39" s="6">
         <v>7963635.0</v>
       </c>
-      <c r="AA39" s="6">
+      <c r="AD39" s="6">
         <v>8388074.0</v>
       </c>
-      <c r="AB39" s="6">
+      <c r="AE39" s="6">
         <v>7660165.0</v>
       </c>
-      <c r="AC39" s="6">
+      <c r="AF39" s="6">
         <v>7358554.0</v>
       </c>
-      <c r="AD39" s="6">
-[...2 lines deleted...]
-      <c r="AE39" s="6">
+      <c r="AG39" s="6">
+        <v>6632140.0</v>
+      </c>
+      <c r="AH39" s="6">
         <v>6334498.0</v>
       </c>
-      <c r="AF39" s="6">
+      <c r="AI39" s="6">
         <v>5774137.0</v>
       </c>
-      <c r="AG39" s="6">
+      <c r="AJ39" s="6">
         <v>5841256.0</v>
       </c>
-      <c r="AH39" s="6">
+      <c r="AK39" s="6">
         <v>3877976.0</v>
       </c>
-      <c r="AI39" s="6">
-[...2 lines deleted...]
-      <c r="AJ39" s="6">
+      <c r="AL39" s="6">
+        <v>8734905.0</v>
+      </c>
+      <c r="AM39" s="6">
         <v>6120639.0</v>
       </c>
-      <c r="AK39" s="6">
+      <c r="AN39" s="6">
         <v>6262918.0</v>
       </c>
-      <c r="AL39" s="6">
+      <c r="AO39" s="6">
         <v>7062407.0</v>
       </c>
-      <c r="AM39" s="6">
+      <c r="AP39" s="6">
         <v>7318861.0</v>
       </c>
-      <c r="AN39" s="6">
+      <c r="AQ39" s="6">
         <v>6686322.0</v>
       </c>
-      <c r="AO39" s="6">
-[...2 lines deleted...]
-      <c r="AP39" s="6">
+      <c r="AR39" s="6">
+        <v>6434864.0</v>
+      </c>
+      <c r="AS39" s="6">
         <v>6059626.0</v>
       </c>
-      <c r="AQ39" s="6">
+      <c r="AT39" s="6">
         <v>5746581.0</v>
       </c>
-      <c r="AR39" s="6">
+      <c r="AU39" s="6">
         <v>5081726.0</v>
       </c>
-      <c r="AS39" s="6">
+      <c r="AV39" s="6">
         <v>5231418.0</v>
       </c>
-      <c r="AT39" s="6">
+      <c r="AW39" s="6">
         <v>3150604.0</v>
       </c>
-      <c r="AU39" s="6">
+      <c r="AX39" s="6">
         <v>8090409.0</v>
       </c>
-      <c r="AV39" s="6">
+      <c r="AY39" s="6">
         <v>5359798.0</v>
       </c>
-      <c r="AW39" s="6">
+      <c r="AZ39" s="6">
         <v>5554217.0</v>
       </c>
-      <c r="AX39" s="6">
+      <c r="BA39" s="6">
         <v>6023857.0</v>
       </c>
-      <c r="AY39" s="6">
+      <c r="BB39" s="6">
         <v>6190952.0</v>
       </c>
-      <c r="AZ39" s="6">
+      <c r="BC39" s="6">
         <v>5400492.0</v>
       </c>
-      <c r="BA39" s="6">
+      <c r="BD39" s="6">
         <v>4645357.0</v>
       </c>
-      <c r="BB39" s="6">
+      <c r="BE39" s="6">
         <v>3899283.0</v>
       </c>
-      <c r="BC39" s="6">
+      <c r="BF39" s="6">
         <v>3708869.0</v>
       </c>
-      <c r="BD39" s="6">
+      <c r="BG39" s="6">
         <v>3393392.0</v>
       </c>
-      <c r="BE39" s="6">
+      <c r="BH39" s="6">
         <v>3345324.0</v>
       </c>
-      <c r="BF39" s="6">
+      <c r="BI39" s="6">
         <v>1823034.0</v>
       </c>
-      <c r="BG39" s="6">
+      <c r="BJ39" s="6">
         <v>4966797.0</v>
       </c>
-      <c r="BH39" s="6">
+      <c r="BK39" s="6">
         <v>4160311.0</v>
       </c>
-      <c r="BI39" s="6">
+      <c r="BL39" s="6">
         <v>4350958.0</v>
       </c>
-      <c r="BJ39" s="6">
+      <c r="BM39" s="6">
         <v>4589436.0</v>
       </c>
-      <c r="BK39" s="6">
+      <c r="BN39" s="6">
         <v>4697342.0</v>
       </c>
-      <c r="BL39" s="6">
+      <c r="BO39" s="6">
         <v>4123336.0</v>
       </c>
-      <c r="BM39" s="6">
+      <c r="BP39" s="6">
         <v>3214877.0</v>
       </c>
-      <c r="BN39" s="6">
+      <c r="BQ39" s="6">
         <v>2576286.0</v>
       </c>
-      <c r="BO39" s="6">
+      <c r="BR39" s="6">
         <v>2999531.0</v>
       </c>
-      <c r="BP39" s="6">
+      <c r="BS39" s="6">
         <v>4456883.0</v>
       </c>
-      <c r="BQ39" s="6">
+      <c r="BT39" s="6">
         <v>4587465.0</v>
       </c>
-      <c r="BR39" s="6">
+      <c r="BU39" s="6">
         <v>2714274.0</v>
       </c>
-      <c r="BS39" s="6">
+      <c r="BV39" s="6">
         <v>6531902.0</v>
       </c>
-      <c r="BT39" s="6">
+      <c r="BW39" s="6">
         <v>4300532.0</v>
       </c>
-      <c r="BU39" s="6">
+      <c r="BX39" s="6">
         <v>4445938.0</v>
       </c>
-      <c r="BV39" s="6">
+      <c r="BY39" s="6">
         <v>4735607.0</v>
       </c>
-      <c r="BW39" s="6">
+      <c r="BZ39" s="6">
         <v>4891980.0</v>
       </c>
-      <c r="BX39" s="6">
+      <c r="CA39" s="6">
         <v>4584554.0</v>
       </c>
-      <c r="BY39" s="6">
+      <c r="CB39" s="6">
         <v>4454161.0</v>
       </c>
-      <c r="BZ39" s="6">
+      <c r="CC39" s="6">
         <v>4146538.0</v>
       </c>
-      <c r="CA39" s="6">
+      <c r="CD39" s="6">
         <v>4028640.0</v>
       </c>
-      <c r="CB39" s="6">
+      <c r="CE39" s="6">
         <v>3688289.0</v>
       </c>
-      <c r="CC39" s="6">
+      <c r="CF39" s="6">
         <v>3763224.0</v>
       </c>
-      <c r="CD39" s="6">
+      <c r="CG39" s="6">
         <v>1286089.0</v>
       </c>
     </row>
-    <row r="40" spans="1:82">
+    <row r="40" spans="1:85">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C40" s="6">
-        <v>1187.0</v>
+        <v>1194.0</v>
       </c>
       <c r="D40" s="6">
-        <v>1187.0</v>
+        <v>1201.0</v>
       </c>
       <c r="E40" s="6">
-        <v>1202.0</v>
+        <v>1200.0</v>
       </c>
       <c r="F40" s="6">
-        <v>1205.0</v>
+        <v>1199.0</v>
       </c>
       <c r="G40" s="6">
+        <v>1196.0</v>
+      </c>
+      <c r="H40" s="6">
+        <v>1208.0</v>
+      </c>
+      <c r="I40" s="6">
+        <v>1212.0</v>
+      </c>
+      <c r="J40" s="6">
+        <v>1222.0</v>
+      </c>
+      <c r="K40" s="6">
+        <v>1224.0</v>
+      </c>
+      <c r="L40" s="6">
         <v>1214.0</v>
       </c>
-      <c r="H40" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="M40" s="6">
-        <v>1167.0</v>
+        <v>1226.0</v>
       </c>
       <c r="N40" s="6">
-        <v>1164.0</v>
+        <v>1172.0</v>
       </c>
       <c r="O40" s="6">
         <v>1163.0</v>
       </c>
       <c r="P40" s="6">
+        <v>1167.0</v>
+      </c>
+      <c r="Q40" s="6">
+        <v>1164.0</v>
+      </c>
+      <c r="R40" s="6">
         <v>1163.0</v>
       </c>
-      <c r="Q40" s="6">
+      <c r="S40" s="6">
+        <v>1164.0</v>
+      </c>
+      <c r="T40" s="6">
         <v>1176.0</v>
       </c>
-      <c r="R40" s="6">
-[...2 lines deleted...]
-      <c r="S40" s="6">
+      <c r="U40" s="6">
+        <v>1186.0</v>
+      </c>
+      <c r="V40" s="6">
         <v>1179.0</v>
       </c>
-      <c r="T40" s="6">
+      <c r="W40" s="6">
         <v>1190.0</v>
       </c>
-      <c r="U40" s="6">
+      <c r="X40" s="6">
         <v>1181.0</v>
       </c>
-      <c r="V40" s="6">
+      <c r="Y40" s="6">
         <v>1188.0</v>
       </c>
-      <c r="W40" s="6">
+      <c r="Z40" s="6">
         <v>1202.0</v>
       </c>
-      <c r="X40" s="6">
+      <c r="AA40" s="6">
         <v>1192.0</v>
       </c>
-      <c r="Y40" s="6">
+      <c r="AB40" s="6">
         <v>1175.0</v>
       </c>
-      <c r="Z40" s="6">
+      <c r="AC40" s="6">
         <v>1190.0</v>
       </c>
-      <c r="AA40" s="6">
+      <c r="AD40" s="6">
         <v>1177.0</v>
       </c>
-      <c r="AB40" s="6">
+      <c r="AE40" s="6">
         <v>1176.0</v>
       </c>
-      <c r="AC40" s="6">
+      <c r="AF40" s="6">
         <v>1188.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1192.0</v>
       </c>
       <c r="AG40" s="6">
         <v>1184.0</v>
       </c>
       <c r="AH40" s="6">
-        <v>1199.0</v>
+        <v>1188.0</v>
       </c>
       <c r="AI40" s="6">
+        <v>1192.0</v>
+      </c>
+      <c r="AJ40" s="6">
+        <v>1184.0</v>
+      </c>
+      <c r="AK40" s="6">
+        <v>1200.0</v>
+      </c>
+      <c r="AL40" s="6">
         <v>1190.0</v>
       </c>
-      <c r="AJ40" s="6">
+      <c r="AM40" s="6">
         <v>1181.0</v>
       </c>
-      <c r="AK40" s="6">
+      <c r="AN40" s="6">
         <v>1187.0</v>
       </c>
-      <c r="AL40" s="6">
+      <c r="AO40" s="6">
         <v>1195.0</v>
       </c>
-      <c r="AM40" s="6">
+      <c r="AP40" s="6">
         <v>1197.0</v>
       </c>
-      <c r="AN40" s="6">
+      <c r="AQ40" s="6">
         <v>1196.0</v>
       </c>
-      <c r="AO40" s="6">
+      <c r="AR40" s="6">
         <v>1200.0</v>
       </c>
-      <c r="AP40" s="6">
+      <c r="AS40" s="6">
         <v>1196.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1192.0</v>
       </c>
       <c r="AT40" s="6">
         <v>1192.0</v>
       </c>
       <c r="AU40" s="6">
+        <v>1189.0</v>
+      </c>
+      <c r="AV40" s="6">
+        <v>1192.0</v>
+      </c>
+      <c r="AW40" s="6">
+        <v>1192.0</v>
+      </c>
+      <c r="AX40" s="6">
         <v>1179.0</v>
       </c>
-      <c r="AV40" s="6">
+      <c r="AY40" s="6">
         <v>1156.0</v>
       </c>
-      <c r="AW40" s="6">
-[...2 lines deleted...]
-      <c r="AX40" s="6">
+      <c r="AZ40" s="6">
+        <v>1166.0</v>
+      </c>
+      <c r="BA40" s="6">
         <v>1168.0</v>
       </c>
-      <c r="AY40" s="6">
+      <c r="BB40" s="6">
         <v>1163.0</v>
       </c>
-      <c r="AZ40" s="6">
+      <c r="BC40" s="6">
         <v>1163.0</v>
       </c>
-      <c r="BA40" s="6">
+      <c r="BD40" s="6">
         <v>1170.0</v>
       </c>
-      <c r="BB40" s="6">
+      <c r="BE40" s="6">
         <v>1172.0</v>
       </c>
-      <c r="BC40" s="6">
+      <c r="BF40" s="6">
         <v>1161.0</v>
       </c>
-      <c r="BD40" s="6">
+      <c r="BG40" s="6">
         <v>1162.0</v>
       </c>
-      <c r="BE40" s="6">
+      <c r="BH40" s="6">
         <v>1157.0</v>
       </c>
-      <c r="BF40" s="6">
+      <c r="BI40" s="6">
         <v>1154.0</v>
       </c>
-      <c r="BG40" s="6">
+      <c r="BJ40" s="6">
         <v>4020.0</v>
       </c>
-      <c r="BH40" s="6">
+      <c r="BK40" s="6">
         <v>3968.0</v>
       </c>
-      <c r="BI40" s="6">
+      <c r="BL40" s="6">
         <v>3952.0</v>
       </c>
-      <c r="BJ40" s="6">
+      <c r="BM40" s="6">
         <v>3934.0</v>
       </c>
-      <c r="BK40" s="6">
+      <c r="BN40" s="6">
         <v>3913.0</v>
       </c>
-      <c r="BL40" s="6">
+      <c r="BO40" s="6">
         <v>3904.0</v>
       </c>
-      <c r="BM40" s="6">
+      <c r="BP40" s="6">
         <v>3897.0</v>
       </c>
-      <c r="BN40" s="6">
+      <c r="BQ40" s="6">
         <v>3888.0</v>
       </c>
-      <c r="BO40" s="6">
+      <c r="BR40" s="6">
         <v>3898.0</v>
       </c>
-      <c r="BP40" s="6">
+      <c r="BS40" s="6">
         <v>3920.0</v>
       </c>
-      <c r="BQ40" s="6">
+      <c r="BT40" s="6">
         <v>3912.0</v>
       </c>
-      <c r="BR40" s="6">
+      <c r="BU40" s="6">
         <v>3914.0</v>
       </c>
-      <c r="BS40" s="6">
+      <c r="BV40" s="6">
         <v>3979.0</v>
       </c>
-      <c r="BT40" s="6">
+      <c r="BW40" s="6">
         <v>3932.0</v>
       </c>
-      <c r="BU40" s="6">
+      <c r="BX40" s="6">
         <v>3907.0</v>
       </c>
-      <c r="BV40" s="6">
+      <c r="BY40" s="6">
         <v>3892.0</v>
       </c>
-      <c r="BW40" s="6">
+      <c r="BZ40" s="6">
         <v>3898.0</v>
       </c>
-      <c r="BX40" s="6">
+      <c r="CA40" s="6">
         <v>3889.0</v>
       </c>
-      <c r="BY40" s="6">
+      <c r="CB40" s="6">
         <v>3867.0</v>
       </c>
-      <c r="BZ40" s="6">
+      <c r="CC40" s="6">
         <v>3866.0</v>
       </c>
-      <c r="CA40" s="6">
+      <c r="CD40" s="6">
         <v>3862.0</v>
       </c>
-      <c r="CB40" s="6">
+      <c r="CE40" s="6">
         <v>3856.0</v>
       </c>
-      <c r="CC40" s="6">
+      <c r="CF40" s="6">
         <v>3829.0</v>
       </c>
-      <c r="CD40" s="6">
+      <c r="CG40" s="6">
         <v>3837.0</v>
       </c>
     </row>
-    <row r="41" spans="1:82">
+    <row r="41" spans="1:85">
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C41" s="6">
-        <v>26659615.0</v>
+        <v>27079881.0</v>
       </c>
       <c r="D41" s="6">
-        <v>26632188.0</v>
+        <v>26845595.0</v>
       </c>
       <c r="E41" s="6">
-        <v>27669896.0</v>
+        <v>26569679.0</v>
       </c>
       <c r="F41" s="6">
-        <v>28110514.0</v>
+        <v>26732847.0</v>
       </c>
       <c r="G41" s="6">
-        <v>26880555.0</v>
+        <v>26693389.0</v>
       </c>
       <c r="H41" s="6">
-        <v>25556185.0</v>
+        <v>27601655.0</v>
       </c>
       <c r="I41" s="6">
-        <v>28554550.0</v>
+        <v>28169247.0</v>
       </c>
       <c r="J41" s="6">
-        <v>17777412.0</v>
+        <v>26929294.0</v>
       </c>
       <c r="K41" s="6">
-        <v>32169898.0</v>
+        <v>25607494.0</v>
       </c>
       <c r="L41" s="6">
-        <v>22072021.0</v>
+        <v>28610464.0</v>
       </c>
       <c r="M41" s="6">
-        <v>22010850.0</v>
+        <v>17770359.0</v>
       </c>
       <c r="N41" s="6">
-        <v>21288528.0</v>
+        <v>32174630.0</v>
       </c>
       <c r="O41" s="6">
-        <v>21655870.0</v>
+        <v>22073077.0</v>
       </c>
       <c r="P41" s="6">
-        <v>21563238.0</v>
+        <v>22012085.0</v>
       </c>
       <c r="Q41" s="6">
-        <v>21663819.0</v>
+        <v>21290017.0</v>
       </c>
       <c r="R41" s="6">
-        <v>22477678.0</v>
+        <v>21657603.0</v>
       </c>
       <c r="S41" s="6">
-        <v>21730954.0</v>
+        <v>21564180.0</v>
       </c>
       <c r="T41" s="6">
-        <v>21480807.0</v>
+        <v>21663789.0</v>
       </c>
       <c r="U41" s="6">
-        <v>20911503.0</v>
+        <v>22478620.0</v>
       </c>
       <c r="V41" s="6">
+        <v>21731896.0</v>
+      </c>
+      <c r="W41" s="6">
+        <v>21481749.0</v>
+      </c>
+      <c r="X41" s="6">
+        <v>20912445.0</v>
+      </c>
+      <c r="Y41" s="6">
         <v>13523897.0</v>
       </c>
-      <c r="W41" s="6">
+      <c r="Z41" s="6">
         <v>29684638.0</v>
       </c>
-      <c r="X41" s="6">
+      <c r="AA41" s="6">
         <v>20319978.0</v>
       </c>
-      <c r="Y41" s="6">
+      <c r="AB41" s="6">
         <v>20721399.0</v>
       </c>
-      <c r="Z41" s="6">
+      <c r="AC41" s="6">
         <v>19928100.0</v>
       </c>
-      <c r="AA41" s="6">
+      <c r="AD41" s="6">
         <v>20248508.0</v>
       </c>
-      <c r="AB41" s="6">
-[...2 lines deleted...]
-      <c r="AC41" s="6">
+      <c r="AE41" s="6">
+        <v>20047531.0</v>
+      </c>
+      <c r="AF41" s="6">
         <v>20379836.0</v>
       </c>
-      <c r="AD41" s="6">
+      <c r="AG41" s="6">
         <v>20292531.0</v>
       </c>
-      <c r="AE41" s="6">
+      <c r="AH41" s="6">
         <v>20226129.0</v>
       </c>
-      <c r="AF41" s="6">
-[...2 lines deleted...]
-      <c r="AG41" s="6">
+      <c r="AI41" s="6">
+        <v>20485787.0</v>
+      </c>
+      <c r="AJ41" s="6">
         <v>19657356.0</v>
       </c>
-      <c r="AH41" s="6">
+      <c r="AK41" s="6">
         <v>11704649.0</v>
       </c>
-      <c r="AI41" s="6">
+      <c r="AL41" s="6">
         <v>26102847.0</v>
       </c>
-      <c r="AJ41" s="6">
+      <c r="AM41" s="6">
         <v>18262140.0</v>
       </c>
-      <c r="AK41" s="6">
-[...2 lines deleted...]
-      <c r="AL41" s="6">
+      <c r="AN41" s="6">
+        <v>17823668.0</v>
+      </c>
+      <c r="AO41" s="6">
         <v>17567189.0</v>
       </c>
-      <c r="AM41" s="6">
+      <c r="AP41" s="6">
         <v>17981319.0</v>
       </c>
-      <c r="AN41" s="6">
+      <c r="AQ41" s="6">
         <v>18155970.0</v>
       </c>
-      <c r="AO41" s="6">
+      <c r="AR41" s="6">
         <v>18805477.0</v>
       </c>
-      <c r="AP41" s="6">
+      <c r="AS41" s="6">
         <v>18368443.0</v>
       </c>
-      <c r="AQ41" s="6">
+      <c r="AT41" s="6">
         <v>18421676.0</v>
       </c>
-      <c r="AR41" s="6">
+      <c r="AU41" s="6">
         <v>17497526.0</v>
       </c>
-      <c r="AS41" s="6">
+      <c r="AV41" s="6">
         <v>16839735.0</v>
       </c>
-      <c r="AT41" s="6">
+      <c r="AW41" s="6">
         <v>9631981.0</v>
       </c>
-      <c r="AU41" s="6">
+      <c r="AX41" s="6">
         <v>22978183.0</v>
       </c>
-      <c r="AV41" s="6">
+      <c r="AY41" s="6">
         <v>14937208.0</v>
       </c>
-      <c r="AW41" s="6">
+      <c r="AZ41" s="6">
         <v>14611045.0</v>
       </c>
-      <c r="AX41" s="6">
+      <c r="BA41" s="6">
         <v>14556211.0</v>
       </c>
-      <c r="AY41" s="6">
+      <c r="BB41" s="6">
         <v>14176803.0</v>
       </c>
-      <c r="AZ41" s="6">
+      <c r="BC41" s="6">
         <v>14436716.0</v>
       </c>
-      <c r="BA41" s="6">
+      <c r="BD41" s="6">
         <v>13893411.0</v>
       </c>
-      <c r="BB41" s="6">
+      <c r="BE41" s="6">
         <v>13319872.0</v>
       </c>
-      <c r="BC41" s="6">
+      <c r="BF41" s="6">
         <v>13413888.0</v>
       </c>
-      <c r="BD41" s="6">
+      <c r="BG41" s="6">
         <v>13369125.0</v>
       </c>
-      <c r="BE41" s="6">
+      <c r="BH41" s="6">
         <v>12888766.0</v>
       </c>
-      <c r="BF41" s="6">
+      <c r="BI41" s="6">
         <v>6187244.0</v>
       </c>
-      <c r="BG41" s="6">
+      <c r="BJ41" s="6">
         <v>117374690.0</v>
       </c>
-      <c r="BH41" s="6">
+      <c r="BK41" s="6">
         <v>82253354.0</v>
       </c>
-      <c r="BI41" s="6">
+      <c r="BL41" s="6">
         <v>83258873.0</v>
       </c>
-      <c r="BJ41" s="6">
+      <c r="BM41" s="6">
         <v>78858859.0</v>
       </c>
-      <c r="BK41" s="6">
+      <c r="BN41" s="6">
         <v>78942893.0</v>
       </c>
-      <c r="BL41" s="6">
+      <c r="BO41" s="6">
         <v>80613221.0</v>
       </c>
-      <c r="BM41" s="6">
+      <c r="BP41" s="6">
         <v>76282708.0</v>
       </c>
-      <c r="BN41" s="6">
+      <c r="BQ41" s="6">
         <v>76413701.0</v>
       </c>
-      <c r="BO41" s="6">
+      <c r="BR41" s="6">
         <v>82582689.0</v>
       </c>
-      <c r="BP41" s="6">
+      <c r="BS41" s="6">
         <v>81724905.0</v>
       </c>
-      <c r="BQ41" s="6">
+      <c r="BT41" s="6">
         <v>78312453.0</v>
       </c>
-      <c r="BR41" s="6">
+      <c r="BU41" s="6">
         <v>52359208.0</v>
       </c>
-      <c r="BS41" s="6">
+      <c r="BV41" s="6">
         <v>99839299.0</v>
       </c>
-      <c r="BT41" s="6">
+      <c r="BW41" s="6">
         <v>70472028.0</v>
       </c>
-      <c r="BU41" s="6">
+      <c r="BX41" s="6">
         <v>71800734.0</v>
       </c>
-      <c r="BV41" s="6">
+      <c r="BY41" s="6">
         <v>67980661.0</v>
       </c>
-      <c r="BW41" s="6">
+      <c r="BZ41" s="6">
         <v>70152106.0</v>
       </c>
-      <c r="BX41" s="6">
+      <c r="CA41" s="6">
         <v>71189350.0</v>
       </c>
-      <c r="BY41" s="6">
+      <c r="CB41" s="6">
         <v>70405738.0</v>
       </c>
-      <c r="BZ41" s="6">
+      <c r="CC41" s="6">
         <v>69805878.0</v>
       </c>
-      <c r="CA41" s="6">
+      <c r="CD41" s="6">
         <v>74536630.0</v>
       </c>
-      <c r="CB41" s="6">
+      <c r="CE41" s="6">
         <v>75503954.0</v>
       </c>
-      <c r="CC41" s="6">
+      <c r="CF41" s="6">
         <v>66787950.0</v>
       </c>
-      <c r="CD41" s="6">
+      <c r="CG41" s="6">
         <v>36409469.0</v>
       </c>
     </row>
-    <row r="42" spans="1:82">
+    <row r="42" spans="1:85">
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C42" s="6">
-        <v>5201931.0</v>
+        <v>5307382.0</v>
       </c>
       <c r="D42" s="6">
-        <v>5140836.0</v>
+        <v>5233587.0</v>
       </c>
       <c r="E42" s="6">
-        <v>5358894.0</v>
+        <v>5180946.0</v>
       </c>
       <c r="F42" s="6">
-        <v>5433955.0</v>
+        <v>5216682.0</v>
       </c>
       <c r="G42" s="6">
-        <v>5182449.0</v>
+        <v>5153054.0</v>
       </c>
       <c r="H42" s="6">
-        <v>4906950.0</v>
+        <v>5373406.0</v>
       </c>
       <c r="I42" s="6">
-        <v>5498785.0</v>
+        <v>5445560.0</v>
       </c>
       <c r="J42" s="6">
-        <v>3409369.0</v>
+        <v>5193539.0</v>
       </c>
       <c r="K42" s="6">
-        <v>6375810.0</v>
+        <v>4917002.0</v>
       </c>
       <c r="L42" s="6">
-        <v>4307491.0</v>
+        <v>5510019.0</v>
       </c>
       <c r="M42" s="6">
-        <v>4278507.0</v>
+        <v>3407995.0</v>
       </c>
       <c r="N42" s="6">
-        <v>4148302.0</v>
+        <v>6376729.0</v>
       </c>
       <c r="O42" s="6">
-        <v>4202313.0</v>
+        <v>4307841.0</v>
       </c>
       <c r="P42" s="6">
-        <v>4151955.0</v>
+        <v>4278858.0</v>
       </c>
       <c r="Q42" s="6">
-        <v>4155505.0</v>
+        <v>4148778.0</v>
       </c>
       <c r="R42" s="6">
-        <v>4334160.0</v>
+        <v>4202649.0</v>
       </c>
       <c r="S42" s="6">
-        <v>4176267.0</v>
+        <v>4152214.0</v>
       </c>
       <c r="T42" s="6">
-        <v>4119951.0</v>
+        <v>4155764.0</v>
       </c>
       <c r="U42" s="6">
-        <v>3998456.0</v>
+        <v>4334419.0</v>
       </c>
       <c r="V42" s="6">
+        <v>4176526.0</v>
+      </c>
+      <c r="W42" s="6">
+        <v>4120209.0</v>
+      </c>
+      <c r="X42" s="6">
+        <v>3998714.0</v>
+      </c>
+      <c r="Y42" s="6">
         <v>2546546.0</v>
       </c>
-      <c r="W42" s="6">
+      <c r="Z42" s="6">
         <v>5854806.0</v>
       </c>
-      <c r="X42" s="6">
+      <c r="AA42" s="6">
         <v>3956132.0</v>
       </c>
-      <c r="Y42" s="6">
+      <c r="AB42" s="6">
         <v>4034130.0</v>
       </c>
-      <c r="Z42" s="6">
+      <c r="AC42" s="6">
         <v>3867599.0</v>
       </c>
-      <c r="AA42" s="6">
+      <c r="AD42" s="6">
         <v>3938095.0</v>
       </c>
-      <c r="AB42" s="6">
-[...2 lines deleted...]
-      <c r="AC42" s="6">
+      <c r="AE42" s="6">
+        <v>3843351.0</v>
+      </c>
+      <c r="AF42" s="6">
         <v>3910155.0</v>
       </c>
-      <c r="AD42" s="6">
+      <c r="AG42" s="6">
         <v>3873888.0</v>
       </c>
-      <c r="AE42" s="6">
+      <c r="AH42" s="6">
         <v>3903300.0</v>
       </c>
-      <c r="AF42" s="6">
-[...2 lines deleted...]
-      <c r="AG42" s="6">
+      <c r="AI42" s="6">
+        <v>3907773.0</v>
+      </c>
+      <c r="AJ42" s="6">
         <v>3747935.0</v>
       </c>
-      <c r="AH42" s="6">
+      <c r="AK42" s="6">
         <v>2207867.0</v>
       </c>
-      <c r="AI42" s="6">
+      <c r="AL42" s="6">
         <v>5174659.0</v>
       </c>
-      <c r="AJ42" s="6">
+      <c r="AM42" s="6">
         <v>3565961.0</v>
       </c>
-      <c r="AK42" s="6">
-[...2 lines deleted...]
-      <c r="AL42" s="6">
+      <c r="AN42" s="6">
+        <v>3483497.0</v>
+      </c>
+      <c r="AO42" s="6">
         <v>3389978.0</v>
       </c>
-      <c r="AM42" s="6">
+      <c r="AP42" s="6">
         <v>3498442.0</v>
       </c>
-      <c r="AN42" s="6">
+      <c r="AQ42" s="6">
         <v>3492921.0</v>
       </c>
-      <c r="AO42" s="6">
+      <c r="AR42" s="6">
         <v>3627539.0</v>
       </c>
-      <c r="AP42" s="6">
+      <c r="AS42" s="6">
         <v>3538231.0</v>
       </c>
-      <c r="AQ42" s="6">
+      <c r="AT42" s="6">
         <v>3596627.0</v>
       </c>
-      <c r="AR42" s="6">
+      <c r="AU42" s="6">
         <v>3348444.0</v>
       </c>
-      <c r="AS42" s="6">
+      <c r="AV42" s="6">
         <v>3215695.0</v>
       </c>
-      <c r="AT42" s="6">
+      <c r="AW42" s="6">
         <v>1824583.0</v>
       </c>
-      <c r="AU42" s="6">
+      <c r="AX42" s="6">
         <v>4546223.0</v>
       </c>
-      <c r="AV42" s="6">
+      <c r="AY42" s="6">
         <v>2907828.0</v>
       </c>
-      <c r="AW42" s="6">
+      <c r="AZ42" s="6">
         <v>2833997.0</v>
       </c>
-      <c r="AX42" s="6">
+      <c r="BA42" s="6">
         <v>2845089.0</v>
       </c>
-      <c r="AY42" s="6">
+      <c r="BB42" s="6">
         <v>2752480.0</v>
       </c>
-      <c r="AZ42" s="6">
+      <c r="BC42" s="6">
         <v>2769728.0</v>
       </c>
-      <c r="BA42" s="6">
+      <c r="BD42" s="6">
         <v>2651231.0</v>
       </c>
-      <c r="BB42" s="6">
+      <c r="BE42" s="6">
         <v>2541570.0</v>
       </c>
-      <c r="BC42" s="6">
+      <c r="BF42" s="6">
         <v>2557650.0</v>
       </c>
-      <c r="BD42" s="6">
+      <c r="BG42" s="6">
         <v>2556645.0</v>
       </c>
-      <c r="BE42" s="6">
+      <c r="BH42" s="6">
         <v>2450998.0</v>
       </c>
-      <c r="BF42" s="6">
+      <c r="BI42" s="6">
         <v>1137634.0</v>
       </c>
-      <c r="BG42" s="6">
+      <c r="BJ42" s="6">
         <v>23154560.0</v>
       </c>
-      <c r="BH42" s="6">
+      <c r="BK42" s="6">
         <v>16061505.0</v>
       </c>
-      <c r="BI42" s="6">
+      <c r="BL42" s="6">
         <v>16030390.0</v>
       </c>
-      <c r="BJ42" s="6">
+      <c r="BM42" s="6">
         <v>15255854.0</v>
       </c>
-      <c r="BK42" s="6">
+      <c r="BN42" s="6">
         <v>15285873.0</v>
       </c>
-      <c r="BL42" s="6">
+      <c r="BO42" s="6">
         <v>15505768.0</v>
       </c>
-      <c r="BM42" s="6">
+      <c r="BP42" s="6">
         <v>14727923.0</v>
       </c>
-      <c r="BN42" s="6">
+      <c r="BQ42" s="6">
         <v>14736010.0</v>
       </c>
-      <c r="BO42" s="6">
+      <c r="BR42" s="6">
         <v>15955127.0</v>
       </c>
-      <c r="BP42" s="6">
+      <c r="BS42" s="6">
         <v>15755028.0</v>
       </c>
-      <c r="BQ42" s="6">
+      <c r="BT42" s="6">
         <v>15155288.0</v>
       </c>
-      <c r="BR42" s="6">
+      <c r="BU42" s="6">
         <v>9774925.0</v>
       </c>
-      <c r="BS42" s="6">
+      <c r="BV42" s="6">
         <v>19742333.0</v>
       </c>
-      <c r="BT42" s="6">
+      <c r="BW42" s="6">
         <v>13577084.0</v>
       </c>
-      <c r="BU42" s="6">
+      <c r="BX42" s="6">
         <v>13838759.0</v>
       </c>
-      <c r="BV42" s="6">
+      <c r="BY42" s="6">
         <v>13102181.0</v>
       </c>
-      <c r="BW42" s="6">
+      <c r="BZ42" s="6">
         <v>13513960.0</v>
       </c>
-      <c r="BX42" s="6">
+      <c r="CA42" s="6">
         <v>13699580.0</v>
       </c>
-      <c r="BY42" s="6">
+      <c r="CB42" s="6">
         <v>13576584.0</v>
       </c>
-      <c r="BZ42" s="6">
+      <c r="CC42" s="6">
         <v>13432392.0</v>
       </c>
-      <c r="CA42" s="6">
+      <c r="CD42" s="6">
         <v>14420400.0</v>
       </c>
-      <c r="CB42" s="6">
+      <c r="CE42" s="6">
         <v>14532614.0</v>
       </c>
-      <c r="CC42" s="6">
+      <c r="CF42" s="6">
         <v>12772479.0</v>
       </c>
-      <c r="CD42" s="6">
+      <c r="CG42" s="6">
         <v>5808466.0</v>
       </c>
     </row>
-    <row r="43" spans="1:82">
+    <row r="43" spans="1:85">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C43" s="6">
-        <v>3304.0</v>
+        <v>3292.0</v>
       </c>
       <c r="D43" s="6">
-        <v>3327.0</v>
+        <v>3329.0</v>
       </c>
       <c r="E43" s="6">
-        <v>3338.0</v>
+        <v>3326.0</v>
       </c>
       <c r="F43" s="6">
+        <v>3337.0</v>
+      </c>
+      <c r="G43" s="6">
+        <v>3346.0</v>
+      </c>
+      <c r="H43" s="6">
         <v>3348.0</v>
       </c>
-      <c r="G43" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="I43" s="6">
-        <v>3341.0</v>
+        <v>3357.0</v>
       </c>
       <c r="J43" s="6">
-        <v>3336.0</v>
+        <v>3354.0</v>
       </c>
       <c r="K43" s="6">
-        <v>3395.0</v>
+        <v>3362.0</v>
       </c>
       <c r="L43" s="6">
-        <v>3339.0</v>
+        <v>3351.0</v>
       </c>
       <c r="M43" s="6">
+        <v>3346.0</v>
+      </c>
+      <c r="N43" s="6">
+        <v>3397.0</v>
+      </c>
+      <c r="O43" s="6">
+        <v>3342.0</v>
+      </c>
+      <c r="P43" s="6">
+        <v>3360.0</v>
+      </c>
+      <c r="Q43" s="6">
         <v>3356.0</v>
       </c>
-      <c r="N43" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="R43" s="6">
-        <v>3402.0</v>
+        <v>3357.0</v>
       </c>
       <c r="S43" s="6">
-        <v>3449.0</v>
+        <v>3366.0</v>
       </c>
       <c r="T43" s="6">
+        <v>3365.0</v>
+      </c>
+      <c r="U43" s="6">
+        <v>3405.0</v>
+      </c>
+      <c r="V43" s="6">
         <v>3452.0</v>
       </c>
-      <c r="U43" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="W43" s="6">
+        <v>3455.0</v>
+      </c>
+      <c r="X43" s="6">
+        <v>3462.0</v>
+      </c>
+      <c r="Y43" s="6">
+        <v>3481.0</v>
+      </c>
+      <c r="Z43" s="6">
         <v>3224.0</v>
       </c>
-      <c r="X43" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AA43" s="6">
-        <v>3096.0</v>
+        <v>3195.0</v>
       </c>
       <c r="AB43" s="6">
-        <v>3083.0</v>
+        <v>3165.0</v>
       </c>
       <c r="AC43" s="6">
+        <v>3133.0</v>
+      </c>
+      <c r="AD43" s="6">
+        <v>3098.0</v>
+      </c>
+      <c r="AE43" s="6">
+        <v>3084.0</v>
+      </c>
+      <c r="AF43" s="6">
         <v>3076.0</v>
       </c>
-      <c r="AD43" s="6">
+      <c r="AG43" s="6">
         <v>3093.0</v>
       </c>
-      <c r="AE43" s="6">
+      <c r="AH43" s="6">
         <v>3086.0</v>
       </c>
-      <c r="AF43" s="6">
+      <c r="AI43" s="6">
         <v>3075.0</v>
       </c>
-      <c r="AG43" s="6">
+      <c r="AJ43" s="6">
         <v>3069.0</v>
       </c>
-      <c r="AH43" s="6">
+      <c r="AK43" s="6">
         <v>3063.0</v>
       </c>
-      <c r="AI43" s="6">
-[...2 lines deleted...]
-      <c r="AJ43" s="6">
+      <c r="AL43" s="6">
+        <v>3035.0</v>
+      </c>
+      <c r="AM43" s="6">
         <v>3005.0</v>
       </c>
-      <c r="AK43" s="6">
+      <c r="AN43" s="6">
         <v>3016.0</v>
       </c>
-      <c r="AL43" s="6">
+      <c r="AO43" s="6">
         <v>3015.0</v>
       </c>
-      <c r="AM43" s="6">
+      <c r="AP43" s="6">
         <v>3021.0</v>
       </c>
-      <c r="AN43" s="6">
+      <c r="AQ43" s="6">
         <v>3025.0</v>
       </c>
-      <c r="AO43" s="6">
+      <c r="AR43" s="6">
         <v>3023.0</v>
       </c>
-      <c r="AP43" s="6">
+      <c r="AS43" s="6">
         <v>3003.0</v>
       </c>
-      <c r="AQ43" s="6">
+      <c r="AT43" s="6">
         <v>2999.0</v>
       </c>
-      <c r="AR43" s="6">
+      <c r="AU43" s="6">
         <v>2983.0</v>
       </c>
-      <c r="AS43" s="6">
+      <c r="AV43" s="6">
         <v>2978.0</v>
       </c>
-      <c r="AT43" s="6">
+      <c r="AW43" s="6">
         <v>2981.0</v>
       </c>
-      <c r="AU43" s="6">
+      <c r="AX43" s="6">
         <v>2970.0</v>
       </c>
-      <c r="AV43" s="6">
+      <c r="AY43" s="6">
         <v>2938.0</v>
       </c>
-      <c r="AW43" s="6">
+      <c r="AZ43" s="6">
         <v>2930.0</v>
       </c>
-      <c r="AX43" s="6">
+      <c r="BA43" s="6">
         <v>2924.0</v>
       </c>
-      <c r="AY43" s="6">
+      <c r="BB43" s="6">
         <v>2917.0</v>
       </c>
-      <c r="AZ43" s="6">
+      <c r="BC43" s="6">
         <v>2918.0</v>
       </c>
-      <c r="BA43" s="6">
-[...2 lines deleted...]
-      <c r="BB43" s="6">
+      <c r="BD43" s="6">
+        <v>2918.0</v>
+      </c>
+      <c r="BE43" s="6">
         <v>2895.0</v>
       </c>
-      <c r="BC43" s="6">
+      <c r="BF43" s="6">
         <v>2879.0</v>
       </c>
-      <c r="BD43" s="6">
+      <c r="BG43" s="6">
         <v>2874.0</v>
       </c>
-      <c r="BE43" s="6">
+      <c r="BH43" s="6">
         <v>2848.0</v>
       </c>
-      <c r="BF43" s="6">
+      <c r="BI43" s="6">
         <v>2833.0</v>
       </c>
-      <c r="BG43" s="6">
+      <c r="BJ43" s="6">
         <v>1547.0</v>
       </c>
-      <c r="BH43" s="6">
+      <c r="BK43" s="6">
         <v>1532.0</v>
       </c>
-      <c r="BI43" s="6">
+      <c r="BL43" s="6">
         <v>1527.0</v>
       </c>
-      <c r="BJ43" s="6">
+      <c r="BM43" s="6">
         <v>1510.0</v>
       </c>
-      <c r="BK43" s="6">
+      <c r="BN43" s="6">
         <v>1503.0</v>
       </c>
-      <c r="BL43" s="6">
+      <c r="BO43" s="6">
         <v>1495.0</v>
       </c>
-      <c r="BM43" s="6">
+      <c r="BP43" s="6">
         <v>1498.0</v>
       </c>
-      <c r="BN43" s="6">
+      <c r="BQ43" s="6">
         <v>1489.0</v>
       </c>
-      <c r="BO43" s="6">
+      <c r="BR43" s="6">
         <v>1482.0</v>
       </c>
-      <c r="BP43" s="6">
+      <c r="BS43" s="6">
         <v>1487.0</v>
       </c>
-      <c r="BQ43" s="6">
+      <c r="BT43" s="6">
         <v>1486.0</v>
       </c>
-      <c r="BR43" s="6">
+      <c r="BU43" s="6">
         <v>1500.0</v>
       </c>
-      <c r="BS43" s="6">
+      <c r="BV43" s="6">
         <v>1507.0</v>
       </c>
-      <c r="BT43" s="6">
+      <c r="BW43" s="6">
         <v>1510.0</v>
       </c>
-      <c r="BU43" s="6">
+      <c r="BX43" s="6">
         <v>1506.0</v>
       </c>
-      <c r="BV43" s="6">
+      <c r="BY43" s="6">
         <v>1504.0</v>
       </c>
-      <c r="BW43" s="6">
+      <c r="BZ43" s="6">
         <v>1499.0</v>
       </c>
-      <c r="BX43" s="6">
+      <c r="CA43" s="6">
         <v>1493.0</v>
       </c>
-      <c r="BY43" s="6">
+      <c r="CB43" s="6">
         <v>1488.0</v>
       </c>
-      <c r="BZ43" s="6">
+      <c r="CC43" s="6">
         <v>1488.0</v>
       </c>
-      <c r="CA43" s="6">
+      <c r="CD43" s="6">
         <v>1483.0</v>
       </c>
-      <c r="CB43" s="6">
+      <c r="CE43" s="6">
         <v>1474.0</v>
       </c>
-      <c r="CC43" s="6">
+      <c r="CF43" s="6">
         <v>1474.0</v>
       </c>
-      <c r="CD43" s="6">
+      <c r="CG43" s="6">
         <v>1474.0</v>
       </c>
     </row>
-    <row r="44" spans="1:82">
+    <row r="44" spans="1:85">
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C44" s="6">
-        <v>164301914.0</v>
+        <v>164850424.0</v>
       </c>
       <c r="D44" s="6">
-        <v>172688463.0</v>
+        <v>165679830.0</v>
       </c>
       <c r="E44" s="6">
-        <v>164095770.0</v>
+        <v>162540739.0</v>
       </c>
       <c r="F44" s="6">
-        <v>169287377.0</v>
+        <v>164926944.0</v>
       </c>
       <c r="G44" s="6">
-        <v>185645399.0</v>
+        <v>173505114.0</v>
       </c>
       <c r="H44" s="6">
-        <v>171692217.0</v>
+        <v>164773969.0</v>
       </c>
       <c r="I44" s="6">
-        <v>163873421.0</v>
+        <v>169667315.0</v>
       </c>
       <c r="J44" s="6">
-        <v>112257196.0</v>
+        <v>186318863.0</v>
       </c>
       <c r="K44" s="6">
-        <v>215642145.0</v>
+        <v>172344284.0</v>
       </c>
       <c r="L44" s="6">
-        <v>156435911.0</v>
+        <v>164518790.0</v>
       </c>
       <c r="M44" s="6">
-        <v>156701725.0</v>
+        <v>113037512.0</v>
       </c>
       <c r="N44" s="6">
-        <v>151790588.0</v>
+        <v>215650786.0</v>
       </c>
       <c r="O44" s="6">
-        <v>156808725.0</v>
+        <v>156434966.0</v>
       </c>
       <c r="P44" s="6">
+        <v>156809666.0</v>
+      </c>
+      <c r="Q44" s="6">
+        <v>151790615.0</v>
+      </c>
+      <c r="R44" s="6">
+        <v>156808750.0</v>
+      </c>
+      <c r="S44" s="6">
         <v>164953226.0</v>
       </c>
-      <c r="Q44" s="6">
+      <c r="T44" s="6">
         <v>157068419.0</v>
       </c>
-      <c r="R44" s="6">
+      <c r="U44" s="6">
         <v>159941346.0</v>
       </c>
-      <c r="S44" s="6">
+      <c r="V44" s="6">
         <v>175490642.0</v>
       </c>
-      <c r="T44" s="6">
-[...2 lines deleted...]
-      <c r="U44" s="6">
+      <c r="W44" s="6">
+        <v>168624620.0</v>
+      </c>
+      <c r="X44" s="6">
         <v>154603079.0</v>
       </c>
-      <c r="V44" s="6">
-[...2 lines deleted...]
-      <c r="W44" s="6">
+      <c r="Y44" s="6">
+        <v>109068320.0</v>
+      </c>
+      <c r="Z44" s="6">
         <v>198478136.0</v>
       </c>
-      <c r="X44" s="6">
+      <c r="AA44" s="6">
         <v>145426991.0</v>
       </c>
-      <c r="Y44" s="6">
+      <c r="AB44" s="6">
         <v>146941955.0</v>
       </c>
-      <c r="Z44" s="6">
+      <c r="AC44" s="6">
         <v>143093350.0</v>
       </c>
-      <c r="AA44" s="6">
+      <c r="AD44" s="6">
         <v>146587084.0</v>
       </c>
-      <c r="AB44" s="6">
+      <c r="AE44" s="6">
         <v>147106119.0</v>
       </c>
-      <c r="AC44" s="6">
+      <c r="AF44" s="6">
         <v>151683271.0</v>
       </c>
-      <c r="AD44" s="6">
+      <c r="AG44" s="6">
         <v>147451943.0</v>
       </c>
-      <c r="AE44" s="6">
+      <c r="AH44" s="6">
         <v>158676320.0</v>
       </c>
-      <c r="AF44" s="6">
+      <c r="AI44" s="6">
         <v>157234292.0</v>
       </c>
-      <c r="AG44" s="6">
+      <c r="AJ44" s="6">
         <v>140739521.0</v>
       </c>
-      <c r="AH44" s="6">
+      <c r="AK44" s="6">
         <v>114449053.0</v>
       </c>
-      <c r="AI44" s="6">
-[...2 lines deleted...]
-      <c r="AJ44" s="6">
+      <c r="AL44" s="6">
+        <v>178876491.0</v>
+      </c>
+      <c r="AM44" s="6">
         <v>129944261.0</v>
       </c>
-      <c r="AK44" s="6">
+      <c r="AN44" s="6">
         <v>129836085.0</v>
       </c>
-      <c r="AL44" s="6">
+      <c r="AO44" s="6">
         <v>125455345.0</v>
       </c>
-      <c r="AM44" s="6">
+      <c r="AP44" s="6">
         <v>126642394.0</v>
       </c>
-      <c r="AN44" s="6">
+      <c r="AQ44" s="6">
         <v>118070052.0</v>
       </c>
-      <c r="AO44" s="6">
+      <c r="AR44" s="6">
         <v>113772332.0</v>
       </c>
-      <c r="AP44" s="6">
+      <c r="AS44" s="6">
         <v>114010952.0</v>
       </c>
-      <c r="AQ44" s="6">
+      <c r="AT44" s="6">
         <v>115129840.0</v>
       </c>
-      <c r="AR44" s="6">
+      <c r="AU44" s="6">
         <v>116230386.0</v>
       </c>
-      <c r="AS44" s="6">
+      <c r="AV44" s="6">
         <v>103023488.0</v>
       </c>
-      <c r="AT44" s="6">
+      <c r="AW44" s="6">
         <v>70881530.0</v>
       </c>
-      <c r="AU44" s="6">
+      <c r="AX44" s="6">
         <v>146578299.0</v>
       </c>
-      <c r="AV44" s="6">
+      <c r="AY44" s="6">
         <v>94552592.0</v>
       </c>
-      <c r="AW44" s="6">
+      <c r="AZ44" s="6">
         <v>99620774.0</v>
       </c>
-      <c r="AX44" s="6">
+      <c r="BA44" s="6">
         <v>91650194.0</v>
       </c>
-      <c r="AY44" s="6">
+      <c r="BB44" s="6">
         <v>90799338.0</v>
       </c>
-      <c r="AZ44" s="6">
+      <c r="BC44" s="6">
         <v>89778539.0</v>
       </c>
-      <c r="BA44" s="6">
+      <c r="BD44" s="6">
         <v>88124636.0</v>
       </c>
-      <c r="BB44" s="6">
+      <c r="BE44" s="6">
         <v>85721543.0</v>
       </c>
-      <c r="BC44" s="6">
+      <c r="BF44" s="6">
         <v>91718843.0</v>
       </c>
-      <c r="BD44" s="6">
+      <c r="BG44" s="6">
         <v>89236482.0</v>
       </c>
-      <c r="BE44" s="6">
+      <c r="BH44" s="6">
         <v>79567923.0</v>
       </c>
-      <c r="BF44" s="6">
+      <c r="BI44" s="6">
         <v>55795330.0</v>
       </c>
-      <c r="BG44" s="6">
+      <c r="BJ44" s="6">
         <v>67247610.0</v>
       </c>
-      <c r="BH44" s="6">
+      <c r="BK44" s="6">
         <v>52952427.0</v>
       </c>
-      <c r="BI44" s="6">
+      <c r="BL44" s="6">
         <v>53468595.0</v>
       </c>
-      <c r="BJ44" s="6">
+      <c r="BM44" s="6">
         <v>50959781.0</v>
       </c>
-      <c r="BK44" s="6">
+      <c r="BN44" s="6">
         <v>50938263.0</v>
       </c>
-      <c r="BL44" s="6">
+      <c r="BO44" s="6">
         <v>56140176.0</v>
       </c>
-      <c r="BM44" s="6">
+      <c r="BP44" s="6">
         <v>53752294.0</v>
       </c>
-      <c r="BN44" s="6">
+      <c r="BQ44" s="6">
         <v>52120314.0</v>
       </c>
-      <c r="BO44" s="6">
+      <c r="BR44" s="6">
         <v>59261332.0</v>
       </c>
-      <c r="BP44" s="6">
+      <c r="BS44" s="6">
         <v>56756492.0</v>
       </c>
-      <c r="BQ44" s="6">
+      <c r="BT44" s="6">
         <v>56619090.0</v>
       </c>
-      <c r="BR44" s="6">
+      <c r="BU44" s="6">
         <v>37600211.0</v>
       </c>
-      <c r="BS44" s="6">
+      <c r="BV44" s="6">
         <v>60202050.0</v>
       </c>
-      <c r="BT44" s="6">
+      <c r="BW44" s="6">
         <v>46604678.0</v>
       </c>
-      <c r="BU44" s="6">
+      <c r="BX44" s="6">
         <v>46442502.0</v>
       </c>
-      <c r="BV44" s="6">
+      <c r="BY44" s="6">
         <v>44950765.0</v>
       </c>
-      <c r="BW44" s="6">
+      <c r="BZ44" s="6">
         <v>46072655.0</v>
       </c>
-      <c r="BX44" s="6">
+      <c r="CA44" s="6">
         <v>45857595.0</v>
       </c>
-      <c r="BY44" s="6">
+      <c r="CB44" s="6">
         <v>44275341.0</v>
       </c>
-      <c r="BZ44" s="6">
+      <c r="CC44" s="6">
         <v>46509384.0</v>
       </c>
-      <c r="CA44" s="6">
+      <c r="CD44" s="6">
         <v>49749210.0</v>
       </c>
-      <c r="CB44" s="6">
+      <c r="CE44" s="6">
         <v>47369101.0</v>
       </c>
-      <c r="CC44" s="6">
+      <c r="CF44" s="6">
         <v>46941254.0</v>
       </c>
-      <c r="CD44" s="6">
+      <c r="CG44" s="6">
         <v>27984164.0</v>
       </c>
     </row>
-    <row r="45" spans="1:82">
+    <row r="45" spans="1:85">
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C45" s="6">
-        <v>32429865.0</v>
+        <v>32734871.0</v>
       </c>
       <c r="D45" s="6">
-        <v>34003511.0</v>
+        <v>32747620.0</v>
       </c>
       <c r="E45" s="6">
-        <v>32251474.0</v>
+        <v>32146597.0</v>
       </c>
       <c r="F45" s="6">
-        <v>33207223.0</v>
+        <v>32579788.0</v>
       </c>
       <c r="G45" s="6">
-        <v>36381199.0</v>
+        <v>34191025.0</v>
       </c>
       <c r="H45" s="6">
-        <v>33589143.0</v>
+        <v>32428206.0</v>
       </c>
       <c r="I45" s="6">
-        <v>32052553.0</v>
+        <v>33287764.0</v>
       </c>
       <c r="J45" s="6">
-        <v>21669062.0</v>
+        <v>36515276.0</v>
       </c>
       <c r="K45" s="6">
-        <v>43516082.0</v>
+        <v>33716114.0</v>
       </c>
       <c r="L45" s="6">
-        <v>31047702.0</v>
+        <v>32197627.0</v>
       </c>
       <c r="M45" s="6">
-        <v>30994566.0</v>
+        <v>21808942.0</v>
       </c>
       <c r="N45" s="6">
-        <v>29899344.0</v>
+        <v>43517268.0</v>
       </c>
       <c r="O45" s="6">
+        <v>31047406.0</v>
+      </c>
+      <c r="P45" s="6">
+        <v>31016156.0</v>
+      </c>
+      <c r="Q45" s="6">
+        <v>29899326.0</v>
+      </c>
+      <c r="R45" s="6">
         <v>30949441.0</v>
       </c>
-      <c r="P45" s="6">
+      <c r="S45" s="6">
         <v>32524208.0</v>
       </c>
-      <c r="Q45" s="6">
+      <c r="T45" s="6">
         <v>30898679.0</v>
       </c>
-      <c r="R45" s="6">
+      <c r="U45" s="6">
         <v>31283503.0</v>
       </c>
-      <c r="S45" s="6">
+      <c r="V45" s="6">
         <v>34381326.0</v>
       </c>
-      <c r="T45" s="6">
-[...2 lines deleted...]
-      <c r="U45" s="6">
+      <c r="W45" s="6">
+        <v>32969332.0</v>
+      </c>
+      <c r="X45" s="6">
         <v>30158771.0</v>
       </c>
-      <c r="V45" s="6">
-[...2 lines deleted...]
-      <c r="W45" s="6">
+      <c r="Y45" s="6">
+        <v>21020143.0</v>
+      </c>
+      <c r="Z45" s="6">
         <v>40324049.0</v>
       </c>
-      <c r="X45" s="6">
+      <c r="AA45" s="6">
         <v>28920274.0</v>
       </c>
-      <c r="Y45" s="6">
+      <c r="AB45" s="6">
         <v>29156373.0</v>
       </c>
-      <c r="Z45" s="6">
+      <c r="AC45" s="6">
         <v>28280133.0</v>
       </c>
-      <c r="AA45" s="6">
+      <c r="AD45" s="6">
         <v>28952762.0</v>
       </c>
-      <c r="AB45" s="6">
+      <c r="AE45" s="6">
         <v>28927742.0</v>
       </c>
-      <c r="AC45" s="6">
+      <c r="AF45" s="6">
         <v>29846907.0</v>
       </c>
-      <c r="AD45" s="6">
+      <c r="AG45" s="6">
         <v>28859148.0</v>
       </c>
-      <c r="AE45" s="6">
+      <c r="AH45" s="6">
         <v>31078139.0</v>
       </c>
-      <c r="AF45" s="6">
+      <c r="AI45" s="6">
         <v>30729074.0</v>
       </c>
-      <c r="AG45" s="6">
+      <c r="AJ45" s="6">
         <v>27435496.0</v>
       </c>
-      <c r="AH45" s="6">
+      <c r="AK45" s="6">
         <v>22372817.0</v>
       </c>
-      <c r="AI45" s="6">
-[...2 lines deleted...]
-      <c r="AJ45" s="6">
+      <c r="AL45" s="6">
+        <v>36556932.0</v>
+      </c>
+      <c r="AM45" s="6">
         <v>25835201.0</v>
       </c>
-      <c r="AK45" s="6">
+      <c r="AN45" s="6">
         <v>25665708.0</v>
       </c>
-      <c r="AL45" s="6">
+      <c r="AO45" s="6">
         <v>24739708.0</v>
       </c>
-      <c r="AM45" s="6">
+      <c r="AP45" s="6">
         <v>24899261.0</v>
       </c>
-      <c r="AN45" s="6">
+      <c r="AQ45" s="6">
         <v>23110011.0</v>
       </c>
-      <c r="AO45" s="6">
+      <c r="AR45" s="6">
         <v>22287168.0</v>
       </c>
-      <c r="AP45" s="6">
+      <c r="AS45" s="6">
         <v>22295633.0</v>
       </c>
-      <c r="AQ45" s="6">
+      <c r="AT45" s="6">
         <v>22476097.0</v>
       </c>
-      <c r="AR45" s="6">
+      <c r="AU45" s="6">
         <v>22666182.0</v>
       </c>
-      <c r="AS45" s="6">
+      <c r="AV45" s="6">
         <v>20006678.0</v>
       </c>
-      <c r="AT45" s="6">
+      <c r="AW45" s="6">
         <v>13579009.0</v>
       </c>
-      <c r="AU45" s="6">
+      <c r="AX45" s="6">
         <v>29822296.0</v>
       </c>
-      <c r="AV45" s="6">
+      <c r="AY45" s="6">
         <v>18619358.0</v>
       </c>
-      <c r="AW45" s="6">
+      <c r="AZ45" s="6">
         <v>20068356.0</v>
       </c>
-      <c r="AX45" s="6">
+      <c r="BA45" s="6">
         <v>17886267.0</v>
       </c>
-      <c r="AY45" s="6">
+      <c r="BB45" s="6">
         <v>17746940.0</v>
       </c>
-      <c r="AZ45" s="6">
+      <c r="BC45" s="6">
         <v>17444766.0</v>
       </c>
-      <c r="BA45" s="6">
+      <c r="BD45" s="6">
         <v>17113031.0</v>
       </c>
-      <c r="BB45" s="6">
+      <c r="BE45" s="6">
         <v>16619577.0</v>
       </c>
-      <c r="BC45" s="6">
+      <c r="BF45" s="6">
         <v>17810017.0</v>
       </c>
-      <c r="BD45" s="6">
+      <c r="BG45" s="6">
         <v>17323295.0</v>
       </c>
-      <c r="BE45" s="6">
+      <c r="BH45" s="6">
         <v>15387129.0</v>
       </c>
-      <c r="BF45" s="6">
+      <c r="BI45" s="6">
         <v>10531517.0</v>
       </c>
-      <c r="BG45" s="6">
+      <c r="BJ45" s="6">
         <v>13208557.0</v>
       </c>
-      <c r="BH45" s="6">
+      <c r="BK45" s="6">
         <v>10259195.0</v>
       </c>
-      <c r="BI45" s="6">
+      <c r="BL45" s="6">
         <v>10318765.0</v>
       </c>
-      <c r="BJ45" s="6">
+      <c r="BM45" s="6">
         <v>8115521.0</v>
       </c>
-      <c r="BK45" s="6">
+      <c r="BN45" s="6">
         <v>9829125.0</v>
       </c>
-      <c r="BL45" s="6">
+      <c r="BO45" s="6">
         <v>10855417.0</v>
       </c>
-      <c r="BM45" s="6">
+      <c r="BP45" s="6">
         <v>10386378.0</v>
       </c>
-      <c r="BN45" s="6">
+      <c r="BQ45" s="6">
         <v>10090261.0</v>
       </c>
-      <c r="BO45" s="6">
+      <c r="BR45" s="6">
         <v>11422626.0</v>
       </c>
-      <c r="BP45" s="6">
+      <c r="BS45" s="6">
         <v>10907458.0</v>
       </c>
-      <c r="BQ45" s="6">
+      <c r="BT45" s="6">
         <v>10878176.0</v>
       </c>
-      <c r="BR45" s="6">
+      <c r="BU45" s="6">
         <v>7072905.0</v>
       </c>
-      <c r="BS45" s="6">
+      <c r="BV45" s="6">
         <v>11807282.0</v>
       </c>
-      <c r="BT45" s="6">
+      <c r="BW45" s="6">
         <v>9028551.0</v>
       </c>
-      <c r="BU45" s="6">
+      <c r="BX45" s="6">
         <v>8996774.0</v>
       </c>
-      <c r="BV45" s="6">
+      <c r="BY45" s="6">
         <v>8700521.0</v>
       </c>
-      <c r="BW45" s="6">
+      <c r="BZ45" s="6">
         <v>8879017.0</v>
       </c>
-      <c r="BX45" s="6">
+      <c r="CA45" s="6">
         <v>8900995.0</v>
       </c>
-      <c r="BY45" s="6">
+      <c r="CB45" s="6">
         <v>8445911.0</v>
       </c>
-      <c r="BZ45" s="6">
+      <c r="CC45" s="6">
         <v>8983457.0</v>
       </c>
-      <c r="CA45" s="6">
+      <c r="CD45" s="6">
         <v>9760979.0</v>
       </c>
-      <c r="CB45" s="6">
+      <c r="CE45" s="6">
         <v>9049635.0</v>
       </c>
-      <c r="CC45" s="6">
+      <c r="CF45" s="6">
         <v>9087578.0</v>
       </c>
-      <c r="CD45" s="6">
+      <c r="CG45" s="6">
         <v>5089133.0</v>
       </c>
     </row>
-    <row r="46" spans="1:82">
+    <row r="46" spans="1:85">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C46" s="6">
-        <v>2061.0</v>
+        <v>2081.0</v>
       </c>
       <c r="D46" s="6">
-        <v>2079.0</v>
+        <v>2098.0</v>
       </c>
       <c r="E46" s="6">
-        <v>2087.0</v>
+        <v>2096.0</v>
       </c>
       <c r="F46" s="6">
-        <v>2101.0</v>
+        <v>2093.0</v>
       </c>
       <c r="G46" s="6">
-        <v>2112.0</v>
+        <v>2097.0</v>
       </c>
       <c r="H46" s="6">
-        <v>2109.0</v>
+        <v>2107.0</v>
       </c>
       <c r="I46" s="6">
-        <v>2121.0</v>
+        <v>2118.0</v>
       </c>
       <c r="J46" s="6">
-        <v>2123.0</v>
+        <v>2129.0</v>
       </c>
       <c r="K46" s="6">
+        <v>2124.0</v>
+      </c>
+      <c r="L46" s="6">
+        <v>2135.0</v>
+      </c>
+      <c r="M46" s="6">
+        <v>2138.0</v>
+      </c>
+      <c r="N46" s="6">
         <v>2051.0</v>
       </c>
-      <c r="L46" s="6">
+      <c r="O46" s="6">
         <v>2046.0</v>
       </c>
-      <c r="M46" s="6">
+      <c r="P46" s="6">
         <v>2044.0</v>
       </c>
-      <c r="N46" s="6">
+      <c r="Q46" s="6">
         <v>2040.0</v>
       </c>
-      <c r="O46" s="6">
+      <c r="R46" s="6">
         <v>2043.0</v>
       </c>
-      <c r="P46" s="6">
+      <c r="S46" s="6">
         <v>2053.0</v>
       </c>
-      <c r="Q46" s="6">
-[...5 lines deleted...]
-      <c r="S46" s="6">
+      <c r="T46" s="6">
+        <v>2052.0</v>
+      </c>
+      <c r="U46" s="6">
+        <v>2046.0</v>
+      </c>
+      <c r="V46" s="6">
         <v>2047.0</v>
       </c>
-      <c r="T46" s="6">
+      <c r="W46" s="6">
         <v>2042.0</v>
       </c>
-      <c r="U46" s="6">
+      <c r="X46" s="6">
         <v>2044.0</v>
       </c>
-      <c r="V46" s="6">
+      <c r="Y46" s="6">
         <v>2042.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1839.0</v>
       </c>
       <c r="Z46" s="6">
         <v>1839.0</v>
       </c>
       <c r="AA46" s="6">
+        <v>1831.0</v>
+      </c>
+      <c r="AB46" s="6">
         <v>1839.0</v>
       </c>
-      <c r="AB46" s="6">
+      <c r="AC46" s="6">
+        <v>1839.0</v>
+      </c>
+      <c r="AD46" s="6">
+        <v>1839.0</v>
+      </c>
+      <c r="AE46" s="6">
         <v>1841.0</v>
       </c>
-      <c r="AC46" s="6">
+      <c r="AF46" s="6">
         <v>1831.0</v>
       </c>
-      <c r="AD46" s="6">
+      <c r="AG46" s="6">
         <v>1826.0</v>
       </c>
-      <c r="AE46" s="6">
+      <c r="AH46" s="6">
         <v>1823.0</v>
       </c>
-      <c r="AF46" s="6">
-[...2 lines deleted...]
-      <c r="AG46" s="6">
+      <c r="AI46" s="6">
+        <v>1823.0</v>
+      </c>
+      <c r="AJ46" s="6">
         <v>1803.0</v>
       </c>
-      <c r="AH46" s="6">
+      <c r="AK46" s="6">
         <v>1801.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1689.0</v>
       </c>
       <c r="AL46" s="6">
         <v>1684.0</v>
       </c>
       <c r="AM46" s="6">
+        <v>1678.0</v>
+      </c>
+      <c r="AN46" s="6">
+        <v>1689.0</v>
+      </c>
+      <c r="AO46" s="6">
+        <v>1684.0</v>
+      </c>
+      <c r="AP46" s="6">
         <v>1673.0</v>
       </c>
-      <c r="AN46" s="6">
+      <c r="AQ46" s="6">
         <v>1674.0</v>
       </c>
-      <c r="AO46" s="6">
+      <c r="AR46" s="6">
         <v>1677.0</v>
       </c>
-      <c r="AP46" s="6">
+      <c r="AS46" s="6">
         <v>1679.0</v>
       </c>
-      <c r="AQ46" s="6">
+      <c r="AT46" s="6">
         <v>1679.0</v>
       </c>
-      <c r="AR46" s="6">
+      <c r="AU46" s="6">
         <v>1678.0</v>
       </c>
-      <c r="AS46" s="6">
+      <c r="AV46" s="6">
         <v>1676.0</v>
       </c>
-      <c r="AT46" s="6">
+      <c r="AW46" s="6">
         <v>1686.0</v>
       </c>
-      <c r="AU46" s="6">
+      <c r="AX46" s="6">
         <v>1628.0</v>
       </c>
-      <c r="AV46" s="6">
+      <c r="AY46" s="6">
         <v>1622.0</v>
       </c>
-      <c r="AW46" s="6">
-[...2 lines deleted...]
-      <c r="AX46" s="6">
+      <c r="AZ46" s="6">
         <v>1625.0</v>
       </c>
-      <c r="AY46" s="6">
+      <c r="BA46" s="6">
+        <v>1625.0</v>
+      </c>
+      <c r="BB46" s="6">
         <v>1611.0</v>
       </c>
-      <c r="AZ46" s="6">
+      <c r="BC46" s="6">
         <v>1609.0</v>
       </c>
-      <c r="BA46" s="6">
+      <c r="BD46" s="6">
         <v>1616.0</v>
       </c>
-      <c r="BB46" s="6">
+      <c r="BE46" s="6">
         <v>1606.0</v>
       </c>
-      <c r="BC46" s="6">
+      <c r="BF46" s="6">
         <v>1598.0</v>
       </c>
-      <c r="BD46" s="6">
+      <c r="BG46" s="6">
         <v>1596.0</v>
       </c>
-      <c r="BE46" s="6">
+      <c r="BH46" s="6">
         <v>1584.0</v>
       </c>
-      <c r="BF46" s="6">
+      <c r="BI46" s="6">
         <v>1577.0</v>
       </c>
-      <c r="BG46" s="6">
+      <c r="BJ46" s="6">
         <v>6016.0</v>
       </c>
-      <c r="BH46" s="6">
+      <c r="BK46" s="6">
         <v>5989.0</v>
       </c>
-      <c r="BI46" s="6">
+      <c r="BL46" s="6">
         <v>5946.0</v>
       </c>
-      <c r="BJ46" s="6">
+      <c r="BM46" s="6">
         <v>5922.0</v>
       </c>
-      <c r="BK46" s="6">
+      <c r="BN46" s="6">
         <v>5900.0</v>
       </c>
-      <c r="BL46" s="6">
+      <c r="BO46" s="6">
         <v>5903.0</v>
       </c>
-      <c r="BM46" s="6">
+      <c r="BP46" s="6">
         <v>5891.0</v>
       </c>
-      <c r="BN46" s="6">
+      <c r="BQ46" s="6">
         <v>5886.0</v>
       </c>
-      <c r="BO46" s="6">
+      <c r="BR46" s="6">
         <v>5882.0</v>
       </c>
-      <c r="BP46" s="6">
+      <c r="BS46" s="6">
         <v>5884.0</v>
       </c>
-      <c r="BQ46" s="6">
+      <c r="BT46" s="6">
         <v>5889.0</v>
       </c>
-      <c r="BR46" s="6">
+      <c r="BU46" s="6">
         <v>5888.0</v>
       </c>
-      <c r="BS46" s="6">
+      <c r="BV46" s="6">
         <v>5785.0</v>
       </c>
-      <c r="BT46" s="6">
+      <c r="BW46" s="6">
         <v>5766.0</v>
       </c>
-      <c r="BU46" s="6">
+      <c r="BX46" s="6">
         <v>5762.0</v>
       </c>
-      <c r="BV46" s="6">
+      <c r="BY46" s="6">
         <v>5735.0</v>
       </c>
-      <c r="BW46" s="6">
+      <c r="BZ46" s="6">
         <v>5727.0</v>
       </c>
-      <c r="BX46" s="6">
+      <c r="CA46" s="6">
         <v>5732.0</v>
       </c>
-      <c r="BY46" s="6">
+      <c r="CB46" s="6">
         <v>5716.0</v>
       </c>
-      <c r="BZ46" s="6">
+      <c r="CC46" s="6">
         <v>5723.0</v>
       </c>
-      <c r="CA46" s="6">
+      <c r="CD46" s="6">
         <v>5715.0</v>
       </c>
-      <c r="CB46" s="6">
+      <c r="CE46" s="6">
         <v>5704.0</v>
       </c>
-      <c r="CC46" s="6">
+      <c r="CF46" s="6">
         <v>5697.0</v>
       </c>
-      <c r="CD46" s="6">
+      <c r="CG46" s="6">
         <v>5704.0</v>
       </c>
     </row>
-    <row r="47" spans="1:82">
+    <row r="47" spans="1:85">
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C47" s="6">
-        <v>91115146.0</v>
+        <v>92933681.0</v>
       </c>
       <c r="D47" s="6">
-        <v>94940859.0</v>
+        <v>94925557.0</v>
       </c>
       <c r="E47" s="6">
-        <v>93490529.0</v>
+        <v>91015233.0</v>
       </c>
       <c r="F47" s="6">
-        <v>93451108.0</v>
+        <v>91104352.0</v>
       </c>
       <c r="G47" s="6">
-        <v>110331380.0</v>
+        <v>94921362.0</v>
       </c>
       <c r="H47" s="6">
-        <v>104314855.0</v>
+        <v>93522354.0</v>
       </c>
       <c r="I47" s="6">
-        <v>91530609.0</v>
+        <v>93475158.0</v>
       </c>
       <c r="J47" s="6">
-        <v>69242087.0</v>
+        <v>110420596.0</v>
       </c>
       <c r="K47" s="6">
-        <v>111872369.0</v>
+        <v>104317816.0</v>
       </c>
       <c r="L47" s="6">
-        <v>89671108.0</v>
+        <v>91527088.0</v>
       </c>
       <c r="M47" s="6">
-        <v>91498696.0</v>
+        <v>69231121.0</v>
       </c>
       <c r="N47" s="6">
-        <v>87888592.0</v>
+        <v>111874553.0</v>
       </c>
       <c r="O47" s="6">
-        <v>88989761.0</v>
+        <v>89675228.0</v>
       </c>
       <c r="P47" s="6">
-        <v>90531090.0</v>
+        <v>91502155.0</v>
       </c>
       <c r="Q47" s="6">
-        <v>89350388.0</v>
+        <v>87891950.0</v>
       </c>
       <c r="R47" s="6">
-        <v>89310970.0</v>
+        <v>88998895.0</v>
       </c>
       <c r="S47" s="6">
-        <v>96323712.0</v>
+        <v>90532074.0</v>
       </c>
       <c r="T47" s="6">
+        <v>89350970.0</v>
+      </c>
+      <c r="U47" s="6">
+        <v>89311006.0</v>
+      </c>
+      <c r="V47" s="6">
+        <v>96326596.0</v>
+      </c>
+      <c r="W47" s="6">
         <v>104786383.0</v>
       </c>
-      <c r="U47" s="6">
-[...2 lines deleted...]
-      <c r="V47" s="6">
+      <c r="X47" s="6">
+        <v>89452525.0</v>
+      </c>
+      <c r="Y47" s="6">
         <v>65325603.0</v>
       </c>
-      <c r="W47" s="6">
+      <c r="Z47" s="6">
         <v>99474798.0</v>
       </c>
-      <c r="X47" s="6">
+      <c r="AA47" s="6">
         <v>81225365.0</v>
       </c>
-      <c r="Y47" s="6">
+      <c r="AB47" s="6">
         <v>81225396.0</v>
       </c>
-      <c r="Z47" s="6">
+      <c r="AC47" s="6">
         <v>79052710.0</v>
       </c>
-      <c r="AA47" s="6">
+      <c r="AD47" s="6">
         <v>78893012.0</v>
       </c>
-      <c r="AB47" s="6">
+      <c r="AE47" s="6">
         <v>79812434.0</v>
       </c>
-      <c r="AC47" s="6">
+      <c r="AF47" s="6">
         <v>79748631.0</v>
       </c>
-      <c r="AD47" s="6">
+      <c r="AG47" s="6">
         <v>77669252.0</v>
       </c>
-      <c r="AE47" s="6">
+      <c r="AH47" s="6">
         <v>85984941.0</v>
       </c>
-      <c r="AF47" s="6">
+      <c r="AI47" s="6">
         <v>91511527.0</v>
       </c>
-      <c r="AG47" s="6">
+      <c r="AJ47" s="6">
         <v>78632971.0</v>
       </c>
-      <c r="AH47" s="6">
+      <c r="AK47" s="6">
         <v>57547325.0</v>
       </c>
-      <c r="AI47" s="6">
+      <c r="AL47" s="6">
         <v>85321199.0</v>
       </c>
-      <c r="AJ47" s="6">
+      <c r="AM47" s="6">
         <v>69757607.0</v>
       </c>
-      <c r="AK47" s="6">
+      <c r="AN47" s="6">
         <v>66124677.0</v>
       </c>
-      <c r="AL47" s="6">
+      <c r="AO47" s="6">
         <v>63575861.0</v>
       </c>
-      <c r="AM47" s="6">
+      <c r="AP47" s="6">
         <v>64513542.0</v>
       </c>
-      <c r="AN47" s="6">
+      <c r="AQ47" s="6">
         <v>64334541.0</v>
       </c>
-      <c r="AO47" s="6">
+      <c r="AR47" s="6">
         <v>63435753.0</v>
       </c>
-      <c r="AP47" s="6">
+      <c r="AS47" s="6">
         <v>63394146.0</v>
       </c>
-      <c r="AQ47" s="6">
+      <c r="AT47" s="6">
         <v>70225673.0</v>
       </c>
-      <c r="AR47" s="6">
+      <c r="AU47" s="6">
         <v>69853860.0</v>
       </c>
-      <c r="AS47" s="6">
+      <c r="AV47" s="6">
         <v>62138482.0</v>
       </c>
-      <c r="AT47" s="6">
+      <c r="AW47" s="6">
         <v>43455565.0</v>
       </c>
-      <c r="AU47" s="6">
-[...2 lines deleted...]
-      <c r="AV47" s="6">
+      <c r="AX47" s="6">
+        <v>78060884.0</v>
+      </c>
+      <c r="AY47" s="6">
         <v>55374452.0</v>
       </c>
-      <c r="AW47" s="6">
+      <c r="AZ47" s="6">
         <v>56001346.0</v>
       </c>
-      <c r="AX47" s="6">
+      <c r="BA47" s="6">
         <v>53209323.0</v>
       </c>
-      <c r="AY47" s="6">
+      <c r="BB47" s="6">
         <v>53015285.0</v>
       </c>
-      <c r="AZ47" s="6">
+      <c r="BC47" s="6">
         <v>56930264.0</v>
       </c>
-      <c r="BA47" s="6">
+      <c r="BD47" s="6">
         <v>54613681.0</v>
       </c>
-      <c r="BB47" s="6">
+      <c r="BE47" s="6">
         <v>56869881.0</v>
       </c>
-      <c r="BC47" s="6">
+      <c r="BF47" s="6">
         <v>58774531.0</v>
       </c>
-      <c r="BD47" s="6">
+      <c r="BG47" s="6">
         <v>58177266.0</v>
       </c>
-      <c r="BE47" s="6">
+      <c r="BH47" s="6">
         <v>55095920.0</v>
       </c>
-      <c r="BF47" s="6">
+      <c r="BI47" s="6">
         <v>41976419.0</v>
       </c>
-      <c r="BG47" s="6">
+      <c r="BJ47" s="6">
         <v>26318680.0</v>
       </c>
-      <c r="BH47" s="6">
+      <c r="BK47" s="6">
         <v>16104245.0</v>
       </c>
-      <c r="BI47" s="6">
+      <c r="BL47" s="6">
         <v>16182481.0</v>
       </c>
-      <c r="BJ47" s="6">
+      <c r="BM47" s="6">
         <v>15712526.0</v>
       </c>
-      <c r="BK47" s="6">
+      <c r="BN47" s="6">
         <v>15874732.0</v>
       </c>
-      <c r="BL47" s="6">
+      <c r="BO47" s="6">
         <v>16010214.0</v>
       </c>
-      <c r="BM47" s="6">
+      <c r="BP47" s="6">
         <v>14764813.0</v>
       </c>
-      <c r="BN47" s="6">
+      <c r="BQ47" s="6">
         <v>14013766.0</v>
       </c>
-      <c r="BO47" s="6">
+      <c r="BR47" s="6">
         <v>15515886.0</v>
       </c>
-      <c r="BP47" s="6">
+      <c r="BS47" s="6">
         <v>16477315.0</v>
       </c>
-      <c r="BQ47" s="6">
+      <c r="BT47" s="6">
         <v>16005851.0</v>
       </c>
-      <c r="BR47" s="6">
+      <c r="BU47" s="6">
         <v>8176334.0</v>
       </c>
-      <c r="BS47" s="6">
+      <c r="BV47" s="6">
         <v>26336872.0</v>
       </c>
-      <c r="BT47" s="6">
+      <c r="BW47" s="6">
         <v>15926361.0</v>
       </c>
-      <c r="BU47" s="6">
+      <c r="BX47" s="6">
         <v>16343813.0</v>
       </c>
-      <c r="BV47" s="6">
+      <c r="BY47" s="6">
         <v>15621023.0</v>
       </c>
-      <c r="BW47" s="6">
+      <c r="BZ47" s="6">
         <v>16756235.0</v>
       </c>
-      <c r="BX47" s="6">
+      <c r="CA47" s="6">
         <v>16885727.0</v>
       </c>
-      <c r="BY47" s="6">
+      <c r="CB47" s="6">
         <v>16102110.0</v>
       </c>
-      <c r="BZ47" s="6">
+      <c r="CC47" s="6">
         <v>16251018.0</v>
       </c>
-      <c r="CA47" s="6">
+      <c r="CD47" s="6">
         <v>16352486.0</v>
       </c>
-      <c r="CB47" s="6">
+      <c r="CE47" s="6">
         <v>15547300.0</v>
       </c>
-      <c r="CC47" s="6">
+      <c r="CF47" s="6">
         <v>15708890.0</v>
       </c>
-      <c r="CD47" s="6">
+      <c r="CG47" s="6">
         <v>5794331.0</v>
       </c>
     </row>
-    <row r="48" spans="1:82">
+    <row r="48" spans="1:85">
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C48" s="6">
-        <v>18062754.0</v>
+        <v>18566538.0</v>
       </c>
       <c r="D48" s="6">
-        <v>18639739.0</v>
+        <v>18884901.0</v>
       </c>
       <c r="E48" s="6">
-        <v>18334448.0</v>
+        <v>18066939.0</v>
       </c>
       <c r="F48" s="6">
-        <v>18357383.0</v>
+        <v>18058735.0</v>
       </c>
       <c r="G48" s="6">
-        <v>21631133.0</v>
+        <v>18637531.0</v>
       </c>
       <c r="H48" s="6">
-        <v>20338550.0</v>
+        <v>18340083.0</v>
       </c>
       <c r="I48" s="6">
-        <v>17810245.0</v>
+        <v>18355839.0</v>
       </c>
       <c r="J48" s="6">
-        <v>13182922.0</v>
+        <v>21648034.0</v>
       </c>
       <c r="K48" s="6">
-        <v>22739382.0</v>
+        <v>20335305.0</v>
       </c>
       <c r="L48" s="6">
-        <v>17960648.0</v>
+        <v>17807805.0</v>
       </c>
       <c r="M48" s="6">
-        <v>18136426.0</v>
+        <v>13182042.0</v>
       </c>
       <c r="N48" s="6">
-        <v>17342065.0</v>
+        <v>22739344.0</v>
       </c>
       <c r="O48" s="6">
-        <v>17584055.0</v>
+        <v>17960801.0</v>
       </c>
       <c r="P48" s="6">
-        <v>17757926.0</v>
+        <v>18136557.0</v>
       </c>
       <c r="Q48" s="6">
-        <v>17479218.0</v>
+        <v>17342196.0</v>
       </c>
       <c r="R48" s="6">
-        <v>17429743.0</v>
+        <v>17585102.0</v>
       </c>
       <c r="S48" s="6">
-        <v>18794243.0</v>
+        <v>17757974.0</v>
       </c>
       <c r="T48" s="6">
+        <v>17479340.0</v>
+      </c>
+      <c r="U48" s="6">
+        <v>17429751.0</v>
+      </c>
+      <c r="V48" s="6">
+        <v>18794371.0</v>
+      </c>
+      <c r="W48" s="6">
         <v>20432907.0</v>
       </c>
-      <c r="U48" s="6">
-[...2 lines deleted...]
-      <c r="V48" s="6">
+      <c r="X48" s="6">
+        <v>17394674.0</v>
+      </c>
+      <c r="Y48" s="6">
         <v>12421707.0</v>
       </c>
-      <c r="W48" s="6">
+      <c r="Z48" s="6">
         <v>20307556.0</v>
       </c>
-      <c r="X48" s="6">
+      <c r="AA48" s="6">
         <v>16268677.0</v>
       </c>
-      <c r="Y48" s="6">
+      <c r="AB48" s="6">
         <v>16043573.0</v>
       </c>
-      <c r="Z48" s="6">
+      <c r="AC48" s="6">
         <v>15639055.0</v>
       </c>
-      <c r="AA48" s="6">
+      <c r="AD48" s="6">
         <v>15571157.0</v>
       </c>
-      <c r="AB48" s="6">
+      <c r="AE48" s="6">
         <v>15642690.0</v>
       </c>
-      <c r="AC48" s="6">
+      <c r="AF48" s="6">
         <v>15617031.0</v>
       </c>
-      <c r="AD48" s="6">
+      <c r="AG48" s="6">
         <v>15160237.0</v>
       </c>
-      <c r="AE48" s="6">
+      <c r="AH48" s="6">
         <v>16498078.0</v>
       </c>
-      <c r="AF48" s="6">
+      <c r="AI48" s="6">
         <v>17864997.0</v>
       </c>
-      <c r="AG48" s="6">
+      <c r="AJ48" s="6">
         <v>15339117.0</v>
       </c>
-      <c r="AH48" s="6">
+      <c r="AK48" s="6">
         <v>10959105.0</v>
       </c>
-      <c r="AI48" s="6">
+      <c r="AL48" s="6">
         <v>17338510.0</v>
       </c>
-      <c r="AJ48" s="6">
+      <c r="AM48" s="6">
         <v>13951820.0</v>
       </c>
-      <c r="AK48" s="6">
+      <c r="AN48" s="6">
         <v>13097361.0</v>
       </c>
-      <c r="AL48" s="6">
+      <c r="AO48" s="6">
         <v>12502099.0</v>
       </c>
-      <c r="AM48" s="6">
+      <c r="AP48" s="6">
         <v>12794691.0</v>
       </c>
-      <c r="AN48" s="6">
+      <c r="AQ48" s="6">
         <v>12593826.0</v>
       </c>
-      <c r="AO48" s="6">
+      <c r="AR48" s="6">
         <v>12369110.0</v>
       </c>
-      <c r="AP48" s="6">
+      <c r="AS48" s="6">
         <v>12353938.0</v>
       </c>
-      <c r="AQ48" s="6">
+      <c r="AT48" s="6">
         <v>13865563.0</v>
       </c>
-      <c r="AR48" s="6">
+      <c r="AU48" s="6">
         <v>13407846.0</v>
       </c>
-      <c r="AS48" s="6">
+      <c r="AV48" s="6">
         <v>12056559.0</v>
       </c>
-      <c r="AT48" s="6">
+      <c r="AW48" s="6">
         <v>8200639.0</v>
       </c>
-      <c r="AU48" s="6">
-[...2 lines deleted...]
-      <c r="AV48" s="6">
+      <c r="AX48" s="6">
+        <v>15713844.0</v>
+      </c>
+      <c r="AY48" s="6">
         <v>10888050.0</v>
       </c>
-      <c r="AW48" s="6">
+      <c r="AZ48" s="6">
         <v>10989246.0</v>
       </c>
-      <c r="AX48" s="6">
+      <c r="BA48" s="6">
         <v>10356667.0</v>
       </c>
-      <c r="AY48" s="6">
+      <c r="BB48" s="6">
         <v>10437440.0</v>
       </c>
-      <c r="AZ48" s="6">
+      <c r="BC48" s="6">
         <v>10975336.0</v>
       </c>
-      <c r="BA48" s="6">
+      <c r="BD48" s="6">
         <v>10569684.0</v>
       </c>
-      <c r="BB48" s="6">
+      <c r="BE48" s="6">
         <v>10938039.0</v>
       </c>
-      <c r="BC48" s="6">
+      <c r="BF48" s="6">
         <v>11316982.0</v>
       </c>
-      <c r="BD48" s="6">
+      <c r="BG48" s="6">
         <v>11148718.0</v>
       </c>
-      <c r="BE48" s="6">
+      <c r="BH48" s="6">
         <v>10578359.0</v>
       </c>
-      <c r="BF48" s="6">
+      <c r="BI48" s="6">
         <v>7826873.0</v>
       </c>
-      <c r="BG48" s="6">
+      <c r="BJ48" s="6">
         <v>4467589.0</v>
       </c>
-      <c r="BH48" s="6">
+      <c r="BK48" s="6">
         <v>2728785.0</v>
       </c>
-      <c r="BI48" s="6">
+      <c r="BL48" s="6">
         <v>2729650.0</v>
       </c>
-      <c r="BJ48" s="6">
+      <c r="BM48" s="6">
         <v>2639237.0</v>
       </c>
-      <c r="BK48" s="6">
+      <c r="BN48" s="6">
         <v>2665371.0</v>
       </c>
-      <c r="BL48" s="6">
+      <c r="BO48" s="6">
         <v>2711162.0</v>
       </c>
-      <c r="BM48" s="6">
+      <c r="BP48" s="6">
         <v>2489483.0</v>
       </c>
-      <c r="BN48" s="6">
+      <c r="BQ48" s="6">
         <v>2368558.0</v>
       </c>
-      <c r="BO48" s="6">
+      <c r="BR48" s="6">
         <v>2657828.0</v>
       </c>
-      <c r="BP48" s="6">
+      <c r="BS48" s="6">
         <v>2811297.0</v>
       </c>
-      <c r="BQ48" s="6">
+      <c r="BT48" s="6">
         <v>2726582.0</v>
       </c>
-      <c r="BR48" s="6">
+      <c r="BU48" s="6">
         <v>1377460.0</v>
       </c>
-      <c r="BS48" s="6">
+      <c r="BV48" s="6">
         <v>4656743.0</v>
       </c>
-      <c r="BT48" s="6">
+      <c r="BW48" s="6">
         <v>2775615.0</v>
       </c>
-      <c r="BU48" s="6">
+      <c r="BX48" s="6">
         <v>2846658.0</v>
       </c>
-      <c r="BV48" s="6">
+      <c r="BY48" s="6">
         <v>2705849.0</v>
       </c>
-      <c r="BW48" s="6">
+      <c r="BZ48" s="6">
         <v>2947393.0</v>
       </c>
-      <c r="BX48" s="6">
+      <c r="CA48" s="6">
         <v>2884033.0</v>
       </c>
-      <c r="BY48" s="6">
+      <c r="CB48" s="6">
         <v>2758922.0</v>
       </c>
-      <c r="BZ48" s="6">
+      <c r="CC48" s="6">
         <v>2821447.0</v>
       </c>
-      <c r="CA48" s="6">
+      <c r="CD48" s="6">
         <v>2809138.0</v>
       </c>
-      <c r="CB48" s="6">
+      <c r="CE48" s="6">
         <v>2647953.0</v>
       </c>
-      <c r="CC48" s="6">
+      <c r="CF48" s="6">
         <v>2678499.0</v>
       </c>
-      <c r="CD48" s="6">
+      <c r="CG48" s="6">
         <v>816646.0</v>
       </c>
     </row>
-    <row r="49" spans="1:82">
+    <row r="49" spans="1:85">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C49" s="6">
-        <v>7942.0</v>
+        <v>8002.0</v>
       </c>
       <c r="D49" s="6">
-        <v>7953.0</v>
+        <v>8010.0</v>
       </c>
       <c r="E49" s="6">
-        <v>7958.0</v>
+        <v>7988.0</v>
       </c>
       <c r="F49" s="6">
-        <v>7955.0</v>
+        <v>7985.0</v>
       </c>
       <c r="G49" s="6">
-        <v>7956.0</v>
+        <v>7976.0</v>
       </c>
       <c r="H49" s="6">
-        <v>7938.0</v>
+        <v>7971.0</v>
       </c>
       <c r="I49" s="6">
-        <v>7909.0</v>
+        <v>7965.0</v>
       </c>
       <c r="J49" s="6">
-        <v>7902.0</v>
+        <v>7965.0</v>
       </c>
       <c r="K49" s="6">
-        <v>6952.0</v>
+        <v>7949.0</v>
       </c>
       <c r="L49" s="6">
-        <v>6935.0</v>
+        <v>7919.0</v>
       </c>
       <c r="M49" s="6">
-        <v>6930.0</v>
+        <v>7910.0</v>
       </c>
       <c r="N49" s="6">
-        <v>6911.0</v>
+        <v>6954.0</v>
       </c>
       <c r="O49" s="6">
+        <v>6937.0</v>
+      </c>
+      <c r="P49" s="6">
+        <v>6932.0</v>
+      </c>
+      <c r="Q49" s="6">
+        <v>6912.0</v>
+      </c>
+      <c r="R49" s="6">
+        <v>6897.0</v>
+      </c>
+      <c r="S49" s="6">
         <v>6895.0</v>
       </c>
-      <c r="P49" s="6">
-[...8 lines deleted...]
-      <c r="S49" s="6">
+      <c r="T49" s="6">
+        <v>6885.0</v>
+      </c>
+      <c r="U49" s="6">
+        <v>6871.0</v>
+      </c>
+      <c r="V49" s="6">
         <v>6866.0</v>
       </c>
-      <c r="T49" s="6">
+      <c r="W49" s="6">
         <v>6866.0</v>
       </c>
-      <c r="U49" s="6">
+      <c r="X49" s="6">
         <v>6855.0</v>
       </c>
-      <c r="V49" s="6">
+      <c r="Y49" s="6">
         <v>6861.0</v>
       </c>
-      <c r="W49" s="6">
+      <c r="Z49" s="6">
         <v>6587.0</v>
       </c>
-      <c r="X49" s="6">
+      <c r="AA49" s="6">
         <v>6595.0</v>
       </c>
-      <c r="Y49" s="6">
+      <c r="AB49" s="6">
         <v>6577.0</v>
       </c>
-      <c r="Z49" s="6">
+      <c r="AC49" s="6">
         <v>6574.0</v>
       </c>
-      <c r="AA49" s="6">
+      <c r="AD49" s="6">
         <v>6562.0</v>
       </c>
-      <c r="AB49" s="6">
+      <c r="AE49" s="6">
         <v>6558.0</v>
       </c>
-      <c r="AC49" s="6">
-[...2 lines deleted...]
-      <c r="AD49" s="6">
+      <c r="AF49" s="6">
+        <v>6571.0</v>
+      </c>
+      <c r="AG49" s="6">
         <v>6564.0</v>
       </c>
-      <c r="AE49" s="6">
+      <c r="AH49" s="6">
         <v>6538.0</v>
       </c>
-      <c r="AF49" s="6">
+      <c r="AI49" s="6">
         <v>6545.0</v>
       </c>
-      <c r="AG49" s="6">
+      <c r="AJ49" s="6">
         <v>6530.0</v>
       </c>
-      <c r="AH49" s="6">
-[...2 lines deleted...]
-      <c r="AI49" s="6">
+      <c r="AK49" s="6">
+        <v>6539.0</v>
+      </c>
+      <c r="AL49" s="6">
         <v>6423.0</v>
       </c>
-      <c r="AJ49" s="6">
+      <c r="AM49" s="6">
         <v>6416.0</v>
       </c>
-      <c r="AK49" s="6">
+      <c r="AN49" s="6">
         <v>6419.0</v>
       </c>
-      <c r="AL49" s="6">
+      <c r="AO49" s="6">
         <v>6432.0</v>
       </c>
-      <c r="AM49" s="6">
+      <c r="AP49" s="6">
         <v>6423.0</v>
       </c>
-      <c r="AN49" s="6">
+      <c r="AQ49" s="6">
         <v>6418.0</v>
       </c>
-      <c r="AO49" s="6">
+      <c r="AR49" s="6">
         <v>6429.0</v>
       </c>
-      <c r="AP49" s="6">
+      <c r="AS49" s="6">
         <v>6386.0</v>
       </c>
-      <c r="AQ49" s="6">
+      <c r="AT49" s="6">
         <v>6359.0</v>
       </c>
-      <c r="AR49" s="6">
+      <c r="AU49" s="6">
         <v>6360.0</v>
       </c>
-      <c r="AS49" s="6">
+      <c r="AV49" s="6">
         <v>6359.0</v>
       </c>
-      <c r="AT49" s="6">
+      <c r="AW49" s="6">
         <v>6360.0</v>
       </c>
-      <c r="AU49" s="6">
-[...2 lines deleted...]
-      <c r="AV49" s="6">
+      <c r="AX49" s="6">
+        <v>6234.0</v>
+      </c>
+      <c r="AY49" s="6">
         <v>6237.0</v>
       </c>
-      <c r="AW49" s="6">
+      <c r="AZ49" s="6">
         <v>6231.0</v>
       </c>
-      <c r="AX49" s="6">
+      <c r="BA49" s="6">
         <v>6211.0</v>
       </c>
-      <c r="AY49" s="6">
+      <c r="BB49" s="6">
         <v>6201.0</v>
       </c>
-      <c r="AZ49" s="6">
+      <c r="BC49" s="6">
         <v>6190.0</v>
       </c>
-      <c r="BA49" s="6">
+      <c r="BD49" s="6">
         <v>6175.0</v>
       </c>
-      <c r="BB49" s="6">
+      <c r="BE49" s="6">
         <v>6144.0</v>
       </c>
-      <c r="BC49" s="6">
+      <c r="BF49" s="6">
         <v>6122.0</v>
       </c>
-      <c r="BD49" s="6">
+      <c r="BG49" s="6">
         <v>6079.0</v>
       </c>
-      <c r="BE49" s="6">
+      <c r="BH49" s="6">
         <v>6049.0</v>
       </c>
-      <c r="BF49" s="6">
+      <c r="BI49" s="6">
         <v>6019.0</v>
       </c>
-      <c r="BG49" s="6">
+      <c r="BJ49" s="6">
         <v>10221.0</v>
       </c>
-      <c r="BH49" s="6">
+      <c r="BK49" s="6">
         <v>10101.0</v>
       </c>
-      <c r="BI49" s="6">
+      <c r="BL49" s="6">
         <v>10080.0</v>
       </c>
-      <c r="BJ49" s="6">
+      <c r="BM49" s="6">
         <v>10045.0</v>
       </c>
-      <c r="BK49" s="6">
+      <c r="BN49" s="6">
         <v>9999.0</v>
       </c>
-      <c r="BL49" s="6">
+      <c r="BO49" s="6">
         <v>9982.0</v>
       </c>
-      <c r="BM49" s="6">
+      <c r="BP49" s="6">
         <v>9971.0</v>
       </c>
-      <c r="BN49" s="6">
+      <c r="BQ49" s="6">
         <v>9949.0</v>
       </c>
-      <c r="BO49" s="6">
+      <c r="BR49" s="6">
         <v>9929.0</v>
       </c>
-      <c r="BP49" s="6">
+      <c r="BS49" s="6">
         <v>9957.0</v>
       </c>
-      <c r="BQ49" s="6">
+      <c r="BT49" s="6">
         <v>9960.0</v>
       </c>
-      <c r="BR49" s="6">
+      <c r="BU49" s="6">
         <v>9923.0</v>
       </c>
-      <c r="BS49" s="6">
+      <c r="BV49" s="6">
         <v>10041.0</v>
       </c>
-      <c r="BT49" s="6">
+      <c r="BW49" s="6">
         <v>9964.0</v>
       </c>
-      <c r="BU49" s="6">
+      <c r="BX49" s="6">
         <v>9945.0</v>
       </c>
-      <c r="BV49" s="6">
+      <c r="BY49" s="6">
         <v>9906.0</v>
       </c>
-      <c r="BW49" s="6">
+      <c r="BZ49" s="6">
         <v>9884.0</v>
       </c>
-      <c r="BX49" s="6">
+      <c r="CA49" s="6">
         <v>9887.0</v>
       </c>
-      <c r="BY49" s="6">
+      <c r="CB49" s="6">
         <v>9833.0</v>
       </c>
-      <c r="BZ49" s="6">
+      <c r="CC49" s="6">
         <v>9807.0</v>
       </c>
-      <c r="CA49" s="6">
+      <c r="CD49" s="6">
         <v>9813.0</v>
       </c>
-      <c r="CB49" s="6">
+      <c r="CE49" s="6">
         <v>9795.0</v>
       </c>
-      <c r="CC49" s="6">
+      <c r="CF49" s="6">
         <v>9751.0</v>
       </c>
-      <c r="CD49" s="6">
+      <c r="CG49" s="6">
         <v>9762.0</v>
       </c>
     </row>
-    <row r="50" spans="1:82">
+    <row r="50" spans="1:85">
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C50" s="6">
-        <v>27418383.0</v>
+        <v>27147421.0</v>
       </c>
       <c r="D50" s="6">
-        <v>27530654.0</v>
+        <v>27393267.0</v>
       </c>
       <c r="E50" s="6">
-        <v>27630341.0</v>
+        <v>27202906.0</v>
       </c>
       <c r="F50" s="6">
-        <v>27605231.0</v>
+        <v>27497983.0</v>
       </c>
       <c r="G50" s="6">
-        <v>28112664.0</v>
+        <v>27466894.0</v>
       </c>
       <c r="H50" s="6">
-        <v>26167516.0</v>
+        <v>27308309.0</v>
       </c>
       <c r="I50" s="6">
-        <v>25904495.0</v>
+        <v>27411964.0</v>
       </c>
       <c r="J50" s="6">
-        <v>12460903.0</v>
+        <v>28026315.0</v>
       </c>
       <c r="K50" s="6">
-        <v>35344947.0</v>
+        <v>25916202.0</v>
       </c>
       <c r="L50" s="6">
-        <v>21722594.0</v>
+        <v>25806793.0</v>
       </c>
       <c r="M50" s="6">
+        <v>12471369.0</v>
+      </c>
+      <c r="N50" s="6">
+        <v>35358837.0</v>
+      </c>
+      <c r="O50" s="6">
+        <v>21729692.0</v>
+      </c>
+      <c r="P50" s="6">
         <v>21855101.0</v>
       </c>
-      <c r="N50" s="6">
+      <c r="Q50" s="6">
         <v>21412366.0</v>
       </c>
-      <c r="O50" s="6">
-[...2 lines deleted...]
-      <c r="P50" s="6">
+      <c r="R50" s="6">
+        <v>22000908.0</v>
+      </c>
+      <c r="S50" s="6">
         <v>21668378.0</v>
       </c>
-      <c r="Q50" s="6">
-[...2 lines deleted...]
-      <c r="R50" s="6">
+      <c r="T50" s="6">
+        <v>21684080.0</v>
+      </c>
+      <c r="U50" s="6">
         <v>21938546.0</v>
       </c>
-      <c r="S50" s="6">
+      <c r="V50" s="6">
         <v>22216226.0</v>
       </c>
-      <c r="T50" s="6">
+      <c r="W50" s="6">
         <v>21695393.0</v>
       </c>
-      <c r="U50" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="X50" s="6">
+        <v>21151970.0</v>
+      </c>
+      <c r="Y50" s="6">
+        <v>10084220.0</v>
+      </c>
+      <c r="Z50" s="6">
+        <v>34041573.0</v>
+      </c>
+      <c r="AA50" s="6">
         <v>19945569.0</v>
       </c>
-      <c r="Y50" s="6">
+      <c r="AB50" s="6">
         <v>20393335.0</v>
       </c>
-      <c r="Z50" s="6">
+      <c r="AC50" s="6">
         <v>19879239.0</v>
       </c>
-      <c r="AA50" s="6">
-[...2 lines deleted...]
-      <c r="AB50" s="6">
+      <c r="AD50" s="6">
+        <v>20438001.0</v>
+      </c>
+      <c r="AE50" s="6">
         <v>20516839.0</v>
       </c>
-      <c r="AC50" s="6">
+      <c r="AF50" s="6">
         <v>20845265.0</v>
       </c>
-      <c r="AD50" s="6">
+      <c r="AG50" s="6">
         <v>19749680.0</v>
       </c>
-      <c r="AE50" s="6">
+      <c r="AH50" s="6">
         <v>20661431.0</v>
       </c>
-      <c r="AF50" s="6">
+      <c r="AI50" s="6">
         <v>19557053.0</v>
       </c>
-      <c r="AG50" s="6">
+      <c r="AJ50" s="6">
         <v>19138702.0</v>
       </c>
-      <c r="AH50" s="6">
+      <c r="AK50" s="6">
         <v>8653944.0</v>
       </c>
-      <c r="AI50" s="6">
+      <c r="AL50" s="6">
         <v>33099627.0</v>
       </c>
-      <c r="AJ50" s="6">
+      <c r="AM50" s="6">
         <v>20276622.0</v>
       </c>
-      <c r="AK50" s="6">
+      <c r="AN50" s="6">
         <v>20842712.0</v>
       </c>
-      <c r="AL50" s="6">
+      <c r="AO50" s="6">
         <v>20421350.0</v>
       </c>
-      <c r="AM50" s="6">
+      <c r="AP50" s="6">
         <v>20958403.0</v>
       </c>
-      <c r="AN50" s="6">
+      <c r="AQ50" s="6">
         <v>20613506.0</v>
       </c>
-      <c r="AO50" s="6">
+      <c r="AR50" s="6">
         <v>20688272.0</v>
       </c>
-      <c r="AP50" s="6">
+      <c r="AS50" s="6">
         <v>19741028.0</v>
       </c>
-      <c r="AQ50" s="6">
+      <c r="AT50" s="6">
         <v>20458238.0</v>
       </c>
-      <c r="AR50" s="6">
+      <c r="AU50" s="6">
         <v>19419046.0</v>
       </c>
-      <c r="AS50" s="6">
+      <c r="AV50" s="6">
         <v>18967596.0</v>
       </c>
-      <c r="AT50" s="6">
+      <c r="AW50" s="6">
         <v>9333567.0</v>
       </c>
-      <c r="AU50" s="6">
+      <c r="AX50" s="6">
         <v>30494841.0</v>
       </c>
-      <c r="AV50" s="6">
+      <c r="AY50" s="6">
         <v>18286418.0</v>
       </c>
-      <c r="AW50" s="6">
+      <c r="AZ50" s="6">
         <v>18117234.0</v>
       </c>
-      <c r="AX50" s="6">
+      <c r="BA50" s="6">
         <v>17839232.0</v>
       </c>
-      <c r="AY50" s="6">
+      <c r="BB50" s="6">
         <v>18144650.0</v>
       </c>
-      <c r="AZ50" s="6">
+      <c r="BC50" s="6">
         <v>17896015.0</v>
       </c>
-      <c r="BA50" s="6">
+      <c r="BD50" s="6">
         <v>17603888.0</v>
       </c>
-      <c r="BB50" s="6">
+      <c r="BE50" s="6">
         <v>17187377.0</v>
       </c>
-      <c r="BC50" s="6">
+      <c r="BF50" s="6">
         <v>17697611.0</v>
       </c>
-      <c r="BD50" s="6">
+      <c r="BG50" s="6">
         <v>16934791.0</v>
       </c>
-      <c r="BE50" s="6">
+      <c r="BH50" s="6">
         <v>16259421.0</v>
       </c>
-      <c r="BF50" s="6">
+      <c r="BI50" s="6">
         <v>8098204.0</v>
       </c>
-      <c r="BG50" s="6">
+      <c r="BJ50" s="6">
         <v>135580635.0</v>
       </c>
-      <c r="BH50" s="6">
+      <c r="BK50" s="6">
         <v>84204492.0</v>
       </c>
-      <c r="BI50" s="6">
+      <c r="BL50" s="6">
         <v>83040072.0</v>
       </c>
-      <c r="BJ50" s="6">
+      <c r="BM50" s="6">
         <v>80630088.0</v>
       </c>
-      <c r="BK50" s="6">
+      <c r="BN50" s="6">
         <v>78903615.0</v>
       </c>
-      <c r="BL50" s="6">
+      <c r="BO50" s="6">
         <v>83596583.0</v>
       </c>
-      <c r="BM50" s="6">
+      <c r="BP50" s="6">
         <v>79606616.0</v>
       </c>
-      <c r="BN50" s="6">
+      <c r="BQ50" s="6">
         <v>74695296.0</v>
       </c>
-      <c r="BO50" s="6">
+      <c r="BR50" s="6">
         <v>80047190.0</v>
       </c>
-      <c r="BP50" s="6">
+      <c r="BS50" s="6">
         <v>82763961.0</v>
       </c>
-      <c r="BQ50" s="6">
+      <c r="BT50" s="6">
         <v>81487222.0</v>
       </c>
-      <c r="BR50" s="6">
+      <c r="BU50" s="6">
         <v>42254325.0</v>
       </c>
-      <c r="BS50" s="6">
+      <c r="BV50" s="6">
         <v>144815251.0</v>
       </c>
-      <c r="BT50" s="6">
+      <c r="BW50" s="6">
         <v>93644441.0</v>
       </c>
-      <c r="BU50" s="6">
+      <c r="BX50" s="6">
         <v>92394792.0</v>
       </c>
-      <c r="BV50" s="6">
+      <c r="BY50" s="6">
         <v>88017268.0</v>
       </c>
-      <c r="BW50" s="6">
+      <c r="BZ50" s="6">
         <v>83724752.0</v>
       </c>
-      <c r="BX50" s="6">
+      <c r="CA50" s="6">
         <v>82464195.0</v>
       </c>
-      <c r="BY50" s="6">
+      <c r="CB50" s="6">
         <v>106166572.0</v>
       </c>
-      <c r="BZ50" s="6">
+      <c r="CC50" s="6">
         <v>96657443.0</v>
       </c>
-      <c r="CA50" s="6">
+      <c r="CD50" s="6">
         <v>90032659.0</v>
       </c>
-      <c r="CB50" s="6">
+      <c r="CE50" s="6">
         <v>88751218.0</v>
       </c>
-      <c r="CC50" s="6">
+      <c r="CF50" s="6">
         <v>86143081.0</v>
       </c>
-      <c r="CD50" s="6">
+      <c r="CG50" s="6">
         <v>44143494.0</v>
       </c>
     </row>
-    <row r="51" spans="1:82">
+    <row r="51" spans="1:85">
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C51" s="6">
-        <v>4733882.0</v>
+        <v>4684441.0</v>
       </c>
       <c r="D51" s="6">
-        <v>4719494.0</v>
+        <v>4738920.0</v>
       </c>
       <c r="E51" s="6">
-        <v>4777790.0</v>
+        <v>4697221.0</v>
       </c>
       <c r="F51" s="6">
-        <v>4766272.0</v>
+        <v>4745458.0</v>
       </c>
       <c r="G51" s="6">
-        <v>4845036.0</v>
+        <v>4701792.0</v>
       </c>
       <c r="H51" s="6">
-        <v>4461436.0</v>
+        <v>4695806.0</v>
       </c>
       <c r="I51" s="6">
-        <v>4401528.0</v>
+        <v>4709116.0</v>
       </c>
       <c r="J51" s="6">
-        <v>2078614.0</v>
+        <v>4824430.0</v>
       </c>
       <c r="K51" s="6">
-        <v>6251369.0</v>
+        <v>4404803.0</v>
       </c>
       <c r="L51" s="6">
-        <v>3740477.0</v>
+        <v>4379976.0</v>
       </c>
       <c r="M51" s="6">
+        <v>2079958.0</v>
+      </c>
+      <c r="N51" s="6">
+        <v>6254265.0</v>
+      </c>
+      <c r="O51" s="6">
+        <v>3741897.0</v>
+      </c>
+      <c r="P51" s="6">
         <v>3754928.0</v>
       </c>
-      <c r="N51" s="6">
+      <c r="Q51" s="6">
         <v>3662224.0</v>
       </c>
-      <c r="O51" s="6">
-[...2 lines deleted...]
-      <c r="P51" s="6">
+      <c r="R51" s="6">
+        <v>3773504.0</v>
+      </c>
+      <c r="S51" s="6">
         <v>3675910.0</v>
       </c>
-      <c r="Q51" s="6">
-[...5 lines deleted...]
-      <c r="S51" s="6">
+      <c r="T51" s="6">
+        <v>3680781.0</v>
+      </c>
+      <c r="U51" s="6">
+        <v>3709011.0</v>
+      </c>
+      <c r="V51" s="6">
         <v>3794648.0</v>
       </c>
-      <c r="T51" s="6">
+      <c r="W51" s="6">
         <v>3649976.0</v>
       </c>
-      <c r="U51" s="6">
+      <c r="X51" s="6">
         <v>3556110.0</v>
       </c>
-      <c r="V51" s="6">
+      <c r="Y51" s="6">
         <v>1674958.0</v>
       </c>
-      <c r="W51" s="6">
-[...2 lines deleted...]
-      <c r="X51" s="6">
+      <c r="Z51" s="6">
+        <v>6148791.0</v>
+      </c>
+      <c r="AA51" s="6">
         <v>3424409.0</v>
       </c>
-      <c r="Y51" s="6">
+      <c r="AB51" s="6">
         <v>3490415.0</v>
       </c>
-      <c r="Z51" s="6">
+      <c r="AC51" s="6">
         <v>3409761.0</v>
       </c>
-      <c r="AA51" s="6">
-[...2 lines deleted...]
-      <c r="AB51" s="6">
+      <c r="AD51" s="6">
+        <v>3458216.0</v>
+      </c>
+      <c r="AE51" s="6">
         <v>3468705.0</v>
       </c>
-      <c r="AC51" s="6">
+      <c r="AF51" s="6">
         <v>3532045.0</v>
       </c>
-      <c r="AD51" s="6">
+      <c r="AG51" s="6">
         <v>3306934.0</v>
       </c>
-      <c r="AE51" s="6">
+      <c r="AH51" s="6">
         <v>3507026.0</v>
       </c>
-      <c r="AF51" s="6">
+      <c r="AI51" s="6">
         <v>3264519.0</v>
       </c>
-      <c r="AG51" s="6">
+      <c r="AJ51" s="6">
         <v>3186746.0</v>
       </c>
-      <c r="AH51" s="6">
+      <c r="AK51" s="6">
         <v>1460044.0</v>
       </c>
-      <c r="AI51" s="6">
+      <c r="AL51" s="6">
         <v>5809675.0</v>
       </c>
-      <c r="AJ51" s="6">
+      <c r="AM51" s="6">
         <v>3445343.0</v>
       </c>
-      <c r="AK51" s="6">
+      <c r="AN51" s="6">
         <v>3545302.0</v>
       </c>
-      <c r="AL51" s="6">
+      <c r="AO51" s="6">
         <v>3457075.0</v>
       </c>
-      <c r="AM51" s="6">
+      <c r="AP51" s="6">
         <v>3542464.0</v>
       </c>
-      <c r="AN51" s="6">
+      <c r="AQ51" s="6">
         <v>3450431.0</v>
       </c>
-      <c r="AO51" s="6">
+      <c r="AR51" s="6">
         <v>3549487.0</v>
       </c>
-      <c r="AP51" s="6">
+      <c r="AS51" s="6">
         <v>3365076.0</v>
       </c>
-      <c r="AQ51" s="6">
+      <c r="AT51" s="6">
         <v>3507734.0</v>
       </c>
-      <c r="AR51" s="6">
+      <c r="AU51" s="6">
         <v>3301546.0</v>
       </c>
-      <c r="AS51" s="6">
+      <c r="AV51" s="6">
         <v>3205609.0</v>
       </c>
-      <c r="AT51" s="6">
+      <c r="AW51" s="6">
         <v>1597407.0</v>
       </c>
-      <c r="AU51" s="6">
+      <c r="AX51" s="6">
         <v>5405116.0</v>
       </c>
-      <c r="AV51" s="6">
+      <c r="AY51" s="6">
         <v>3153646.0</v>
       </c>
-      <c r="AW51" s="6">
+      <c r="AZ51" s="6">
         <v>3119794.0</v>
       </c>
-      <c r="AX51" s="6">
+      <c r="BA51" s="6">
         <v>3082876.0</v>
       </c>
-      <c r="AY51" s="6">
+      <c r="BB51" s="6">
         <v>3111266.0</v>
       </c>
-      <c r="AZ51" s="6">
+      <c r="BC51" s="6">
         <v>3037379.0</v>
       </c>
-      <c r="BA51" s="6">
+      <c r="BD51" s="6">
         <v>2982023.0</v>
       </c>
-      <c r="BB51" s="6">
+      <c r="BE51" s="6">
         <v>2898922.0</v>
       </c>
-      <c r="BC51" s="6">
+      <c r="BF51" s="6">
         <v>3008587.0</v>
       </c>
-      <c r="BD51" s="6">
+      <c r="BG51" s="6">
         <v>2851556.0</v>
       </c>
-      <c r="BE51" s="6">
+      <c r="BH51" s="6">
         <v>2726375.0</v>
       </c>
-      <c r="BF51" s="6">
+      <c r="BI51" s="6">
         <v>1373173.0</v>
       </c>
-      <c r="BG51" s="6">
+      <c r="BJ51" s="6">
         <v>25580027.0</v>
       </c>
-      <c r="BH51" s="6">
+      <c r="BK51" s="6">
         <v>15495764.0</v>
       </c>
-      <c r="BI51" s="6">
+      <c r="BL51" s="6">
         <v>15259927.0</v>
       </c>
-      <c r="BJ51" s="6">
+      <c r="BM51" s="6">
         <v>14815644.0</v>
       </c>
-      <c r="BK51" s="6">
+      <c r="BN51" s="6">
         <v>14470311.0</v>
       </c>
-      <c r="BL51" s="6">
+      <c r="BO51" s="6">
         <v>15318610.0</v>
       </c>
-      <c r="BM51" s="6">
+      <c r="BP51" s="6">
         <v>14605390.0</v>
       </c>
-      <c r="BN51" s="6">
+      <c r="BQ51" s="6">
         <v>13764024.0</v>
       </c>
-      <c r="BO51" s="6">
+      <c r="BR51" s="6">
         <v>14898206.0</v>
       </c>
-      <c r="BP51" s="6">
+      <c r="BS51" s="6">
         <v>15190548.0</v>
       </c>
-      <c r="BQ51" s="6">
+      <c r="BT51" s="6">
         <v>14975987.0</v>
       </c>
-      <c r="BR51" s="6">
+      <c r="BU51" s="6">
         <v>7507189.0</v>
       </c>
-      <c r="BS51" s="6">
+      <c r="BV51" s="6">
         <v>27353248.0</v>
       </c>
-      <c r="BT51" s="6">
+      <c r="BW51" s="6">
         <v>17222509.0</v>
       </c>
-      <c r="BU51" s="6">
+      <c r="BX51" s="6">
         <v>16925287.0</v>
       </c>
-      <c r="BV51" s="6">
+      <c r="BY51" s="6">
         <v>16105849.0</v>
       </c>
-      <c r="BW51" s="6">
+      <c r="BZ51" s="6">
         <v>15565779.0</v>
       </c>
-      <c r="BX51" s="6">
+      <c r="CA51" s="6">
         <v>15052002.0</v>
       </c>
-      <c r="BY51" s="6">
+      <c r="CB51" s="6">
         <v>19270751.0</v>
       </c>
-      <c r="BZ51" s="6">
+      <c r="CC51" s="6">
         <v>17567018.0</v>
       </c>
-      <c r="CA51" s="6">
+      <c r="CD51" s="6">
         <v>16336466.0</v>
       </c>
-      <c r="CB51" s="6">
+      <c r="CE51" s="6">
         <v>16034793.0</v>
       </c>
-      <c r="CC51" s="6">
+      <c r="CF51" s="6">
         <v>15562022.0</v>
       </c>
-      <c r="CD51" s="6">
+      <c r="CG51" s="6">
         <v>6897362.0</v>
       </c>
     </row>
-    <row r="52" spans="1:82">
+    <row r="52" spans="1:85">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C52" s="6">
-        <v>11199.0</v>
+        <v>11239.0</v>
       </c>
       <c r="D52" s="6">
-        <v>11259.0</v>
+        <v>11303.0</v>
       </c>
       <c r="E52" s="6">
-        <v>11259.0</v>
+        <v>11320.0</v>
       </c>
       <c r="F52" s="6">
+        <v>11301.0</v>
+      </c>
+      <c r="G52" s="6">
+        <v>11314.0</v>
+      </c>
+      <c r="H52" s="6">
+        <v>11298.0</v>
+      </c>
+      <c r="I52" s="6">
+        <v>11296.0</v>
+      </c>
+      <c r="J52" s="6">
+        <v>11303.0</v>
+      </c>
+      <c r="K52" s="6">
+        <v>11291.0</v>
+      </c>
+      <c r="L52" s="6">
         <v>11267.0</v>
       </c>
-      <c r="G52" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="M52" s="6">
+        <v>11253.0</v>
+      </c>
+      <c r="N52" s="6">
+        <v>11371.0</v>
+      </c>
+      <c r="O52" s="6">
+        <v>11202.0</v>
+      </c>
+      <c r="P52" s="6">
+        <v>11194.0</v>
+      </c>
+      <c r="Q52" s="6">
+        <v>11210.0</v>
+      </c>
+      <c r="R52" s="6">
+        <v>11190.0</v>
+      </c>
+      <c r="S52" s="6">
+        <v>11196.0</v>
+      </c>
+      <c r="T52" s="6">
         <v>11192.0</v>
       </c>
-      <c r="N52" s="6">
-[...19 lines deleted...]
-      </c>
       <c r="U52" s="6">
-        <v>11225.0</v>
+        <v>11222.0</v>
       </c>
       <c r="V52" s="6">
-        <v>11195.0</v>
+        <v>11222.0</v>
       </c>
       <c r="W52" s="6">
-        <v>10764.0</v>
+        <v>11215.0</v>
       </c>
       <c r="X52" s="6">
+        <v>11228.0</v>
+      </c>
+      <c r="Y52" s="6">
+        <v>11197.0</v>
+      </c>
+      <c r="Z52" s="6">
+        <v>10765.0</v>
+      </c>
+      <c r="AA52" s="6">
         <v>10694.0</v>
       </c>
-      <c r="Y52" s="6">
+      <c r="AB52" s="6">
         <v>10656.0</v>
       </c>
-      <c r="Z52" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AC52" s="6">
-        <v>10637.0</v>
+        <v>10639.0</v>
       </c>
       <c r="AD52" s="6">
-        <v>10620.0</v>
+        <v>10600.0</v>
       </c>
       <c r="AE52" s="6">
-        <v>10601.0</v>
+        <v>10597.0</v>
       </c>
       <c r="AF52" s="6">
+        <v>10639.0</v>
+      </c>
+      <c r="AG52" s="6">
+        <v>10623.0</v>
+      </c>
+      <c r="AH52" s="6">
+        <v>10602.0</v>
+      </c>
+      <c r="AI52" s="6">
         <v>10628.0</v>
       </c>
-      <c r="AG52" s="6">
+      <c r="AJ52" s="6">
         <v>10581.0</v>
       </c>
-      <c r="AH52" s="6">
+      <c r="AK52" s="6">
         <v>10566.0</v>
       </c>
-      <c r="AI52" s="6">
+      <c r="AL52" s="6">
         <v>10480.0</v>
       </c>
-      <c r="AJ52" s="6">
-[...2 lines deleted...]
-      <c r="AK52" s="6">
+      <c r="AM52" s="6">
         <v>10367.0</v>
       </c>
-      <c r="AL52" s="6">
+      <c r="AN52" s="6">
+        <v>10367.0</v>
+      </c>
+      <c r="AO52" s="6">
         <v>10376.0</v>
       </c>
-      <c r="AM52" s="6">
+      <c r="AP52" s="6">
         <v>10370.0</v>
       </c>
-      <c r="AN52" s="6">
+      <c r="AQ52" s="6">
         <v>10387.0</v>
       </c>
-      <c r="AO52" s="6">
+      <c r="AR52" s="6">
         <v>10369.0</v>
       </c>
-      <c r="AP52" s="6">
-[...2 lines deleted...]
-      <c r="AQ52" s="6">
+      <c r="AS52" s="6">
         <v>10374.0</v>
       </c>
-      <c r="AR52" s="6">
+      <c r="AT52" s="6">
+        <v>10374.0</v>
+      </c>
+      <c r="AU52" s="6">
         <v>10354.0</v>
       </c>
-      <c r="AS52" s="6">
+      <c r="AV52" s="6">
         <v>10333.0</v>
       </c>
-      <c r="AT52" s="6">
+      <c r="AW52" s="6">
         <v>10342.0</v>
       </c>
-      <c r="AU52" s="6">
+      <c r="AX52" s="6">
         <v>10332.0</v>
       </c>
-      <c r="AV52" s="6">
+      <c r="AY52" s="6">
         <v>10215.0</v>
       </c>
-      <c r="AW52" s="6">
-[...2 lines deleted...]
-      <c r="AX52" s="6">
+      <c r="AZ52" s="6">
+        <v>10200.0</v>
+      </c>
+      <c r="BA52" s="6">
         <v>10166.0</v>
       </c>
-      <c r="AY52" s="6">
+      <c r="BB52" s="6">
         <v>10125.0</v>
       </c>
-      <c r="AZ52" s="6">
+      <c r="BC52" s="6">
         <v>10134.0</v>
       </c>
-      <c r="BA52" s="6">
+      <c r="BD52" s="6">
         <v>10106.0</v>
       </c>
-      <c r="BB52" s="6">
+      <c r="BE52" s="6">
         <v>10034.0</v>
       </c>
-      <c r="BC52" s="6">
+      <c r="BF52" s="6">
         <v>10002.0</v>
       </c>
-      <c r="BD52" s="6">
+      <c r="BG52" s="6">
         <v>9952.0</v>
       </c>
-      <c r="BE52" s="6">
+      <c r="BH52" s="6">
         <v>9883.0</v>
       </c>
-      <c r="BF52" s="6">
+      <c r="BI52" s="6">
         <v>9861.0</v>
       </c>
-      <c r="BG52" s="6">
+      <c r="BJ52" s="6">
         <v>4066.0</v>
       </c>
-      <c r="BH52" s="6">
+      <c r="BK52" s="6">
         <v>4056.0</v>
       </c>
-      <c r="BI52" s="6">
+      <c r="BL52" s="6">
         <v>4052.0</v>
       </c>
-      <c r="BJ52" s="6">
+      <c r="BM52" s="6">
         <v>4044.0</v>
       </c>
-      <c r="BK52" s="6">
+      <c r="BN52" s="6">
         <v>4036.0</v>
       </c>
-      <c r="BL52" s="6">
+      <c r="BO52" s="6">
         <v>4033.0</v>
       </c>
-      <c r="BM52" s="6">
+      <c r="BP52" s="6">
         <v>4026.0</v>
       </c>
-      <c r="BN52" s="6">
+      <c r="BQ52" s="6">
         <v>4013.0</v>
       </c>
-      <c r="BO52" s="6">
+      <c r="BR52" s="6">
         <v>4011.0</v>
       </c>
-      <c r="BP52" s="6">
+      <c r="BS52" s="6">
         <v>4020.0</v>
       </c>
-      <c r="BQ52" s="6">
+      <c r="BT52" s="6">
         <v>4008.0</v>
       </c>
-      <c r="BR52" s="6">
+      <c r="BU52" s="6">
         <v>3992.0</v>
       </c>
-      <c r="BS52" s="6">
+      <c r="BV52" s="6">
         <v>3984.0</v>
       </c>
-      <c r="BT52" s="6">
+      <c r="BW52" s="6">
         <v>3976.0</v>
       </c>
-      <c r="BU52" s="6">
+      <c r="BX52" s="6">
         <v>3980.0</v>
       </c>
-      <c r="BV52" s="6">
+      <c r="BY52" s="6">
         <v>3961.0</v>
       </c>
-      <c r="BW52" s="6">
+      <c r="BZ52" s="6">
         <v>3941.0</v>
       </c>
-      <c r="BX52" s="6">
+      <c r="CA52" s="6">
         <v>3938.0</v>
       </c>
-      <c r="BY52" s="6">
+      <c r="CB52" s="6">
         <v>3939.0</v>
       </c>
-      <c r="BZ52" s="6">
+      <c r="CC52" s="6">
         <v>3943.0</v>
       </c>
-      <c r="CA52" s="6">
+      <c r="CD52" s="6">
         <v>3929.0</v>
       </c>
-      <c r="CB52" s="6">
+      <c r="CE52" s="6">
         <v>3902.0</v>
       </c>
-      <c r="CC52" s="6">
+      <c r="CF52" s="6">
         <v>3894.0</v>
       </c>
-      <c r="CD52" s="6">
+      <c r="CG52" s="6">
         <v>3877.0</v>
       </c>
     </row>
-    <row r="53" spans="1:82">
+    <row r="53" spans="1:85">
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C53" s="6">
-        <v>149283602.0</v>
+        <v>151132522.0</v>
       </c>
       <c r="D53" s="6">
-        <v>150965177.0</v>
+        <v>150345475.0</v>
       </c>
       <c r="E53" s="6">
-        <v>156669047.0</v>
+        <v>146577889.0</v>
       </c>
       <c r="F53" s="6">
-        <v>154666475.0</v>
+        <v>149910887.0</v>
       </c>
       <c r="G53" s="6">
-        <v>151804571.0</v>
+        <v>150654974.0</v>
       </c>
       <c r="H53" s="6">
-        <v>151777713.0</v>
+        <v>156823267.0</v>
       </c>
       <c r="I53" s="6">
-        <v>146976517.0</v>
+        <v>154684763.0</v>
       </c>
       <c r="J53" s="6">
-        <v>80662634.0</v>
+        <v>151771810.0</v>
       </c>
       <c r="K53" s="6">
-        <v>230612367.0</v>
+        <v>151898876.0</v>
       </c>
       <c r="L53" s="6">
-        <v>147653215.0</v>
+        <v>146965208.0</v>
       </c>
       <c r="M53" s="6">
-        <v>146045208.0</v>
+        <v>80555647.0</v>
       </c>
       <c r="N53" s="6">
-        <v>140493477.0</v>
+        <v>230632789.0</v>
       </c>
       <c r="O53" s="6">
-        <v>148043438.0</v>
+        <v>147649334.0</v>
       </c>
       <c r="P53" s="6">
-        <v>144608247.0</v>
+        <v>146044777.0</v>
       </c>
       <c r="Q53" s="6">
-        <v>150325794.0</v>
+        <v>140492704.0</v>
       </c>
       <c r="R53" s="6">
-        <v>151577738.0</v>
+        <v>148031522.0</v>
       </c>
       <c r="S53" s="6">
-        <v>149165417.0</v>
+        <v>144594631.0</v>
       </c>
       <c r="T53" s="6">
-        <v>145908226.0</v>
+        <v>150310947.0</v>
       </c>
       <c r="U53" s="6">
-        <v>142216279.0</v>
+        <v>151568764.0</v>
       </c>
       <c r="V53" s="6">
-        <v>73250062.0</v>
+        <v>149160724.0</v>
       </c>
       <c r="W53" s="6">
-        <v>207486108.0</v>
+        <v>145896993.0</v>
       </c>
       <c r="X53" s="6">
-        <v>131156510.0</v>
+        <v>142209313.0</v>
       </c>
       <c r="Y53" s="6">
-        <v>131222949.0</v>
+        <v>73247470.0</v>
       </c>
       <c r="Z53" s="6">
-        <v>129161967.0</v>
+        <v>207495261.0</v>
       </c>
       <c r="AA53" s="6">
-        <v>130134800.0</v>
+        <v>131154404.0</v>
       </c>
       <c r="AB53" s="6">
-        <v>130030152.0</v>
+        <v>131222387.0</v>
       </c>
       <c r="AC53" s="6">
-        <v>138484273.0</v>
+        <v>129161400.0</v>
       </c>
       <c r="AD53" s="6">
-        <v>131510184.0</v>
+        <v>130134616.0</v>
       </c>
       <c r="AE53" s="6">
-        <v>128140430.0</v>
+        <v>130029996.0</v>
       </c>
       <c r="AF53" s="6">
-        <v>130671593.0</v>
+        <v>138484117.0</v>
       </c>
       <c r="AG53" s="6">
-        <v>122668949.0</v>
+        <v>131510028.0</v>
       </c>
       <c r="AH53" s="6">
-        <v>65496045.0</v>
+        <v>128140274.0</v>
       </c>
       <c r="AI53" s="6">
+        <v>130671437.0</v>
+      </c>
+      <c r="AJ53" s="6">
+        <v>122668409.0</v>
+      </c>
+      <c r="AK53" s="6">
+        <v>65495505.0</v>
+      </c>
+      <c r="AL53" s="6">
         <v>187031644.0</v>
       </c>
-      <c r="AJ53" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AM53" s="6">
+        <v>118919535.0</v>
+      </c>
+      <c r="AN53" s="6">
+        <v>116344050.0</v>
+      </c>
+      <c r="AO53" s="6">
+        <v>115966507.0</v>
+      </c>
+      <c r="AP53" s="6">
         <v>115877523.0</v>
       </c>
-      <c r="AN53" s="6">
+      <c r="AQ53" s="6">
         <v>116532619.0</v>
       </c>
-      <c r="AO53" s="6">
+      <c r="AR53" s="6">
         <v>124320133.0</v>
       </c>
-      <c r="AP53" s="6">
+      <c r="AS53" s="6">
         <v>120029021.0</v>
       </c>
-      <c r="AQ53" s="6">
+      <c r="AT53" s="6">
         <v>113832871.0</v>
       </c>
-      <c r="AR53" s="6">
+      <c r="AU53" s="6">
         <v>113657725.0</v>
       </c>
-      <c r="AS53" s="6">
+      <c r="AV53" s="6">
         <v>106332022.0</v>
       </c>
-      <c r="AT53" s="6">
+      <c r="AW53" s="6">
         <v>55719371.0</v>
       </c>
-      <c r="AU53" s="6">
+      <c r="AX53" s="6">
         <v>159051575.0</v>
       </c>
-      <c r="AV53" s="6">
+      <c r="AY53" s="6">
         <v>99842683.0</v>
       </c>
-      <c r="AW53" s="6">
+      <c r="AZ53" s="6">
         <v>97091932.0</v>
       </c>
-      <c r="AX53" s="6">
+      <c r="BA53" s="6">
         <v>97357824.0</v>
       </c>
-      <c r="AY53" s="6">
+      <c r="BB53" s="6">
         <v>96297516.0</v>
       </c>
-      <c r="AZ53" s="6">
+      <c r="BC53" s="6">
         <v>100378504.0</v>
       </c>
-      <c r="BA53" s="6">
+      <c r="BD53" s="6">
         <v>103914530.0</v>
       </c>
-      <c r="BB53" s="6">
+      <c r="BE53" s="6">
         <v>96532247.0</v>
       </c>
-      <c r="BC53" s="6">
+      <c r="BF53" s="6">
         <v>97537854.0</v>
       </c>
-      <c r="BD53" s="6">
+      <c r="BG53" s="6">
         <v>94162320.0</v>
       </c>
-      <c r="BE53" s="6">
+      <c r="BH53" s="6">
         <v>88085801.0</v>
       </c>
-      <c r="BF53" s="6">
+      <c r="BI53" s="6">
         <v>46952682.0</v>
       </c>
-      <c r="BG53" s="6">
+      <c r="BJ53" s="6">
         <v>74304036.0</v>
       </c>
-      <c r="BH53" s="6">
+      <c r="BK53" s="6">
         <v>54507338.0</v>
       </c>
-      <c r="BI53" s="6">
+      <c r="BL53" s="6">
         <v>55105363.0</v>
       </c>
-      <c r="BJ53" s="6">
+      <c r="BM53" s="6">
         <v>54456089.0</v>
       </c>
-      <c r="BK53" s="6">
+      <c r="BN53" s="6">
         <v>54609026.0</v>
       </c>
-      <c r="BL53" s="6">
+      <c r="BO53" s="6">
         <v>54715364.0</v>
       </c>
-      <c r="BM53" s="6">
+      <c r="BP53" s="6">
         <v>52333185.0</v>
       </c>
-      <c r="BN53" s="6">
+      <c r="BQ53" s="6">
         <v>49089639.0</v>
       </c>
-      <c r="BO53" s="6">
+      <c r="BR53" s="6">
         <v>54455843.0</v>
       </c>
-      <c r="BP53" s="6">
+      <c r="BS53" s="6">
         <v>56033569.0</v>
       </c>
-      <c r="BQ53" s="6">
+      <c r="BT53" s="6">
         <v>55597838.0</v>
       </c>
-      <c r="BR53" s="6">
+      <c r="BU53" s="6">
         <v>36120814.0</v>
       </c>
-      <c r="BS53" s="6">
+      <c r="BV53" s="6">
         <v>70958090.0</v>
       </c>
-      <c r="BT53" s="6">
+      <c r="BW53" s="6">
         <v>51989625.0</v>
       </c>
-      <c r="BU53" s="6">
+      <c r="BX53" s="6">
         <v>52418979.0</v>
       </c>
-      <c r="BV53" s="6">
+      <c r="BY53" s="6">
         <v>51730270.0</v>
       </c>
-      <c r="BW53" s="6">
+      <c r="BZ53" s="6">
         <v>53376328.0</v>
       </c>
-      <c r="BX53" s="6">
+      <c r="CA53" s="6">
         <v>52908311.0</v>
       </c>
-      <c r="BY53" s="6">
+      <c r="CB53" s="6">
         <v>51765776.0</v>
       </c>
-      <c r="BZ53" s="6">
+      <c r="CC53" s="6">
         <v>49970078.0</v>
       </c>
-      <c r="CA53" s="6">
+      <c r="CD53" s="6">
         <v>49785052.0</v>
       </c>
-      <c r="CB53" s="6">
+      <c r="CE53" s="6">
         <v>45853779.0</v>
       </c>
-      <c r="CC53" s="6">
+      <c r="CF53" s="6">
         <v>46466402.0</v>
       </c>
-      <c r="CD53" s="6">
+      <c r="CG53" s="6">
         <v>24031782.0</v>
       </c>
     </row>
-    <row r="54" spans="1:82">
+    <row r="54" spans="1:85">
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C54" s="6">
-        <v>28384488.0</v>
+        <v>28948917.0</v>
       </c>
       <c r="D54" s="6">
-        <v>28595184.0</v>
+        <v>28745808.0</v>
       </c>
       <c r="E54" s="6">
-        <v>29690689.0</v>
+        <v>27848794.0</v>
       </c>
       <c r="F54" s="6">
-        <v>29221517.0</v>
+        <v>28488570.0</v>
       </c>
       <c r="G54" s="6">
-        <v>28663488.0</v>
+        <v>28603319.0</v>
       </c>
       <c r="H54" s="6">
-        <v>28641599.0</v>
+        <v>29725149.0</v>
       </c>
       <c r="I54" s="6">
-        <v>27624173.0</v>
+        <v>29245089.0</v>
       </c>
       <c r="J54" s="6">
-        <v>14712622.0</v>
+        <v>28655602.0</v>
       </c>
       <c r="K54" s="6">
-        <v>44958782.0</v>
+        <v>28670428.0</v>
       </c>
       <c r="L54" s="6">
-        <v>28232753.0</v>
+        <v>27626506.0</v>
       </c>
       <c r="M54" s="6">
-        <v>27735026.0</v>
+        <v>14690963.0</v>
       </c>
       <c r="N54" s="6">
-        <v>26631521.0</v>
+        <v>44963218.0</v>
       </c>
       <c r="O54" s="6">
-        <v>28131643.0</v>
+        <v>28231965.0</v>
       </c>
       <c r="P54" s="6">
-        <v>27211599.0</v>
+        <v>27734837.0</v>
       </c>
       <c r="Q54" s="6">
-        <v>28271726.0</v>
+        <v>26631477.0</v>
       </c>
       <c r="R54" s="6">
-        <v>28570671.0</v>
+        <v>28129639.0</v>
       </c>
       <c r="S54" s="6">
-        <v>27991782.0</v>
+        <v>27208859.0</v>
       </c>
       <c r="T54" s="6">
-        <v>27285457.0</v>
+        <v>28268895.0</v>
       </c>
       <c r="U54" s="6">
-        <v>26549532.0</v>
+        <v>28568833.0</v>
       </c>
       <c r="V54" s="6">
-        <v>13295247.0</v>
+        <v>27990909.0</v>
       </c>
       <c r="W54" s="6">
-        <v>40410516.0</v>
+        <v>27283324.0</v>
       </c>
       <c r="X54" s="6">
-        <v>25085787.0</v>
+        <v>26548247.0</v>
       </c>
       <c r="Y54" s="6">
-        <v>24972259.0</v>
+        <v>13294858.0</v>
       </c>
       <c r="Z54" s="6">
-        <v>24500890.0</v>
+        <v>40412011.0</v>
       </c>
       <c r="AA54" s="6">
-        <v>24619530.0</v>
+        <v>25085540.0</v>
       </c>
       <c r="AB54" s="6">
-        <v>24414850.0</v>
+        <v>24972255.0</v>
       </c>
       <c r="AC54" s="6">
-        <v>26089411.0</v>
+        <v>24500884.0</v>
       </c>
       <c r="AD54" s="6">
-        <v>24675569.0</v>
+        <v>24619633.0</v>
       </c>
       <c r="AE54" s="6">
-        <v>23936984.0</v>
+        <v>24414959.0</v>
       </c>
       <c r="AF54" s="6">
-        <v>24422082.0</v>
+        <v>26089520.0</v>
       </c>
       <c r="AG54" s="6">
+        <v>24675678.0</v>
+      </c>
+      <c r="AH54" s="6">
+        <v>23937093.0</v>
+      </c>
+      <c r="AI54" s="6">
+        <v>24422191.0</v>
+      </c>
+      <c r="AJ54" s="6">
         <v>22829356.0</v>
       </c>
-      <c r="AH54" s="6">
+      <c r="AK54" s="6">
         <v>11927215.0</v>
       </c>
-      <c r="AI54" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AL54" s="6">
-        <v>21937434.0</v>
+        <v>36415233.0</v>
       </c>
       <c r="AM54" s="6">
+        <v>22637877.0</v>
+      </c>
+      <c r="AN54" s="6">
+        <v>22023550.0</v>
+      </c>
+      <c r="AO54" s="6">
+        <v>21938431.0</v>
+      </c>
+      <c r="AP54" s="6">
         <v>21787470.0</v>
       </c>
-      <c r="AN54" s="6">
+      <c r="AQ54" s="6">
         <v>21679418.0</v>
       </c>
-      <c r="AO54" s="6">
+      <c r="AR54" s="6">
         <v>23356980.0</v>
       </c>
-      <c r="AP54" s="6">
+      <c r="AS54" s="6">
         <v>22462029.0</v>
       </c>
-      <c r="AQ54" s="6">
+      <c r="AT54" s="6">
         <v>21185063.0</v>
       </c>
-      <c r="AR54" s="6">
+      <c r="AU54" s="6">
         <v>21094867.0</v>
       </c>
-      <c r="AS54" s="6">
+      <c r="AV54" s="6">
         <v>19645784.0</v>
       </c>
-      <c r="AT54" s="6">
+      <c r="AW54" s="6">
         <v>10096583.0</v>
       </c>
-      <c r="AU54" s="6">
+      <c r="AX54" s="6">
         <v>30612653.0</v>
       </c>
-      <c r="AV54" s="6">
+      <c r="AY54" s="6">
         <v>18982355.0</v>
       </c>
-      <c r="AW54" s="6">
+      <c r="AZ54" s="6">
         <v>18219219.0</v>
       </c>
-      <c r="AX54" s="6">
+      <c r="BA54" s="6">
         <v>18220709.0</v>
       </c>
-      <c r="AY54" s="6">
+      <c r="BB54" s="6">
         <v>18006434.0</v>
       </c>
-      <c r="AZ54" s="6">
+      <c r="BC54" s="6">
         <v>18604614.0</v>
       </c>
-      <c r="BA54" s="6">
+      <c r="BD54" s="6">
         <v>19368713.0</v>
       </c>
-      <c r="BB54" s="6">
+      <c r="BE54" s="6">
         <v>17873158.0</v>
       </c>
-      <c r="BC54" s="6">
+      <c r="BF54" s="6">
         <v>18049058.0</v>
       </c>
-      <c r="BD54" s="6">
+      <c r="BG54" s="6">
         <v>17327168.0</v>
       </c>
-      <c r="BE54" s="6">
+      <c r="BH54" s="6">
         <v>16201548.0</v>
       </c>
-      <c r="BF54" s="6">
+      <c r="BI54" s="6">
         <v>8339882.0</v>
       </c>
-      <c r="BG54" s="6">
+      <c r="BJ54" s="6">
         <v>11281134.0</v>
       </c>
-      <c r="BH54" s="6">
+      <c r="BK54" s="6">
         <v>8084328.0</v>
       </c>
-      <c r="BI54" s="6">
+      <c r="BL54" s="6">
         <v>8161177.0</v>
       </c>
-      <c r="BJ54" s="6">
+      <c r="BM54" s="6">
         <v>8051905.0</v>
       </c>
-      <c r="BK54" s="6">
+      <c r="BN54" s="6">
         <v>8075355.0</v>
       </c>
-      <c r="BL54" s="6">
+      <c r="BO54" s="6">
         <v>8103870.0</v>
       </c>
-      <c r="BM54" s="6">
+      <c r="BP54" s="6">
         <v>7916324.0</v>
       </c>
-      <c r="BN54" s="6">
+      <c r="BQ54" s="6">
         <v>7391127.0</v>
       </c>
-      <c r="BO54" s="6">
+      <c r="BR54" s="6">
         <v>8267720.0</v>
       </c>
-      <c r="BP54" s="6">
+      <c r="BS54" s="6">
         <v>8512239.0</v>
       </c>
-      <c r="BQ54" s="6">
+      <c r="BT54" s="6">
         <v>8601236.0</v>
       </c>
-      <c r="BR54" s="6">
+      <c r="BU54" s="6">
         <v>5634529.0</v>
       </c>
-      <c r="BS54" s="6">
+      <c r="BV54" s="6">
         <v>11282303.0</v>
       </c>
-      <c r="BT54" s="6">
+      <c r="BW54" s="6">
         <v>8127484.0</v>
       </c>
-      <c r="BU54" s="6">
+      <c r="BX54" s="6">
         <v>8111215.0</v>
       </c>
-      <c r="BV54" s="6">
+      <c r="BY54" s="6">
         <v>8053725.0</v>
       </c>
-      <c r="BW54" s="6">
+      <c r="BZ54" s="6">
         <v>8327872.0</v>
       </c>
-      <c r="BX54" s="6">
+      <c r="CA54" s="6">
         <v>8060673.0</v>
       </c>
-      <c r="BY54" s="6">
+      <c r="CB54" s="6">
         <v>7995588.0</v>
       </c>
-      <c r="BZ54" s="6">
+      <c r="CC54" s="6">
         <v>7720714.0</v>
       </c>
-      <c r="CA54" s="6">
+      <c r="CD54" s="6">
         <v>7622221.0</v>
       </c>
-      <c r="CB54" s="6">
+      <c r="CE54" s="6">
         <v>6943755.0</v>
       </c>
-      <c r="CC54" s="6">
+      <c r="CF54" s="6">
         <v>7123349.0</v>
       </c>
-      <c r="CD54" s="6">
+      <c r="CG54" s="6">
         <v>2875585.0</v>
       </c>
     </row>
-    <row r="55" spans="1:82">
+    <row r="55" spans="1:85">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C55" s="6">
-        <v>4515.0</v>
+        <v>4514.0</v>
       </c>
       <c r="D55" s="6">
         <v>4533.0</v>
       </c>
       <c r="E55" s="6">
-        <v>4529.0</v>
+        <v>4553.0</v>
       </c>
       <c r="F55" s="6">
-        <v>4525.0</v>
+        <v>4545.0</v>
       </c>
       <c r="G55" s="6">
-        <v>4533.0</v>
+        <v>4547.0</v>
       </c>
       <c r="H55" s="6">
-        <v>4497.0</v>
+        <v>4543.0</v>
       </c>
       <c r="I55" s="6">
-        <v>4486.0</v>
+        <v>4536.0</v>
       </c>
       <c r="J55" s="6">
-        <v>4505.0</v>
+        <v>4550.0</v>
       </c>
       <c r="K55" s="6">
-        <v>4469.0</v>
+        <v>4509.0</v>
       </c>
       <c r="L55" s="6">
+        <v>4495.0</v>
+      </c>
+      <c r="M55" s="6">
+        <v>4514.0</v>
+      </c>
+      <c r="N55" s="6">
+        <v>4470.0</v>
+      </c>
+      <c r="O55" s="6">
         <v>4454.0</v>
       </c>
-      <c r="M55" s="6">
+      <c r="P55" s="6">
         <v>4478.0</v>
       </c>
-      <c r="N55" s="6">
-[...2 lines deleted...]
-      <c r="O55" s="6">
+      <c r="Q55" s="6">
+        <v>4482.0</v>
+      </c>
+      <c r="R55" s="6">
         <v>4487.0</v>
       </c>
-      <c r="P55" s="6">
+      <c r="S55" s="6">
         <v>4491.0</v>
       </c>
-      <c r="Q55" s="6">
+      <c r="T55" s="6">
         <v>4480.0</v>
       </c>
-      <c r="R55" s="6">
+      <c r="U55" s="6">
         <v>4470.0</v>
       </c>
-      <c r="S55" s="6">
+      <c r="V55" s="6">
         <v>4468.0</v>
       </c>
-      <c r="T55" s="6">
+      <c r="W55" s="6">
         <v>4428.0</v>
       </c>
-      <c r="U55" s="6">
+      <c r="X55" s="6">
         <v>4431.0</v>
       </c>
-      <c r="V55" s="6">
+      <c r="Y55" s="6">
         <v>4445.0</v>
       </c>
-      <c r="W55" s="6">
-[...2 lines deleted...]
-      <c r="X55" s="6">
+      <c r="Z55" s="6">
+        <v>4326.0</v>
+      </c>
+      <c r="AA55" s="6">
+        <v>4317.0</v>
+      </c>
+      <c r="AB55" s="6">
         <v>4316.0</v>
       </c>
-      <c r="Y55" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="AC55" s="6">
+        <v>4298.0</v>
+      </c>
+      <c r="AD55" s="6">
+        <v>4293.0</v>
+      </c>
+      <c r="AE55" s="6">
+        <v>4303.0</v>
+      </c>
+      <c r="AF55" s="6">
         <v>4299.0</v>
       </c>
-      <c r="AD55" s="6">
+      <c r="AG55" s="6">
         <v>4278.0</v>
       </c>
-      <c r="AE55" s="6">
+      <c r="AH55" s="6">
         <v>4276.0</v>
       </c>
-      <c r="AF55" s="6">
-[...2 lines deleted...]
-      <c r="AG55" s="6">
+      <c r="AI55" s="6">
+        <v>4251.0</v>
+      </c>
+      <c r="AJ55" s="6">
         <v>4229.0</v>
       </c>
-      <c r="AH55" s="6">
+      <c r="AK55" s="6">
         <v>4233.0</v>
       </c>
-      <c r="AI55" s="6">
+      <c r="AL55" s="6">
         <v>4179.0</v>
       </c>
-      <c r="AJ55" s="6">
-[...5 lines deleted...]
-      <c r="AL55" s="6">
+      <c r="AM55" s="6">
+        <v>4193.0</v>
+      </c>
+      <c r="AN55" s="6">
+        <v>4217.0</v>
+      </c>
+      <c r="AO55" s="6">
         <v>4201.0</v>
       </c>
-      <c r="AM55" s="6">
+      <c r="AP55" s="6">
         <v>4181.0</v>
       </c>
-      <c r="AN55" s="6">
+      <c r="AQ55" s="6">
         <v>4179.0</v>
       </c>
-      <c r="AO55" s="6">
+      <c r="AR55" s="6">
         <v>4179.0</v>
       </c>
-      <c r="AP55" s="6">
+      <c r="AS55" s="6">
         <v>4175.0</v>
       </c>
-      <c r="AQ55" s="6">
+      <c r="AT55" s="6">
         <v>4165.0</v>
       </c>
-      <c r="AR55" s="6">
-[...2 lines deleted...]
-      <c r="AS55" s="6">
+      <c r="AU55" s="6">
+        <v>4155.0</v>
+      </c>
+      <c r="AV55" s="6">
         <v>4141.0</v>
       </c>
-      <c r="AT55" s="6">
+      <c r="AW55" s="6">
         <v>4126.0</v>
       </c>
-      <c r="AU55" s="6">
+      <c r="AX55" s="6">
         <v>4128.0</v>
       </c>
-      <c r="AV55" s="6">
-[...2 lines deleted...]
-      <c r="AW55" s="6">
+      <c r="AY55" s="6">
+        <v>4127.0</v>
+      </c>
+      <c r="AZ55" s="6">
         <v>4132.0</v>
       </c>
-      <c r="AX55" s="6">
+      <c r="BA55" s="6">
         <v>4134.0</v>
       </c>
-      <c r="AY55" s="6">
+      <c r="BB55" s="6">
         <v>4123.0</v>
       </c>
-      <c r="AZ55" s="6">
+      <c r="BC55" s="6">
         <v>4120.0</v>
       </c>
-      <c r="BA55" s="6">
+      <c r="BD55" s="6">
         <v>4107.0</v>
       </c>
-      <c r="BB55" s="6">
+      <c r="BE55" s="6">
         <v>4094.0</v>
       </c>
-      <c r="BC55" s="6">
+      <c r="BF55" s="6">
         <v>4059.0</v>
       </c>
-      <c r="BD55" s="6">
+      <c r="BG55" s="6">
         <v>4028.0</v>
       </c>
-      <c r="BE55" s="6">
+      <c r="BH55" s="6">
         <v>3993.0</v>
       </c>
-      <c r="BF55" s="6">
-[...2 lines deleted...]
-      <c r="BG55" s="6">
+      <c r="BI55" s="6">
+        <v>3991.0</v>
+      </c>
+      <c r="BJ55" s="6">
         <v>452.0</v>
       </c>
-      <c r="BH55" s="6">
+      <c r="BK55" s="6">
         <v>452.0</v>
       </c>
-      <c r="BI55" s="6">
+      <c r="BL55" s="6">
         <v>452.0</v>
       </c>
-      <c r="BJ55" s="6">
+      <c r="BM55" s="6">
         <v>451.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>449.0</v>
       </c>
       <c r="BN55" s="6">
         <v>448.0</v>
       </c>
       <c r="BO55" s="6">
+        <v>447.0</v>
+      </c>
+      <c r="BP55" s="6">
         <v>449.0</v>
       </c>
-      <c r="BP55" s="6">
+      <c r="BQ55" s="6">
+        <v>448.0</v>
+      </c>
+      <c r="BR55" s="6">
+        <v>449.0</v>
+      </c>
+      <c r="BS55" s="6">
         <v>450.0</v>
       </c>
-      <c r="BQ55" s="6">
+      <c r="BT55" s="6">
         <v>450.0</v>
       </c>
-      <c r="BR55" s="6">
+      <c r="BU55" s="6">
         <v>450.0</v>
       </c>
-      <c r="BS55" s="6">
+      <c r="BV55" s="6">
         <v>449.0</v>
       </c>
-      <c r="BT55" s="6">
+      <c r="BW55" s="6">
         <v>448.0</v>
       </c>
-      <c r="BU55" s="6">
+      <c r="BX55" s="6">
         <v>447.0</v>
       </c>
-      <c r="BV55" s="6">
+      <c r="BY55" s="6">
         <v>445.0</v>
       </c>
-      <c r="BW55" s="6">
+      <c r="BZ55" s="6">
         <v>450.0</v>
       </c>
-      <c r="BX55" s="6">
+      <c r="CA55" s="6">
         <v>445.0</v>
       </c>
-      <c r="BY55" s="6">
+      <c r="CB55" s="6">
         <v>446.0</v>
       </c>
-      <c r="BZ55" s="6">
+      <c r="CC55" s="6">
         <v>445.0</v>
       </c>
-      <c r="CA55" s="6">
+      <c r="CD55" s="6">
         <v>446.0</v>
       </c>
-      <c r="CB55" s="6">
+      <c r="CE55" s="6">
         <v>449.0</v>
       </c>
-      <c r="CC55" s="6">
+      <c r="CF55" s="6">
         <v>448.0</v>
       </c>
-      <c r="CD55" s="6">
+      <c r="CG55" s="6">
         <v>450.0</v>
       </c>
     </row>
-    <row r="56" spans="1:82">
+    <row r="56" spans="1:85">
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C56" s="6">
-        <v>111695170.0</v>
+        <v>110451232.0</v>
       </c>
       <c r="D56" s="6">
-        <v>112270466.0</v>
+        <v>111700247.0</v>
       </c>
       <c r="E56" s="6">
-        <v>113121617.0</v>
+        <v>110083600.0</v>
       </c>
       <c r="F56" s="6">
-        <v>110584200.0</v>
+        <v>111668364.0</v>
       </c>
       <c r="G56" s="6">
-        <v>112481588.0</v>
+        <v>112224812.0</v>
       </c>
       <c r="H56" s="6">
-        <v>106873281.0</v>
+        <v>113119073.0</v>
       </c>
       <c r="I56" s="6">
-        <v>102702651.0</v>
+        <v>110531520.0</v>
       </c>
       <c r="J56" s="6">
-        <v>75628989.0</v>
+        <v>112427595.0</v>
       </c>
       <c r="K56" s="6">
-        <v>126760199.0</v>
+        <v>106848266.0</v>
       </c>
       <c r="L56" s="6">
-        <v>95457841.0</v>
+        <v>102923917.0</v>
       </c>
       <c r="M56" s="6">
-        <v>99013404.0</v>
+        <v>75766957.0</v>
       </c>
       <c r="N56" s="6">
-        <v>95995322.0</v>
+        <v>126724495.0</v>
       </c>
       <c r="O56" s="6">
-        <v>98635640.0</v>
+        <v>95421930.0</v>
       </c>
       <c r="P56" s="6">
-        <v>97793077.0</v>
+        <v>98954023.0</v>
       </c>
       <c r="Q56" s="6">
-        <v>95765429.0</v>
+        <v>95943140.0</v>
       </c>
       <c r="R56" s="6">
-        <v>96334586.0</v>
+        <v>98587688.0</v>
       </c>
       <c r="S56" s="6">
-        <v>93954153.0</v>
+        <v>97752844.0</v>
       </c>
       <c r="T56" s="6">
-        <v>92658531.0</v>
+        <v>95731468.0</v>
       </c>
       <c r="U56" s="6">
-        <v>89146202.0</v>
+        <v>96294380.0</v>
       </c>
       <c r="V56" s="6">
-        <v>63798641.0</v>
+        <v>93903224.0</v>
       </c>
       <c r="W56" s="6">
-        <v>113286966.0</v>
+        <v>92610902.0</v>
       </c>
       <c r="X56" s="6">
-        <v>84729495.0</v>
+        <v>89109448.0</v>
       </c>
       <c r="Y56" s="6">
-        <v>86442856.0</v>
+        <v>63780721.0</v>
       </c>
       <c r="Z56" s="6">
-        <v>84421502.0</v>
+        <v>113243240.0</v>
       </c>
       <c r="AA56" s="6">
-        <v>87240986.0</v>
+        <v>84700743.0</v>
       </c>
       <c r="AB56" s="6">
-        <v>84839303.0</v>
+        <v>86411642.0</v>
       </c>
       <c r="AC56" s="6">
-        <v>83886099.0</v>
+        <v>84399673.0</v>
       </c>
       <c r="AD56" s="6">
-        <v>80250921.0</v>
+        <v>87208151.0</v>
       </c>
       <c r="AE56" s="6">
-        <v>81266923.0</v>
+        <v>84820032.0</v>
       </c>
       <c r="AF56" s="6">
-        <v>80181138.0</v>
+        <v>83869064.0</v>
       </c>
       <c r="AG56" s="6">
-        <v>77709066.0</v>
+        <v>80247861.0</v>
       </c>
       <c r="AH56" s="6">
-        <v>53860499.0</v>
+        <v>81241770.0</v>
       </c>
       <c r="AI56" s="6">
-        <v>98225019.0</v>
+        <v>80164536.0</v>
       </c>
       <c r="AJ56" s="6">
-        <v>72621971.0</v>
+        <v>77701265.0</v>
       </c>
       <c r="AK56" s="6">
-        <v>71920663.0</v>
+        <v>53861424.0</v>
       </c>
       <c r="AL56" s="6">
-        <v>72410750.0</v>
+        <v>98194425.0</v>
       </c>
       <c r="AM56" s="6">
-        <v>72302807.0</v>
+        <v>72603604.0</v>
       </c>
       <c r="AN56" s="6">
-        <v>70899408.0</v>
+        <v>71903990.0</v>
       </c>
       <c r="AO56" s="6">
-        <v>70932074.0</v>
+        <v>72395158.0</v>
       </c>
       <c r="AP56" s="6">
-        <v>67409344.0</v>
+        <v>72289322.0</v>
       </c>
       <c r="AQ56" s="6">
-        <v>66805496.0</v>
+        <v>70887887.0</v>
       </c>
       <c r="AR56" s="6">
-        <v>63832274.0</v>
+        <v>70920046.0</v>
       </c>
       <c r="AS56" s="6">
-        <v>63828199.0</v>
+        <v>67404033.0</v>
       </c>
       <c r="AT56" s="6">
-        <v>42666109.0</v>
+        <v>66800216.0</v>
       </c>
       <c r="AU56" s="6">
-        <v>81857657.0</v>
+        <v>63824586.0</v>
       </c>
       <c r="AV56" s="6">
-        <v>57359198.0</v>
+        <v>63825186.0</v>
       </c>
       <c r="AW56" s="6">
-        <v>57635456.0</v>
+        <v>42666506.0</v>
       </c>
       <c r="AX56" s="6">
-        <v>56505702.0</v>
+        <v>81847213.0</v>
       </c>
       <c r="AY56" s="6">
-        <v>57712169.0</v>
+        <v>57342885.0</v>
       </c>
       <c r="AZ56" s="6">
-        <v>56375978.0</v>
+        <v>57614299.0</v>
       </c>
       <c r="BA56" s="6">
-        <v>55082226.0</v>
+        <v>56487373.0</v>
       </c>
       <c r="BB56" s="6">
-        <v>51631972.0</v>
+        <v>57698932.0</v>
       </c>
       <c r="BC56" s="6">
-        <v>51977606.0</v>
+        <v>56363040.0</v>
       </c>
       <c r="BD56" s="6">
-        <v>48779728.0</v>
+        <v>55066098.0</v>
       </c>
       <c r="BE56" s="6">
-        <v>47865755.0</v>
+        <v>51619578.0</v>
       </c>
       <c r="BF56" s="6">
+        <v>51971310.0</v>
+      </c>
+      <c r="BG56" s="6">
+        <v>48774228.0</v>
+      </c>
+      <c r="BH56" s="6">
+        <v>47859647.0</v>
+      </c>
+      <c r="BI56" s="6">
         <v>32614838.0</v>
       </c>
-      <c r="BG56" s="6">
+      <c r="BJ56" s="6">
         <v>276610455.0</v>
       </c>
-      <c r="BH56" s="6">
+      <c r="BK56" s="6">
         <v>145895117.0</v>
       </c>
-      <c r="BI56" s="6">
+      <c r="BL56" s="6">
         <v>154759172.0</v>
       </c>
-      <c r="BJ56" s="6">
+      <c r="BM56" s="6">
         <v>130906708.0</v>
       </c>
-      <c r="BK56" s="6">
+      <c r="BN56" s="6">
         <v>134940049.0</v>
       </c>
-      <c r="BL56" s="6">
+      <c r="BO56" s="6">
         <v>158358194.0</v>
       </c>
-      <c r="BM56" s="6">
+      <c r="BP56" s="6">
         <v>155088224.0</v>
       </c>
-      <c r="BN56" s="6">
+      <c r="BQ56" s="6">
         <v>139775131.0</v>
       </c>
-      <c r="BO56" s="6">
+      <c r="BR56" s="6">
         <v>140561293.0</v>
       </c>
-      <c r="BP56" s="6">
+      <c r="BS56" s="6">
         <v>140941880.0</v>
       </c>
-      <c r="BQ56" s="6">
+      <c r="BT56" s="6">
         <v>132642510.0</v>
       </c>
-      <c r="BR56" s="6">
+      <c r="BU56" s="6">
         <v>32962547.0</v>
       </c>
-      <c r="BS56" s="6">
+      <c r="BV56" s="6">
         <v>246662258.0</v>
       </c>
-      <c r="BT56" s="6">
+      <c r="BW56" s="6">
         <v>126868648.0</v>
       </c>
-      <c r="BU56" s="6">
+      <c r="BX56" s="6">
         <v>127351735.0</v>
       </c>
-      <c r="BV56" s="6">
+      <c r="BY56" s="6">
         <v>116472583.0</v>
       </c>
-      <c r="BW56" s="6">
+      <c r="BZ56" s="6">
         <v>118899874.0</v>
       </c>
-      <c r="BX56" s="6">
+      <c r="CA56" s="6">
         <v>136087824.0</v>
       </c>
-      <c r="BY56" s="6">
+      <c r="CB56" s="6">
         <v>143655272.0</v>
       </c>
-      <c r="BZ56" s="6">
+      <c r="CC56" s="6">
         <v>132238385.0</v>
       </c>
-      <c r="CA56" s="6">
+      <c r="CD56" s="6">
         <v>133468601.0</v>
       </c>
-      <c r="CB56" s="6">
+      <c r="CE56" s="6">
         <v>133249052.0</v>
       </c>
-      <c r="CC56" s="6">
+      <c r="CF56" s="6">
         <v>123716703.0</v>
       </c>
-      <c r="CD56" s="6">
+      <c r="CG56" s="6">
         <v>28457374.0</v>
       </c>
     </row>
-    <row r="57" spans="1:82">
+    <row r="57" spans="1:85">
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C57" s="6">
-        <v>17726545.0</v>
+        <v>17517491.0</v>
       </c>
       <c r="D57" s="6">
-        <v>17518290.0</v>
+        <v>17718193.0</v>
       </c>
       <c r="E57" s="6">
-        <v>17753846.0</v>
+        <v>17441126.0</v>
       </c>
       <c r="F57" s="6">
-        <v>16996779.0</v>
+        <v>17726054.0</v>
       </c>
       <c r="G57" s="6">
-        <v>17745329.0</v>
+        <v>17521017.0</v>
       </c>
       <c r="H57" s="6">
-        <v>16594940.0</v>
+        <v>17756547.0</v>
       </c>
       <c r="I57" s="6">
-        <v>15880297.0</v>
+        <v>17000623.0</v>
       </c>
       <c r="J57" s="6">
-        <v>11730578.0</v>
+        <v>17709911.0</v>
       </c>
       <c r="K57" s="6">
-        <v>19819569.0</v>
+        <v>16575571.0</v>
       </c>
       <c r="L57" s="6">
-        <v>14727786.0</v>
+        <v>15856716.0</v>
       </c>
       <c r="M57" s="6">
-        <v>15347643.0</v>
+        <v>11736156.0</v>
       </c>
       <c r="N57" s="6">
-        <v>14857009.0</v>
+        <v>19817045.0</v>
       </c>
       <c r="O57" s="6">
-        <v>15192029.0</v>
+        <v>14728637.0</v>
       </c>
       <c r="P57" s="6">
-        <v>14940907.0</v>
+        <v>15340337.0</v>
       </c>
       <c r="Q57" s="6">
-        <v>14660396.0</v>
+        <v>14850250.0</v>
       </c>
       <c r="R57" s="6">
-        <v>14729941.0</v>
+        <v>15186537.0</v>
       </c>
       <c r="S57" s="6">
-        <v>14313522.0</v>
+        <v>14936220.0</v>
       </c>
       <c r="T57" s="6">
-        <v>14011190.0</v>
+        <v>14656369.0</v>
       </c>
       <c r="U57" s="6">
-        <v>13388200.0</v>
+        <v>14723337.0</v>
       </c>
       <c r="V57" s="6">
-        <v>9670424.0</v>
+        <v>14307787.0</v>
       </c>
       <c r="W57" s="6">
-        <v>18060044.0</v>
+        <v>14006068.0</v>
       </c>
       <c r="X57" s="6">
-        <v>13210357.0</v>
+        <v>13384414.0</v>
       </c>
       <c r="Y57" s="6">
-        <v>13527497.0</v>
+        <v>9669447.0</v>
       </c>
       <c r="Z57" s="6">
-        <v>13230809.0</v>
+        <v>18055784.0</v>
       </c>
       <c r="AA57" s="6">
-        <v>13603511.0</v>
+        <v>13206410.0</v>
       </c>
       <c r="AB57" s="6">
-        <v>13121177.0</v>
+        <v>13523390.0</v>
       </c>
       <c r="AC57" s="6">
-        <v>12833000.0</v>
+        <v>13228754.0</v>
       </c>
       <c r="AD57" s="6">
-        <v>12143985.0</v>
+        <v>13599611.0</v>
       </c>
       <c r="AE57" s="6">
-        <v>12485124.0</v>
+        <v>13119311.0</v>
       </c>
       <c r="AF57" s="6">
-        <v>12090289.0</v>
+        <v>12831085.0</v>
       </c>
       <c r="AG57" s="6">
-        <v>11727151.0</v>
+        <v>12145320.0</v>
       </c>
       <c r="AH57" s="6">
-        <v>8138515.0</v>
+        <v>12482293.0</v>
       </c>
       <c r="AI57" s="6">
-        <v>15318613.0</v>
+        <v>12088636.0</v>
       </c>
       <c r="AJ57" s="6">
-        <v>11069301.0</v>
+        <v>11726258.0</v>
       </c>
       <c r="AK57" s="6">
-        <v>10959830.0</v>
+        <v>8138623.0</v>
       </c>
       <c r="AL57" s="6">
-        <v>11018994.0</v>
+        <v>15315875.0</v>
       </c>
       <c r="AM57" s="6">
-        <v>10909943.0</v>
+        <v>11067032.0</v>
       </c>
       <c r="AN57" s="6">
-        <v>10568706.0</v>
+        <v>10957764.0</v>
       </c>
       <c r="AO57" s="6">
-        <v>10772130.0</v>
+        <v>11017186.0</v>
       </c>
       <c r="AP57" s="6">
-        <v>10269784.0</v>
+        <v>10908432.0</v>
       </c>
       <c r="AQ57" s="6">
-        <v>10207194.0</v>
+        <v>10567482.0</v>
       </c>
       <c r="AR57" s="6">
-        <v>9625620.0</v>
+        <v>10770611.0</v>
       </c>
       <c r="AS57" s="6">
-        <v>9749217.0</v>
+        <v>10269031.0</v>
       </c>
       <c r="AT57" s="6">
-        <v>6487866.0</v>
+        <v>10206428.0</v>
       </c>
       <c r="AU57" s="6">
-        <v>12733475.0</v>
+        <v>9624933.0</v>
       </c>
       <c r="AV57" s="6">
-        <v>8740746.0</v>
+        <v>9748999.0</v>
       </c>
       <c r="AW57" s="6">
-        <v>8817066.0</v>
+        <v>6488002.0</v>
       </c>
       <c r="AX57" s="6">
-        <v>8673608.0</v>
+        <v>12732084.0</v>
       </c>
       <c r="AY57" s="6">
-        <v>8809579.0</v>
+        <v>8739083.0</v>
       </c>
       <c r="AZ57" s="6">
-        <v>8397448.0</v>
+        <v>8814581.0</v>
       </c>
       <c r="BA57" s="6">
-        <v>8335562.0</v>
+        <v>8671462.0</v>
       </c>
       <c r="BB57" s="6">
-        <v>7667049.0</v>
+        <v>8807913.0</v>
       </c>
       <c r="BC57" s="6">
-        <v>7772360.0</v>
+        <v>8395957.0</v>
       </c>
       <c r="BD57" s="6">
-        <v>7192895.0</v>
+        <v>8333383.0</v>
       </c>
       <c r="BE57" s="6">
-        <v>7127333.0</v>
+        <v>7665584.0</v>
       </c>
       <c r="BF57" s="6">
+        <v>7771596.0</v>
+      </c>
+      <c r="BG57" s="6">
+        <v>7192328.0</v>
+      </c>
+      <c r="BH57" s="6">
+        <v>7126551.0</v>
+      </c>
+      <c r="BI57" s="6">
         <v>4937361.0</v>
       </c>
-      <c r="BG57" s="6">
+      <c r="BJ57" s="6">
         <v>53091435.0</v>
       </c>
-      <c r="BH57" s="6">
+      <c r="BK57" s="6">
         <v>26483919.0</v>
       </c>
-      <c r="BI57" s="6">
+      <c r="BL57" s="6">
         <v>27963294.0</v>
       </c>
-      <c r="BJ57" s="6">
+      <c r="BM57" s="6">
         <v>23172329.0</v>
       </c>
-      <c r="BK57" s="6">
+      <c r="BN57" s="6">
         <v>24374816.0</v>
       </c>
-      <c r="BL57" s="6">
+      <c r="BO57" s="6">
         <v>29513233.0</v>
       </c>
-      <c r="BM57" s="6">
+      <c r="BP57" s="6">
         <v>27855574.0</v>
       </c>
-      <c r="BN57" s="6">
+      <c r="BQ57" s="6">
         <v>25487289.0</v>
       </c>
-      <c r="BO57" s="6">
+      <c r="BR57" s="6">
         <v>25494774.0</v>
       </c>
-      <c r="BP57" s="6">
+      <c r="BS57" s="6">
         <v>25326836.0</v>
       </c>
-      <c r="BQ57" s="6">
+      <c r="BT57" s="6">
         <v>23637079.0</v>
       </c>
-      <c r="BR57" s="6">
+      <c r="BU57" s="6">
         <v>3657471.0</v>
       </c>
-      <c r="BS57" s="6">
+      <c r="BV57" s="6">
         <v>47892419.0</v>
       </c>
-      <c r="BT57" s="6">
+      <c r="BW57" s="6">
         <v>23147536.0</v>
       </c>
-      <c r="BU57" s="6">
+      <c r="BX57" s="6">
         <v>23565086.0</v>
       </c>
-      <c r="BV57" s="6">
+      <c r="BY57" s="6">
         <v>20985612.0</v>
       </c>
-      <c r="BW57" s="6">
+      <c r="BZ57" s="6">
         <v>21787466.0</v>
       </c>
-      <c r="BX57" s="6">
+      <c r="CA57" s="6">
         <v>24621890.0</v>
       </c>
-      <c r="BY57" s="6">
+      <c r="CB57" s="6">
         <v>26509063.0</v>
       </c>
-      <c r="BZ57" s="6">
+      <c r="CC57" s="6">
         <v>23937504.0</v>
       </c>
-      <c r="CA57" s="6">
+      <c r="CD57" s="6">
         <v>24284504.0</v>
       </c>
-      <c r="CB57" s="6">
+      <c r="CE57" s="6">
         <v>23771621.0</v>
       </c>
-      <c r="CC57" s="6">
+      <c r="CF57" s="6">
         <v>22117259.0</v>
       </c>
-      <c r="CD57" s="6">
+      <c r="CG57" s="6">
         <v>2957889.0</v>
       </c>
     </row>
-    <row r="58" spans="1:82">
+    <row r="58" spans="1:85">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C58" s="6">
-        <v>444.0</v>
+        <v>442.0</v>
       </c>
       <c r="D58" s="6">
+        <v>446.0</v>
+      </c>
+      <c r="E58" s="6">
+        <v>447.0</v>
+      </c>
+      <c r="F58" s="6">
         <v>445.0</v>
       </c>
-      <c r="E58" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="G58" s="6">
-        <v>448.0</v>
+        <v>445.0</v>
       </c>
       <c r="H58" s="6">
         <v>450.0</v>
       </c>
       <c r="I58" s="6">
+        <v>450.0</v>
+      </c>
+      <c r="J58" s="6">
+        <v>449.0</v>
+      </c>
+      <c r="K58" s="6">
+        <v>450.0</v>
+      </c>
+      <c r="L58" s="6">
         <v>448.0</v>
       </c>
-      <c r="J58" s="6">
+      <c r="M58" s="6">
         <v>450.0</v>
       </c>
-      <c r="K58" s="6">
+      <c r="N58" s="6">
         <v>463.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>462.0</v>
       </c>
       <c r="O58" s="6">
         <v>462.0</v>
       </c>
       <c r="P58" s="6">
+        <v>463.0</v>
+      </c>
+      <c r="Q58" s="6">
         <v>462.0</v>
       </c>
-      <c r="Q58" s="6">
+      <c r="R58" s="6">
+        <v>462.0</v>
+      </c>
+      <c r="S58" s="6">
+        <v>462.0</v>
+      </c>
+      <c r="T58" s="6">
         <v>460.0</v>
       </c>
-      <c r="R58" s="6">
+      <c r="U58" s="6">
         <v>456.0</v>
       </c>
-      <c r="S58" s="6">
+      <c r="V58" s="6">
         <v>455.0</v>
       </c>
-      <c r="T58" s="6">
+      <c r="W58" s="6">
         <v>456.0</v>
       </c>
-      <c r="U58" s="6">
+      <c r="X58" s="6">
         <v>457.0</v>
       </c>
-      <c r="V58" s="6">
+      <c r="Y58" s="6">
         <v>458.0</v>
       </c>
-      <c r="W58" s="6">
+      <c r="Z58" s="6">
         <v>443.0</v>
       </c>
-      <c r="X58" s="6">
+      <c r="AA58" s="6">
         <v>441.0</v>
       </c>
-      <c r="Y58" s="6">
+      <c r="AB58" s="6">
         <v>442.0</v>
       </c>
-      <c r="Z58" s="6">
+      <c r="AC58" s="6">
         <v>441.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>440.0</v>
       </c>
       <c r="AD58" s="6">
         <v>438.0</v>
       </c>
       <c r="AE58" s="6">
+        <v>437.0</v>
+      </c>
+      <c r="AF58" s="6">
+        <v>440.0</v>
+      </c>
+      <c r="AG58" s="6">
+        <v>438.0</v>
+      </c>
+      <c r="AH58" s="6">
         <v>436.0</v>
       </c>
-      <c r="AF58" s="6">
+      <c r="AI58" s="6">
         <v>435.0</v>
       </c>
-      <c r="AG58" s="6">
+      <c r="AJ58" s="6">
         <v>436.0</v>
       </c>
-      <c r="AH58" s="6">
+      <c r="AK58" s="6">
         <v>433.0</v>
       </c>
-      <c r="AI58" s="6">
+      <c r="AL58" s="6">
         <v>445.0</v>
       </c>
-      <c r="AJ58" s="6">
+      <c r="AM58" s="6">
         <v>445.0</v>
       </c>
-      <c r="AK58" s="6">
+      <c r="AN58" s="6">
         <v>444.0</v>
       </c>
-      <c r="AL58" s="6">
+      <c r="AO58" s="6">
         <v>441.0</v>
       </c>
-      <c r="AM58" s="6">
+      <c r="AP58" s="6">
         <v>439.0</v>
       </c>
-      <c r="AN58" s="6">
+      <c r="AQ58" s="6">
         <v>440.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>443.0</v>
       </c>
       <c r="AR58" s="6">
         <v>442.0</v>
       </c>
       <c r="AS58" s="6">
+        <v>443.0</v>
+      </c>
+      <c r="AT58" s="6">
+        <v>443.0</v>
+      </c>
+      <c r="AU58" s="6">
+        <v>442.0</v>
+      </c>
+      <c r="AV58" s="6">
         <v>441.0</v>
       </c>
-      <c r="AT58" s="6">
+      <c r="AW58" s="6">
         <v>439.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>444.0</v>
       </c>
       <c r="AX58" s="6">
         <v>443.0</v>
       </c>
       <c r="AY58" s="6">
         <v>443.0</v>
       </c>
       <c r="AZ58" s="6">
+        <v>444.0</v>
+      </c>
+      <c r="BA58" s="6">
+        <v>443.0</v>
+      </c>
+      <c r="BB58" s="6">
+        <v>443.0</v>
+      </c>
+      <c r="BC58" s="6">
         <v>442.0</v>
       </c>
-      <c r="BA58" s="6">
+      <c r="BD58" s="6">
         <v>447.0</v>
       </c>
-      <c r="BB58" s="6">
+      <c r="BE58" s="6">
         <v>445.0</v>
       </c>
-      <c r="BC58" s="6">
+      <c r="BF58" s="6">
         <v>445.0</v>
       </c>
-      <c r="BD58" s="6">
+      <c r="BG58" s="6">
         <v>443.0</v>
       </c>
-      <c r="BE58" s="6">
+      <c r="BH58" s="6">
         <v>438.0</v>
       </c>
-      <c r="BF58" s="6">
+      <c r="BI58" s="6">
         <v>433.0</v>
       </c>
-      <c r="BG58" s="6">
+      <c r="BJ58" s="6">
         <v>3705.0</v>
       </c>
-      <c r="BH58" s="6">
+      <c r="BK58" s="6">
         <v>3669.0</v>
       </c>
-      <c r="BI58" s="6">
+      <c r="BL58" s="6">
         <v>3670.0</v>
       </c>
-      <c r="BJ58" s="6">
+      <c r="BM58" s="6">
         <v>3647.0</v>
       </c>
-      <c r="BK58" s="6">
+      <c r="BN58" s="6">
         <v>3751.0</v>
       </c>
-      <c r="BL58" s="6">
+      <c r="BO58" s="6">
         <v>3749.0</v>
       </c>
-      <c r="BM58" s="6">
+      <c r="BP58" s="6">
         <v>3747.0</v>
       </c>
-      <c r="BN58" s="6">
+      <c r="BQ58" s="6">
         <v>3744.0</v>
       </c>
-      <c r="BO58" s="6">
+      <c r="BR58" s="6">
         <v>3753.0</v>
       </c>
-      <c r="BP58" s="6">
+      <c r="BS58" s="6">
         <v>3775.0</v>
       </c>
-      <c r="BQ58" s="6">
+      <c r="BT58" s="6">
         <v>3761.0</v>
       </c>
-      <c r="BR58" s="6">
+      <c r="BU58" s="6">
         <v>3754.0</v>
       </c>
-      <c r="BS58" s="6">
+      <c r="BV58" s="6">
         <v>3484.0</v>
       </c>
-      <c r="BT58" s="6">
+      <c r="BW58" s="6">
         <v>3457.0</v>
       </c>
-      <c r="BU58" s="6">
+      <c r="BX58" s="6">
         <v>3455.0</v>
       </c>
-      <c r="BV58" s="6">
+      <c r="BY58" s="6">
         <v>3456.0</v>
       </c>
-      <c r="BW58" s="6">
+      <c r="BZ58" s="6">
         <v>3486.0</v>
       </c>
-      <c r="BX58" s="6">
+      <c r="CA58" s="6">
         <v>3478.0</v>
       </c>
-      <c r="BY58" s="6">
+      <c r="CB58" s="6">
         <v>3475.0</v>
       </c>
-      <c r="BZ58" s="6">
+      <c r="CC58" s="6">
         <v>3482.0</v>
       </c>
-      <c r="CA58" s="6">
+      <c r="CD58" s="6">
         <v>3473.0</v>
       </c>
-      <c r="CB58" s="6">
+      <c r="CE58" s="6">
         <v>3477.0</v>
       </c>
-      <c r="CC58" s="6">
+      <c r="CF58" s="6">
         <v>3465.0</v>
       </c>
-      <c r="CD58" s="6">
+      <c r="CG58" s="6">
         <v>3456.0</v>
       </c>
     </row>
-    <row r="59" spans="1:82">
+    <row r="59" spans="1:85">
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C59" s="6">
-        <v>227189177.0</v>
+        <v>246352927.0</v>
       </c>
       <c r="D59" s="6">
-        <v>258222452.0</v>
+        <v>244283912.0</v>
       </c>
       <c r="E59" s="6">
-        <v>249737685.0</v>
+        <v>220082944.0</v>
       </c>
       <c r="F59" s="6">
-        <v>230581050.0</v>
+        <v>227001852.0</v>
       </c>
       <c r="G59" s="6">
-        <v>238724329.0</v>
+        <v>258163381.0</v>
       </c>
       <c r="H59" s="6">
-        <v>224255747.0</v>
+        <v>249594907.0</v>
       </c>
       <c r="I59" s="6">
-        <v>218085605.0</v>
+        <v>230614613.0</v>
       </c>
       <c r="J59" s="6">
-        <v>35236896.0</v>
+        <v>238638892.0</v>
       </c>
       <c r="K59" s="6">
-        <v>444982760.0</v>
+        <v>224168810.0</v>
       </c>
       <c r="L59" s="6">
+        <v>218039775.0</v>
+      </c>
+      <c r="M59" s="6">
+        <v>35274943.0</v>
+      </c>
+      <c r="N59" s="6">
+        <v>445008237.0</v>
+      </c>
+      <c r="O59" s="6">
         <v>213864575.0</v>
       </c>
-      <c r="M59" s="6">
+      <c r="P59" s="6">
         <v>231452777.0</v>
       </c>
-      <c r="N59" s="6">
+      <c r="Q59" s="6">
         <v>196086949.0</v>
       </c>
-      <c r="O59" s="6">
+      <c r="R59" s="6">
         <v>203983999.0</v>
       </c>
-      <c r="P59" s="6">
-[...2 lines deleted...]
-      <c r="Q59" s="6">
+      <c r="S59" s="6">
+        <v>231941489.0</v>
+      </c>
+      <c r="T59" s="6">
         <v>231757481.0</v>
       </c>
-      <c r="R59" s="6">
+      <c r="U59" s="6">
         <v>230071839.0</v>
       </c>
-      <c r="S59" s="6">
-[...2 lines deleted...]
-      <c r="T59" s="6">
+      <c r="V59" s="6">
+        <v>208262576.0</v>
+      </c>
+      <c r="W59" s="6">
         <v>207957780.0</v>
       </c>
-      <c r="U59" s="6">
+      <c r="X59" s="6">
         <v>199097856.0</v>
       </c>
-      <c r="V59" s="6">
+      <c r="Y59" s="6">
         <v>29959078.0</v>
       </c>
-      <c r="W59" s="6">
+      <c r="Z59" s="6">
         <v>396793054.0</v>
       </c>
-      <c r="X59" s="6">
+      <c r="AA59" s="6">
         <v>187480990.0</v>
       </c>
-      <c r="Y59" s="6">
+      <c r="AB59" s="6">
         <v>192604687.0</v>
       </c>
-      <c r="Z59" s="6">
+      <c r="AC59" s="6">
         <v>172638435.0</v>
       </c>
-      <c r="AA59" s="6">
+      <c r="AD59" s="6">
         <v>179679406.0</v>
       </c>
-      <c r="AB59" s="6">
+      <c r="AE59" s="6">
         <v>199517094.0</v>
       </c>
-      <c r="AC59" s="6">
+      <c r="AF59" s="6">
         <v>197517902.0</v>
       </c>
-      <c r="AD59" s="6">
+      <c r="AG59" s="6">
         <v>181813843.0</v>
       </c>
-      <c r="AE59" s="6">
+      <c r="AH59" s="6">
         <v>185239135.0</v>
       </c>
-      <c r="AF59" s="6">
+      <c r="AI59" s="6">
         <v>190398858.0</v>
       </c>
-      <c r="AG59" s="6">
+      <c r="AJ59" s="6">
         <v>174630914.0</v>
       </c>
-      <c r="AH59" s="6">
+      <c r="AK59" s="6">
         <v>28109864.0</v>
       </c>
-      <c r="AI59" s="6">
+      <c r="AL59" s="6">
         <v>346118519.0</v>
       </c>
-      <c r="AJ59" s="6">
+      <c r="AM59" s="6">
         <v>165790262.0</v>
       </c>
-      <c r="AK59" s="6">
+      <c r="AN59" s="6">
         <v>166388788.0</v>
       </c>
-      <c r="AL59" s="6">
+      <c r="AO59" s="6">
         <v>154071382.0</v>
       </c>
-      <c r="AM59" s="6">
+      <c r="AP59" s="6">
         <v>151218305.0</v>
       </c>
-      <c r="AN59" s="6">
+      <c r="AQ59" s="6">
         <v>172094173.0</v>
       </c>
-      <c r="AO59" s="6">
+      <c r="AR59" s="6">
         <v>181220117.0</v>
       </c>
-      <c r="AP59" s="6">
+      <c r="AS59" s="6">
         <v>164219555.0</v>
       </c>
-      <c r="AQ59" s="6">
+      <c r="AT59" s="6">
         <v>164530607.0</v>
       </c>
-      <c r="AR59" s="6">
+      <c r="AU59" s="6">
         <v>157725068.0</v>
       </c>
-      <c r="AS59" s="6">
+      <c r="AV59" s="6">
         <v>152826826.0</v>
       </c>
-      <c r="AT59" s="6">
+      <c r="AW59" s="6">
         <v>31000273.0</v>
       </c>
-      <c r="AU59" s="6">
+      <c r="AX59" s="6">
         <v>297860806.0</v>
       </c>
-      <c r="AV59" s="6">
+      <c r="AY59" s="6">
         <v>146433346.0</v>
       </c>
-      <c r="AW59" s="6">
+      <c r="AZ59" s="6">
         <v>149685666.0</v>
       </c>
-      <c r="AX59" s="6">
+      <c r="BA59" s="6">
         <v>143353065.0</v>
       </c>
-      <c r="AY59" s="6">
+      <c r="BB59" s="6">
         <v>136387641.0</v>
       </c>
-      <c r="AZ59" s="6">
+      <c r="BC59" s="6">
         <v>159490937.0</v>
       </c>
-      <c r="BA59" s="6">
+      <c r="BD59" s="6">
         <v>163918571.0</v>
       </c>
-      <c r="BB59" s="6">
+      <c r="BE59" s="6">
         <v>148289193.0</v>
       </c>
-      <c r="BC59" s="6">
+      <c r="BF59" s="6">
         <v>147963040.0</v>
       </c>
-      <c r="BD59" s="6">
+      <c r="BG59" s="6">
         <v>152052093.0</v>
       </c>
-      <c r="BE59" s="6">
+      <c r="BH59" s="6">
         <v>143073871.0</v>
       </c>
-      <c r="BF59" s="6">
+      <c r="BI59" s="6">
         <v>30545768.0</v>
       </c>
-      <c r="BG59" s="6">
+      <c r="BJ59" s="6">
         <v>305017489.0</v>
       </c>
-      <c r="BH59" s="6">
+      <c r="BK59" s="6">
         <v>156669941.0</v>
       </c>
-      <c r="BI59" s="6">
+      <c r="BL59" s="6">
         <v>155281273.0</v>
       </c>
-      <c r="BJ59" s="6">
+      <c r="BM59" s="6">
         <v>103573997.0</v>
       </c>
-      <c r="BK59" s="6">
+      <c r="BN59" s="6">
         <v>84104011.0</v>
       </c>
-      <c r="BL59" s="6">
+      <c r="BO59" s="6">
         <v>151359801.0</v>
       </c>
-      <c r="BM59" s="6">
+      <c r="BP59" s="6">
         <v>245089414.0</v>
       </c>
-      <c r="BN59" s="6">
+      <c r="BQ59" s="6">
         <v>140836171.0</v>
       </c>
-      <c r="BO59" s="6">
+      <c r="BR59" s="6">
         <v>146113718.0</v>
       </c>
-      <c r="BP59" s="6">
+      <c r="BS59" s="6">
         <v>144174593.0</v>
       </c>
-      <c r="BQ59" s="6">
+      <c r="BT59" s="6">
         <v>139976004.0</v>
       </c>
-      <c r="BR59" s="6">
+      <c r="BU59" s="6">
         <v>50872848.0</v>
       </c>
-      <c r="BS59" s="6">
+      <c r="BV59" s="6">
         <v>234769426.0</v>
       </c>
-      <c r="BT59" s="6">
+      <c r="BW59" s="6">
         <v>121576724.0</v>
       </c>
-      <c r="BU59" s="6">
+      <c r="BX59" s="6">
         <v>122699087.0</v>
       </c>
-      <c r="BV59" s="6">
+      <c r="BY59" s="6">
         <v>76744977.0</v>
       </c>
-      <c r="BW59" s="6">
+      <c r="BZ59" s="6">
         <v>59353950.0</v>
       </c>
-      <c r="BX59" s="6">
+      <c r="CA59" s="6">
         <v>126934127.0</v>
       </c>
-      <c r="BY59" s="6">
+      <c r="CB59" s="6">
         <v>220844665.0</v>
       </c>
-      <c r="BZ59" s="6">
+      <c r="CC59" s="6">
         <v>124093255.0</v>
       </c>
-      <c r="CA59" s="6">
+      <c r="CD59" s="6">
         <v>119523356.0</v>
       </c>
-      <c r="CB59" s="6">
+      <c r="CE59" s="6">
         <v>117255488.0</v>
       </c>
-      <c r="CC59" s="6">
+      <c r="CF59" s="6">
         <v>114561064.0</v>
       </c>
-      <c r="CD59" s="6">
+      <c r="CG59" s="6">
         <v>30371376.0</v>
       </c>
     </row>
-    <row r="60" spans="1:82">
+    <row r="60" spans="1:85">
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C60" s="6">
-        <v>43122741.0</v>
+        <v>46746166.0</v>
       </c>
       <c r="D60" s="6">
-        <v>48532566.0</v>
+        <v>46038714.0</v>
       </c>
       <c r="E60" s="6">
-        <v>46838340.0</v>
+        <v>41678270.0</v>
       </c>
       <c r="F60" s="6">
-        <v>43268952.0</v>
+        <v>43105759.0</v>
       </c>
       <c r="G60" s="6">
-        <v>44653626.0</v>
+        <v>48533117.0</v>
       </c>
       <c r="H60" s="6">
-        <v>41717103.0</v>
+        <v>46820641.0</v>
       </c>
       <c r="I60" s="6">
-        <v>40433302.0</v>
+        <v>43251041.0</v>
       </c>
       <c r="J60" s="6">
-        <v>4944673.0</v>
+        <v>44645119.0</v>
       </c>
       <c r="K60" s="6">
-        <v>86793721.0</v>
+        <v>41707627.0</v>
       </c>
       <c r="L60" s="6">
+        <v>40430936.0</v>
+      </c>
+      <c r="M60" s="6">
+        <v>4941148.0</v>
+      </c>
+      <c r="N60" s="6">
+        <v>86799567.0</v>
+      </c>
+      <c r="O60" s="6">
         <v>40193497.0</v>
       </c>
-      <c r="M60" s="6">
+      <c r="P60" s="6">
         <v>43124733.0</v>
       </c>
-      <c r="N60" s="6">
+      <c r="Q60" s="6">
         <v>37013279.0</v>
       </c>
-      <c r="O60" s="6">
+      <c r="R60" s="6">
         <v>38363345.0</v>
       </c>
-      <c r="P60" s="6">
-[...2 lines deleted...]
-      <c r="Q60" s="6">
+      <c r="S60" s="6">
+        <v>43259544.0</v>
+      </c>
+      <c r="T60" s="6">
         <v>42987386.0</v>
       </c>
-      <c r="R60" s="6">
+      <c r="U60" s="6">
         <v>42482900.0</v>
       </c>
-      <c r="S60" s="6">
-[...2 lines deleted...]
-      <c r="T60" s="6">
+      <c r="V60" s="6">
+        <v>38861291.0</v>
+      </c>
+      <c r="W60" s="6">
         <v>38452428.0</v>
       </c>
-      <c r="U60" s="6">
+      <c r="X60" s="6">
         <v>36661025.0</v>
       </c>
-      <c r="V60" s="6">
+      <c r="Y60" s="6">
         <v>3901474.0</v>
       </c>
-      <c r="W60" s="6">
+      <c r="Z60" s="6">
         <v>77239905.0</v>
       </c>
-      <c r="X60" s="6">
+      <c r="AA60" s="6">
         <v>34978840.0</v>
       </c>
-      <c r="Y60" s="6">
+      <c r="AB60" s="6">
         <v>36118224.0</v>
       </c>
-      <c r="Z60" s="6">
+      <c r="AC60" s="6">
         <v>32277826.0</v>
       </c>
-      <c r="AA60" s="6">
+      <c r="AD60" s="6">
         <v>33483177.0</v>
       </c>
-      <c r="AB60" s="6">
+      <c r="AE60" s="6">
         <v>36912060.0</v>
       </c>
-      <c r="AC60" s="6">
+      <c r="AF60" s="6">
         <v>36613564.0</v>
       </c>
-      <c r="AD60" s="6">
+      <c r="AG60" s="6">
         <v>33563423.0</v>
       </c>
-      <c r="AE60" s="6">
+      <c r="AH60" s="6">
         <v>33830977.0</v>
       </c>
-      <c r="AF60" s="6">
+      <c r="AI60" s="6">
         <v>35101543.0</v>
       </c>
-      <c r="AG60" s="6">
+      <c r="AJ60" s="6">
         <v>31797202.0</v>
       </c>
-      <c r="AH60" s="6">
+      <c r="AK60" s="6">
         <v>3549029.0</v>
       </c>
-      <c r="AI60" s="6">
+      <c r="AL60" s="6">
         <v>67602229.0</v>
       </c>
-      <c r="AJ60" s="6">
+      <c r="AM60" s="6">
         <v>30435983.0</v>
       </c>
-      <c r="AK60" s="6">
+      <c r="AN60" s="6">
         <v>30714686.0</v>
       </c>
-      <c r="AL60" s="6">
+      <c r="AO60" s="6">
         <v>28011452.0</v>
       </c>
-      <c r="AM60" s="6">
+      <c r="AP60" s="6">
         <v>27580874.0</v>
       </c>
-      <c r="AN60" s="6">
+      <c r="AQ60" s="6">
         <v>32551038.0</v>
       </c>
-      <c r="AO60" s="6">
+      <c r="AR60" s="6">
         <v>32373875.0</v>
       </c>
-      <c r="AP60" s="6">
+      <c r="AS60" s="6">
         <v>29957812.0</v>
       </c>
-      <c r="AQ60" s="6">
+      <c r="AT60" s="6">
         <v>30098859.0</v>
       </c>
-      <c r="AR60" s="6">
+      <c r="AU60" s="6">
         <v>28549174.0</v>
       </c>
-      <c r="AS60" s="6">
+      <c r="AV60" s="6">
         <v>27804709.0</v>
       </c>
-      <c r="AT60" s="6">
+      <c r="AW60" s="6">
         <v>3477032.0</v>
       </c>
-      <c r="AU60" s="6">
+      <c r="AX60" s="6">
         <v>57749896.0</v>
       </c>
-      <c r="AV60" s="6">
+      <c r="AY60" s="6">
         <v>26351996.0</v>
       </c>
-      <c r="AW60" s="6">
+      <c r="AZ60" s="6">
         <v>27224145.0</v>
       </c>
-      <c r="AX60" s="6">
+      <c r="BA60" s="6">
         <v>25915990.0</v>
       </c>
-      <c r="AY60" s="6">
+      <c r="BB60" s="6">
         <v>25203746.0</v>
       </c>
-      <c r="AZ60" s="6">
+      <c r="BC60" s="6">
         <v>29802952.0</v>
       </c>
-      <c r="BA60" s="6">
+      <c r="BD60" s="6">
         <v>29129448.0</v>
       </c>
-      <c r="BB60" s="6">
+      <c r="BE60" s="6">
         <v>26662408.0</v>
       </c>
-      <c r="BC60" s="6">
+      <c r="BF60" s="6">
         <v>26898600.0</v>
       </c>
-      <c r="BD60" s="6">
+      <c r="BG60" s="6">
         <v>27418054.0</v>
       </c>
-      <c r="BE60" s="6">
+      <c r="BH60" s="6">
         <v>25803058.0</v>
       </c>
-      <c r="BF60" s="6">
+      <c r="BI60" s="6">
         <v>3181115.0</v>
       </c>
-      <c r="BG60" s="6">
+      <c r="BJ60" s="6">
         <v>54795216.0</v>
       </c>
-      <c r="BH60" s="6">
+      <c r="BK60" s="6">
         <v>26335438.0</v>
       </c>
-      <c r="BI60" s="6">
+      <c r="BL60" s="6">
         <v>26064394.0</v>
       </c>
-      <c r="BJ60" s="6">
+      <c r="BM60" s="6">
         <v>16778815.0</v>
       </c>
-      <c r="BK60" s="6">
+      <c r="BN60" s="6">
         <v>14140753.0</v>
       </c>
-      <c r="BL60" s="6">
+      <c r="BO60" s="6">
         <v>25345461.0</v>
       </c>
-      <c r="BM60" s="6">
+      <c r="BP60" s="6">
         <v>41164350.0</v>
       </c>
-      <c r="BN60" s="6">
+      <c r="BQ60" s="6">
         <v>23380852.0</v>
       </c>
-      <c r="BO60" s="6">
+      <c r="BR60" s="6">
         <v>24096238.0</v>
       </c>
-      <c r="BP60" s="6">
+      <c r="BS60" s="6">
         <v>23922791.0</v>
       </c>
-      <c r="BQ60" s="6">
+      <c r="BT60" s="6">
         <v>23167495.0</v>
       </c>
-      <c r="BR60" s="6">
+      <c r="BU60" s="6">
         <v>7157810.0</v>
       </c>
-      <c r="BS60" s="6">
+      <c r="BV60" s="6">
         <v>42544925.0</v>
       </c>
-      <c r="BT60" s="6">
+      <c r="BW60" s="6">
         <v>20753936.0</v>
       </c>
-      <c r="BU60" s="6">
+      <c r="BX60" s="6">
         <v>20946779.0</v>
       </c>
-      <c r="BV60" s="6">
+      <c r="BY60" s="6">
         <v>12568791.0</v>
       </c>
-      <c r="BW60" s="6">
+      <c r="BZ60" s="6">
         <v>10318431.0</v>
       </c>
-      <c r="BX60" s="6">
+      <c r="CA60" s="6">
         <v>22051919.0</v>
       </c>
-      <c r="BY60" s="6">
+      <c r="CB60" s="6">
         <v>37715596.0</v>
       </c>
-      <c r="BZ60" s="6">
+      <c r="CC60" s="6">
         <v>20953734.0</v>
       </c>
-      <c r="CA60" s="6">
+      <c r="CD60" s="6">
         <v>20039117.0</v>
       </c>
-      <c r="CB60" s="6">
+      <c r="CE60" s="6">
         <v>19587931.0</v>
       </c>
-      <c r="CC60" s="6">
+      <c r="CF60" s="6">
         <v>19115034.0</v>
       </c>
-      <c r="CD60" s="6">
+      <c r="CG60" s="6">
         <v>3657150.0</v>
       </c>
     </row>
-    <row r="61" spans="1:82">
+    <row r="61" spans="1:85">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C61" s="6">
-        <v>3805.0</v>
+        <v>3812.0</v>
       </c>
       <c r="D61" s="6">
-        <v>3834.0</v>
+        <v>3828.0</v>
       </c>
       <c r="E61" s="6">
-        <v>3851.0</v>
+        <v>3821.0</v>
       </c>
       <c r="F61" s="6">
-        <v>3850.0</v>
+        <v>3849.0</v>
       </c>
       <c r="G61" s="6">
-        <v>3851.0</v>
+        <v>3860.0</v>
       </c>
       <c r="H61" s="6">
-        <v>3861.0</v>
+        <v>3878.0</v>
       </c>
       <c r="I61" s="6">
-        <v>3869.0</v>
+        <v>3873.0</v>
       </c>
       <c r="J61" s="6">
-        <v>3878.0</v>
+        <v>3871.0</v>
       </c>
       <c r="K61" s="6">
-        <v>3829.0</v>
+        <v>3880.0</v>
       </c>
       <c r="L61" s="6">
+        <v>3891.0</v>
+      </c>
+      <c r="M61" s="6">
+        <v>3897.0</v>
+      </c>
+      <c r="N61" s="6">
+        <v>3830.0</v>
+      </c>
+      <c r="O61" s="6">
         <v>3814.0</v>
       </c>
-      <c r="M61" s="6">
-[...2 lines deleted...]
-      <c r="N61" s="6">
+      <c r="P61" s="6">
+        <v>3792.0</v>
+      </c>
+      <c r="Q61" s="6">
         <v>3786.0</v>
       </c>
-      <c r="O61" s="6">
-[...5 lines deleted...]
-      <c r="Q61" s="6">
+      <c r="R61" s="6">
+        <v>3819.0</v>
+      </c>
+      <c r="S61" s="6">
+        <v>3840.0</v>
+      </c>
+      <c r="T61" s="6">
         <v>3832.0</v>
       </c>
-      <c r="R61" s="6">
-[...2 lines deleted...]
-      <c r="S61" s="6">
+      <c r="U61" s="6">
+        <v>3843.0</v>
+      </c>
+      <c r="V61" s="6">
         <v>3846.0</v>
       </c>
-      <c r="T61" s="6">
+      <c r="W61" s="6">
         <v>3852.0</v>
       </c>
-      <c r="U61" s="6">
+      <c r="X61" s="6">
         <v>3852.0</v>
       </c>
-      <c r="V61" s="6">
+      <c r="Y61" s="6">
         <v>3855.0</v>
       </c>
-      <c r="W61" s="6">
+      <c r="Z61" s="6">
         <v>3652.0</v>
       </c>
-      <c r="X61" s="6">
+      <c r="AA61" s="6">
         <v>3628.0</v>
       </c>
-      <c r="Y61" s="6">
+      <c r="AB61" s="6">
         <v>3633.0</v>
       </c>
-      <c r="Z61" s="6">
+      <c r="AC61" s="6">
         <v>3633.0</v>
       </c>
-      <c r="AA61" s="6">
+      <c r="AD61" s="6">
         <v>3613.0</v>
       </c>
-      <c r="AB61" s="6">
+      <c r="AE61" s="6">
         <v>3606.0</v>
       </c>
-      <c r="AC61" s="6">
+      <c r="AF61" s="6">
         <v>3626.0</v>
       </c>
-      <c r="AD61" s="6">
+      <c r="AG61" s="6">
         <v>3634.0</v>
       </c>
-      <c r="AE61" s="6">
+      <c r="AH61" s="6">
         <v>3639.0</v>
       </c>
-      <c r="AF61" s="6">
+      <c r="AI61" s="6">
         <v>3643.0</v>
       </c>
-      <c r="AG61" s="6">
+      <c r="AJ61" s="6">
         <v>3643.0</v>
       </c>
-      <c r="AH61" s="6">
+      <c r="AK61" s="6">
         <v>3642.0</v>
       </c>
-      <c r="AI61" s="6">
-[...2 lines deleted...]
-      <c r="AJ61" s="6">
+      <c r="AL61" s="6">
+        <v>3635.0</v>
+      </c>
+      <c r="AM61" s="6">
         <v>3615.0</v>
       </c>
-      <c r="AK61" s="6">
+      <c r="AN61" s="6">
         <v>3617.0</v>
       </c>
-      <c r="AL61" s="6">
+      <c r="AO61" s="6">
         <v>3625.0</v>
       </c>
-      <c r="AM61" s="6">
+      <c r="AP61" s="6">
         <v>3683.0</v>
       </c>
-      <c r="AN61" s="6">
+      <c r="AQ61" s="6">
         <v>3695.0</v>
       </c>
-      <c r="AO61" s="6">
+      <c r="AR61" s="6">
         <v>3707.0</v>
       </c>
-      <c r="AP61" s="6">
+      <c r="AS61" s="6">
         <v>3715.0</v>
       </c>
-      <c r="AQ61" s="6">
+      <c r="AT61" s="6">
         <v>3710.0</v>
       </c>
-      <c r="AR61" s="6">
+      <c r="AU61" s="6">
         <v>3703.0</v>
       </c>
-      <c r="AS61" s="6">
+      <c r="AV61" s="6">
         <v>3711.0</v>
       </c>
-      <c r="AT61" s="6">
+      <c r="AW61" s="6">
         <v>3707.0</v>
       </c>
-      <c r="AU61" s="6">
+      <c r="AX61" s="6">
         <v>3716.0</v>
       </c>
-      <c r="AV61" s="6">
+      <c r="AY61" s="6">
         <v>3689.0</v>
       </c>
-      <c r="AW61" s="6">
+      <c r="AZ61" s="6">
         <v>3692.0</v>
       </c>
-      <c r="AX61" s="6">
+      <c r="BA61" s="6">
         <v>3693.0</v>
       </c>
-      <c r="AY61" s="6">
+      <c r="BB61" s="6">
         <v>3723.0</v>
       </c>
-      <c r="AZ61" s="6">
+      <c r="BC61" s="6">
         <v>3725.0</v>
       </c>
-      <c r="BA61" s="6">
+      <c r="BD61" s="6">
         <v>3716.0</v>
       </c>
-      <c r="BB61" s="6">
+      <c r="BE61" s="6">
         <v>3711.0</v>
       </c>
-      <c r="BC61" s="6">
+      <c r="BF61" s="6">
         <v>3703.0</v>
       </c>
-      <c r="BD61" s="6">
+      <c r="BG61" s="6">
         <v>3688.0</v>
       </c>
-      <c r="BE61" s="6">
+      <c r="BH61" s="6">
         <v>3673.0</v>
       </c>
-      <c r="BF61" s="6">
+      <c r="BI61" s="6">
         <v>3674.0</v>
       </c>
-      <c r="BG61" s="6">
+      <c r="BJ61" s="6">
         <v>3192.0</v>
       </c>
-      <c r="BH61" s="6">
+      <c r="BK61" s="6">
         <v>3166.0</v>
       </c>
-      <c r="BI61" s="6">
+      <c r="BL61" s="6">
         <v>3154.0</v>
       </c>
-      <c r="BJ61" s="6">
+      <c r="BM61" s="6">
         <v>3153.0</v>
       </c>
-      <c r="BK61" s="6">
+      <c r="BN61" s="6">
         <v>3143.0</v>
       </c>
-      <c r="BL61" s="6">
+      <c r="BO61" s="6">
         <v>3140.0</v>
       </c>
-      <c r="BM61" s="6">
+      <c r="BP61" s="6">
         <v>3147.0</v>
       </c>
-      <c r="BN61" s="6">
+      <c r="BQ61" s="6">
         <v>3131.0</v>
       </c>
-      <c r="BO61" s="6">
+      <c r="BR61" s="6">
         <v>3130.0</v>
       </c>
-      <c r="BP61" s="6">
+      <c r="BS61" s="6">
         <v>3146.0</v>
       </c>
-      <c r="BQ61" s="6">
+      <c r="BT61" s="6">
         <v>3142.0</v>
       </c>
-      <c r="BR61" s="6">
+      <c r="BU61" s="6">
         <v>3144.0</v>
       </c>
-      <c r="BS61" s="6">
+      <c r="BV61" s="6">
         <v>3114.0</v>
       </c>
-      <c r="BT61" s="6">
+      <c r="BW61" s="6">
         <v>3093.0</v>
       </c>
-      <c r="BU61" s="6">
+      <c r="BX61" s="6">
         <v>3086.0</v>
       </c>
-      <c r="BV61" s="6">
+      <c r="BY61" s="6">
         <v>3082.0</v>
       </c>
-      <c r="BW61" s="6">
+      <c r="BZ61" s="6">
         <v>3090.0</v>
       </c>
-      <c r="BX61" s="6">
+      <c r="CA61" s="6">
         <v>3075.0</v>
       </c>
-      <c r="BY61" s="6">
+      <c r="CB61" s="6">
         <v>3074.0</v>
       </c>
-      <c r="BZ61" s="6">
+      <c r="CC61" s="6">
         <v>3063.0</v>
       </c>
-      <c r="CA61" s="6">
+      <c r="CD61" s="6">
         <v>3058.0</v>
       </c>
-      <c r="CB61" s="6">
+      <c r="CE61" s="6">
         <v>3049.0</v>
       </c>
-      <c r="CC61" s="6">
+      <c r="CF61" s="6">
         <v>3037.0</v>
       </c>
-      <c r="CD61" s="6">
+      <c r="CG61" s="6">
         <v>3025.0</v>
       </c>
     </row>
-    <row r="62" spans="1:82">
+    <row r="62" spans="1:85">
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C62" s="6">
-        <v>164094924.0</v>
+        <v>300182003.0</v>
       </c>
       <c r="D62" s="6">
-        <v>337483289.0</v>
+        <v>299364290.0</v>
       </c>
       <c r="E62" s="6">
-        <v>494918590.0</v>
+        <v>176167617.0</v>
       </c>
       <c r="F62" s="6">
-        <v>293213312.0</v>
+        <v>164538120.0</v>
       </c>
       <c r="G62" s="6">
-        <v>287069577.0</v>
+        <v>337759976.0</v>
       </c>
       <c r="H62" s="6">
-        <v>278640962.0</v>
+        <v>494421485.0</v>
       </c>
       <c r="I62" s="6">
-        <v>274376130.0</v>
+        <v>293347564.0</v>
       </c>
       <c r="J62" s="6">
-        <v>48681913.0</v>
+        <v>285176569.0</v>
       </c>
       <c r="K62" s="6">
-        <v>613251205.0</v>
+        <v>278557486.0</v>
       </c>
       <c r="L62" s="6">
-        <v>271102085.0</v>
+        <v>274590456.0</v>
       </c>
       <c r="M62" s="6">
-        <v>273314626.0</v>
+        <v>48749135.0</v>
       </c>
       <c r="N62" s="6">
+        <v>613251387.0</v>
+      </c>
+      <c r="O62" s="6">
+        <v>271102351.0</v>
+      </c>
+      <c r="P62" s="6">
+        <v>273314580.0</v>
+      </c>
+      <c r="Q62" s="6">
         <v>157270580.0</v>
       </c>
-      <c r="O62" s="6">
-[...2 lines deleted...]
-      <c r="P62" s="6">
+      <c r="R62" s="6">
+        <v>142457171.0</v>
+      </c>
+      <c r="S62" s="6">
         <v>286410673.0</v>
       </c>
-      <c r="Q62" s="6">
-[...5 lines deleted...]
-      <c r="S62" s="6">
+      <c r="T62" s="6">
+        <v>438965059.0</v>
+      </c>
+      <c r="U62" s="6">
+        <v>260112923.0</v>
+      </c>
+      <c r="V62" s="6">
         <v>244102680.0</v>
       </c>
-      <c r="T62" s="6">
+      <c r="W62" s="6">
         <v>247688611.0</v>
       </c>
-      <c r="U62" s="6">
-[...2 lines deleted...]
-      <c r="V62" s="6">
+      <c r="X62" s="6">
+        <v>240066036.0</v>
+      </c>
+      <c r="Y62" s="6">
         <v>42854208.0</v>
       </c>
-      <c r="W62" s="6">
+      <c r="Z62" s="6">
         <v>494104628.0</v>
       </c>
-      <c r="X62" s="6">
+      <c r="AA62" s="6">
         <v>218030643.0</v>
       </c>
-      <c r="Y62" s="6">
+      <c r="AB62" s="6">
         <v>220266489.0</v>
       </c>
-      <c r="Z62" s="6">
+      <c r="AC62" s="6">
         <v>133447937.0</v>
       </c>
-      <c r="AA62" s="6">
+      <c r="AD62" s="6">
         <v>119916423.0</v>
       </c>
-      <c r="AB62" s="6">
+      <c r="AE62" s="6">
         <v>234058275.0</v>
       </c>
-      <c r="AC62" s="6">
+      <c r="AF62" s="6">
         <v>386571080.0</v>
       </c>
-      <c r="AD62" s="6">
+      <c r="AG62" s="6">
         <v>221235311.0</v>
       </c>
-      <c r="AE62" s="6">
+      <c r="AH62" s="6">
         <v>210257029.0</v>
       </c>
-      <c r="AF62" s="6">
+      <c r="AI62" s="6">
         <v>213783364.0</v>
       </c>
-      <c r="AG62" s="6">
+      <c r="AJ62" s="6">
         <v>208037202.0</v>
       </c>
-      <c r="AH62" s="6">
+      <c r="AK62" s="6">
         <v>37298772.0</v>
       </c>
-      <c r="AI62" s="6">
-[...2 lines deleted...]
-      <c r="AJ62" s="6">
+      <c r="AL62" s="6">
+        <v>397392548.0</v>
+      </c>
+      <c r="AM62" s="6">
         <v>190809287.0</v>
       </c>
-      <c r="AK62" s="6">
+      <c r="AN62" s="6">
         <v>186410397.0</v>
       </c>
-      <c r="AL62" s="6">
+      <c r="AO62" s="6">
         <v>127561639.0</v>
       </c>
-      <c r="AM62" s="6">
+      <c r="AP62" s="6">
         <v>111035471.0</v>
       </c>
-      <c r="AN62" s="6">
+      <c r="AQ62" s="6">
         <v>175384871.0</v>
       </c>
-      <c r="AO62" s="6">
+      <c r="AR62" s="6">
         <v>345772503.0</v>
       </c>
-      <c r="AP62" s="6">
+      <c r="AS62" s="6">
         <v>199951150.0</v>
       </c>
-      <c r="AQ62" s="6">
+      <c r="AT62" s="6">
         <v>182657690.0</v>
       </c>
-      <c r="AR62" s="6">
+      <c r="AU62" s="6">
         <v>183682455.0</v>
       </c>
-      <c r="AS62" s="6">
+      <c r="AV62" s="6">
         <v>177280328.0</v>
       </c>
-      <c r="AT62" s="6">
+      <c r="AW62" s="6">
         <v>57116972.0</v>
       </c>
-      <c r="AU62" s="6">
+      <c r="AX62" s="6">
         <v>336491222.0</v>
       </c>
-      <c r="AV62" s="6">
+      <c r="AY62" s="6">
         <v>166738068.0</v>
       </c>
-      <c r="AW62" s="6">
+      <c r="AZ62" s="6">
         <v>165120195.0</v>
       </c>
-      <c r="AX62" s="6">
+      <c r="BA62" s="6">
         <v>112298994.0</v>
       </c>
-      <c r="AY62" s="6">
+      <c r="BB62" s="6">
         <v>96070760.0</v>
       </c>
-      <c r="AZ62" s="6">
+      <c r="BC62" s="6">
         <v>159474439.0</v>
       </c>
-      <c r="BA62" s="6">
+      <c r="BD62" s="6">
         <v>294279973.0</v>
       </c>
-      <c r="BB62" s="6">
+      <c r="BE62" s="6">
         <v>170084799.0</v>
       </c>
-      <c r="BC62" s="6">
+      <c r="BF62" s="6">
         <v>160023408.0</v>
       </c>
-      <c r="BD62" s="6">
+      <c r="BG62" s="6">
         <v>160653670.0</v>
       </c>
-      <c r="BE62" s="6">
+      <c r="BH62" s="6">
         <v>155503243.0</v>
       </c>
-      <c r="BF62" s="6">
+      <c r="BI62" s="6">
         <v>50917227.0</v>
       </c>
-      <c r="BG62" s="6">
+      <c r="BJ62" s="6">
         <v>301164201.0</v>
       </c>
-      <c r="BH62" s="6">
+      <c r="BK62" s="6">
         <v>148361473.0</v>
       </c>
-      <c r="BI62" s="6">
+      <c r="BL62" s="6">
         <v>144373366.0</v>
       </c>
-      <c r="BJ62" s="6">
+      <c r="BM62" s="6">
         <v>144812870.0</v>
       </c>
-      <c r="BK62" s="6">
+      <c r="BN62" s="6">
         <v>149478450.0</v>
       </c>
-      <c r="BL62" s="6">
+      <c r="BO62" s="6">
         <v>169140157.0</v>
       </c>
-      <c r="BM62" s="6">
+      <c r="BP62" s="6">
         <v>154750026.0</v>
       </c>
-      <c r="BN62" s="6">
+      <c r="BQ62" s="6">
         <v>135916077.0</v>
       </c>
-      <c r="BO62" s="6">
+      <c r="BR62" s="6">
         <v>130108774.0</v>
       </c>
-      <c r="BP62" s="6">
+      <c r="BS62" s="6">
         <v>136716610.0</v>
       </c>
-      <c r="BQ62" s="6">
+      <c r="BT62" s="6">
         <v>136840242.0</v>
       </c>
-      <c r="BR62" s="6">
+      <c r="BU62" s="6">
         <v>43466223.0</v>
       </c>
-      <c r="BS62" s="6">
+      <c r="BV62" s="6">
         <v>249355723.0</v>
       </c>
-      <c r="BT62" s="6">
+      <c r="BW62" s="6">
         <v>126561081.0</v>
       </c>
-      <c r="BU62" s="6">
+      <c r="BX62" s="6">
         <v>127587337.0</v>
       </c>
-      <c r="BV62" s="6">
+      <c r="BY62" s="6">
         <v>116504434.0</v>
       </c>
-      <c r="BW62" s="6">
+      <c r="BZ62" s="6">
         <v>121581795.0</v>
       </c>
-      <c r="BX62" s="6">
+      <c r="CA62" s="6">
         <v>135761311.0</v>
       </c>
-      <c r="BY62" s="6">
+      <c r="CB62" s="6">
         <v>131774911.0</v>
       </c>
-      <c r="BZ62" s="6">
+      <c r="CC62" s="6">
         <v>127456763.0</v>
       </c>
-      <c r="CA62" s="6">
+      <c r="CD62" s="6">
         <v>125330766.0</v>
       </c>
-      <c r="CB62" s="6">
+      <c r="CE62" s="6">
         <v>120038444.0</v>
       </c>
-      <c r="CC62" s="6">
+      <c r="CF62" s="6">
         <v>118359579.0</v>
       </c>
-      <c r="CD62" s="6">
+      <c r="CG62" s="6">
         <v>31870197.0</v>
       </c>
     </row>
-    <row r="63" spans="1:82">
+    <row r="63" spans="1:85">
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C63" s="6">
-        <v>29295315.0</v>
+        <v>53861333.0</v>
       </c>
       <c r="D63" s="6">
-        <v>60436945.0</v>
+        <v>53615644.0</v>
       </c>
       <c r="E63" s="6">
-        <v>87864838.0</v>
+        <v>30864648.0</v>
       </c>
       <c r="F63" s="6">
-        <v>51160581.0</v>
+        <v>29398935.0</v>
       </c>
       <c r="G63" s="6">
-        <v>49774062.0</v>
+        <v>60480354.0</v>
       </c>
       <c r="H63" s="6">
-        <v>48782111.0</v>
+        <v>87903071.0</v>
       </c>
       <c r="I63" s="6">
-        <v>47814522.0</v>
+        <v>51184406.0</v>
       </c>
       <c r="J63" s="6">
-        <v>6978287.0</v>
+        <v>49782561.0</v>
       </c>
       <c r="K63" s="6">
-        <v>115634163.0</v>
+        <v>48788404.0</v>
       </c>
       <c r="L63" s="6">
-        <v>47996879.0</v>
+        <v>47851048.0</v>
       </c>
       <c r="M63" s="6">
-        <v>48358474.0</v>
+        <v>6990122.0</v>
       </c>
       <c r="N63" s="6">
+        <v>115634314.0</v>
+      </c>
+      <c r="O63" s="6">
+        <v>47996878.0</v>
+      </c>
+      <c r="P63" s="6">
+        <v>48358465.0</v>
+      </c>
+      <c r="Q63" s="6">
         <v>27075914.0</v>
       </c>
-      <c r="O63" s="6">
-[...2 lines deleted...]
-      <c r="P63" s="6">
+      <c r="R63" s="6">
+        <v>25220830.0</v>
+      </c>
+      <c r="S63" s="6">
         <v>50480926.0</v>
       </c>
-      <c r="Q63" s="6">
-[...5 lines deleted...]
-      <c r="S63" s="6">
+      <c r="T63" s="6">
+        <v>76956774.0</v>
+      </c>
+      <c r="U63" s="6">
+        <v>44886395.0</v>
+      </c>
+      <c r="V63" s="6">
         <v>42137029.0</v>
       </c>
-      <c r="T63" s="6">
+      <c r="W63" s="6">
         <v>42414138.0</v>
       </c>
-      <c r="U63" s="6">
-[...2 lines deleted...]
-      <c r="V63" s="6">
+      <c r="X63" s="6">
+        <v>40972660.0</v>
+      </c>
+      <c r="Y63" s="6">
         <v>5924355.0</v>
       </c>
-      <c r="W63" s="6">
-[...2 lines deleted...]
-      <c r="X63" s="6">
+      <c r="Z63" s="6">
+        <v>91801076.0</v>
+      </c>
+      <c r="AA63" s="6">
         <v>37726078.0</v>
       </c>
-      <c r="Y63" s="6">
+      <c r="AB63" s="6">
         <v>37771577.0</v>
       </c>
-      <c r="Z63" s="6">
+      <c r="AC63" s="6">
         <v>23165545.0</v>
       </c>
-      <c r="AA63" s="6">
+      <c r="AD63" s="6">
         <v>20944145.0</v>
       </c>
-      <c r="AB63" s="6">
+      <c r="AE63" s="6">
         <v>40850322.0</v>
       </c>
-      <c r="AC63" s="6">
+      <c r="AF63" s="6">
         <v>67055288.0</v>
       </c>
-      <c r="AD63" s="6">
+      <c r="AG63" s="6">
         <v>37991828.0</v>
       </c>
-      <c r="AE63" s="6">
+      <c r="AH63" s="6">
         <v>35831888.0</v>
       </c>
-      <c r="AF63" s="6">
+      <c r="AI63" s="6">
         <v>36685335.0</v>
       </c>
-      <c r="AG63" s="6">
+      <c r="AJ63" s="6">
         <v>35322410.0</v>
       </c>
-      <c r="AH63" s="6">
+      <c r="AK63" s="6">
         <v>5004894.0</v>
       </c>
-      <c r="AI63" s="6">
-[...2 lines deleted...]
-      <c r="AJ63" s="6">
+      <c r="AL63" s="6">
+        <v>73517829.0</v>
+      </c>
+      <c r="AM63" s="6">
         <v>32704057.0</v>
       </c>
-      <c r="AK63" s="6">
+      <c r="AN63" s="6">
         <v>31446481.0</v>
       </c>
-      <c r="AL63" s="6">
+      <c r="AO63" s="6">
         <v>21643801.0</v>
       </c>
-      <c r="AM63" s="6">
+      <c r="AP63" s="6">
         <v>19549632.0</v>
       </c>
-      <c r="AN63" s="6">
+      <c r="AQ63" s="6">
         <v>30340585.0</v>
       </c>
-      <c r="AO63" s="6">
+      <c r="AR63" s="6">
         <v>59180418.0</v>
       </c>
-      <c r="AP63" s="6">
+      <c r="AS63" s="6">
         <v>34151529.0</v>
       </c>
-      <c r="AQ63" s="6">
+      <c r="AT63" s="6">
         <v>31250823.0</v>
       </c>
-      <c r="AR63" s="6">
+      <c r="AU63" s="6">
         <v>31249427.0</v>
       </c>
-      <c r="AS63" s="6">
+      <c r="AV63" s="6">
         <v>30070576.0</v>
       </c>
-      <c r="AT63" s="6">
+      <c r="AW63" s="6">
         <v>8398301.0</v>
       </c>
-      <c r="AU63" s="6">
+      <c r="AX63" s="6">
         <v>61826399.0</v>
       </c>
-      <c r="AV63" s="6">
+      <c r="AY63" s="6">
         <v>28344517.0</v>
       </c>
-      <c r="AW63" s="6">
+      <c r="AZ63" s="6">
         <v>27882826.0</v>
       </c>
-      <c r="AX63" s="6">
+      <c r="BA63" s="6">
         <v>18866232.0</v>
       </c>
-      <c r="AY63" s="6">
+      <c r="BB63" s="6">
         <v>17113815.0</v>
       </c>
-      <c r="AZ63" s="6">
+      <c r="BC63" s="6">
         <v>27360082.0</v>
       </c>
-      <c r="BA63" s="6">
+      <c r="BD63" s="6">
         <v>49653446.0</v>
       </c>
-      <c r="BB63" s="6">
+      <c r="BE63" s="6">
         <v>28501972.0</v>
       </c>
-      <c r="BC63" s="6">
+      <c r="BF63" s="6">
         <v>26940285.0</v>
       </c>
-      <c r="BD63" s="6">
+      <c r="BG63" s="6">
         <v>26931014.0</v>
       </c>
-      <c r="BE63" s="6">
+      <c r="BH63" s="6">
         <v>25974424.0</v>
       </c>
-      <c r="BF63" s="6">
+      <c r="BI63" s="6">
         <v>7202536.0</v>
       </c>
-      <c r="BG63" s="6">
+      <c r="BJ63" s="6">
         <v>55254146.0</v>
       </c>
-      <c r="BH63" s="6">
+      <c r="BK63" s="6">
         <v>25951097.0</v>
       </c>
-      <c r="BI63" s="6">
+      <c r="BL63" s="6">
         <v>25323458.0</v>
       </c>
-      <c r="BJ63" s="6">
+      <c r="BM63" s="6">
         <v>25353208.0</v>
       </c>
-      <c r="BK63" s="6">
+      <c r="BN63" s="6">
         <v>26026717.0</v>
       </c>
-      <c r="BL63" s="6">
+      <c r="BO63" s="6">
         <v>30107351.0</v>
       </c>
-      <c r="BM63" s="6">
+      <c r="BP63" s="6">
         <v>27132770.0</v>
       </c>
-      <c r="BN63" s="6">
+      <c r="BQ63" s="6">
         <v>23792148.0</v>
       </c>
-      <c r="BO63" s="6">
+      <c r="BR63" s="6">
         <v>22271675.0</v>
       </c>
-      <c r="BP63" s="6">
+      <c r="BS63" s="6">
         <v>23545854.0</v>
       </c>
-      <c r="BQ63" s="6">
+      <c r="BT63" s="6">
         <v>23532348.0</v>
       </c>
-      <c r="BR63" s="6">
+      <c r="BU63" s="6">
         <v>6658580.0</v>
       </c>
-      <c r="BS63" s="6">
+      <c r="BV63" s="6">
         <v>46256150.0</v>
       </c>
-      <c r="BT63" s="6">
+      <c r="BW63" s="6">
         <v>22468673.0</v>
       </c>
-      <c r="BU63" s="6">
+      <c r="BX63" s="6">
         <v>22769962.0</v>
       </c>
-      <c r="BV63" s="6">
+      <c r="BY63" s="6">
         <v>20534358.0</v>
       </c>
-      <c r="BW63" s="6">
+      <c r="BZ63" s="6">
         <v>21514027.0</v>
       </c>
-      <c r="BX63" s="6">
+      <c r="CA63" s="6">
         <v>23643585.0</v>
       </c>
-      <c r="BY63" s="6">
+      <c r="CB63" s="6">
         <v>23089763.0</v>
       </c>
-      <c r="BZ63" s="6">
+      <c r="CC63" s="6">
         <v>22210617.0</v>
       </c>
-      <c r="CA63" s="6">
+      <c r="CD63" s="6">
         <v>21626107.0</v>
       </c>
-      <c r="CB63" s="6">
+      <c r="CE63" s="6">
         <v>20647581.0</v>
       </c>
-      <c r="CC63" s="6">
+      <c r="CF63" s="6">
         <v>20445817.0</v>
       </c>
-      <c r="CD63" s="6">
+      <c r="CG63" s="6">
         <v>3828785.0</v>
       </c>
     </row>
-    <row r="64" spans="1:82">
+    <row r="64" spans="1:85">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C64" s="6">
-        <v>3413.0</v>
+        <v>3449.0</v>
       </c>
       <c r="D64" s="6">
-        <v>3426.0</v>
+        <v>3450.0</v>
       </c>
       <c r="E64" s="6">
-        <v>3446.0</v>
+        <v>3440.0</v>
       </c>
       <c r="F64" s="6">
         <v>3444.0</v>
       </c>
       <c r="G64" s="6">
-        <v>3441.0</v>
+        <v>3445.0</v>
       </c>
       <c r="H64" s="6">
-        <v>3433.0</v>
+        <v>3465.0</v>
       </c>
       <c r="I64" s="6">
-        <v>3423.0</v>
+        <v>3461.0</v>
       </c>
       <c r="J64" s="6">
-        <v>3429.0</v>
+        <v>3457.0</v>
       </c>
       <c r="K64" s="6">
+        <v>3444.0</v>
+      </c>
+      <c r="L64" s="6">
+        <v>3435.0</v>
+      </c>
+      <c r="M64" s="6">
+        <v>3440.0</v>
+      </c>
+      <c r="N64" s="6">
         <v>3408.0</v>
       </c>
-      <c r="L64" s="6">
-[...2 lines deleted...]
-      <c r="M64" s="6">
+      <c r="O64" s="6">
+        <v>3391.0</v>
+      </c>
+      <c r="P64" s="6">
         <v>3389.0</v>
       </c>
-      <c r="N64" s="6">
-[...2 lines deleted...]
-      <c r="O64" s="6">
+      <c r="Q64" s="6">
+        <v>3387.0</v>
+      </c>
+      <c r="R64" s="6">
         <v>3381.0</v>
       </c>
-      <c r="P64" s="6">
+      <c r="S64" s="6">
         <v>3383.0</v>
       </c>
-      <c r="Q64" s="6">
+      <c r="T64" s="6">
         <v>3383.0</v>
       </c>
-      <c r="R64" s="6">
+      <c r="U64" s="6">
         <v>3401.0</v>
       </c>
-      <c r="S64" s="6">
+      <c r="V64" s="6">
         <v>3394.0</v>
       </c>
-      <c r="T64" s="6">
+      <c r="W64" s="6">
         <v>3391.0</v>
       </c>
-      <c r="U64" s="6">
+      <c r="X64" s="6">
         <v>3387.0</v>
       </c>
-      <c r="V64" s="6">
+      <c r="Y64" s="6">
         <v>3399.0</v>
       </c>
-      <c r="W64" s="6">
+      <c r="Z64" s="6">
         <v>3326.0</v>
       </c>
-      <c r="X64" s="6">
+      <c r="AA64" s="6">
         <v>3297.0</v>
       </c>
-      <c r="Y64" s="6">
+      <c r="AB64" s="6">
         <v>3301.0</v>
       </c>
-      <c r="Z64" s="6">
+      <c r="AC64" s="6">
         <v>3303.0</v>
       </c>
-      <c r="AA64" s="6">
+      <c r="AD64" s="6">
         <v>3285.0</v>
       </c>
-      <c r="AB64" s="6">
-[...2 lines deleted...]
-      <c r="AC64" s="6">
+      <c r="AE64" s="6">
+        <v>3275.0</v>
+      </c>
+      <c r="AF64" s="6">
         <v>3288.0</v>
       </c>
-      <c r="AD64" s="6">
+      <c r="AG64" s="6">
         <v>3288.0</v>
       </c>
-      <c r="AE64" s="6">
+      <c r="AH64" s="6">
         <v>3301.0</v>
       </c>
-      <c r="AF64" s="6">
+      <c r="AI64" s="6">
         <v>3297.0</v>
       </c>
-      <c r="AG64" s="6">
+      <c r="AJ64" s="6">
         <v>3296.0</v>
       </c>
-      <c r="AH64" s="6">
+      <c r="AK64" s="6">
         <v>3296.0</v>
       </c>
-      <c r="AI64" s="6">
+      <c r="AL64" s="6">
         <v>3240.0</v>
       </c>
-      <c r="AJ64" s="6">
+      <c r="AM64" s="6">
         <v>3227.0</v>
       </c>
-      <c r="AK64" s="6">
+      <c r="AN64" s="6">
         <v>3227.0</v>
       </c>
-      <c r="AL64" s="6">
+      <c r="AO64" s="6">
         <v>3233.0</v>
       </c>
-      <c r="AM64" s="6">
+      <c r="AP64" s="6">
         <v>3237.0</v>
       </c>
-      <c r="AN64" s="6">
+      <c r="AQ64" s="6">
         <v>3236.0</v>
       </c>
-      <c r="AO64" s="6">
+      <c r="AR64" s="6">
         <v>3246.0</v>
       </c>
-      <c r="AP64" s="6">
+      <c r="AS64" s="6">
         <v>3240.0</v>
       </c>
-      <c r="AQ64" s="6">
+      <c r="AT64" s="6">
         <v>3230.0</v>
       </c>
-      <c r="AR64" s="6">
+      <c r="AU64" s="6">
         <v>3227.0</v>
       </c>
-      <c r="AS64" s="6">
+      <c r="AV64" s="6">
         <v>3228.0</v>
       </c>
-      <c r="AT64" s="6">
+      <c r="AW64" s="6">
         <v>3215.0</v>
       </c>
-      <c r="AU64" s="6">
+      <c r="AX64" s="6">
         <v>3222.0</v>
       </c>
-      <c r="AV64" s="6">
+      <c r="AY64" s="6">
         <v>3202.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>3208.0</v>
       </c>
       <c r="AZ64" s="6">
         <v>3205.0</v>
       </c>
       <c r="BA64" s="6">
+        <v>3203.0</v>
+      </c>
+      <c r="BB64" s="6">
+        <v>3208.0</v>
+      </c>
+      <c r="BC64" s="6">
+        <v>3205.0</v>
+      </c>
+      <c r="BD64" s="6">
         <v>3209.0</v>
       </c>
-      <c r="BB64" s="6">
+      <c r="BE64" s="6">
         <v>3205.0</v>
       </c>
-      <c r="BC64" s="6">
+      <c r="BF64" s="6">
         <v>3207.0</v>
       </c>
-      <c r="BD64" s="6">
+      <c r="BG64" s="6">
         <v>3203.0</v>
       </c>
-      <c r="BE64" s="6">
+      <c r="BH64" s="6">
         <v>3199.0</v>
       </c>
-      <c r="BF64" s="6">
+      <c r="BI64" s="6">
         <v>3178.0</v>
       </c>
-      <c r="BG64" s="6">
+      <c r="BJ64" s="6">
         <v>2773.0</v>
       </c>
-      <c r="BH64" s="6">
+      <c r="BK64" s="6">
         <v>2734.0</v>
       </c>
-      <c r="BI64" s="6">
+      <c r="BL64" s="6">
         <v>2729.0</v>
       </c>
-      <c r="BJ64" s="6">
+      <c r="BM64" s="6">
         <v>2732.0</v>
       </c>
-      <c r="BK64" s="6">
+      <c r="BN64" s="6">
         <v>2717.0</v>
       </c>
-      <c r="BL64" s="6">
+      <c r="BO64" s="6">
         <v>2684.0</v>
       </c>
-      <c r="BM64" s="6">
+      <c r="BP64" s="6">
         <v>2670.0</v>
       </c>
-      <c r="BN64" s="6">
+      <c r="BQ64" s="6">
         <v>2663.0</v>
       </c>
-      <c r="BO64" s="6">
+      <c r="BR64" s="6">
         <v>2659.0</v>
       </c>
-      <c r="BP64" s="6">
+      <c r="BS64" s="6">
         <v>2681.0</v>
       </c>
-      <c r="BQ64" s="6">
+      <c r="BT64" s="6">
         <v>2679.0</v>
       </c>
-      <c r="BR64" s="6">
+      <c r="BU64" s="6">
         <v>2687.0</v>
       </c>
-      <c r="BS64" s="6">
+      <c r="BV64" s="6">
         <v>2642.0</v>
       </c>
-      <c r="BT64" s="6">
+      <c r="BW64" s="6">
         <v>2614.0</v>
       </c>
-      <c r="BU64" s="6">
+      <c r="BX64" s="6">
         <v>2614.0</v>
       </c>
-      <c r="BV64" s="6">
+      <c r="BY64" s="6">
         <v>2617.0</v>
       </c>
-      <c r="BW64" s="6">
+      <c r="BZ64" s="6">
         <v>2599.0</v>
       </c>
-      <c r="BX64" s="6">
+      <c r="CA64" s="6">
         <v>2599.0</v>
       </c>
-      <c r="BY64" s="6">
+      <c r="CB64" s="6">
         <v>2596.0</v>
       </c>
-      <c r="BZ64" s="6">
+      <c r="CC64" s="6">
         <v>2593.0</v>
       </c>
-      <c r="CA64" s="6">
+      <c r="CD64" s="6">
         <v>2573.0</v>
       </c>
-      <c r="CB64" s="6">
+      <c r="CE64" s="6">
         <v>2566.0</v>
       </c>
-      <c r="CC64" s="6">
+      <c r="CF64" s="6">
         <v>2562.0</v>
       </c>
-      <c r="CD64" s="6">
+      <c r="CG64" s="6">
         <v>2561.0</v>
       </c>
     </row>
-    <row r="65" spans="1:82">
+    <row r="65" spans="1:85">
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C65" s="6">
-        <v>299082275.0</v>
+        <v>303744164.0</v>
       </c>
       <c r="D65" s="6">
-        <v>330110485.0</v>
+        <v>299492969.0</v>
       </c>
       <c r="E65" s="6">
-        <v>315134776.0</v>
+        <v>295356063.0</v>
       </c>
       <c r="F65" s="6">
-        <v>302725549.0</v>
+        <v>300303033.0</v>
       </c>
       <c r="G65" s="6">
-        <v>301583842.0</v>
+        <v>331206250.0</v>
       </c>
       <c r="H65" s="6">
-        <v>285198937.0</v>
+        <v>316184875.0</v>
       </c>
       <c r="I65" s="6">
-        <v>285565984.0</v>
+        <v>303670811.0</v>
       </c>
       <c r="J65" s="6">
-        <v>90699124.0</v>
+        <v>302561233.0</v>
       </c>
       <c r="K65" s="6">
-        <v>493245032.0</v>
+        <v>286014797.0</v>
       </c>
       <c r="L65" s="6">
-        <v>252900455.0</v>
+        <v>286409597.0</v>
       </c>
       <c r="M65" s="6">
+        <v>90874959.0</v>
+      </c>
+      <c r="N65" s="6">
+        <v>493265278.0</v>
+      </c>
+      <c r="O65" s="6">
+        <v>252898969.0</v>
+      </c>
+      <c r="P65" s="6">
         <v>258850209.0</v>
       </c>
-      <c r="N65" s="6">
-[...5 lines deleted...]
-      <c r="P65" s="6">
+      <c r="Q65" s="6">
+        <v>247331640.0</v>
+      </c>
+      <c r="R65" s="6">
+        <v>258044595.0</v>
+      </c>
+      <c r="S65" s="6">
         <v>277732427.0</v>
       </c>
-      <c r="Q65" s="6">
+      <c r="T65" s="6">
         <v>270572938.0</v>
       </c>
-      <c r="R65" s="6">
-[...5 lines deleted...]
-      <c r="T65" s="6">
+      <c r="U65" s="6">
+        <v>262243685.0</v>
+      </c>
+      <c r="V65" s="6">
+        <v>258321498.0</v>
+      </c>
+      <c r="W65" s="6">
         <v>253766220.0</v>
       </c>
-      <c r="U65" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="X65" s="6">
+        <v>245805076.0</v>
+      </c>
+      <c r="Y65" s="6">
+        <v>78133261.0</v>
+      </c>
+      <c r="Z65" s="6">
+        <v>429123064.0</v>
+      </c>
+      <c r="AA65" s="6">
         <v>219216087.0</v>
       </c>
-      <c r="Y65" s="6">
+      <c r="AB65" s="6">
         <v>220468064.0</v>
       </c>
-      <c r="Z65" s="6">
+      <c r="AC65" s="6">
         <v>206685767.0</v>
       </c>
-      <c r="AA65" s="6">
+      <c r="AD65" s="6">
         <v>226478470.0</v>
       </c>
-      <c r="AB65" s="6">
+      <c r="AE65" s="6">
         <v>229026817.0</v>
       </c>
-      <c r="AC65" s="6">
+      <c r="AF65" s="6">
         <v>241492358.0</v>
       </c>
-      <c r="AD65" s="6">
+      <c r="AG65" s="6">
         <v>224058189.0</v>
       </c>
-      <c r="AE65" s="6">
+      <c r="AH65" s="6">
         <v>218314653.0</v>
       </c>
-      <c r="AF65" s="6">
+      <c r="AI65" s="6">
         <v>212292228.0</v>
       </c>
-      <c r="AG65" s="6">
+      <c r="AJ65" s="6">
         <v>208416855.0</v>
       </c>
-      <c r="AH65" s="6">
+      <c r="AK65" s="6">
         <v>67199481.0</v>
       </c>
-      <c r="AI65" s="6">
+      <c r="AL65" s="6">
         <v>374004953.0</v>
       </c>
-      <c r="AJ65" s="6">
-[...2 lines deleted...]
-      <c r="AK65" s="6">
+      <c r="AM65" s="6">
+        <v>190239191.0</v>
+      </c>
+      <c r="AN65" s="6">
         <v>185430182.0</v>
       </c>
-      <c r="AL65" s="6">
+      <c r="AO65" s="6">
         <v>182803019.0</v>
       </c>
-      <c r="AM65" s="6">
+      <c r="AP65" s="6">
         <v>185974744.0</v>
       </c>
-      <c r="AN65" s="6">
+      <c r="AQ65" s="6">
         <v>204451684.0</v>
       </c>
-      <c r="AO65" s="6">
+      <c r="AR65" s="6">
         <v>205473026.0</v>
       </c>
-      <c r="AP65" s="6">
-[...2 lines deleted...]
-      <c r="AQ65" s="6">
+      <c r="AS65" s="6">
+        <v>205565108.0</v>
+      </c>
+      <c r="AT65" s="6">
         <v>200270608.0</v>
       </c>
-      <c r="AR65" s="6">
+      <c r="AU65" s="6">
         <v>194501356.0</v>
       </c>
-      <c r="AS65" s="6">
+      <c r="AV65" s="6">
         <v>189620033.0</v>
       </c>
-      <c r="AT65" s="6">
+      <c r="AW65" s="6">
         <v>58763458.0</v>
       </c>
-      <c r="AU65" s="6">
+      <c r="AX65" s="6">
         <v>336580786.0</v>
       </c>
-      <c r="AV65" s="6">
+      <c r="AY65" s="6">
         <v>176463163.0</v>
       </c>
-      <c r="AW65" s="6">
+      <c r="AZ65" s="6">
         <v>170437468.0</v>
       </c>
-      <c r="AX65" s="6">
+      <c r="BA65" s="6">
         <v>171156756.0</v>
       </c>
-      <c r="AY65" s="6">
+      <c r="BB65" s="6">
         <v>169660412.0</v>
       </c>
-      <c r="AZ65" s="6">
+      <c r="BC65" s="6">
         <v>189832855.0</v>
       </c>
-      <c r="BA65" s="6">
+      <c r="BD65" s="6">
         <v>185269341.0</v>
       </c>
-      <c r="BB65" s="6">
+      <c r="BE65" s="6">
         <v>175854446.0</v>
       </c>
-      <c r="BC65" s="6">
+      <c r="BF65" s="6">
         <v>175256855.0</v>
       </c>
-      <c r="BD65" s="6">
+      <c r="BG65" s="6">
         <v>173403966.0</v>
       </c>
-      <c r="BE65" s="6">
+      <c r="BH65" s="6">
         <v>168586993.0</v>
       </c>
-      <c r="BF65" s="6">
+      <c r="BI65" s="6">
         <v>52672476.0</v>
       </c>
-      <c r="BG65" s="6">
+      <c r="BJ65" s="6">
         <v>44361768.0</v>
       </c>
-      <c r="BH65" s="6">
+      <c r="BK65" s="6">
         <v>25659226.0</v>
       </c>
-      <c r="BI65" s="6">
+      <c r="BL65" s="6">
         <v>26195356.0</v>
       </c>
-      <c r="BJ65" s="6">
+      <c r="BM65" s="6">
         <v>24312186.0</v>
       </c>
-      <c r="BK65" s="6">
+      <c r="BN65" s="6">
         <v>23373858.0</v>
       </c>
-      <c r="BL65" s="6">
+      <c r="BO65" s="6">
         <v>27701526.0</v>
       </c>
-      <c r="BM65" s="6">
+      <c r="BP65" s="6">
         <v>24475578.0</v>
       </c>
-      <c r="BN65" s="6">
+      <c r="BQ65" s="6">
         <v>23073625.0</v>
       </c>
-      <c r="BO65" s="6">
+      <c r="BR65" s="6">
         <v>26005112.0</v>
       </c>
-      <c r="BP65" s="6">
+      <c r="BS65" s="6">
         <v>25937037.0</v>
       </c>
-      <c r="BQ65" s="6">
+      <c r="BT65" s="6">
         <v>25315434.0</v>
       </c>
-      <c r="BR65" s="6">
+      <c r="BU65" s="6">
         <v>11277827.0</v>
       </c>
-      <c r="BS65" s="6">
+      <c r="BV65" s="6">
         <v>40872616.0</v>
       </c>
-      <c r="BT65" s="6">
+      <c r="BW65" s="6">
         <v>22756328.0</v>
       </c>
-      <c r="BU65" s="6">
+      <c r="BX65" s="6">
         <v>23812416.0</v>
       </c>
-      <c r="BV65" s="6">
+      <c r="BY65" s="6">
         <v>21076581.0</v>
       </c>
-      <c r="BW65" s="6">
+      <c r="BZ65" s="6">
         <v>20616656.0</v>
       </c>
-      <c r="BX65" s="6">
+      <c r="CA65" s="6">
         <v>25020371.0</v>
       </c>
-      <c r="BY65" s="6">
+      <c r="CB65" s="6">
         <v>27973662.0</v>
       </c>
-      <c r="BZ65" s="6">
+      <c r="CC65" s="6">
         <v>23995953.0</v>
       </c>
-      <c r="CA65" s="6">
+      <c r="CD65" s="6">
         <v>23258467.0</v>
       </c>
-      <c r="CB65" s="6">
+      <c r="CE65" s="6">
         <v>22907537.0</v>
       </c>
-      <c r="CC65" s="6">
+      <c r="CF65" s="6">
         <v>22383569.0</v>
       </c>
-      <c r="CD65" s="6">
+      <c r="CG65" s="6">
         <v>7895366.0</v>
       </c>
     </row>
-    <row r="66" spans="1:82">
+    <row r="66" spans="1:85">
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C66" s="6">
-        <v>55359319.0</v>
+        <v>55502029.0</v>
       </c>
       <c r="D66" s="6">
-        <v>58842023.0</v>
+        <v>55422710.0</v>
       </c>
       <c r="E66" s="6">
-        <v>57639015.0</v>
+        <v>54040188.0</v>
       </c>
       <c r="F66" s="6">
-        <v>55311580.0</v>
+        <v>55538698.0</v>
       </c>
       <c r="G66" s="6">
-        <v>54517920.0</v>
+        <v>59031837.0</v>
       </c>
       <c r="H66" s="6">
-        <v>51437046.0</v>
+        <v>57821786.0</v>
       </c>
       <c r="I66" s="6">
-        <v>51522719.0</v>
+        <v>55479382.0</v>
       </c>
       <c r="J66" s="6">
-        <v>15649946.0</v>
+        <v>54673880.0</v>
       </c>
       <c r="K66" s="6">
-        <v>93443603.0</v>
+        <v>51575107.0</v>
       </c>
       <c r="L66" s="6">
-        <v>46443015.0</v>
+        <v>51672699.0</v>
       </c>
       <c r="M66" s="6">
+        <v>15676444.0</v>
+      </c>
+      <c r="N66" s="6">
+        <v>93447770.0</v>
+      </c>
+      <c r="O66" s="6">
+        <v>46442814.0</v>
+      </c>
+      <c r="P66" s="6">
         <v>47205932.0</v>
       </c>
-      <c r="N66" s="6">
-[...5 lines deleted...]
-      <c r="P66" s="6">
+      <c r="Q66" s="6">
+        <v>45412836.0</v>
+      </c>
+      <c r="R66" s="6">
+        <v>47169696.0</v>
+      </c>
+      <c r="S66" s="6">
         <v>49950136.0</v>
       </c>
-      <c r="Q66" s="6">
+      <c r="T66" s="6">
         <v>48708951.0</v>
       </c>
-      <c r="R66" s="6">
-[...5 lines deleted...]
-      <c r="T66" s="6">
+      <c r="U66" s="6">
+        <v>46930473.0</v>
+      </c>
+      <c r="V66" s="6">
+        <v>46065211.0</v>
+      </c>
+      <c r="W66" s="6">
         <v>44928411.0</v>
       </c>
-      <c r="U66" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="X66" s="6">
+        <v>43515306.0</v>
+      </c>
+      <c r="Y66" s="6">
+        <v>13145330.0</v>
+      </c>
+      <c r="Z66" s="6">
+        <v>80827625.0</v>
+      </c>
+      <c r="AA66" s="6">
         <v>39946743.0</v>
       </c>
-      <c r="Y66" s="6">
+      <c r="AB66" s="6">
         <v>39967996.0</v>
       </c>
-      <c r="Z66" s="6">
+      <c r="AC66" s="6">
         <v>37648284.0</v>
       </c>
-      <c r="AA66" s="6">
+      <c r="AD66" s="6">
         <v>40911915.0</v>
       </c>
-      <c r="AB66" s="6">
+      <c r="AE66" s="6">
         <v>40938544.0</v>
       </c>
-      <c r="AC66" s="6">
+      <c r="AF66" s="6">
         <v>43220580.0</v>
       </c>
-      <c r="AD66" s="6">
+      <c r="AG66" s="6">
         <v>39867350.0</v>
       </c>
-      <c r="AE66" s="6">
+      <c r="AH66" s="6">
         <v>38511756.0</v>
       </c>
-      <c r="AF66" s="6">
+      <c r="AI66" s="6">
         <v>37204168.0</v>
       </c>
-      <c r="AG66" s="6">
+      <c r="AJ66" s="6">
         <v>36560762.0</v>
       </c>
-      <c r="AH66" s="6">
+      <c r="AK66" s="6">
         <v>11172850.0</v>
       </c>
-      <c r="AI66" s="6">
+      <c r="AL66" s="6">
         <v>69644903.0</v>
       </c>
-      <c r="AJ66" s="6">
-[...2 lines deleted...]
-      <c r="AK66" s="6">
+      <c r="AM66" s="6">
+        <v>34084695.0</v>
+      </c>
+      <c r="AN66" s="6">
         <v>33553129.0</v>
       </c>
-      <c r="AL66" s="6">
+      <c r="AO66" s="6">
         <v>32906182.0</v>
       </c>
-      <c r="AM66" s="6">
+      <c r="AP66" s="6">
         <v>33211906.0</v>
       </c>
-      <c r="AN66" s="6">
+      <c r="AQ66" s="6">
         <v>36264411.0</v>
       </c>
-      <c r="AO66" s="6">
+      <c r="AR66" s="6">
         <v>36221118.0</v>
       </c>
-      <c r="AP66" s="6">
-[...2 lines deleted...]
-      <c r="AQ66" s="6">
+      <c r="AS66" s="6">
+        <v>36986364.0</v>
+      </c>
+      <c r="AT66" s="6">
         <v>35738680.0</v>
       </c>
-      <c r="AR66" s="6">
+      <c r="AU66" s="6">
         <v>34557335.0</v>
       </c>
-      <c r="AS66" s="6">
+      <c r="AV66" s="6">
         <v>33760102.0</v>
       </c>
-      <c r="AT66" s="6">
+      <c r="AW66" s="6">
         <v>9898710.0</v>
       </c>
-      <c r="AU66" s="6">
+      <c r="AX66" s="6">
         <v>63181706.0</v>
       </c>
-      <c r="AV66" s="6">
+      <c r="AY66" s="6">
         <v>31993601.0</v>
       </c>
-      <c r="AW66" s="6">
+      <c r="AZ66" s="6">
         <v>30780699.0</v>
       </c>
-      <c r="AX66" s="6">
+      <c r="BA66" s="6">
         <v>31130361.0</v>
       </c>
-      <c r="AY66" s="6">
+      <c r="BB66" s="6">
         <v>30351197.0</v>
       </c>
-      <c r="AZ66" s="6">
+      <c r="BC66" s="6">
         <v>33652482.0</v>
       </c>
-      <c r="BA66" s="6">
+      <c r="BD66" s="6">
         <v>32964272.0</v>
       </c>
-      <c r="BB66" s="6">
+      <c r="BE66" s="6">
         <v>31227443.0</v>
       </c>
-      <c r="BC66" s="6">
+      <c r="BF66" s="6">
         <v>31106194.0</v>
       </c>
-      <c r="BD66" s="6">
+      <c r="BG66" s="6">
         <v>30562148.0</v>
       </c>
-      <c r="BE66" s="6">
+      <c r="BH66" s="6">
         <v>29989450.0</v>
       </c>
-      <c r="BF66" s="6">
+      <c r="BI66" s="6">
         <v>8360548.0</v>
       </c>
-      <c r="BG66" s="6">
+      <c r="BJ66" s="6">
         <v>7314051.0</v>
       </c>
-      <c r="BH66" s="6">
+      <c r="BK66" s="6">
         <v>4033181.0</v>
       </c>
-      <c r="BI66" s="6">
+      <c r="BL66" s="6">
         <v>4155511.0</v>
       </c>
-      <c r="BJ66" s="6">
+      <c r="BM66" s="6">
         <v>3818103.0</v>
       </c>
-      <c r="BK66" s="6">
+      <c r="BN66" s="6">
         <v>3654328.0</v>
       </c>
-      <c r="BL66" s="6">
+      <c r="BO66" s="6">
         <v>4345661.0</v>
       </c>
-      <c r="BM66" s="6">
+      <c r="BP66" s="6">
         <v>3809585.0</v>
       </c>
-      <c r="BN66" s="6">
+      <c r="BQ66" s="6">
         <v>3575552.0</v>
       </c>
-      <c r="BO66" s="6">
+      <c r="BR66" s="6">
         <v>4109327.0</v>
       </c>
-      <c r="BP66" s="6">
+      <c r="BS66" s="6">
         <v>4115128.0</v>
       </c>
-      <c r="BQ66" s="6">
+      <c r="BT66" s="6">
         <v>4042142.0</v>
       </c>
-      <c r="BR66" s="6">
+      <c r="BU66" s="6">
         <v>1736414.0</v>
       </c>
-      <c r="BS66" s="6">
+      <c r="BV66" s="6">
         <v>7023304.0</v>
       </c>
-      <c r="BT66" s="6">
+      <c r="BW66" s="6">
         <v>3732181.0</v>
       </c>
-      <c r="BU66" s="6">
+      <c r="BX66" s="6">
         <v>3934056.0</v>
       </c>
-      <c r="BV66" s="6">
+      <c r="BY66" s="6">
         <v>3458091.0</v>
       </c>
-      <c r="BW66" s="6">
+      <c r="BZ66" s="6">
         <v>3351750.0</v>
       </c>
-      <c r="BX66" s="6">
+      <c r="CA66" s="6">
         <v>4038285.0</v>
       </c>
-      <c r="BY66" s="6">
+      <c r="CB66" s="6">
         <v>4531186.0</v>
       </c>
-      <c r="BZ66" s="6">
+      <c r="CC66" s="6">
         <v>3877882.0</v>
       </c>
-      <c r="CA66" s="6">
+      <c r="CD66" s="6">
         <v>3750900.0</v>
       </c>
-      <c r="CB66" s="6">
+      <c r="CE66" s="6">
         <v>3657962.0</v>
       </c>
-      <c r="CC66" s="6">
+      <c r="CF66" s="6">
         <v>3597459.0</v>
       </c>
-      <c r="CD66" s="6">
+      <c r="CG66" s="6">
         <v>1031691.0</v>
       </c>
     </row>
-    <row r="67" spans="1:82">
+    <row r="67" spans="1:85">
       <c r="A67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C67" s="6">
-        <v>2786.0</v>
+        <v>2776.0</v>
       </c>
       <c r="D67" s="6">
-        <v>2811.0</v>
+        <v>2807.0</v>
       </c>
       <c r="E67" s="6">
-        <v>2820.0</v>
+        <v>2815.0</v>
       </c>
       <c r="F67" s="6">
-        <v>2825.0</v>
+        <v>2816.0</v>
       </c>
       <c r="G67" s="6">
-        <v>2805.0</v>
+        <v>2827.0</v>
       </c>
       <c r="H67" s="6">
-        <v>2786.0</v>
+        <v>2829.0</v>
       </c>
       <c r="I67" s="6">
-        <v>2790.0</v>
+        <v>2832.0</v>
       </c>
       <c r="J67" s="6">
+        <v>2813.0</v>
+      </c>
+      <c r="K67" s="6">
         <v>2788.0</v>
       </c>
-      <c r="K67" s="6">
+      <c r="L67" s="6">
+        <v>2792.0</v>
+      </c>
+      <c r="M67" s="6">
+        <v>2789.0</v>
+      </c>
+      <c r="N67" s="6">
         <v>2938.0</v>
       </c>
-      <c r="L67" s="6">
+      <c r="O67" s="6">
         <v>2909.0</v>
       </c>
-      <c r="M67" s="6">
+      <c r="P67" s="6">
         <v>2925.0</v>
       </c>
-      <c r="N67" s="6">
+      <c r="Q67" s="6">
         <v>2933.0</v>
       </c>
-      <c r="O67" s="6">
+      <c r="R67" s="6">
         <v>2918.0</v>
       </c>
-      <c r="P67" s="6">
+      <c r="S67" s="6">
         <v>2937.0</v>
       </c>
-      <c r="Q67" s="6">
-[...2 lines deleted...]
-      <c r="R67" s="6">
+      <c r="T67" s="6">
+        <v>2939.0</v>
+      </c>
+      <c r="U67" s="6">
         <v>2922.0</v>
       </c>
-      <c r="S67" s="6">
+      <c r="V67" s="6">
         <v>2918.0</v>
       </c>
-      <c r="T67" s="6">
+      <c r="W67" s="6">
         <v>2904.0</v>
       </c>
-      <c r="U67" s="6">
+      <c r="X67" s="6">
         <v>2887.0</v>
       </c>
-      <c r="V67" s="6">
+      <c r="Y67" s="6">
         <v>2899.0</v>
       </c>
-      <c r="W67" s="6">
-[...2 lines deleted...]
-      <c r="X67" s="6">
+      <c r="Z67" s="6">
+        <v>2780.0</v>
+      </c>
+      <c r="AA67" s="6">
+        <v>2749.0</v>
+      </c>
+      <c r="AB67" s="6">
         <v>2748.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>2744.0</v>
       </c>
       <c r="AC67" s="6">
         <v>2748.0</v>
       </c>
       <c r="AD67" s="6">
+        <v>2752.0</v>
+      </c>
+      <c r="AE67" s="6">
+        <v>2744.0</v>
+      </c>
+      <c r="AF67" s="6">
+        <v>2748.0</v>
+      </c>
+      <c r="AG67" s="6">
         <v>2753.0</v>
       </c>
-      <c r="AE67" s="6">
+      <c r="AH67" s="6">
         <v>2739.0</v>
       </c>
-      <c r="AF67" s="6">
+      <c r="AI67" s="6">
         <v>2752.0</v>
       </c>
-      <c r="AG67" s="6">
+      <c r="AJ67" s="6">
         <v>2732.0</v>
       </c>
-      <c r="AH67" s="6">
+      <c r="AK67" s="6">
         <v>2753.0</v>
       </c>
-      <c r="AI67" s="6">
+      <c r="AL67" s="6">
         <v>2770.0</v>
       </c>
-      <c r="AJ67" s="6">
-[...2 lines deleted...]
-      <c r="AK67" s="6">
+      <c r="AM67" s="6">
+        <v>2731.0</v>
+      </c>
+      <c r="AN67" s="6">
         <v>2740.0</v>
       </c>
-      <c r="AL67" s="6">
+      <c r="AO67" s="6">
         <v>2765.0</v>
       </c>
-      <c r="AM67" s="6">
+      <c r="AP67" s="6">
         <v>2771.0</v>
       </c>
-      <c r="AN67" s="6">
+      <c r="AQ67" s="6">
         <v>2774.0</v>
       </c>
-      <c r="AO67" s="6">
+      <c r="AR67" s="6">
         <v>2776.0</v>
       </c>
-      <c r="AP67" s="6">
+      <c r="AS67" s="6">
         <v>2763.0</v>
       </c>
-      <c r="AQ67" s="6">
+      <c r="AT67" s="6">
         <v>2758.0</v>
       </c>
-      <c r="AR67" s="6">
+      <c r="AU67" s="6">
         <v>2757.0</v>
       </c>
-      <c r="AS67" s="6">
+      <c r="AV67" s="6">
         <v>2770.0</v>
       </c>
-      <c r="AT67" s="6">
+      <c r="AW67" s="6">
         <v>2763.0</v>
       </c>
-      <c r="AU67" s="6">
+      <c r="AX67" s="6">
         <v>2806.0</v>
       </c>
-      <c r="AV67" s="6">
+      <c r="AY67" s="6">
         <v>2762.0</v>
       </c>
-      <c r="AW67" s="6">
+      <c r="AZ67" s="6">
         <v>2765.0</v>
       </c>
-      <c r="AX67" s="6">
+      <c r="BA67" s="6">
         <v>2781.0</v>
       </c>
-      <c r="AY67" s="6">
+      <c r="BB67" s="6">
         <v>2760.0</v>
       </c>
-      <c r="AZ67" s="6">
+      <c r="BC67" s="6">
         <v>2752.0</v>
       </c>
-      <c r="BA67" s="6">
+      <c r="BD67" s="6">
         <v>2741.0</v>
       </c>
-      <c r="BB67" s="6">
+      <c r="BE67" s="6">
         <v>2719.0</v>
       </c>
-      <c r="BC67" s="6">
+      <c r="BF67" s="6">
         <v>2695.0</v>
       </c>
-      <c r="BD67" s="6">
+      <c r="BG67" s="6">
         <v>2702.0</v>
       </c>
-      <c r="BE67" s="6">
+      <c r="BH67" s="6">
         <v>2684.0</v>
       </c>
-      <c r="BF67" s="6">
+      <c r="BI67" s="6">
         <v>2681.0</v>
       </c>
-      <c r="BG67" s="6">
+      <c r="BJ67" s="6">
         <v>7734.0</v>
       </c>
-      <c r="BH67" s="6">
+      <c r="BK67" s="6">
         <v>7683.0</v>
       </c>
-      <c r="BI67" s="6">
+      <c r="BL67" s="6">
         <v>7681.0</v>
       </c>
-      <c r="BJ67" s="6">
+      <c r="BM67" s="6">
         <v>7657.0</v>
       </c>
-      <c r="BK67" s="6">
+      <c r="BN67" s="6">
         <v>7613.0</v>
       </c>
-      <c r="BL67" s="6">
+      <c r="BO67" s="6">
         <v>7598.0</v>
       </c>
-      <c r="BM67" s="6">
+      <c r="BP67" s="6">
         <v>7605.0</v>
       </c>
-      <c r="BN67" s="6">
+      <c r="BQ67" s="6">
         <v>7560.0</v>
       </c>
-      <c r="BO67" s="6">
+      <c r="BR67" s="6">
         <v>7555.0</v>
       </c>
-      <c r="BP67" s="6">
+      <c r="BS67" s="6">
         <v>7577.0</v>
       </c>
-      <c r="BQ67" s="6">
+      <c r="BT67" s="6">
         <v>7544.0</v>
       </c>
-      <c r="BR67" s="6">
+      <c r="BU67" s="6">
         <v>7520.0</v>
       </c>
-      <c r="BS67" s="6">
+      <c r="BV67" s="6">
         <v>7623.0</v>
       </c>
-      <c r="BT67" s="6">
+      <c r="BW67" s="6">
         <v>7557.0</v>
       </c>
-      <c r="BU67" s="6">
+      <c r="BX67" s="6">
         <v>7536.0</v>
       </c>
-      <c r="BV67" s="6">
+      <c r="BY67" s="6">
         <v>7507.0</v>
       </c>
-      <c r="BW67" s="6">
+      <c r="BZ67" s="6">
         <v>7477.0</v>
       </c>
-      <c r="BX67" s="6">
+      <c r="CA67" s="6">
         <v>7463.0</v>
       </c>
-      <c r="BY67" s="6">
+      <c r="CB67" s="6">
         <v>7479.0</v>
       </c>
-      <c r="BZ67" s="6">
+      <c r="CC67" s="6">
         <v>7450.0</v>
       </c>
-      <c r="CA67" s="6">
+      <c r="CD67" s="6">
         <v>7445.0</v>
       </c>
-      <c r="CB67" s="6">
+      <c r="CE67" s="6">
         <v>7413.0</v>
       </c>
-      <c r="CC67" s="6">
+      <c r="CF67" s="6">
         <v>7364.0</v>
       </c>
-      <c r="CD67" s="6">
+      <c r="CG67" s="6">
         <v>7346.0</v>
       </c>
     </row>
-    <row r="68" spans="1:82">
+    <row r="68" spans="1:85">
       <c r="B68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C68" s="6">
-        <v>38342751.0</v>
+        <v>42057241.0</v>
       </c>
       <c r="D68" s="6">
-        <v>46550867.0</v>
+        <v>43611481.0</v>
       </c>
       <c r="E68" s="6">
-        <v>50949821.0</v>
+        <v>39868110.0</v>
       </c>
       <c r="F68" s="6">
-        <v>41309062.0</v>
+        <v>38592755.0</v>
       </c>
       <c r="G68" s="6">
-        <v>44204654.0</v>
+        <v>46738814.0</v>
       </c>
       <c r="H68" s="6">
-        <v>41530130.0</v>
+        <v>51047391.0</v>
       </c>
       <c r="I68" s="6">
-        <v>40152287.0</v>
+        <v>41347615.0</v>
       </c>
       <c r="J68" s="6">
-        <v>14782121.0</v>
+        <v>44283904.0</v>
       </c>
       <c r="K68" s="6">
-        <v>76913803.0</v>
+        <v>41556354.0</v>
       </c>
       <c r="L68" s="6">
-        <v>39831750.0</v>
+        <v>40187172.0</v>
       </c>
       <c r="M68" s="6">
-        <v>41568366.0</v>
+        <v>14787809.0</v>
       </c>
       <c r="N68" s="6">
-        <v>36778958.0</v>
+        <v>76930472.0</v>
       </c>
       <c r="O68" s="6">
-        <v>37203744.0</v>
+        <v>39879396.0</v>
       </c>
       <c r="P68" s="6">
+        <v>41567442.0</v>
+      </c>
+      <c r="Q68" s="6">
+        <v>36779026.0</v>
+      </c>
+      <c r="R68" s="6">
+        <v>37202820.0</v>
+      </c>
+      <c r="S68" s="6">
         <v>44639074.0</v>
       </c>
-      <c r="Q68" s="6">
+      <c r="T68" s="6">
         <v>46539341.0</v>
       </c>
-      <c r="R68" s="6">
+      <c r="U68" s="6">
         <v>39874534.0</v>
       </c>
-      <c r="S68" s="6">
-[...2 lines deleted...]
-      <c r="T68" s="6">
+      <c r="V68" s="6">
+        <v>39410930.0</v>
+      </c>
+      <c r="W68" s="6">
         <v>40714655.0</v>
       </c>
-      <c r="U68" s="6">
-[...5 lines deleted...]
-      <c r="W68" s="6">
+      <c r="X68" s="6">
+        <v>38032120.0</v>
+      </c>
+      <c r="Y68" s="6">
+        <v>13729734.0</v>
+      </c>
+      <c r="Z68" s="6">
         <v>66100943.0</v>
       </c>
-      <c r="X68" s="6">
-[...2 lines deleted...]
-      <c r="Y68" s="6">
+      <c r="AA68" s="6">
+        <v>34610574.0</v>
+      </c>
+      <c r="AB68" s="6">
         <v>36651991.0</v>
       </c>
-      <c r="Z68" s="6">
+      <c r="AC68" s="6">
         <v>32616923.0</v>
       </c>
-      <c r="AA68" s="6">
-[...2 lines deleted...]
-      <c r="AB68" s="6">
+      <c r="AD68" s="6">
+        <v>32148720.0</v>
+      </c>
+      <c r="AE68" s="6">
         <v>39443744.0</v>
       </c>
-      <c r="AC68" s="6">
+      <c r="AF68" s="6">
         <v>42035134.0</v>
       </c>
-      <c r="AD68" s="6">
+      <c r="AG68" s="6">
         <v>35579607.0</v>
       </c>
-      <c r="AE68" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AH68" s="6">
-        <v>11799626.0</v>
+        <v>35504345.0</v>
       </c>
       <c r="AI68" s="6">
+        <v>35283783.0</v>
+      </c>
+      <c r="AJ68" s="6">
+        <v>33961443.0</v>
+      </c>
+      <c r="AK68" s="6">
+        <v>11799632.0</v>
+      </c>
+      <c r="AL68" s="6">
         <v>57213215.0</v>
       </c>
-      <c r="AJ68" s="6">
-[...2 lines deleted...]
-      <c r="AK68" s="6">
+      <c r="AM68" s="6">
+        <v>30790379.0</v>
+      </c>
+      <c r="AN68" s="6">
         <v>30581548.0</v>
       </c>
-      <c r="AL68" s="6">
+      <c r="AO68" s="6">
         <v>28597126.0</v>
       </c>
-      <c r="AM68" s="6">
+      <c r="AP68" s="6">
         <v>27165393.0</v>
       </c>
-      <c r="AN68" s="6">
+      <c r="AQ68" s="6">
         <v>34259324.0</v>
       </c>
-      <c r="AO68" s="6">
+      <c r="AR68" s="6">
         <v>36039253.0</v>
       </c>
-      <c r="AP68" s="6">
+      <c r="AS68" s="6">
         <v>31061929.0</v>
       </c>
-      <c r="AQ68" s="6">
+      <c r="AT68" s="6">
         <v>29851349.0</v>
       </c>
-      <c r="AR68" s="6">
+      <c r="AU68" s="6">
         <v>29194624.0</v>
       </c>
-      <c r="AS68" s="6">
+      <c r="AV68" s="6">
         <v>28634070.0</v>
       </c>
-      <c r="AT68" s="6">
+      <c r="AW68" s="6">
         <v>9833494.0</v>
       </c>
-      <c r="AU68" s="6">
+      <c r="AX68" s="6">
         <v>49390776.0</v>
       </c>
-      <c r="AV68" s="6">
+      <c r="AY68" s="6">
         <v>26868117.0</v>
       </c>
-      <c r="AW68" s="6">
+      <c r="AZ68" s="6">
         <v>27862389.0</v>
       </c>
-      <c r="AX68" s="6">
+      <c r="BA68" s="6">
         <v>25622154.0</v>
       </c>
-      <c r="AY68" s="6">
+      <c r="BB68" s="6">
         <v>24982401.0</v>
       </c>
-      <c r="AZ68" s="6">
+      <c r="BC68" s="6">
         <v>30782324.0</v>
       </c>
-      <c r="BA68" s="6">
+      <c r="BD68" s="6">
         <v>29032509.0</v>
       </c>
-      <c r="BB68" s="6">
+      <c r="BE68" s="6">
         <v>25252880.0</v>
       </c>
-      <c r="BC68" s="6">
+      <c r="BF68" s="6">
         <v>25628320.0</v>
       </c>
-      <c r="BD68" s="6">
+      <c r="BG68" s="6">
         <v>25194207.0</v>
       </c>
-      <c r="BE68" s="6">
+      <c r="BH68" s="6">
         <v>24451161.0</v>
       </c>
-      <c r="BF68" s="6">
+      <c r="BI68" s="6">
         <v>8806786.0</v>
       </c>
-      <c r="BG68" s="6">
+      <c r="BJ68" s="6">
         <v>19383430.0</v>
       </c>
-      <c r="BH68" s="6">
+      <c r="BK68" s="6">
         <v>12666312.0</v>
       </c>
-      <c r="BI68" s="6">
+      <c r="BL68" s="6">
         <v>12855300.0</v>
       </c>
-      <c r="BJ68" s="6">
+      <c r="BM68" s="6">
         <v>12420924.0</v>
       </c>
-      <c r="BK68" s="6">
+      <c r="BN68" s="6">
         <v>12191086.0</v>
       </c>
-      <c r="BL68" s="6">
+      <c r="BO68" s="6">
         <v>12858308.0</v>
       </c>
-      <c r="BM68" s="6">
+      <c r="BP68" s="6">
         <v>12686675.0</v>
       </c>
-      <c r="BN68" s="6">
+      <c r="BQ68" s="6">
         <v>11195922.0</v>
       </c>
-      <c r="BO68" s="6">
+      <c r="BR68" s="6">
         <v>11231338.0</v>
       </c>
-      <c r="BP68" s="6">
+      <c r="BS68" s="6">
         <v>12422563.0</v>
       </c>
-      <c r="BQ68" s="6">
+      <c r="BT68" s="6">
         <v>12270335.0</v>
       </c>
-      <c r="BR68" s="6">
+      <c r="BU68" s="6">
         <v>6841390.0</v>
       </c>
-      <c r="BS68" s="6">
+      <c r="BV68" s="6">
         <v>18106218.0</v>
       </c>
-      <c r="BT68" s="6">
+      <c r="BW68" s="6">
         <v>11650148.0</v>
       </c>
-      <c r="BU68" s="6">
+      <c r="BX68" s="6">
         <v>11830003.0</v>
       </c>
-      <c r="BV68" s="6">
+      <c r="BY68" s="6">
         <v>11486137.0</v>
       </c>
-      <c r="BW68" s="6">
+      <c r="BZ68" s="6">
         <v>289081388.0</v>
       </c>
-      <c r="BX68" s="6">
+      <c r="CA68" s="6">
         <v>12019519.0</v>
       </c>
-      <c r="BY68" s="6">
+      <c r="CB68" s="6">
         <v>12353597.0</v>
       </c>
-      <c r="BZ68" s="6">
+      <c r="CC68" s="6">
         <v>11660016.0</v>
       </c>
-      <c r="CA68" s="6">
+      <c r="CD68" s="6">
         <v>11571744.0</v>
       </c>
-      <c r="CB68" s="6">
+      <c r="CE68" s="6">
         <v>11426594.0</v>
       </c>
-      <c r="CC68" s="6">
+      <c r="CF68" s="6">
         <v>11108140.0</v>
       </c>
-      <c r="CD68" s="6">
+      <c r="CG68" s="6">
         <v>5209855.0</v>
       </c>
     </row>
-    <row r="69" spans="1:82">
+    <row r="69" spans="1:85">
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C69" s="6">
-        <v>6333727.0</v>
+        <v>7049840.0</v>
       </c>
       <c r="D69" s="6">
-        <v>7688806.0</v>
+        <v>7358612.0</v>
       </c>
       <c r="E69" s="6">
-        <v>8514394.0</v>
+        <v>6748561.0</v>
       </c>
       <c r="F69" s="6">
-        <v>6817533.0</v>
+        <v>6377299.0</v>
       </c>
       <c r="G69" s="6">
-        <v>7342756.0</v>
+        <v>7701791.0</v>
       </c>
       <c r="H69" s="6">
-        <v>6734682.0</v>
+        <v>8531096.0</v>
       </c>
       <c r="I69" s="6">
-        <v>6569684.0</v>
+        <v>6823077.0</v>
       </c>
       <c r="J69" s="6">
-        <v>2294322.0</v>
+        <v>7354115.0</v>
       </c>
       <c r="K69" s="6">
-        <v>13466060.0</v>
+        <v>6738315.0</v>
       </c>
       <c r="L69" s="6">
-        <v>6587858.0</v>
+        <v>6574087.0</v>
       </c>
       <c r="M69" s="6">
-        <v>6861358.0</v>
+        <v>2294342.0</v>
       </c>
       <c r="N69" s="6">
-        <v>6085948.0</v>
+        <v>13469611.0</v>
       </c>
       <c r="O69" s="6">
-        <v>6053811.0</v>
+        <v>6597350.0</v>
       </c>
       <c r="P69" s="6">
+        <v>6861322.0</v>
+      </c>
+      <c r="Q69" s="6">
+        <v>6086111.0</v>
+      </c>
+      <c r="R69" s="6">
+        <v>6053776.0</v>
+      </c>
+      <c r="S69" s="6">
         <v>7228831.0</v>
       </c>
-      <c r="Q69" s="6">
+      <c r="T69" s="6">
         <v>7568921.0</v>
       </c>
-      <c r="R69" s="6">
+      <c r="U69" s="6">
         <v>6481044.0</v>
       </c>
-      <c r="S69" s="6">
-[...2 lines deleted...]
-      <c r="T69" s="6">
+      <c r="V69" s="6">
+        <v>6438074.0</v>
+      </c>
+      <c r="W69" s="6">
         <v>6540132.0</v>
       </c>
-      <c r="U69" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="X69" s="6">
-        <v>5712341.0</v>
+        <v>6062362.0</v>
       </c>
       <c r="Y69" s="6">
+        <v>2100191.0</v>
+      </c>
+      <c r="Z69" s="6">
+        <v>11402512.0</v>
+      </c>
+      <c r="AA69" s="6">
+        <v>5712441.0</v>
+      </c>
+      <c r="AB69" s="6">
         <v>6062601.0</v>
       </c>
-      <c r="Z69" s="6">
+      <c r="AC69" s="6">
         <v>5445032.0</v>
       </c>
-      <c r="AA69" s="6">
-[...2 lines deleted...]
-      <c r="AB69" s="6">
+      <c r="AD69" s="6">
+        <v>5151461.0</v>
+      </c>
+      <c r="AE69" s="6">
         <v>6363809.0</v>
       </c>
-      <c r="AC69" s="6">
+      <c r="AF69" s="6">
         <v>6836831.0</v>
       </c>
-      <c r="AD69" s="6">
+      <c r="AG69" s="6">
         <v>5743957.0</v>
       </c>
-      <c r="AE69" s="6">
+      <c r="AH69" s="6">
         <v>5757170.0</v>
       </c>
-      <c r="AF69" s="6">
+      <c r="AI69" s="6">
         <v>5668201.0</v>
       </c>
-      <c r="AG69" s="6">
-[...5 lines deleted...]
-      <c r="AI69" s="6">
+      <c r="AJ69" s="6">
+        <v>5375109.0</v>
+      </c>
+      <c r="AK69" s="6">
+        <v>1788987.0</v>
+      </c>
+      <c r="AL69" s="6">
         <v>9836130.0</v>
       </c>
-      <c r="AJ69" s="6">
-[...2 lines deleted...]
-      <c r="AK69" s="6">
+      <c r="AM69" s="6">
+        <v>4942302.0</v>
+      </c>
+      <c r="AN69" s="6">
         <v>4932027.0</v>
       </c>
-      <c r="AL69" s="6">
+      <c r="AO69" s="6">
         <v>4663366.0</v>
       </c>
-      <c r="AM69" s="6">
+      <c r="AP69" s="6">
         <v>4266601.0</v>
       </c>
-      <c r="AN69" s="6">
+      <c r="AQ69" s="6">
         <v>5442411.0</v>
       </c>
-      <c r="AO69" s="6">
+      <c r="AR69" s="6">
         <v>5784700.0</v>
       </c>
-      <c r="AP69" s="6">
+      <c r="AS69" s="6">
         <v>5018408.0</v>
       </c>
-      <c r="AQ69" s="6">
+      <c r="AT69" s="6">
         <v>4836341.0</v>
       </c>
-      <c r="AR69" s="6">
+      <c r="AU69" s="6">
         <v>4667969.0</v>
       </c>
-      <c r="AS69" s="6">
+      <c r="AV69" s="6">
         <v>4576088.0</v>
       </c>
-      <c r="AT69" s="6">
+      <c r="AW69" s="6">
         <v>1460050.0</v>
       </c>
-      <c r="AU69" s="6">
+      <c r="AX69" s="6">
         <v>8490102.0</v>
       </c>
-      <c r="AV69" s="6">
+      <c r="AY69" s="6">
         <v>4310141.0</v>
       </c>
-      <c r="AW69" s="6">
+      <c r="AZ69" s="6">
         <v>4494720.0</v>
       </c>
-      <c r="AX69" s="6">
+      <c r="BA69" s="6">
         <v>4217805.0</v>
       </c>
-      <c r="AY69" s="6">
+      <c r="BB69" s="6">
         <v>3951185.0</v>
       </c>
-      <c r="AZ69" s="6">
+      <c r="BC69" s="6">
         <v>4857338.0</v>
       </c>
-      <c r="BA69" s="6">
+      <c r="BD69" s="6">
         <v>4547986.0</v>
       </c>
-      <c r="BB69" s="6">
+      <c r="BE69" s="6">
         <v>3923876.0</v>
       </c>
-      <c r="BC69" s="6">
+      <c r="BF69" s="6">
         <v>4013879.0</v>
       </c>
-      <c r="BD69" s="6">
+      <c r="BG69" s="6">
         <v>3910189.0</v>
       </c>
-      <c r="BE69" s="6">
+      <c r="BH69" s="6">
         <v>3778760.0</v>
       </c>
-      <c r="BF69" s="6">
+      <c r="BI69" s="6">
         <v>1246906.0</v>
       </c>
-      <c r="BG69" s="6">
+      <c r="BJ69" s="6">
         <v>2945881.0</v>
       </c>
-      <c r="BH69" s="6">
+      <c r="BK69" s="6">
         <v>1848797.0</v>
       </c>
-      <c r="BI69" s="6">
+      <c r="BL69" s="6">
         <v>1869479.0</v>
       </c>
-      <c r="BJ69" s="6">
+      <c r="BM69" s="6">
         <v>1794402.0</v>
       </c>
-      <c r="BK69" s="6">
+      <c r="BN69" s="6">
         <v>1757980.0</v>
       </c>
-      <c r="BL69" s="6">
+      <c r="BO69" s="6">
         <v>1887164.0</v>
       </c>
-      <c r="BM69" s="6">
+      <c r="BP69" s="6">
         <v>1895647.0</v>
       </c>
-      <c r="BN69" s="6">
+      <c r="BQ69" s="6">
         <v>1637481.0</v>
       </c>
-      <c r="BO69" s="6">
+      <c r="BR69" s="6">
         <v>1637026.0</v>
       </c>
-      <c r="BP69" s="6">
+      <c r="BS69" s="6">
         <v>1840861.0</v>
       </c>
-      <c r="BQ69" s="6">
+      <c r="BT69" s="6">
         <v>1825474.0</v>
       </c>
-      <c r="BR69" s="6">
+      <c r="BU69" s="6">
         <v>1012365.0</v>
       </c>
-      <c r="BS69" s="6">
+      <c r="BV69" s="6">
         <v>2861828.0</v>
       </c>
-      <c r="BT69" s="6">
+      <c r="BW69" s="6">
         <v>1782509.0</v>
       </c>
-      <c r="BU69" s="6">
+      <c r="BX69" s="6">
         <v>1819650.0</v>
       </c>
-      <c r="BV69" s="6">
+      <c r="BY69" s="6">
         <v>1756156.0</v>
       </c>
-      <c r="BW69" s="6">
+      <c r="BZ69" s="6">
         <v>1764405.0</v>
       </c>
-      <c r="BX69" s="6">
+      <c r="CA69" s="6">
         <v>1848284.0</v>
       </c>
-      <c r="BY69" s="6">
+      <c r="CB69" s="6">
         <v>1917133.0</v>
       </c>
-      <c r="BZ69" s="6">
+      <c r="CC69" s="6">
         <v>1771893.0</v>
       </c>
-      <c r="CA69" s="6">
+      <c r="CD69" s="6">
         <v>1767412.0</v>
       </c>
-      <c r="CB69" s="6">
+      <c r="CE69" s="6">
         <v>1727094.0</v>
       </c>
-      <c r="CC69" s="6">
+      <c r="CF69" s="6">
         <v>1686205.0</v>
       </c>
-      <c r="CD69" s="6">
+      <c r="CG69" s="6">
         <v>682016.0</v>
       </c>
     </row>
-    <row r="70" spans="1:82">
+    <row r="70" spans="1:85">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C70" s="6">
-        <v>9721.0</v>
+        <v>9697.0</v>
       </c>
       <c r="D70" s="6">
-        <v>9748.0</v>
+        <v>9756.0</v>
       </c>
       <c r="E70" s="6">
-        <v>9767.0</v>
+        <v>9768.0</v>
       </c>
       <c r="F70" s="6">
-        <v>9751.0</v>
+        <v>9785.0</v>
       </c>
       <c r="G70" s="6">
+        <v>9776.0</v>
+      </c>
+      <c r="H70" s="6">
+        <v>9791.0</v>
+      </c>
+      <c r="I70" s="6">
+        <v>9769.0</v>
+      </c>
+      <c r="J70" s="6">
+        <v>9747.0</v>
+      </c>
+      <c r="K70" s="6">
         <v>9738.0</v>
       </c>
-      <c r="H70" s="6">
-[...8 lines deleted...]
-      <c r="K70" s="6">
+      <c r="L70" s="6">
+        <v>9726.0</v>
+      </c>
+      <c r="M70" s="6">
+        <v>9735.0</v>
+      </c>
+      <c r="N70" s="6">
         <v>7669.0</v>
       </c>
-      <c r="L70" s="6">
-[...2 lines deleted...]
-      <c r="M70" s="6">
+      <c r="O70" s="6">
+        <v>7611.0</v>
+      </c>
+      <c r="P70" s="6">
         <v>7612.0</v>
       </c>
-      <c r="N70" s="6">
+      <c r="Q70" s="6">
         <v>7578.0</v>
       </c>
-      <c r="O70" s="6">
-[...2 lines deleted...]
-      <c r="P70" s="6">
+      <c r="R70" s="6">
+        <v>7592.0</v>
+      </c>
+      <c r="S70" s="6">
         <v>7578.0</v>
       </c>
-      <c r="Q70" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="T70" s="6">
-        <v>7532.0</v>
+        <v>7568.0</v>
       </c>
       <c r="U70" s="6">
-        <v>7496.0</v>
+        <v>7554.0</v>
       </c>
       <c r="V70" s="6">
-        <v>7496.0</v>
+        <v>7530.0</v>
       </c>
       <c r="W70" s="6">
-        <v>7479.0</v>
+        <v>7533.0</v>
       </c>
       <c r="X70" s="6">
+        <v>7498.0</v>
+      </c>
+      <c r="Y70" s="6">
+        <v>7498.0</v>
+      </c>
+      <c r="Z70" s="6">
+        <v>7481.0</v>
+      </c>
+      <c r="AA70" s="6">
         <v>7427.0</v>
       </c>
-      <c r="Y70" s="6">
+      <c r="AB70" s="6">
         <v>7445.0</v>
       </c>
-      <c r="Z70" s="6">
+      <c r="AC70" s="6">
         <v>7435.0</v>
       </c>
-      <c r="AA70" s="6">
+      <c r="AD70" s="6">
+        <v>7435.0</v>
+      </c>
+      <c r="AE70" s="6">
+        <v>7428.0</v>
+      </c>
+      <c r="AF70" s="6">
+        <v>7435.0</v>
+      </c>
+      <c r="AG70" s="6">
+        <v>7443.0</v>
+      </c>
+      <c r="AH70" s="6">
+        <v>7421.0</v>
+      </c>
+      <c r="AI70" s="6">
+        <v>7422.0</v>
+      </c>
+      <c r="AJ70" s="6">
+        <v>7405.0</v>
+      </c>
+      <c r="AK70" s="6">
+        <v>7391.0</v>
+      </c>
+      <c r="AL70" s="6">
+        <v>7494.0</v>
+      </c>
+      <c r="AM70" s="6">
+        <v>7462.0</v>
+      </c>
+      <c r="AN70" s="6">
+        <v>7451.0</v>
+      </c>
+      <c r="AO70" s="6">
         <v>7434.0</v>
       </c>
-      <c r="AB70" s="6">
-[...17 lines deleted...]
-      <c r="AH70" s="6">
+      <c r="AP70" s="6">
+        <v>7409.0</v>
+      </c>
+      <c r="AQ70" s="6">
+        <v>7419.0</v>
+      </c>
+      <c r="AR70" s="6">
+        <v>7408.0</v>
+      </c>
+      <c r="AS70" s="6">
+        <v>7382.0</v>
+      </c>
+      <c r="AT70" s="6">
+        <v>7384.0</v>
+      </c>
+      <c r="AU70" s="6">
+        <v>7361.0</v>
+      </c>
+      <c r="AV70" s="6">
+        <v>7352.0</v>
+      </c>
+      <c r="AW70" s="6">
+        <v>7350.0</v>
+      </c>
+      <c r="AX70" s="6">
+        <v>7472.0</v>
+      </c>
+      <c r="AY70" s="6">
+        <v>7419.0</v>
+      </c>
+      <c r="AZ70" s="6">
+        <v>7397.0</v>
+      </c>
+      <c r="BA70" s="6">
         <v>7389.0</v>
       </c>
-      <c r="AI70" s="6">
-[...47 lines deleted...]
-      <c r="AY70" s="6">
+      <c r="BB70" s="6">
         <v>7357.0</v>
       </c>
-      <c r="AZ70" s="6">
+      <c r="BC70" s="6">
         <v>7362.0</v>
       </c>
-      <c r="BA70" s="6">
+      <c r="BD70" s="6">
         <v>7353.0</v>
       </c>
-      <c r="BB70" s="6">
+      <c r="BE70" s="6">
         <v>7349.0</v>
       </c>
-      <c r="BC70" s="6">
+      <c r="BF70" s="6">
         <v>7332.0</v>
       </c>
-      <c r="BD70" s="6">
+      <c r="BG70" s="6">
         <v>7327.0</v>
       </c>
-      <c r="BE70" s="6">
+      <c r="BH70" s="6">
         <v>7300.0</v>
       </c>
-      <c r="BF70" s="6">
+      <c r="BI70" s="6">
         <v>7295.0</v>
       </c>
-      <c r="BG70" s="6">
+      <c r="BJ70" s="6">
         <v>110.0</v>
       </c>
-      <c r="BH70" s="6">
+      <c r="BK70" s="6">
         <v>108.0</v>
       </c>
-      <c r="BI70" s="6">
+      <c r="BL70" s="6">
         <v>108.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>107.0</v>
       </c>
       <c r="BM70" s="6">
         <v>107.0</v>
       </c>
       <c r="BN70" s="6">
         <v>107.0</v>
       </c>
       <c r="BO70" s="6">
         <v>107.0</v>
       </c>
       <c r="BP70" s="6">
         <v>107.0</v>
       </c>
       <c r="BQ70" s="6">
         <v>107.0</v>
       </c>
       <c r="BR70" s="6">
         <v>107.0</v>
       </c>
       <c r="BS70" s="6">
         <v>107.0</v>
       </c>
       <c r="BT70" s="6">
+        <v>107.0</v>
+      </c>
+      <c r="BU70" s="6">
+        <v>107.0</v>
+      </c>
+      <c r="BV70" s="6">
+        <v>107.0</v>
+      </c>
+      <c r="BW70" s="6">
         <v>106.0</v>
       </c>
-      <c r="BU70" s="6">
+      <c r="BX70" s="6">
         <v>106.0</v>
       </c>
-      <c r="BV70" s="6">
+      <c r="BY70" s="6">
         <v>105.0</v>
       </c>
-      <c r="BW70" s="6">
+      <c r="BZ70" s="6">
         <v>104.0</v>
       </c>
-      <c r="BX70" s="6">
+      <c r="CA70" s="6">
         <v>105.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>104.0</v>
       </c>
       <c r="CB70" s="6">
         <v>106.0</v>
       </c>
       <c r="CC70" s="6">
+        <v>105.0</v>
+      </c>
+      <c r="CD70" s="6">
+        <v>104.0</v>
+      </c>
+      <c r="CE70" s="6">
         <v>106.0</v>
       </c>
-      <c r="CD70" s="6">
+      <c r="CF70" s="6">
+        <v>106.0</v>
+      </c>
+      <c r="CG70" s="6">
         <v>105.0</v>
       </c>
     </row>
-    <row r="71" spans="1:82">
+    <row r="71" spans="1:85">
       <c r="B71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C71" s="6">
-        <v>40373903.0</v>
+        <v>40993622.0</v>
       </c>
       <c r="D71" s="6">
-        <v>40614001.0</v>
+        <v>40826779.0</v>
       </c>
       <c r="E71" s="6">
-        <v>43009525.0</v>
+        <v>39914939.0</v>
       </c>
       <c r="F71" s="6">
-        <v>40367892.0</v>
+        <v>40192661.0</v>
       </c>
       <c r="G71" s="6">
-        <v>39780820.0</v>
+        <v>40660536.0</v>
       </c>
       <c r="H71" s="6">
-        <v>39206797.0</v>
+        <v>43048622.0</v>
       </c>
       <c r="I71" s="6">
-        <v>38736771.0</v>
+        <v>40351946.0</v>
       </c>
       <c r="J71" s="6">
-        <v>22535386.0</v>
+        <v>39739354.0</v>
       </c>
       <c r="K71" s="6">
-        <v>28010982.0</v>
+        <v>39214773.0</v>
       </c>
       <c r="L71" s="6">
-        <v>19000325.0</v>
+        <v>38715470.0</v>
       </c>
       <c r="M71" s="6">
-        <v>19113279.0</v>
+        <v>22596042.0</v>
       </c>
       <c r="N71" s="6">
-        <v>18941082.0</v>
+        <v>28012630.0</v>
       </c>
       <c r="O71" s="6">
-        <v>18388978.0</v>
+        <v>19001444.0</v>
       </c>
       <c r="P71" s="6">
+        <v>19106959.0</v>
+      </c>
+      <c r="Q71" s="6">
+        <v>18942163.0</v>
+      </c>
+      <c r="R71" s="6">
+        <v>18379885.0</v>
+      </c>
+      <c r="S71" s="6">
         <v>19100863.0</v>
       </c>
-      <c r="Q71" s="6">
-[...2 lines deleted...]
-      <c r="R71" s="6">
+      <c r="T71" s="6">
+        <v>19937476.0</v>
+      </c>
+      <c r="U71" s="6">
         <v>18720575.0</v>
       </c>
-      <c r="S71" s="6">
+      <c r="V71" s="6">
         <v>18132305.0</v>
       </c>
-      <c r="T71" s="6">
-[...5 lines deleted...]
-      <c r="V71" s="6">
+      <c r="W71" s="6">
+        <v>18806280.0</v>
+      </c>
+      <c r="X71" s="6">
+        <v>17977934.0</v>
+      </c>
+      <c r="Y71" s="6">
         <v>9997618.0</v>
       </c>
-      <c r="W71" s="6">
-[...2 lines deleted...]
-      <c r="X71" s="6">
+      <c r="Z71" s="6">
+        <v>25270385.0</v>
+      </c>
+      <c r="AA71" s="6">
         <v>16506494.0</v>
       </c>
-      <c r="Y71" s="6">
+      <c r="AB71" s="6">
         <v>16787372.0</v>
       </c>
-      <c r="Z71" s="6">
+      <c r="AC71" s="6">
         <v>16565911.0</v>
       </c>
-      <c r="AA71" s="6">
-[...2 lines deleted...]
-      <c r="AB71" s="6">
+      <c r="AD71" s="6">
+        <v>16354479.0</v>
+      </c>
+      <c r="AE71" s="6">
         <v>16496712.0</v>
       </c>
-      <c r="AC71" s="6">
-[...2 lines deleted...]
-      <c r="AD71" s="6">
+      <c r="AF71" s="6">
+        <v>17904397.0</v>
+      </c>
+      <c r="AG71" s="6">
         <v>16409768.0</v>
       </c>
-      <c r="AE71" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AH71" s="6">
-        <v>8808593.0</v>
+        <v>15902062.0</v>
       </c>
       <c r="AI71" s="6">
-        <v>23301503.0</v>
+        <v>16144300.0</v>
       </c>
       <c r="AJ71" s="6">
+        <v>15476817.0</v>
+      </c>
+      <c r="AK71" s="6">
+        <v>8812665.0</v>
+      </c>
+      <c r="AL71" s="6">
+        <v>23301575.0</v>
+      </c>
+      <c r="AM71" s="6">
         <v>15354354.0</v>
       </c>
-      <c r="AK71" s="6">
+      <c r="AN71" s="6">
         <v>15102390.0</v>
       </c>
-      <c r="AL71" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AO71" s="6">
-        <v>15845546.0</v>
+        <v>15132160.0</v>
       </c>
       <c r="AP71" s="6">
+        <v>14638564.0</v>
+      </c>
+      <c r="AQ71" s="6">
+        <v>15322114.0</v>
+      </c>
+      <c r="AR71" s="6">
+        <v>15845618.0</v>
+      </c>
+      <c r="AS71" s="6">
         <v>14734667.0</v>
       </c>
-      <c r="AQ71" s="6">
+      <c r="AT71" s="6">
         <v>14200266.0</v>
       </c>
-      <c r="AR71" s="6">
+      <c r="AU71" s="6">
         <v>13998666.0</v>
       </c>
-      <c r="AS71" s="6">
+      <c r="AV71" s="6">
         <v>13455612.0</v>
       </c>
-      <c r="AT71" s="6">
+      <c r="AW71" s="6">
         <v>7211279.0</v>
       </c>
-      <c r="AU71" s="6">
+      <c r="AX71" s="6">
         <v>20432295.0</v>
       </c>
-      <c r="AV71" s="6">
+      <c r="AY71" s="6">
         <v>13151765.0</v>
       </c>
-      <c r="AW71" s="6">
+      <c r="AZ71" s="6">
         <v>13479639.0</v>
       </c>
-      <c r="AX71" s="6">
+      <c r="BA71" s="6">
         <v>13009035.0</v>
       </c>
-      <c r="AY71" s="6">
+      <c r="BB71" s="6">
         <v>12689091.0</v>
       </c>
-      <c r="AZ71" s="6">
+      <c r="BC71" s="6">
         <v>13014812.0</v>
       </c>
-      <c r="BA71" s="6">
+      <c r="BD71" s="6">
         <v>14074037.0</v>
       </c>
-      <c r="BB71" s="6">
-[...2 lines deleted...]
-      <c r="BC71" s="6">
+      <c r="BE71" s="6">
+        <v>12578371.0</v>
+      </c>
+      <c r="BF71" s="6">
         <v>12382718.0</v>
       </c>
-      <c r="BD71" s="6">
+      <c r="BG71" s="6">
         <v>12575518.0</v>
       </c>
-      <c r="BE71" s="6">
+      <c r="BH71" s="6">
         <v>12271373.0</v>
       </c>
-      <c r="BF71" s="6">
-[...2 lines deleted...]
-      <c r="BG71" s="6">
+      <c r="BI71" s="6">
+        <v>6292185.0</v>
+      </c>
+      <c r="BJ71" s="6">
         <v>80773.0</v>
       </c>
-      <c r="BH71" s="6">
+      <c r="BK71" s="6">
         <v>50160.0</v>
       </c>
-      <c r="BI71" s="6">
+      <c r="BL71" s="6">
         <v>50539.0</v>
       </c>
-      <c r="BJ71" s="6">
+      <c r="BM71" s="6">
         <v>50198.0</v>
       </c>
-      <c r="BK71" s="6">
+      <c r="BN71" s="6">
         <v>51764.0</v>
       </c>
-      <c r="BL71" s="6">
+      <c r="BO71" s="6">
         <v>48102.0</v>
       </c>
-      <c r="BM71" s="6">
+      <c r="BP71" s="6">
         <v>48687.0</v>
       </c>
-      <c r="BN71" s="6">
+      <c r="BQ71" s="6">
         <v>46199.0</v>
       </c>
-      <c r="BO71" s="6">
+      <c r="BR71" s="6">
         <v>46707.0</v>
       </c>
-      <c r="BP71" s="6">
+      <c r="BS71" s="6">
         <v>45731.0</v>
       </c>
-      <c r="BQ71" s="6">
+      <c r="BT71" s="6">
         <v>44185.0</v>
       </c>
-      <c r="BR71" s="6">
+      <c r="BU71" s="6">
         <v>23380.0</v>
       </c>
-      <c r="BS71" s="6">
+      <c r="BV71" s="6">
         <v>71408.0</v>
       </c>
-      <c r="BT71" s="6">
+      <c r="BW71" s="6">
         <v>48325.0</v>
       </c>
-      <c r="BU71" s="6">
+      <c r="BX71" s="6">
         <v>44471.0</v>
       </c>
-      <c r="BV71" s="6">
+      <c r="BY71" s="6">
         <v>45764.0</v>
       </c>
-      <c r="BW71" s="6">
+      <c r="BZ71" s="6">
         <v>41010.0</v>
       </c>
-      <c r="BX71" s="6">
+      <c r="CA71" s="6">
         <v>41514.0</v>
       </c>
-      <c r="BY71" s="6">
+      <c r="CB71" s="6">
         <v>46101.0</v>
       </c>
-      <c r="BZ71" s="6">
+      <c r="CC71" s="6">
         <v>42738.0</v>
       </c>
-      <c r="CA71" s="6">
+      <c r="CD71" s="6">
         <v>41325.0</v>
       </c>
-      <c r="CB71" s="6">
+      <c r="CE71" s="6">
         <v>39813.0</v>
       </c>
-      <c r="CC71" s="6">
+      <c r="CF71" s="6">
         <v>40650.0</v>
       </c>
-      <c r="CD71" s="6">
+      <c r="CG71" s="6">
         <v>20198.0</v>
       </c>
     </row>
-    <row r="72" spans="1:82">
+    <row r="72" spans="1:85">
       <c r="B72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C72" s="6">
-        <v>6036372.0</v>
+        <v>6278704.0</v>
       </c>
       <c r="D72" s="6">
-        <v>6106538.0</v>
+        <v>6195217.0</v>
       </c>
       <c r="E72" s="6">
-        <v>6229604.0</v>
+        <v>6000325.0</v>
       </c>
       <c r="F72" s="6">
-        <v>6068838.0</v>
+        <v>6047184.0</v>
       </c>
       <c r="G72" s="6">
-        <v>5907989.0</v>
+        <v>6109971.0</v>
       </c>
       <c r="H72" s="6">
-        <v>5785167.0</v>
+        <v>6231289.0</v>
       </c>
       <c r="I72" s="6">
-        <v>5724081.0</v>
+        <v>6063354.0</v>
       </c>
       <c r="J72" s="6">
-        <v>3264198.0</v>
+        <v>5897466.0</v>
       </c>
       <c r="K72" s="6">
-        <v>4338097.0</v>
+        <v>5783855.0</v>
       </c>
       <c r="L72" s="6">
-        <v>2862960.0</v>
+        <v>5720041.0</v>
       </c>
       <c r="M72" s="6">
-        <v>2855687.0</v>
+        <v>3269573.0</v>
       </c>
       <c r="N72" s="6">
-        <v>2820145.0</v>
+        <v>4338801.0</v>
       </c>
       <c r="O72" s="6">
-        <v>2726108.0</v>
+        <v>2863152.0</v>
       </c>
       <c r="P72" s="6">
+        <v>2854175.0</v>
+      </c>
+      <c r="Q72" s="6">
+        <v>2820072.0</v>
+      </c>
+      <c r="R72" s="6">
+        <v>2724289.0</v>
+      </c>
+      <c r="S72" s="6">
         <v>2819444.0</v>
       </c>
-      <c r="Q72" s="6">
-[...2 lines deleted...]
-      <c r="R72" s="6">
+      <c r="T72" s="6">
+        <v>2994972.0</v>
+      </c>
+      <c r="U72" s="6">
         <v>2767882.0</v>
       </c>
-      <c r="S72" s="6">
+      <c r="V72" s="6">
         <v>2658032.0</v>
       </c>
-      <c r="T72" s="6">
-[...5 lines deleted...]
-      <c r="V72" s="6">
+      <c r="W72" s="6">
+        <v>2764804.0</v>
+      </c>
+      <c r="X72" s="6">
+        <v>2628715.0</v>
+      </c>
+      <c r="Y72" s="6">
         <v>1445095.0</v>
       </c>
-      <c r="W72" s="6">
-[...2 lines deleted...]
-      <c r="X72" s="6">
+      <c r="Z72" s="6">
+        <v>3925694.0</v>
+      </c>
+      <c r="AA72" s="6">
         <v>2492991.0</v>
       </c>
-      <c r="Y72" s="6">
+      <c r="AB72" s="6">
         <v>2525203.0</v>
       </c>
-      <c r="Z72" s="6">
+      <c r="AC72" s="6">
         <v>2477059.0</v>
       </c>
-      <c r="AA72" s="6">
+      <c r="AD72" s="6">
         <v>2425516.0</v>
       </c>
-      <c r="AB72" s="6">
+      <c r="AE72" s="6">
         <v>2450499.0</v>
       </c>
-      <c r="AC72" s="6">
+      <c r="AF72" s="6">
         <v>2689457.0</v>
       </c>
-      <c r="AD72" s="6">
+      <c r="AG72" s="6">
         <v>2422987.0</v>
       </c>
-      <c r="AE72" s="6">
+      <c r="AH72" s="6">
         <v>2332707.0</v>
       </c>
-      <c r="AF72" s="6">
+      <c r="AI72" s="6">
         <v>2351646.0</v>
       </c>
-      <c r="AG72" s="6">
-[...5 lines deleted...]
-      <c r="AI72" s="6">
+      <c r="AJ72" s="6">
+        <v>2264957.0</v>
+      </c>
+      <c r="AK72" s="6">
+        <v>1282787.0</v>
+      </c>
+      <c r="AL72" s="6">
         <v>3625548.0</v>
       </c>
-      <c r="AJ72" s="6">
+      <c r="AM72" s="6">
         <v>2314049.0</v>
       </c>
-      <c r="AK72" s="6">
+      <c r="AN72" s="6">
         <v>2267966.0</v>
       </c>
-      <c r="AL72" s="6">
+      <c r="AO72" s="6">
         <v>2241635.0</v>
       </c>
-      <c r="AM72" s="6">
+      <c r="AP72" s="6">
         <v>2161156.0</v>
       </c>
-      <c r="AN72" s="6">
+      <c r="AQ72" s="6">
         <v>2274748.0</v>
       </c>
-      <c r="AO72" s="6">
+      <c r="AR72" s="6">
         <v>2396593.0</v>
       </c>
-      <c r="AP72" s="6">
+      <c r="AS72" s="6">
         <v>2228110.0</v>
       </c>
-      <c r="AQ72" s="6">
+      <c r="AT72" s="6">
         <v>2135927.0</v>
       </c>
-      <c r="AR72" s="6">
+      <c r="AU72" s="6">
         <v>2084149.0</v>
       </c>
-      <c r="AS72" s="6">
+      <c r="AV72" s="6">
         <v>2006598.0</v>
       </c>
-      <c r="AT72" s="6">
+      <c r="AW72" s="6">
         <v>1060556.0</v>
       </c>
-      <c r="AU72" s="6">
+      <c r="AX72" s="6">
         <v>3206405.0</v>
       </c>
-      <c r="AV72" s="6">
+      <c r="AY72" s="6">
         <v>1993610.0</v>
       </c>
-      <c r="AW72" s="6">
+      <c r="AZ72" s="6">
         <v>2049593.0</v>
       </c>
-      <c r="AX72" s="6">
+      <c r="BA72" s="6">
         <v>1935705.0</v>
       </c>
-      <c r="AY72" s="6">
+      <c r="BB72" s="6">
         <v>1887361.0</v>
       </c>
-      <c r="AZ72" s="6">
+      <c r="BC72" s="6">
         <v>1935330.0</v>
       </c>
-      <c r="BA72" s="6">
+      <c r="BD72" s="6">
         <v>2113873.0</v>
       </c>
-      <c r="BB72" s="6">
-[...2 lines deleted...]
-      <c r="BC72" s="6">
+      <c r="BE72" s="6">
+        <v>1851635.0</v>
+      </c>
+      <c r="BF72" s="6">
         <v>1815618.0</v>
       </c>
-      <c r="BD72" s="6">
+      <c r="BG72" s="6">
         <v>1838447.0</v>
       </c>
-      <c r="BE72" s="6">
+      <c r="BH72" s="6">
         <v>1804659.0</v>
       </c>
-      <c r="BF72" s="6">
-[...2 lines deleted...]
-      <c r="BG72" s="6">
+      <c r="BI72" s="6">
+        <v>888699.0</v>
+      </c>
+      <c r="BJ72" s="6">
         <v>12001.0</v>
       </c>
-      <c r="BH72" s="6">
+      <c r="BK72" s="6">
         <v>7017.0</v>
       </c>
-      <c r="BI72" s="6">
+      <c r="BL72" s="6">
         <v>7196.0</v>
       </c>
-      <c r="BJ72" s="6">
+      <c r="BM72" s="6">
         <v>7112.0</v>
       </c>
-      <c r="BK72" s="6">
+      <c r="BN72" s="6">
         <v>7600.0</v>
       </c>
-      <c r="BL72" s="6">
+      <c r="BO72" s="6">
         <v>7078.0</v>
       </c>
-      <c r="BM72" s="6">
+      <c r="BP72" s="6">
         <v>7241.0</v>
       </c>
-      <c r="BN72" s="6">
+      <c r="BQ72" s="6">
         <v>7059.0</v>
       </c>
-      <c r="BO72" s="6">
+      <c r="BR72" s="6">
         <v>6870.0</v>
       </c>
-      <c r="BP72" s="6">
+      <c r="BS72" s="6">
         <v>6933.0</v>
       </c>
-      <c r="BQ72" s="6">
+      <c r="BT72" s="6">
         <v>6719.0</v>
       </c>
-      <c r="BR72" s="6">
+      <c r="BU72" s="6">
         <v>3292.0</v>
       </c>
-      <c r="BS72" s="6">
+      <c r="BV72" s="6">
         <v>11432.0</v>
       </c>
-      <c r="BT72" s="6">
+      <c r="BW72" s="6">
         <v>7581.0</v>
       </c>
-      <c r="BU72" s="6">
+      <c r="BX72" s="6">
         <v>6840.0</v>
       </c>
-      <c r="BV72" s="6">
+      <c r="BY72" s="6">
         <v>7122.0</v>
       </c>
-      <c r="BW72" s="6">
+      <c r="BZ72" s="6">
         <v>6360.0</v>
       </c>
-      <c r="BX72" s="6">
+      <c r="CA72" s="6">
         <v>6339.0</v>
       </c>
-      <c r="BY72" s="6">
+      <c r="CB72" s="6">
         <v>6854.0</v>
       </c>
-      <c r="BZ72" s="6">
+      <c r="CC72" s="6">
         <v>6672.0</v>
       </c>
-      <c r="CA72" s="6">
+      <c r="CD72" s="6">
         <v>6466.0</v>
       </c>
-      <c r="CB72" s="6">
+      <c r="CE72" s="6">
         <v>5914.0</v>
       </c>
-      <c r="CC72" s="6">
+      <c r="CF72" s="6">
         <v>5615.0</v>
       </c>
-      <c r="CD72" s="6">
+      <c r="CG72" s="6">
         <v>2763.0</v>
       </c>
     </row>
-    <row r="73" spans="1:82">
+    <row r="73" spans="1:85">
       <c r="A73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="B73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C73" s="6">
-        <v>115.0</v>
+        <v>114.0</v>
       </c>
       <c r="D73" s="6">
-        <v>115.0</v>
+        <v>114.0</v>
       </c>
       <c r="E73" s="6">
         <v>114.0</v>
       </c>
       <c r="F73" s="6">
-        <v>114.0</v>
+        <v>115.0</v>
       </c>
       <c r="G73" s="6">
-        <v>113.0</v>
+        <v>115.0</v>
       </c>
       <c r="H73" s="6">
         <v>114.0</v>
       </c>
       <c r="I73" s="6">
         <v>114.0</v>
       </c>
       <c r="J73" s="6">
+        <v>113.0</v>
+      </c>
+      <c r="K73" s="6">
         <v>114.0</v>
       </c>
-      <c r="K73" s="6">
+      <c r="L73" s="6">
+        <v>114.0</v>
+      </c>
+      <c r="M73" s="6">
+        <v>114.0</v>
+      </c>
+      <c r="N73" s="6">
         <v>111.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>110.0</v>
       </c>
       <c r="O73" s="6">
         <v>110.0</v>
       </c>
       <c r="P73" s="6">
         <v>110.0</v>
       </c>
       <c r="Q73" s="6">
         <v>110.0</v>
       </c>
       <c r="R73" s="6">
         <v>110.0</v>
       </c>
       <c r="S73" s="6">
         <v>110.0</v>
       </c>
       <c r="T73" s="6">
         <v>110.0</v>
       </c>
       <c r="U73" s="6">
         <v>110.0</v>
       </c>
       <c r="V73" s="6">
         <v>110.0</v>
       </c>
       <c r="W73" s="6">
+        <v>110.0</v>
+      </c>
+      <c r="X73" s="6">
+        <v>110.0</v>
+      </c>
+      <c r="Y73" s="6">
+        <v>110.0</v>
+      </c>
+      <c r="Z73" s="6">
         <v>111.0</v>
       </c>
-      <c r="X73" s="6">
+      <c r="AA73" s="6">
         <v>109.0</v>
       </c>
-      <c r="Y73" s="6">
+      <c r="AB73" s="6">
         <v>109.0</v>
       </c>
-      <c r="Z73" s="6">
+      <c r="AC73" s="6">
         <v>109.0</v>
       </c>
-      <c r="AA73" s="6">
+      <c r="AD73" s="6">
         <v>108.0</v>
       </c>
-      <c r="AB73" s="6">
+      <c r="AE73" s="6">
         <v>107.0</v>
       </c>
-      <c r="AC73" s="6">
+      <c r="AF73" s="6">
         <v>108.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>107.0</v>
       </c>
       <c r="AG73" s="6">
         <v>107.0</v>
       </c>
       <c r="AH73" s="6">
-        <v>107.0</v>
+        <v>108.0</v>
       </c>
       <c r="AI73" s="6">
         <v>107.0</v>
       </c>
       <c r="AJ73" s="6">
-        <v>106.0</v>
+        <v>107.0</v>
       </c>
       <c r="AK73" s="6">
-        <v>108.0</v>
+        <v>107.0</v>
       </c>
       <c r="AL73" s="6">
         <v>107.0</v>
       </c>
       <c r="AM73" s="6">
         <v>106.0</v>
       </c>
       <c r="AN73" s="6">
-        <v>106.0</v>
+        <v>108.0</v>
       </c>
       <c r="AO73" s="6">
         <v>107.0</v>
       </c>
       <c r="AP73" s="6">
-        <v>108.0</v>
+        <v>106.0</v>
       </c>
       <c r="AQ73" s="6">
-        <v>108.0</v>
+        <v>106.0</v>
       </c>
       <c r="AR73" s="6">
         <v>107.0</v>
       </c>
       <c r="AS73" s="6">
         <v>108.0</v>
       </c>
       <c r="AT73" s="6">
+        <v>108.0</v>
+      </c>
+      <c r="AU73" s="6">
         <v>107.0</v>
       </c>
-      <c r="AU73" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AV73" s="6">
-        <v>107.0</v>
+        <v>108.0</v>
       </c>
       <c r="AW73" s="6">
         <v>107.0</v>
       </c>
       <c r="AX73" s="6">
+        <v>109.0</v>
+      </c>
+      <c r="AY73" s="6">
+        <v>107.0</v>
+      </c>
+      <c r="AZ73" s="6">
+        <v>107.0</v>
+      </c>
+      <c r="BA73" s="6">
         <v>106.0</v>
       </c>
-      <c r="AY73" s="6">
+      <c r="BB73" s="6">
         <v>106.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>105.0</v>
       </c>
       <c r="BC73" s="6">
         <v>106.0</v>
       </c>
       <c r="BD73" s="6">
         <v>105.0</v>
       </c>
       <c r="BE73" s="6">
         <v>105.0</v>
       </c>
       <c r="BF73" s="6">
         <v>106.0</v>
       </c>
       <c r="BG73" s="6">
+        <v>105.0</v>
+      </c>
+      <c r="BH73" s="6">
+        <v>105.0</v>
+      </c>
+      <c r="BI73" s="6">
+        <v>106.0</v>
+      </c>
+      <c r="BJ73" s="6">
         <v>10.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>4.0</v>
       </c>
       <c r="BK73" s="6">
         <v>4.0</v>
       </c>
       <c r="BL73" s="6">
         <v>4.0</v>
       </c>
       <c r="BM73" s="6">
         <v>4.0</v>
       </c>
       <c r="BN73" s="6">
         <v>4.0</v>
       </c>
       <c r="BO73" s="6">
         <v>4.0</v>
       </c>
       <c r="BP73" s="6">
         <v>4.0</v>
       </c>
       <c r="BQ73" s="6">
         <v>4.0</v>
       </c>
       <c r="BR73" s="6">
         <v>4.0</v>
       </c>
       <c r="BS73" s="6">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
       <c r="BT73" s="6">
         <v>4.0</v>
       </c>
       <c r="BU73" s="6">
         <v>4.0</v>
       </c>
       <c r="BV73" s="6">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="BW73" s="6">
         <v>4.0</v>
       </c>
       <c r="BX73" s="6">
         <v>4.0</v>
       </c>
       <c r="BY73" s="6">
         <v>4.0</v>
       </c>
       <c r="BZ73" s="6">
         <v>4.0</v>
       </c>
       <c r="CA73" s="6">
         <v>4.0</v>
       </c>
       <c r="CB73" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="CC73" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="CD73" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="CE73" s="6">
         <v>3.0</v>
       </c>
-      <c r="CC73" s="6">
+      <c r="CF73" s="6">
         <v>3.0</v>
       </c>
-      <c r="CD73" s="6">
+      <c r="CG73" s="6">
         <v>3.0</v>
       </c>
     </row>
-    <row r="74" spans="1:82">
+    <row r="74" spans="1:85">
       <c r="B74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C74" s="6">
-        <v>66384.0</v>
+        <v>68119.0</v>
       </c>
       <c r="D74" s="6">
+        <v>71739.0</v>
+      </c>
+      <c r="E74" s="6">
+        <v>69243.0</v>
+      </c>
+      <c r="F74" s="6">
+        <v>66301.0</v>
+      </c>
+      <c r="G74" s="6">
         <v>78423.0</v>
       </c>
-      <c r="E74" s="6">
+      <c r="H74" s="6">
         <v>73584.0</v>
       </c>
-      <c r="F74" s="6">
+      <c r="I74" s="6">
         <v>63485.0</v>
       </c>
-      <c r="G74" s="6">
+      <c r="J74" s="6">
         <v>67656.0</v>
       </c>
-      <c r="H74" s="6">
+      <c r="K74" s="6">
         <v>69286.0</v>
       </c>
-      <c r="I74" s="6">
+      <c r="L74" s="6">
         <v>70411.0</v>
       </c>
-      <c r="J74" s="6">
+      <c r="M74" s="6">
         <v>41008.0</v>
       </c>
-      <c r="K74" s="6">
-[...5 lines deleted...]
-      <c r="M74" s="6">
+      <c r="N74" s="6">
+        <v>70219.0</v>
+      </c>
+      <c r="O74" s="6">
+        <v>55908.0</v>
+      </c>
+      <c r="P74" s="6">
         <v>53911.0</v>
       </c>
-      <c r="N74" s="6">
+      <c r="Q74" s="6">
         <v>55477.0</v>
       </c>
-      <c r="O74" s="6">
+      <c r="R74" s="6">
         <v>53914.0</v>
       </c>
-      <c r="P74" s="6">
+      <c r="S74" s="6">
         <v>59877.0</v>
       </c>
-      <c r="Q74" s="6">
+      <c r="T74" s="6">
         <v>60860.0</v>
       </c>
-      <c r="R74" s="6">
+      <c r="U74" s="6">
         <v>55306.0</v>
       </c>
-      <c r="S74" s="6">
+      <c r="V74" s="6">
         <v>56389.0</v>
       </c>
-      <c r="T74" s="6">
+      <c r="W74" s="6">
         <v>60204.0</v>
       </c>
-      <c r="U74" s="6">
+      <c r="X74" s="6">
         <v>62497.0</v>
       </c>
-      <c r="V74" s="6">
+      <c r="Y74" s="6">
         <v>46080.0</v>
       </c>
-      <c r="W74" s="6">
+      <c r="Z74" s="6">
         <v>64005.0</v>
       </c>
-      <c r="X74" s="6">
+      <c r="AA74" s="6">
         <v>43926.0</v>
       </c>
-      <c r="Y74" s="6">
+      <c r="AB74" s="6">
         <v>46260.0</v>
       </c>
-      <c r="Z74" s="6">
-[...5 lines deleted...]
-      <c r="AB74" s="6">
+      <c r="AC74" s="6">
+        <v>44208.0</v>
+      </c>
+      <c r="AD74" s="6">
+        <v>44058.0</v>
+      </c>
+      <c r="AE74" s="6">
         <v>45049.0</v>
       </c>
-      <c r="AC74" s="6">
+      <c r="AF74" s="6">
         <v>47659.0</v>
       </c>
-      <c r="AD74" s="6">
+      <c r="AG74" s="6">
         <v>42919.0</v>
       </c>
-      <c r="AE74" s="6">
-[...5 lines deleted...]
-      <c r="AG74" s="6">
+      <c r="AH74" s="6">
+        <v>43170.0</v>
+      </c>
+      <c r="AI74" s="6">
+        <v>44228.0</v>
+      </c>
+      <c r="AJ74" s="6">
         <v>48018.0</v>
       </c>
-      <c r="AH74" s="6">
-[...2 lines deleted...]
-      <c r="AI74" s="6">
+      <c r="AK74" s="6">
+        <v>29505.0</v>
+      </c>
+      <c r="AL74" s="6">
         <v>52190.0</v>
       </c>
-      <c r="AJ74" s="6">
+      <c r="AM74" s="6">
         <v>40436.0</v>
       </c>
-      <c r="AK74" s="6">
+      <c r="AN74" s="6">
         <v>41015.0</v>
       </c>
-      <c r="AL74" s="6">
+      <c r="AO74" s="6">
         <v>41826.0</v>
       </c>
-      <c r="AM74" s="6">
+      <c r="AP74" s="6">
         <v>43379.0</v>
       </c>
-      <c r="AN74" s="6">
+      <c r="AQ74" s="6">
         <v>39714.0</v>
       </c>
-      <c r="AO74" s="6">
+      <c r="AR74" s="6">
         <v>42198.0</v>
       </c>
-      <c r="AP74" s="6">
+      <c r="AS74" s="6">
         <v>41711.0</v>
       </c>
-      <c r="AQ74" s="6">
+      <c r="AT74" s="6">
         <v>40334.0</v>
       </c>
-      <c r="AR74" s="6">
+      <c r="AU74" s="6">
         <v>40805.0</v>
       </c>
-      <c r="AS74" s="6">
+      <c r="AV74" s="6">
         <v>38857.0</v>
       </c>
-      <c r="AT74" s="6">
+      <c r="AW74" s="6">
         <v>30860.0</v>
       </c>
-      <c r="AU74" s="6">
+      <c r="AX74" s="6">
         <v>50242.0</v>
       </c>
-      <c r="AV74" s="6">
+      <c r="AY74" s="6">
         <v>38621.0</v>
       </c>
-      <c r="AW74" s="6">
+      <c r="AZ74" s="6">
         <v>39967.0</v>
       </c>
-      <c r="AX74" s="6">
+      <c r="BA74" s="6">
         <v>35568.0</v>
       </c>
-      <c r="AY74" s="6">
+      <c r="BB74" s="6">
         <v>34804.0</v>
       </c>
-      <c r="AZ74" s="6">
+      <c r="BC74" s="6">
         <v>35612.0</v>
       </c>
-      <c r="BA74" s="6">
+      <c r="BD74" s="6">
         <v>34021.0</v>
       </c>
-      <c r="BB74" s="6">
+      <c r="BE74" s="6">
         <v>33387.0</v>
       </c>
-      <c r="BC74" s="6">
+      <c r="BF74" s="6">
         <v>36600.0</v>
       </c>
-      <c r="BD74" s="6">
+      <c r="BG74" s="6">
         <v>33109.0</v>
       </c>
-      <c r="BE74" s="6">
+      <c r="BH74" s="6">
         <v>34610.0</v>
       </c>
-      <c r="BF74" s="6">
+      <c r="BI74" s="6">
         <v>26441.0</v>
       </c>
-      <c r="BG74" s="6">
+      <c r="BJ74" s="6">
         <v>13591.0</v>
       </c>
-      <c r="BH74" s="6">
+      <c r="BK74" s="6">
         <v>8011.0</v>
       </c>
-      <c r="BI74" s="6">
+      <c r="BL74" s="6">
         <v>8014.0</v>
       </c>
-      <c r="BJ74" s="6">
+      <c r="BM74" s="6">
         <v>8066.0</v>
       </c>
-      <c r="BK74" s="6">
+      <c r="BN74" s="6">
         <v>8048.0</v>
       </c>
-      <c r="BL74" s="6">
+      <c r="BO74" s="6">
         <v>12073.0</v>
       </c>
-      <c r="BM74" s="6">
+      <c r="BP74" s="6">
         <v>7251.0</v>
       </c>
-      <c r="BN74" s="6">
+      <c r="BQ74" s="6">
         <v>8585.0</v>
       </c>
-      <c r="BO74" s="6">
+      <c r="BR74" s="6">
         <v>7693.0</v>
       </c>
-      <c r="BP74" s="6">
+      <c r="BS74" s="6">
         <v>7851.0</v>
       </c>
-      <c r="BQ74" s="6">
+      <c r="BT74" s="6">
         <v>7704.0</v>
       </c>
-      <c r="BR74" s="6">
+      <c r="BU74" s="6">
         <v>5724.0</v>
       </c>
-      <c r="BS74" s="6">
+      <c r="BV74" s="6">
         <v>19085.0</v>
       </c>
-      <c r="BT74" s="6">
+      <c r="BW74" s="6">
         <v>6420.0</v>
       </c>
-      <c r="BU74" s="6">
+      <c r="BX74" s="6">
         <v>6416.0</v>
       </c>
-      <c r="BV74" s="6">
+      <c r="BY74" s="6">
         <v>6823.0</v>
       </c>
-      <c r="BW74" s="6">
+      <c r="BZ74" s="6">
         <v>6551.0</v>
       </c>
-      <c r="BX74" s="6">
+      <c r="CA74" s="6">
         <v>6339.0</v>
       </c>
-      <c r="BY74" s="6">
+      <c r="CB74" s="6">
         <v>7880.0</v>
       </c>
-      <c r="BZ74" s="6">
+      <c r="CC74" s="6">
         <v>5416.0</v>
       </c>
-      <c r="CA74" s="6">
+      <c r="CD74" s="6">
         <v>5413.0</v>
       </c>
-      <c r="CB74" s="6">
+      <c r="CE74" s="6">
         <v>4097.0</v>
       </c>
-      <c r="CC74" s="6">
+      <c r="CF74" s="6">
         <v>4363.0</v>
       </c>
-      <c r="CD74" s="6">
+      <c r="CG74" s="6">
         <v>277.0</v>
       </c>
     </row>
-    <row r="75" spans="1:82">
+    <row r="75" spans="1:85">
       <c r="B75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C75" s="6">
-        <v>9927.0</v>
+        <v>10337.0</v>
       </c>
       <c r="D75" s="6">
+        <v>10939.0</v>
+      </c>
+      <c r="E75" s="6">
+        <v>10523.0</v>
+      </c>
+      <c r="F75" s="6">
+        <v>9910.0</v>
+      </c>
+      <c r="G75" s="6">
         <v>12317.0</v>
       </c>
-      <c r="E75" s="6">
+      <c r="H75" s="6">
         <v>11324.0</v>
       </c>
-      <c r="F75" s="6">
+      <c r="I75" s="6">
         <v>9265.0</v>
       </c>
-      <c r="G75" s="6">
+      <c r="J75" s="6">
         <v>10179.0</v>
       </c>
-      <c r="H75" s="6">
+      <c r="K75" s="6">
         <v>10239.0</v>
       </c>
-      <c r="I75" s="6">
+      <c r="L75" s="6">
         <v>10848.0</v>
       </c>
-      <c r="J75" s="6">
+      <c r="M75" s="6">
         <v>6486.0</v>
       </c>
-      <c r="K75" s="6">
-[...5 lines deleted...]
-      <c r="M75" s="6">
+      <c r="N75" s="6">
+        <v>10643.0</v>
+      </c>
+      <c r="O75" s="6">
+        <v>8528.0</v>
+      </c>
+      <c r="P75" s="6">
         <v>8347.0</v>
       </c>
-      <c r="N75" s="6">
+      <c r="Q75" s="6">
         <v>8691.0</v>
       </c>
-      <c r="O75" s="6">
+      <c r="R75" s="6">
         <v>8710.0</v>
       </c>
-      <c r="P75" s="6">
+      <c r="S75" s="6">
         <v>9540.0</v>
       </c>
-      <c r="Q75" s="6">
+      <c r="T75" s="6">
         <v>9656.0</v>
       </c>
-      <c r="R75" s="6">
+      <c r="U75" s="6">
         <v>8651.0</v>
       </c>
-      <c r="S75" s="6">
+      <c r="V75" s="6">
         <v>8638.0</v>
       </c>
-      <c r="T75" s="6">
+      <c r="W75" s="6">
         <v>9504.0</v>
       </c>
-      <c r="U75" s="6">
+      <c r="X75" s="6">
         <v>9445.0</v>
       </c>
-      <c r="V75" s="6">
+      <c r="Y75" s="6">
         <v>7634.0</v>
       </c>
-      <c r="W75" s="6">
+      <c r="Z75" s="6">
         <v>9827.0</v>
       </c>
-      <c r="X75" s="6">
+      <c r="AA75" s="6">
         <v>6595.0</v>
       </c>
-      <c r="Y75" s="6">
+      <c r="AB75" s="6">
         <v>7015.0</v>
       </c>
-      <c r="Z75" s="6">
-[...5 lines deleted...]
-      <c r="AB75" s="6">
+      <c r="AC75" s="6">
+        <v>6628.0</v>
+      </c>
+      <c r="AD75" s="6">
+        <v>6583.0</v>
+      </c>
+      <c r="AE75" s="6">
         <v>6715.0</v>
       </c>
-      <c r="AC75" s="6">
+      <c r="AF75" s="6">
         <v>6988.0</v>
       </c>
-      <c r="AD75" s="6">
+      <c r="AG75" s="6">
         <v>6350.0</v>
       </c>
-      <c r="AE75" s="6">
+      <c r="AH75" s="6">
         <v>6091.0</v>
       </c>
-      <c r="AF75" s="6">
+      <c r="AI75" s="6">
         <v>6315.0</v>
       </c>
-      <c r="AG75" s="6">
+      <c r="AJ75" s="6">
         <v>7096.0</v>
       </c>
-      <c r="AH75" s="6">
-[...2 lines deleted...]
-      <c r="AI75" s="6">
+      <c r="AK75" s="6">
+        <v>4336.0</v>
+      </c>
+      <c r="AL75" s="6">
         <v>7341.0</v>
       </c>
-      <c r="AJ75" s="6">
+      <c r="AM75" s="6">
         <v>5909.0</v>
       </c>
-      <c r="AK75" s="6">
+      <c r="AN75" s="6">
         <v>6227.0</v>
       </c>
-      <c r="AL75" s="6">
+      <c r="AO75" s="6">
         <v>6257.0</v>
       </c>
-      <c r="AM75" s="6">
+      <c r="AP75" s="6">
         <v>6520.0</v>
       </c>
-      <c r="AN75" s="6">
+      <c r="AQ75" s="6">
         <v>5899.0</v>
       </c>
-      <c r="AO75" s="6">
+      <c r="AR75" s="6">
         <v>6441.0</v>
       </c>
-      <c r="AP75" s="6">
+      <c r="AS75" s="6">
         <v>6471.0</v>
       </c>
-      <c r="AQ75" s="6">
+      <c r="AT75" s="6">
         <v>5912.0</v>
       </c>
-      <c r="AR75" s="6">
+      <c r="AU75" s="6">
         <v>6132.0</v>
       </c>
-      <c r="AS75" s="6">
+      <c r="AV75" s="6">
         <v>5719.0</v>
       </c>
-      <c r="AT75" s="6">
+      <c r="AW75" s="6">
         <v>4607.0</v>
       </c>
-      <c r="AU75" s="6">
+      <c r="AX75" s="6">
         <v>7773.0</v>
       </c>
-      <c r="AV75" s="6">
+      <c r="AY75" s="6">
         <v>5609.0</v>
       </c>
-      <c r="AW75" s="6">
+      <c r="AZ75" s="6">
         <v>6084.0</v>
       </c>
-      <c r="AX75" s="6">
+      <c r="BA75" s="6">
         <v>5215.0</v>
       </c>
-      <c r="AY75" s="6">
+      <c r="BB75" s="6">
         <v>5059.0</v>
       </c>
-      <c r="AZ75" s="6">
+      <c r="BC75" s="6">
         <v>5188.0</v>
       </c>
-      <c r="BA75" s="6">
+      <c r="BD75" s="6">
         <v>4836.0</v>
       </c>
-      <c r="BB75" s="6">
+      <c r="BE75" s="6">
         <v>4704.0</v>
       </c>
-      <c r="BC75" s="6">
+      <c r="BF75" s="6">
         <v>5197.0</v>
       </c>
-      <c r="BD75" s="6">
+      <c r="BG75" s="6">
         <v>4430.0</v>
       </c>
-      <c r="BE75" s="6">
+      <c r="BH75" s="6">
         <v>4868.0</v>
       </c>
-      <c r="BF75" s="6">
+      <c r="BI75" s="6">
         <v>3710.0</v>
       </c>
-      <c r="BG75" s="6">
+      <c r="BJ75" s="6">
         <v>2443.0</v>
       </c>
-      <c r="BH75" s="6">
+      <c r="BK75" s="6">
         <v>1379.0</v>
       </c>
-      <c r="BI75" s="6">
+      <c r="BL75" s="6">
         <v>1379.0</v>
       </c>
-      <c r="BJ75" s="6">
+      <c r="BM75" s="6">
         <v>1448.0</v>
       </c>
-      <c r="BK75" s="6">
+      <c r="BN75" s="6">
         <v>1447.0</v>
       </c>
-      <c r="BL75" s="6">
+      <c r="BO75" s="6">
         <v>2252.0</v>
       </c>
-      <c r="BM75" s="6">
+      <c r="BP75" s="6">
         <v>1369.0</v>
       </c>
-      <c r="BN75" s="6">
+      <c r="BQ75" s="6">
         <v>1556.0</v>
       </c>
-      <c r="BO75" s="6">
+      <c r="BR75" s="6">
         <v>1378.0</v>
       </c>
-      <c r="BP75" s="6">
+      <c r="BS75" s="6">
         <v>1410.0</v>
       </c>
-      <c r="BQ75" s="6">
+      <c r="BT75" s="6">
         <v>1381.0</v>
       </c>
-      <c r="BR75" s="6">
+      <c r="BU75" s="6">
         <v>1084.0</v>
       </c>
-      <c r="BS75" s="6">
+      <c r="BV75" s="6">
         <v>3790.0</v>
       </c>
-      <c r="BT75" s="6">
+      <c r="BW75" s="6">
         <v>1208.0</v>
       </c>
-      <c r="BU75" s="6">
+      <c r="BX75" s="6">
         <v>1207.0</v>
       </c>
-      <c r="BV75" s="6">
+      <c r="BY75" s="6">
         <v>1289.0</v>
       </c>
-      <c r="BW75" s="6">
+      <c r="BZ75" s="6">
         <v>1234.0</v>
       </c>
-      <c r="BX75" s="6">
+      <c r="CA75" s="6">
         <v>1192.0</v>
       </c>
-      <c r="BY75" s="6">
+      <c r="CB75" s="6">
         <v>1488.0</v>
       </c>
-      <c r="BZ75" s="6">
+      <c r="CC75" s="6">
         <v>1026.0</v>
       </c>
-      <c r="CA75" s="6">
+      <c r="CD75" s="6">
         <v>1025.0</v>
       </c>
-      <c r="CB75" s="6">
+      <c r="CE75" s="6">
         <v>799.0</v>
       </c>
-      <c r="CC75" s="6">
+      <c r="CF75" s="6">
         <v>797.0</v>
       </c>
-      <c r="CD75" s="6">
+      <c r="CG75" s="6">
         <v>0.0</v>
       </c>
     </row>
-    <row r="76" spans="1:82">
+    <row r="76" spans="1:85">
       <c r="A76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="B76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C76" s="6">
-        <v>10322.0</v>
+        <v>10977.0</v>
       </c>
       <c r="D76" s="6">
-        <v>10335.0</v>
+        <v>10967.0</v>
       </c>
       <c r="E76" s="6">
-        <v>10382.0</v>
+        <v>10599.0</v>
       </c>
       <c r="F76" s="6">
-        <v>10217.0</v>
+        <v>10563.0</v>
       </c>
       <c r="G76" s="6">
-        <v>10223.0</v>
+        <v>10468.0</v>
       </c>
       <c r="H76" s="6">
-        <v>10094.0</v>
+        <v>10491.0</v>
       </c>
       <c r="I76" s="6">
-        <v>10057.0</v>
+        <v>10290.0</v>
       </c>
       <c r="J76" s="6">
-        <v>10279.0</v>
+        <v>10273.0</v>
       </c>
       <c r="K76" s="6">
-        <v>15112.0</v>
+        <v>10132.0</v>
       </c>
       <c r="L76" s="6">
-        <v>12815.0</v>
+        <v>10091.0</v>
       </c>
       <c r="M76" s="6">
-        <v>12297.0</v>
+        <v>10306.0</v>
       </c>
       <c r="N76" s="6">
-        <v>11733.0</v>
+        <v>15145.0</v>
       </c>
       <c r="O76" s="6">
-        <v>11632.0</v>
+        <v>12840.0</v>
       </c>
       <c r="P76" s="6">
-        <v>11566.0</v>
+        <v>12317.0</v>
       </c>
       <c r="Q76" s="6">
-        <v>11555.0</v>
+        <v>11750.0</v>
       </c>
       <c r="R76" s="6">
-        <v>11314.0</v>
+        <v>11641.0</v>
       </c>
       <c r="S76" s="6">
-        <v>11179.0</v>
+        <v>11574.0</v>
       </c>
       <c r="T76" s="6">
-        <v>10982.0</v>
+        <v>11561.0</v>
       </c>
       <c r="U76" s="6">
+        <v>11318.0</v>
+      </c>
+      <c r="V76" s="6">
+        <v>11181.0</v>
+      </c>
+      <c r="W76" s="6">
+        <v>10987.0</v>
+      </c>
+      <c r="X76" s="6">
+        <v>10791.0</v>
+      </c>
+      <c r="Y76" s="6">
+        <v>10948.0</v>
+      </c>
+      <c r="Z76" s="6">
+        <v>17040.0</v>
+      </c>
+      <c r="AA76" s="6">
+        <v>14577.0</v>
+      </c>
+      <c r="AB76" s="6">
+        <v>13825.0</v>
+      </c>
+      <c r="AC76" s="6">
+        <v>13327.0</v>
+      </c>
+      <c r="AD76" s="6">
+        <v>13089.0</v>
+      </c>
+      <c r="AE76" s="6">
+        <v>12996.0</v>
+      </c>
+      <c r="AF76" s="6">
+        <v>13020.0</v>
+      </c>
+      <c r="AG76" s="6">
+        <v>12632.0</v>
+      </c>
+      <c r="AH76" s="6">
+        <v>12384.0</v>
+      </c>
+      <c r="AI76" s="6">
+        <v>12182.0</v>
+      </c>
+      <c r="AJ76" s="6">
+        <v>11943.0</v>
+      </c>
+      <c r="AK76" s="6">
+        <v>12119.0</v>
+      </c>
+      <c r="AL76" s="6">
+        <v>16703.0</v>
+      </c>
+      <c r="AM76" s="6">
+        <v>14354.0</v>
+      </c>
+      <c r="AN76" s="6">
+        <v>13585.0</v>
+      </c>
+      <c r="AO76" s="6">
+        <v>12996.0</v>
+      </c>
+      <c r="AP76" s="6">
+        <v>12746.0</v>
+      </c>
+      <c r="AQ76" s="6">
+        <v>12588.0</v>
+      </c>
+      <c r="AR76" s="6">
+        <v>12542.0</v>
+      </c>
+      <c r="AS76" s="6">
+        <v>12181.0</v>
+      </c>
+      <c r="AT76" s="6">
+        <v>11861.0</v>
+      </c>
+      <c r="AU76" s="6">
+        <v>11625.0</v>
+      </c>
+      <c r="AV76" s="6">
+        <v>11377.0</v>
+      </c>
+      <c r="AW76" s="6">
+        <v>11446.0</v>
+      </c>
+      <c r="AX76" s="6">
+        <v>15377.0</v>
+      </c>
+      <c r="AY76" s="6">
+        <v>12977.0</v>
+      </c>
+      <c r="AZ76" s="6">
+        <v>12385.0</v>
+      </c>
+      <c r="BA76" s="6">
+        <v>11944.0</v>
+      </c>
+      <c r="BB76" s="6">
+        <v>11649.0</v>
+      </c>
+      <c r="BC76" s="6">
+        <v>11512.0</v>
+      </c>
+      <c r="BD76" s="6">
+        <v>11497.0</v>
+      </c>
+      <c r="BE76" s="6">
+        <v>11058.0</v>
+      </c>
+      <c r="BF76" s="6">
         <v>10783.0</v>
       </c>
-      <c r="V76" s="6">
-[...109 lines deleted...]
-      </c>
       <c r="BG76" s="6">
+        <v>10546.0</v>
+      </c>
+      <c r="BH76" s="6">
+        <v>10055.0</v>
+      </c>
+      <c r="BI76" s="6">
+        <v>9709.0</v>
+      </c>
+      <c r="BJ76" s="6">
         <v>13291.0</v>
       </c>
-      <c r="BH76" s="6">
+      <c r="BK76" s="6">
         <v>11227.0</v>
       </c>
-      <c r="BI76" s="6">
+      <c r="BL76" s="6">
         <v>10896.0</v>
       </c>
-      <c r="BJ76" s="6">
+      <c r="BM76" s="6">
         <v>10465.0</v>
       </c>
-      <c r="BK76" s="6">
+      <c r="BN76" s="6">
         <v>10227.0</v>
       </c>
-      <c r="BL76" s="6">
+      <c r="BO76" s="6">
         <v>10171.0</v>
       </c>
-      <c r="BM76" s="6">
+      <c r="BP76" s="6">
         <v>10125.0</v>
       </c>
-      <c r="BN76" s="6">
+      <c r="BQ76" s="6">
         <v>9612.0</v>
       </c>
-      <c r="BO76" s="6">
+      <c r="BR76" s="6">
         <v>9199.0</v>
       </c>
-      <c r="BP76" s="6">
+      <c r="BS76" s="6">
         <v>9683.0</v>
       </c>
-      <c r="BQ76" s="6">
+      <c r="BT76" s="6">
         <v>9703.0</v>
       </c>
-      <c r="BR76" s="6">
+      <c r="BU76" s="6">
         <v>9776.0</v>
       </c>
-      <c r="BS76" s="6">
+      <c r="BV76" s="6">
         <v>13454.0</v>
       </c>
-      <c r="BT76" s="6">
+      <c r="BW76" s="6">
         <v>11119.0</v>
       </c>
-      <c r="BU76" s="6">
+      <c r="BX76" s="6">
         <v>10781.0</v>
       </c>
-      <c r="BV76" s="6">
+      <c r="BY76" s="6">
         <v>10502.0</v>
       </c>
-      <c r="BW76" s="6">
+      <c r="BZ76" s="6">
         <v>10290.0</v>
       </c>
-      <c r="BX76" s="6">
+      <c r="CA76" s="6">
         <v>10195.0</v>
       </c>
-      <c r="BY76" s="6">
+      <c r="CB76" s="6">
         <v>10289.0</v>
       </c>
-      <c r="BZ76" s="6">
+      <c r="CC76" s="6">
         <v>9954.0</v>
       </c>
-      <c r="CA76" s="6">
+      <c r="CD76" s="6">
         <v>9780.0</v>
       </c>
-      <c r="CB76" s="6">
+      <c r="CE76" s="6">
         <v>9578.0</v>
       </c>
-      <c r="CC76" s="6">
+      <c r="CF76" s="6">
         <v>9311.0</v>
       </c>
-      <c r="CD76" s="6">
+      <c r="CG76" s="6">
         <v>9367.0</v>
       </c>
     </row>
-    <row r="77" spans="1:82">
+    <row r="77" spans="1:85">
       <c r="B77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C77" s="6">
-        <v>27197058.0</v>
+        <v>27560940.0</v>
       </c>
       <c r="D77" s="6">
-        <v>26810746.0</v>
+        <v>28470940.0</v>
       </c>
       <c r="E77" s="6">
-        <v>26649065.0</v>
+        <v>27945839.0</v>
       </c>
       <c r="F77" s="6">
-        <v>25625569.0</v>
+        <v>26310138.0</v>
       </c>
       <c r="G77" s="6">
-        <v>25145978.0</v>
+        <v>25953479.0</v>
       </c>
       <c r="H77" s="6">
-        <v>23762252.0</v>
+        <v>25860837.0</v>
       </c>
       <c r="I77" s="6">
-        <v>23659676.0</v>
+        <v>24875443.0</v>
       </c>
       <c r="J77" s="6">
-        <v>12234859.0</v>
+        <v>24433995.0</v>
       </c>
       <c r="K77" s="6">
-        <v>42311100.0</v>
+        <v>23063316.0</v>
       </c>
       <c r="L77" s="6">
-        <v>27151749.0</v>
+        <v>22979923.0</v>
       </c>
       <c r="M77" s="6">
-        <v>28461801.0</v>
+        <v>12147517.0</v>
       </c>
       <c r="N77" s="6">
-        <v>27238314.0</v>
+        <v>42322834.0</v>
       </c>
       <c r="O77" s="6">
-        <v>27160634.0</v>
+        <v>27155748.0</v>
       </c>
       <c r="P77" s="6">
-        <v>26825230.0</v>
+        <v>28475337.0</v>
       </c>
       <c r="Q77" s="6">
-        <v>26169175.0</v>
+        <v>27241318.0</v>
       </c>
       <c r="R77" s="6">
-        <v>23968415.0</v>
+        <v>27163229.0</v>
       </c>
       <c r="S77" s="6">
-        <v>23203745.0</v>
+        <v>26828022.0</v>
       </c>
       <c r="T77" s="6">
-        <v>22731460.0</v>
+        <v>26175241.0</v>
       </c>
       <c r="U77" s="6">
-        <v>22298480.0</v>
+        <v>23967863.0</v>
       </c>
       <c r="V77" s="6">
-        <v>11140633.0</v>
+        <v>23205845.0</v>
       </c>
       <c r="W77" s="6">
-        <v>49285043.0</v>
+        <v>22734607.0</v>
       </c>
       <c r="X77" s="6">
-        <v>33028710.0</v>
+        <v>22311570.0</v>
       </c>
       <c r="Y77" s="6">
-        <v>31917386.0</v>
+        <v>11139719.0</v>
       </c>
       <c r="Z77" s="6">
-        <v>30829119.0</v>
+        <v>49289546.0</v>
       </c>
       <c r="AA77" s="6">
-        <v>30246308.0</v>
+        <v>33030679.0</v>
       </c>
       <c r="AB77" s="6">
-        <v>31197194.0</v>
+        <v>31918339.0</v>
       </c>
       <c r="AC77" s="6">
-        <v>33145147.0</v>
+        <v>30831719.0</v>
       </c>
       <c r="AD77" s="6">
-        <v>29290770.0</v>
+        <v>30248068.0</v>
       </c>
       <c r="AE77" s="6">
-        <v>28059197.0</v>
+        <v>31192036.0</v>
       </c>
       <c r="AF77" s="6">
-        <v>27392976.0</v>
+        <v>33145758.0</v>
       </c>
       <c r="AG77" s="6">
+        <v>29295041.0</v>
+      </c>
+      <c r="AH77" s="6">
+        <v>28068998.0</v>
+      </c>
+      <c r="AI77" s="6">
+        <v>27394420.0</v>
+      </c>
+      <c r="AJ77" s="6">
         <v>27087778.0</v>
       </c>
-      <c r="AH77" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AK77" s="6">
-        <v>32828002.0</v>
+        <v>12821935.0</v>
       </c>
       <c r="AL77" s="6">
-        <v>31911223.0</v>
+        <v>56343246.0</v>
       </c>
       <c r="AM77" s="6">
-        <v>30348144.0</v>
+        <v>33118551.0</v>
       </c>
       <c r="AN77" s="6">
-        <v>30092452.0</v>
+        <v>32828007.0</v>
       </c>
       <c r="AO77" s="6">
-        <v>30545086.0</v>
+        <v>31911228.0</v>
       </c>
       <c r="AP77" s="6">
-        <v>28450023.0</v>
+        <v>30348149.0</v>
       </c>
       <c r="AQ77" s="6">
-        <v>27747441.0</v>
+        <v>30092457.0</v>
       </c>
       <c r="AR77" s="6">
-        <v>30271752.0</v>
+        <v>30545091.0</v>
       </c>
       <c r="AS77" s="6">
-        <v>25575201.0</v>
+        <v>28450028.0</v>
       </c>
       <c r="AT77" s="6">
-        <v>13987800.0</v>
+        <v>27747446.0</v>
       </c>
       <c r="AU77" s="6">
+        <v>30271827.0</v>
+      </c>
+      <c r="AV77" s="6">
+        <v>25575206.0</v>
+      </c>
+      <c r="AW77" s="6">
+        <v>13987805.0</v>
+      </c>
+      <c r="AX77" s="6">
         <v>39856784.0</v>
       </c>
-      <c r="AV77" s="6">
+      <c r="AY77" s="6">
         <v>26500212.0</v>
       </c>
-      <c r="AW77" s="6">
+      <c r="AZ77" s="6">
         <v>26647762.0</v>
       </c>
-      <c r="AX77" s="6">
+      <c r="BA77" s="6">
         <v>26136263.0</v>
       </c>
-      <c r="AY77" s="6">
+      <c r="BB77" s="6">
         <v>25194143.0</v>
       </c>
-      <c r="AZ77" s="6">
+      <c r="BC77" s="6">
         <v>25598196.0</v>
       </c>
-      <c r="BA77" s="6">
+      <c r="BD77" s="6">
         <v>26493767.0</v>
       </c>
-      <c r="BB77" s="6">
+      <c r="BE77" s="6">
         <v>23758517.0</v>
       </c>
-      <c r="BC77" s="6">
+      <c r="BF77" s="6">
         <v>23343343.0</v>
       </c>
-      <c r="BD77" s="6">
+      <c r="BG77" s="6">
         <v>23690191.0</v>
       </c>
-      <c r="BE77" s="6">
-[...5 lines deleted...]
-      <c r="BG77" s="6">
+      <c r="BH77" s="6">
+        <v>22697123.0</v>
+      </c>
+      <c r="BI77" s="6">
+        <v>12825719.0</v>
+      </c>
+      <c r="BJ77" s="6">
         <v>24141165.0</v>
       </c>
-      <c r="BH77" s="6">
+      <c r="BK77" s="6">
         <v>15767057.0</v>
       </c>
-      <c r="BI77" s="6">
+      <c r="BL77" s="6">
         <v>16387421.0</v>
       </c>
-      <c r="BJ77" s="6">
+      <c r="BM77" s="6">
         <v>15618312.0</v>
       </c>
-      <c r="BK77" s="6">
+      <c r="BN77" s="6">
         <v>15159969.0</v>
       </c>
-      <c r="BL77" s="6">
+      <c r="BO77" s="6">
         <v>14548472.0</v>
       </c>
-      <c r="BM77" s="6">
+      <c r="BP77" s="6">
         <v>14075715.0</v>
       </c>
-      <c r="BN77" s="6">
+      <c r="BQ77" s="6">
         <v>12922903.0</v>
       </c>
-      <c r="BO77" s="6">
+      <c r="BR77" s="6">
         <v>12948114.0</v>
       </c>
-      <c r="BP77" s="6">
+      <c r="BS77" s="6">
         <v>13368797.0</v>
       </c>
-      <c r="BQ77" s="6">
+      <c r="BT77" s="6">
         <v>13200472.0</v>
       </c>
-      <c r="BR77" s="6">
+      <c r="BU77" s="6">
         <v>6579582.0</v>
       </c>
-      <c r="BS77" s="6">
+      <c r="BV77" s="6">
         <v>27719149.0</v>
       </c>
-      <c r="BT77" s="6">
+      <c r="BW77" s="6">
         <v>17125027.0</v>
       </c>
-      <c r="BU77" s="6">
+      <c r="BX77" s="6">
         <v>18091956.0</v>
       </c>
-      <c r="BV77" s="6">
+      <c r="BY77" s="6">
         <v>16920622.0</v>
       </c>
-      <c r="BW77" s="6">
+      <c r="BZ77" s="6">
         <v>17204472.0</v>
       </c>
-      <c r="BX77" s="6">
+      <c r="CA77" s="6">
         <v>16950429.0</v>
       </c>
-      <c r="BY77" s="6">
+      <c r="CB77" s="6">
         <v>17081615.0</v>
       </c>
-      <c r="BZ77" s="6">
+      <c r="CC77" s="6">
         <v>16015204.0</v>
       </c>
-      <c r="CA77" s="6">
+      <c r="CD77" s="6">
         <v>16200159.0</v>
       </c>
-      <c r="CB77" s="6">
+      <c r="CE77" s="6">
         <v>18403392.0</v>
       </c>
-      <c r="CC77" s="6">
+      <c r="CF77" s="6">
         <v>15753377.0</v>
       </c>
-      <c r="CD77" s="6">
+      <c r="CG77" s="6">
         <v>8692345.0</v>
       </c>
     </row>
-    <row r="78" spans="1:82">
+    <row r="78" spans="1:85">
       <c r="B78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C78" s="6">
-        <v>3345076.0</v>
+        <v>3544869.0</v>
       </c>
       <c r="D78" s="6">
-        <v>3304482.0</v>
+        <v>3669351.0</v>
       </c>
       <c r="E78" s="6">
-        <v>3311651.0</v>
+        <v>3527882.0</v>
       </c>
       <c r="F78" s="6">
-        <v>3164780.0</v>
+        <v>3191765.0</v>
       </c>
       <c r="G78" s="6">
-        <v>3072508.0</v>
+        <v>3148489.0</v>
       </c>
       <c r="H78" s="6">
-        <v>2885595.0</v>
+        <v>3167168.0</v>
       </c>
       <c r="I78" s="6">
-        <v>2849533.0</v>
+        <v>3018102.0</v>
       </c>
       <c r="J78" s="6">
-        <v>1533977.0</v>
+        <v>2954697.0</v>
       </c>
       <c r="K78" s="6">
-        <v>5387497.0</v>
+        <v>2760971.0</v>
       </c>
       <c r="L78" s="6">
-        <v>3375520.0</v>
+        <v>2727579.0</v>
       </c>
       <c r="M78" s="6">
-        <v>3506709.0</v>
+        <v>1518812.0</v>
       </c>
       <c r="N78" s="6">
-        <v>3315119.0</v>
+        <v>5388982.0</v>
       </c>
       <c r="O78" s="6">
-        <v>3149387.0</v>
+        <v>3376819.0</v>
       </c>
       <c r="P78" s="6">
-        <v>3114386.0</v>
+        <v>3508303.0</v>
       </c>
       <c r="Q78" s="6">
-        <v>3066618.0</v>
+        <v>3315523.0</v>
       </c>
       <c r="R78" s="6">
-        <v>2712950.0</v>
+        <v>3149766.0</v>
       </c>
       <c r="S78" s="6">
-        <v>2683702.0</v>
+        <v>3114496.0</v>
       </c>
       <c r="T78" s="6">
-        <v>2621800.0</v>
+        <v>3067129.0</v>
       </c>
       <c r="U78" s="6">
-        <v>2514818.0</v>
+        <v>2713377.0</v>
       </c>
       <c r="V78" s="6">
-        <v>1312678.0</v>
+        <v>2683902.0</v>
       </c>
       <c r="W78" s="6">
-        <v>7038120.0</v>
+        <v>2622039.0</v>
       </c>
       <c r="X78" s="6">
-        <v>4613849.0</v>
+        <v>2517072.0</v>
       </c>
       <c r="Y78" s="6">
-        <v>4340470.0</v>
+        <v>1312650.0</v>
       </c>
       <c r="Z78" s="6">
-        <v>4134625.0</v>
+        <v>7038589.0</v>
       </c>
       <c r="AA78" s="6">
-        <v>3974833.0</v>
+        <v>4614024.0</v>
       </c>
       <c r="AB78" s="6">
-        <v>4162823.0</v>
+        <v>4340471.0</v>
       </c>
       <c r="AC78" s="6">
-        <v>4517839.0</v>
+        <v>4135136.0</v>
       </c>
       <c r="AD78" s="6">
-        <v>3847346.0</v>
+        <v>3975301.0</v>
       </c>
       <c r="AE78" s="6">
-        <v>3670668.0</v>
+        <v>4162340.0</v>
       </c>
       <c r="AF78" s="6">
-        <v>3577184.0</v>
+        <v>4518321.0</v>
       </c>
       <c r="AG78" s="6">
+        <v>3848556.0</v>
+      </c>
+      <c r="AH78" s="6">
+        <v>3671764.0</v>
+      </c>
+      <c r="AI78" s="6">
+        <v>3577198.0</v>
+      </c>
+      <c r="AJ78" s="6">
         <v>3524894.0</v>
       </c>
-      <c r="AH78" s="6">
-[...2 lines deleted...]
-      <c r="AI78" s="6">
+      <c r="AK78" s="6">
+        <v>1687708.0</v>
+      </c>
+      <c r="AL78" s="6">
         <v>8632608.0</v>
       </c>
-      <c r="AJ78" s="6">
-[...2 lines deleted...]
-      <c r="AK78" s="6">
+      <c r="AM78" s="6">
+        <v>4826726.0</v>
+      </c>
+      <c r="AN78" s="6">
         <v>4690363.0</v>
       </c>
-      <c r="AL78" s="6">
+      <c r="AO78" s="6">
         <v>4519270.0</v>
       </c>
-      <c r="AM78" s="6">
+      <c r="AP78" s="6">
         <v>4160268.0</v>
       </c>
-      <c r="AN78" s="6">
+      <c r="AQ78" s="6">
         <v>4157142.0</v>
       </c>
-      <c r="AO78" s="6">
+      <c r="AR78" s="6">
         <v>4351366.0</v>
       </c>
-      <c r="AP78" s="6">
+      <c r="AS78" s="6">
         <v>4098501.0</v>
       </c>
-      <c r="AQ78" s="6">
+      <c r="AT78" s="6">
         <v>4018669.0</v>
       </c>
-      <c r="AR78" s="6">
-[...2 lines deleted...]
-      <c r="AS78" s="6">
+      <c r="AU78" s="6">
+        <v>4560758.0</v>
+      </c>
+      <c r="AV78" s="6">
         <v>3633830.0</v>
       </c>
-      <c r="AT78" s="6">
+      <c r="AW78" s="6">
         <v>2112701.0</v>
       </c>
-      <c r="AU78" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AX78" s="6">
-        <v>3745768.0</v>
+        <v>5940841.0</v>
       </c>
       <c r="AY78" s="6">
-        <v>3551248.0</v>
+        <v>3884245.0</v>
       </c>
       <c r="AZ78" s="6">
-        <v>3622326.0</v>
+        <v>3862131.0</v>
       </c>
       <c r="BA78" s="6">
-        <v>3822808.0</v>
+        <v>3745748.0</v>
       </c>
       <c r="BB78" s="6">
-        <v>3351211.0</v>
+        <v>3551228.0</v>
       </c>
       <c r="BC78" s="6">
-        <v>3324953.0</v>
+        <v>3622306.0</v>
       </c>
       <c r="BD78" s="6">
-        <v>3443434.0</v>
+        <v>3822788.0</v>
       </c>
       <c r="BE78" s="6">
-        <v>3241481.0</v>
+        <v>3351191.0</v>
       </c>
       <c r="BF78" s="6">
-        <v>1918399.0</v>
+        <v>3324933.0</v>
       </c>
       <c r="BG78" s="6">
+        <v>3443414.0</v>
+      </c>
+      <c r="BH78" s="6">
+        <v>3241056.0</v>
+      </c>
+      <c r="BI78" s="6">
+        <v>1918489.0</v>
+      </c>
+      <c r="BJ78" s="6">
         <v>2884528.0</v>
       </c>
-      <c r="BH78" s="6">
+      <c r="BK78" s="6">
         <v>1860747.0</v>
       </c>
-      <c r="BI78" s="6">
+      <c r="BL78" s="6">
         <v>1940630.0</v>
       </c>
-      <c r="BJ78" s="6">
+      <c r="BM78" s="6">
         <v>1799348.0</v>
       </c>
-      <c r="BK78" s="6">
+      <c r="BN78" s="6">
         <v>1710078.0</v>
       </c>
-      <c r="BL78" s="6">
+      <c r="BO78" s="6">
         <v>1681175.0</v>
       </c>
-      <c r="BM78" s="6">
+      <c r="BP78" s="6">
         <v>1691894.0</v>
       </c>
-      <c r="BN78" s="6">
+      <c r="BQ78" s="6">
         <v>1547038.0</v>
       </c>
-      <c r="BO78" s="6">
+      <c r="BR78" s="6">
         <v>1568818.0</v>
       </c>
-      <c r="BP78" s="6">
+      <c r="BS78" s="6">
         <v>1585430.0</v>
       </c>
-      <c r="BQ78" s="6">
+      <c r="BT78" s="6">
         <v>1568537.0</v>
       </c>
-      <c r="BR78" s="6">
+      <c r="BU78" s="6">
         <v>818402.0</v>
       </c>
-      <c r="BS78" s="6">
+      <c r="BV78" s="6">
         <v>3852492.0</v>
       </c>
-      <c r="BT78" s="6">
+      <c r="BW78" s="6">
         <v>2393461.0</v>
       </c>
-      <c r="BU78" s="6">
+      <c r="BX78" s="6">
         <v>2542382.0</v>
       </c>
-      <c r="BV78" s="6">
+      <c r="BY78" s="6">
         <v>2298272.0</v>
       </c>
-      <c r="BW78" s="6">
+      <c r="BZ78" s="6">
         <v>2346585.0</v>
       </c>
-      <c r="BX78" s="6">
+      <c r="CA78" s="6">
         <v>2284153.0</v>
       </c>
-      <c r="BY78" s="6">
+      <c r="CB78" s="6">
         <v>2352283.0</v>
       </c>
-      <c r="BZ78" s="6">
+      <c r="CC78" s="6">
         <v>2168818.0</v>
       </c>
-      <c r="CA78" s="6">
+      <c r="CD78" s="6">
         <v>2237656.0</v>
       </c>
-      <c r="CB78" s="6">
+      <c r="CE78" s="6">
         <v>2739812.0</v>
       </c>
-      <c r="CC78" s="6">
+      <c r="CF78" s="6">
         <v>2187054.0</v>
       </c>
-      <c r="CD78" s="6">
+      <c r="CG78" s="6">
         <v>1272798.0</v>
       </c>
     </row>
-    <row r="79" spans="1:82">
+    <row r="79" spans="1:85">
       <c r="A79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">V: V</t>
+            <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
           </r>
         </is>
       </c>
       <c r="B79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="C79" s="6">
         <v>5.0</v>
       </c>
       <c r="D79" s="6">
         <v>5.0</v>
       </c>
       <c r="E79" s="6">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="F79" s="6">
         <v>5.0</v>
       </c>
       <c r="G79" s="6">
         <v>5.0</v>
       </c>
       <c r="H79" s="6">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="I79" s="6">
         <v>5.0</v>
       </c>
       <c r="J79" s="6">
         <v>5.0</v>
       </c>
       <c r="K79" s="6">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
       <c r="L79" s="6">
         <v>5.0</v>
       </c>
       <c r="M79" s="6">
         <v>5.0</v>
       </c>
       <c r="N79" s="6">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
       <c r="O79" s="6">
         <v>5.0</v>
       </c>
       <c r="P79" s="6">
         <v>5.0</v>
       </c>
       <c r="Q79" s="6">
         <v>5.0</v>
       </c>
       <c r="R79" s="6">
         <v>5.0</v>
       </c>
       <c r="S79" s="6">
         <v>5.0</v>
       </c>
       <c r="T79" s="6">
         <v>5.0</v>
       </c>
       <c r="U79" s="6">
         <v>5.0</v>
       </c>
       <c r="V79" s="6">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="W79" s="6">
-        <v>11.0</v>
+        <v>5.0</v>
       </c>
       <c r="X79" s="6">
         <v>5.0</v>
       </c>
       <c r="Y79" s="6">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
       <c r="Z79" s="6">
-        <v>5.0</v>
+        <v>11.0</v>
       </c>
       <c r="AA79" s="6">
         <v>5.0</v>
       </c>
       <c r="AB79" s="6">
         <v>5.0</v>
       </c>
       <c r="AC79" s="6">
         <v>5.0</v>
       </c>
       <c r="AD79" s="6">
         <v>5.0</v>
       </c>
       <c r="AE79" s="6">
         <v>5.0</v>
       </c>
       <c r="AF79" s="6">
         <v>5.0</v>
       </c>
       <c r="AG79" s="6">
         <v>5.0</v>
       </c>
       <c r="AH79" s="6">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="AI79" s="6">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
       <c r="AJ79" s="6">
         <v>5.0</v>
       </c>
       <c r="AK79" s="6">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="AL79" s="6">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
       <c r="AM79" s="6">
         <v>5.0</v>
       </c>
       <c r="AN79" s="6">
         <v>5.0</v>
       </c>
       <c r="AO79" s="6">
         <v>5.0</v>
       </c>
       <c r="AP79" s="6">
         <v>5.0</v>
       </c>
       <c r="AQ79" s="6">
         <v>5.0</v>
       </c>
       <c r="AR79" s="6">
         <v>5.0</v>
       </c>
       <c r="AS79" s="6">
         <v>5.0</v>
       </c>
       <c r="AT79" s="6">
         <v>5.0</v>
       </c>
       <c r="AU79" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="AV79" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="AW79" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="AX79" s="6">
         <v>10.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>3.0</v>
       </c>
       <c r="AY79" s="6">
         <v>3.0</v>
       </c>
       <c r="AZ79" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="BA79" s="6">
         <v>3.0</v>
       </c>
-      <c r="BA79" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="BB79" s="6">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="BC79" s="6">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="BD79" s="6">
         <v>4.0</v>
       </c>
       <c r="BE79" s="6">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="BF79" s="6">
         <v>4.0</v>
       </c>
-      <c r="BG79" s="6" t="s">
-[...6 lines deleted...]
-        <v>114</v>
+      <c r="BG79" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="BH79" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="BI79" s="6">
+        <v>4.0</v>
       </c>
       <c r="BJ79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BK79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BL79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BM79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BN79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BO79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BP79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BQ79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BR79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BS79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BT79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BU79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BV79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BW79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BX79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BY79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BZ79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CA79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CB79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CC79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CD79" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
+      </c>
+      <c r="CE79" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="CF79" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="CG79" s="6" t="s">
+        <v>117</v>
       </c>
     </row>
-    <row r="80" spans="1:82">
+    <row r="80" spans="1:85">
       <c r="B80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="C80" s="6">
+        <v>19698.0</v>
+      </c>
+      <c r="D80" s="6">
+        <v>14194.0</v>
+      </c>
+      <c r="E80" s="6">
+        <v>14087.0</v>
+      </c>
+      <c r="F80" s="6">
         <v>14070.0</v>
       </c>
-      <c r="D80" s="6">
+      <c r="G80" s="6">
         <v>14333.0</v>
       </c>
-      <c r="E80" s="6">
+      <c r="H80" s="6">
         <v>8888.0</v>
       </c>
-      <c r="F80" s="6">
+      <c r="I80" s="6">
         <v>11751.0</v>
       </c>
-      <c r="G80" s="6">
+      <c r="J80" s="6">
         <v>11369.0</v>
       </c>
-      <c r="H80" s="6">
+      <c r="K80" s="6">
         <v>8918.0</v>
       </c>
-      <c r="I80" s="6">
+      <c r="L80" s="6">
         <v>10191.0</v>
       </c>
-      <c r="J80" s="6">
+      <c r="M80" s="6">
         <v>12111.0</v>
       </c>
-      <c r="K80" s="6">
+      <c r="N80" s="6">
         <v>19764.0</v>
       </c>
-      <c r="L80" s="6">
+      <c r="O80" s="6">
         <v>21654.0</v>
       </c>
-      <c r="M80" s="6">
+      <c r="P80" s="6">
         <v>12520.0</v>
       </c>
-      <c r="N80" s="6">
+      <c r="Q80" s="6">
         <v>12178.0</v>
       </c>
-      <c r="O80" s="6">
+      <c r="R80" s="6">
         <v>13168.0</v>
       </c>
-      <c r="P80" s="6">
+      <c r="S80" s="6">
         <v>10618.0</v>
       </c>
-      <c r="Q80" s="6">
+      <c r="T80" s="6">
         <v>12055.0</v>
       </c>
-      <c r="R80" s="6">
+      <c r="U80" s="6">
         <v>11309.0</v>
       </c>
-      <c r="S80" s="6">
+      <c r="V80" s="6">
         <v>14947.0</v>
       </c>
-      <c r="T80" s="6">
+      <c r="W80" s="6">
         <v>14260.0</v>
       </c>
-      <c r="U80" s="6">
+      <c r="X80" s="6">
         <v>15361.0</v>
       </c>
-      <c r="V80" s="6">
+      <c r="Y80" s="6">
         <v>14736.0</v>
       </c>
-      <c r="W80" s="6">
+      <c r="Z80" s="6">
         <v>20065.0</v>
       </c>
-      <c r="X80" s="6">
+      <c r="AA80" s="6">
         <v>13594.0</v>
       </c>
-      <c r="Y80" s="6">
+      <c r="AB80" s="6">
         <v>18457.0</v>
       </c>
-      <c r="Z80" s="6">
+      <c r="AC80" s="6">
         <v>12142.0</v>
       </c>
-      <c r="AA80" s="6">
+      <c r="AD80" s="6">
         <v>12242.0</v>
       </c>
-      <c r="AB80" s="6">
+      <c r="AE80" s="6">
         <v>31472.0</v>
       </c>
-      <c r="AC80" s="6">
+      <c r="AF80" s="6">
         <v>13442.0</v>
       </c>
-      <c r="AD80" s="6">
+      <c r="AG80" s="6">
         <v>10627.0</v>
       </c>
-      <c r="AE80" s="6">
+      <c r="AH80" s="6">
         <v>13842.0</v>
       </c>
-      <c r="AF80" s="6">
+      <c r="AI80" s="6">
         <v>7516.0</v>
       </c>
-      <c r="AG80" s="6">
+      <c r="AJ80" s="6">
         <v>7471.0</v>
       </c>
-      <c r="AH80" s="6">
+      <c r="AK80" s="6">
         <v>12860.0</v>
       </c>
-      <c r="AI80" s="6">
+      <c r="AL80" s="6">
         <v>17486.0</v>
       </c>
-      <c r="AJ80" s="6">
+      <c r="AM80" s="6">
         <v>11450.0</v>
       </c>
-      <c r="AK80" s="6">
+      <c r="AN80" s="6">
         <v>22883.0</v>
       </c>
-      <c r="AL80" s="6">
+      <c r="AO80" s="6">
         <v>7454.0</v>
       </c>
-      <c r="AM80" s="6">
+      <c r="AP80" s="6">
         <v>7507.0</v>
       </c>
-      <c r="AN80" s="6">
+      <c r="AQ80" s="6">
         <v>14716.0</v>
       </c>
-      <c r="AO80" s="6">
+      <c r="AR80" s="6">
         <v>22222.0</v>
       </c>
-      <c r="AP80" s="6">
+      <c r="AS80" s="6">
         <v>10000.0</v>
       </c>
-      <c r="AQ80" s="6">
+      <c r="AT80" s="6">
         <v>2939.0</v>
       </c>
-      <c r="AR80" s="6">
+      <c r="AU80" s="6">
         <v>17908.0</v>
       </c>
-      <c r="AS80" s="6">
+      <c r="AV80" s="6">
         <v>7439.0</v>
       </c>
-      <c r="AT80" s="6">
+      <c r="AW80" s="6">
         <v>6794.0</v>
       </c>
-      <c r="AU80" s="6">
+      <c r="AX80" s="6">
         <v>12409.0</v>
       </c>
-      <c r="AV80" s="6">
+      <c r="AY80" s="6">
         <v>834.0</v>
       </c>
-      <c r="AW80" s="6">
+      <c r="AZ80" s="6">
         <v>4927.0</v>
       </c>
-      <c r="AX80" s="6">
+      <c r="BA80" s="6">
         <v>4861.0</v>
       </c>
-      <c r="AY80" s="6">
+      <c r="BB80" s="6">
         <v>4932.0</v>
       </c>
-      <c r="AZ80" s="6">
+      <c r="BC80" s="6">
         <v>4854.0</v>
       </c>
-      <c r="BA80" s="6">
+      <c r="BD80" s="6">
         <v>4847.0</v>
       </c>
-      <c r="BB80" s="6">
+      <c r="BE80" s="6">
         <v>4856.0</v>
       </c>
-      <c r="BC80" s="6">
+      <c r="BF80" s="6">
         <v>4757.0</v>
       </c>
-      <c r="BD80" s="6">
+      <c r="BG80" s="6">
         <v>9705.0</v>
       </c>
-      <c r="BE80" s="6">
+      <c r="BH80" s="6">
         <v>727.0</v>
       </c>
-      <c r="BF80" s="6">
+      <c r="BI80" s="6">
         <v>4351.0</v>
       </c>
-      <c r="BG80" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BJ80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BK80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BL80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BM80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BN80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BO80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BP80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BQ80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BR80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BS80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BT80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BU80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BV80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BW80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BX80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BY80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BZ80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CA80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CB80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CC80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CD80" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
+      </c>
+      <c r="CE80" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="CF80" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="CG80" s="6" t="s">
+        <v>117</v>
       </c>
     </row>
-    <row r="81" spans="1:82">
+    <row r="81" spans="1:85">
       <c r="B81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="C81" s="6">
+        <v>2971.0</v>
+      </c>
+      <c r="D81" s="6">
+        <v>1883.0</v>
+      </c>
+      <c r="E81" s="6">
+        <v>1837.0</v>
+      </c>
+      <c r="F81" s="6">
         <v>1845.0</v>
       </c>
-      <c r="D81" s="6">
+      <c r="G81" s="6">
         <v>2085.0</v>
       </c>
-      <c r="E81" s="6">
+      <c r="H81" s="6">
         <v>1602.0</v>
       </c>
-      <c r="F81" s="6">
+      <c r="I81" s="6">
         <v>1847.0</v>
       </c>
-      <c r="G81" s="6">
+      <c r="J81" s="6">
         <v>1820.0</v>
       </c>
-      <c r="H81" s="6">
+      <c r="K81" s="6">
         <v>1608.0</v>
       </c>
-      <c r="I81" s="6">
+      <c r="L81" s="6">
         <v>1700.0</v>
       </c>
-      <c r="J81" s="6">
+      <c r="M81" s="6">
         <v>1709.0</v>
       </c>
-      <c r="K81" s="6">
+      <c r="N81" s="6">
         <v>2124.0</v>
       </c>
-      <c r="L81" s="6">
+      <c r="O81" s="6">
         <v>2488.0</v>
       </c>
-      <c r="M81" s="6">
+      <c r="P81" s="6">
         <v>2062.0</v>
       </c>
-      <c r="N81" s="6">
+      <c r="Q81" s="6">
         <v>2276.0</v>
       </c>
-      <c r="O81" s="6">
+      <c r="R81" s="6">
         <v>2474.0</v>
       </c>
-      <c r="P81" s="6">
+      <c r="S81" s="6">
         <v>1964.0</v>
       </c>
-      <c r="Q81" s="6">
+      <c r="T81" s="6">
         <v>1952.0</v>
       </c>
-      <c r="R81" s="6">
+      <c r="U81" s="6">
         <v>1938.0</v>
       </c>
-      <c r="S81" s="6">
+      <c r="V81" s="6">
         <v>2077.0</v>
       </c>
-      <c r="T81" s="6">
+      <c r="W81" s="6">
         <v>2019.0</v>
       </c>
-      <c r="U81" s="6">
+      <c r="X81" s="6">
         <v>2841.0</v>
       </c>
-      <c r="V81" s="6">
+      <c r="Y81" s="6">
         <v>2674.0</v>
       </c>
-      <c r="W81" s="6">
+      <c r="Z81" s="6">
         <v>3802.0</v>
       </c>
-      <c r="X81" s="6">
+      <c r="AA81" s="6">
         <v>2561.0</v>
       </c>
-      <c r="Y81" s="6">
+      <c r="AB81" s="6">
         <v>3538.0</v>
       </c>
-      <c r="Z81" s="6">
+      <c r="AC81" s="6">
         <v>2280.0</v>
       </c>
-      <c r="AA81" s="6">
+      <c r="AD81" s="6">
         <v>2300.0</v>
       </c>
-      <c r="AB81" s="6">
+      <c r="AE81" s="6">
         <v>6135.0</v>
       </c>
-      <c r="AC81" s="6">
+      <c r="AF81" s="6">
         <v>2573.0</v>
       </c>
-      <c r="AD81" s="6">
+      <c r="AG81" s="6">
         <v>1977.0</v>
       </c>
-      <c r="AE81" s="6">
+      <c r="AH81" s="6">
         <v>2620.0</v>
       </c>
-      <c r="AF81" s="6">
+      <c r="AI81" s="6">
         <v>1355.0</v>
       </c>
-      <c r="AG81" s="6">
+      <c r="AJ81" s="6">
         <v>1346.0</v>
       </c>
-      <c r="AH81" s="6">
+      <c r="AK81" s="6">
         <v>2455.0</v>
       </c>
-      <c r="AI81" s="6">
+      <c r="AL81" s="6">
         <v>3362.0</v>
       </c>
-      <c r="AJ81" s="6">
+      <c r="AM81" s="6">
         <v>2153.0</v>
       </c>
-      <c r="AK81" s="6">
+      <c r="AN81" s="6">
         <v>4439.0</v>
       </c>
-      <c r="AL81" s="6">
+      <c r="AO81" s="6">
         <v>1354.0</v>
       </c>
-      <c r="AM81" s="6">
+      <c r="AP81" s="6">
         <v>1364.0</v>
       </c>
-      <c r="AN81" s="6">
+      <c r="AQ81" s="6">
         <v>2795.0</v>
       </c>
-      <c r="AO81" s="6">
+      <c r="AR81" s="6">
         <v>4286.0</v>
       </c>
-      <c r="AP81" s="6">
+      <c r="AS81" s="6">
         <v>1896.0</v>
       </c>
-      <c r="AQ81" s="6">
+      <c r="AT81" s="6">
         <v>451.0</v>
       </c>
-      <c r="AR81" s="6">
+      <c r="AU81" s="6">
         <v>3444.0</v>
       </c>
-      <c r="AS81" s="6">
+      <c r="AV81" s="6">
         <v>1351.0</v>
       </c>
-      <c r="AT81" s="6">
+      <c r="AW81" s="6">
         <v>1253.0</v>
       </c>
-      <c r="AU81" s="6">
+      <c r="AX81" s="6">
         <v>2432.0</v>
       </c>
-      <c r="AV81" s="6">
+      <c r="AY81" s="6">
         <v>142.0</v>
       </c>
-      <c r="AW81" s="6">
+      <c r="AZ81" s="6">
         <v>961.0</v>
       </c>
-      <c r="AX81" s="6">
+      <c r="BA81" s="6">
         <v>947.0</v>
       </c>
-      <c r="AY81" s="6">
+      <c r="BB81" s="6">
         <v>962.0</v>
       </c>
-      <c r="AZ81" s="6">
+      <c r="BC81" s="6">
         <v>946.0</v>
       </c>
-      <c r="BA81" s="6">
+      <c r="BD81" s="6">
         <v>944.0</v>
       </c>
-      <c r="BB81" s="6">
+      <c r="BE81" s="6">
         <v>946.0</v>
       </c>
-      <c r="BC81" s="6">
+      <c r="BF81" s="6">
         <v>870.0</v>
       </c>
-      <c r="BD81" s="6">
+      <c r="BG81" s="6">
         <v>1801.0</v>
       </c>
-      <c r="BE81" s="6">
+      <c r="BH81" s="6">
         <v>0.0</v>
       </c>
-      <c r="BF81" s="6">
+      <c r="BI81" s="6">
         <v>806.0</v>
       </c>
-      <c r="BG81" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="BJ81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BK81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BL81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BM81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BN81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BO81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BP81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BQ81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BR81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BS81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BT81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BU81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BV81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BW81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BX81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BY81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="BZ81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CA81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CB81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CC81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="CD81" s="6" t="s">
-        <v>114</v>
+        <v>117</v>
+      </c>
+      <c r="CE81" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="CF81" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="CG81" s="6" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A2:CD2"/>
-[...1 lines deleted...]
-    <mergeCell ref="B5:CD5"/>
+    <mergeCell ref="A2:CG2"/>
+    <mergeCell ref="B4:CG4"/>
+    <mergeCell ref="B5:CG5"/>
     <mergeCell ref="A10:A12"/>
     <mergeCell ref="A13:A15"/>
     <mergeCell ref="A16:A18"/>
     <mergeCell ref="A19:A21"/>
     <mergeCell ref="A22:A24"/>
     <mergeCell ref="A25:A27"/>
     <mergeCell ref="A28:A30"/>
     <mergeCell ref="A31:A33"/>
     <mergeCell ref="A34:A36"/>
     <mergeCell ref="A37:A39"/>
     <mergeCell ref="A40:A42"/>
     <mergeCell ref="A43:A45"/>
     <mergeCell ref="A46:A48"/>
     <mergeCell ref="A49:A51"/>
     <mergeCell ref="A52:A54"/>
     <mergeCell ref="A55:A57"/>
     <mergeCell ref="A58:A60"/>
     <mergeCell ref="A61:A63"/>
     <mergeCell ref="A64:A66"/>
     <mergeCell ref="A67:A69"/>
     <mergeCell ref="A70:A72"/>
     <mergeCell ref="A73:A75"/>
     <mergeCell ref="A76:A78"/>
     <mergeCell ref="A79:A81"/>
   </mergeCells>