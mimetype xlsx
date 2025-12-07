--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -12,88 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="gpm313-deklaraciju-duomenys-me" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GPM313 deklaracijų duomenys - mėnesiais pagal teritoriją</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-10-03</t>
+    <t>2025-12-01</t>
   </si>
   <si>
     <t>Savivaldybė</t>
   </si>
   <si>
     <t>Visa apskritis</t>
   </si>
   <si>
     <t>Regionas</t>
   </si>
   <si>
     <t>Išmokos</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-09</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-08</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
@@ -1765,10263 +1793,10493 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CE43"/>
+  <dimension ref="A1:CG43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="CE43" sqref="CE43"/>
+      <selection activeCell="CG43" sqref="CG43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="2" spans="1:83">
+    <row r="2" spans="1:85">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM313 deklaracijų duomenys - mėnesiais pagal teritoriją</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:83">
+    <row r="4" spans="1:85">
       <c r="A4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:83">
+    <row r="5" spans="1:85">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:83">
+    <row r="8" spans="1:85">
       <c r="A8" t="s">
         <v>5</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="10" spans="1:83">
+    <row r="10" spans="1:85">
       <c r="A10" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2025-10</t>
+          </r>
+        </is>
+      </c>
+      <c r="E10" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025-09</t>
+          </r>
+        </is>
+      </c>
+      <c r="F10" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
-      <c r="E10" s="4" t="inlineStr">
+      <c r="G10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
-      <c r="F10" s="4" t="inlineStr">
+      <c r="H10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
-      <c r="G10" s="4" t="inlineStr">
+      <c r="I10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-05</t>
           </r>
         </is>
       </c>
-      <c r="H10" s="4" t="inlineStr">
+      <c r="J10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-04</t>
           </r>
         </is>
       </c>
-      <c r="I10" s="4" t="inlineStr">
+      <c r="K10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-03</t>
           </r>
         </is>
       </c>
-      <c r="J10" s="4" t="inlineStr">
+      <c r="L10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-02</t>
           </r>
         </is>
       </c>
-      <c r="K10" s="4" t="inlineStr">
+      <c r="M10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-01</t>
           </r>
         </is>
       </c>
-      <c r="L10" s="4" t="inlineStr">
+      <c r="N10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-12</t>
           </r>
         </is>
       </c>
-      <c r="M10" s="4" t="inlineStr">
+      <c r="O10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-11</t>
           </r>
         </is>
       </c>
-      <c r="N10" s="4" t="inlineStr">
+      <c r="P10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-10</t>
           </r>
         </is>
       </c>
-      <c r="O10" s="4" t="inlineStr">
+      <c r="Q10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-09</t>
           </r>
         </is>
       </c>
-      <c r="P10" s="4" t="inlineStr">
+      <c r="R10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-08</t>
           </r>
         </is>
       </c>
-      <c r="Q10" s="4" t="inlineStr">
+      <c r="S10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-07</t>
           </r>
         </is>
       </c>
-      <c r="R10" s="4" t="inlineStr">
+      <c r="T10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-06</t>
           </r>
         </is>
       </c>
-      <c r="S10" s="4" t="inlineStr">
+      <c r="U10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-05</t>
           </r>
         </is>
       </c>
-      <c r="T10" s="4" t="inlineStr">
+      <c r="V10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-04</t>
           </r>
         </is>
       </c>
-      <c r="U10" s="4" t="inlineStr">
+      <c r="W10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-03</t>
           </r>
         </is>
       </c>
-      <c r="V10" s="4" t="inlineStr">
+      <c r="X10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-02</t>
           </r>
         </is>
       </c>
-      <c r="W10" s="4" t="inlineStr">
+      <c r="Y10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-01</t>
           </r>
         </is>
       </c>
-      <c r="X10" s="4" t="inlineStr">
+      <c r="Z10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-12</t>
           </r>
         </is>
       </c>
-      <c r="Y10" s="4" t="inlineStr">
+      <c r="AA10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-11</t>
           </r>
         </is>
       </c>
-      <c r="Z10" s="4" t="inlineStr">
+      <c r="AB10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-10</t>
           </r>
         </is>
       </c>
-      <c r="AA10" s="4" t="inlineStr">
+      <c r="AC10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-09</t>
           </r>
         </is>
       </c>
-      <c r="AB10" s="4" t="inlineStr">
+      <c r="AD10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-08</t>
           </r>
         </is>
       </c>
-      <c r="AC10" s="4" t="inlineStr">
+      <c r="AE10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-07</t>
           </r>
         </is>
       </c>
-      <c r="AD10" s="4" t="inlineStr">
+      <c r="AF10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-06</t>
           </r>
         </is>
       </c>
-      <c r="AE10" s="4" t="inlineStr">
+      <c r="AG10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-05</t>
           </r>
         </is>
       </c>
-      <c r="AF10" s="4" t="inlineStr">
+      <c r="AH10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-04</t>
           </r>
         </is>
       </c>
-      <c r="AG10" s="4" t="inlineStr">
+      <c r="AI10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-03</t>
           </r>
         </is>
       </c>
-      <c r="AH10" s="4" t="inlineStr">
+      <c r="AJ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-02</t>
           </r>
         </is>
       </c>
-      <c r="AI10" s="4" t="inlineStr">
+      <c r="AK10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-01</t>
           </r>
         </is>
       </c>
-      <c r="AJ10" s="4" t="inlineStr">
+      <c r="AL10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-12</t>
           </r>
         </is>
       </c>
-      <c r="AK10" s="4" t="inlineStr">
+      <c r="AM10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-11</t>
           </r>
         </is>
       </c>
-      <c r="AL10" s="4" t="inlineStr">
+      <c r="AN10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-10</t>
           </r>
         </is>
       </c>
-      <c r="AM10" s="4" t="inlineStr">
+      <c r="AO10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-09</t>
           </r>
         </is>
       </c>
-      <c r="AN10" s="4" t="inlineStr">
+      <c r="AP10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-08</t>
           </r>
         </is>
       </c>
-      <c r="AO10" s="4" t="inlineStr">
+      <c r="AQ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-07</t>
           </r>
         </is>
       </c>
-      <c r="AP10" s="4" t="inlineStr">
+      <c r="AR10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-06</t>
           </r>
         </is>
       </c>
-      <c r="AQ10" s="4" t="inlineStr">
+      <c r="AS10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-05</t>
           </r>
         </is>
       </c>
-      <c r="AR10" s="4" t="inlineStr">
+      <c r="AT10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-04</t>
           </r>
         </is>
       </c>
-      <c r="AS10" s="4" t="inlineStr">
+      <c r="AU10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-03</t>
           </r>
         </is>
       </c>
-      <c r="AT10" s="4" t="inlineStr">
+      <c r="AV10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-02</t>
           </r>
         </is>
       </c>
-      <c r="AU10" s="4" t="inlineStr">
+      <c r="AW10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-01</t>
           </r>
         </is>
       </c>
-      <c r="AV10" s="4" t="inlineStr">
+      <c r="AX10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-12</t>
           </r>
         </is>
       </c>
-      <c r="AW10" s="4" t="inlineStr">
+      <c r="AY10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-11</t>
           </r>
         </is>
       </c>
-      <c r="AX10" s="4" t="inlineStr">
+      <c r="AZ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-10</t>
           </r>
         </is>
       </c>
-      <c r="AY10" s="4" t="inlineStr">
+      <c r="BA10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-09</t>
           </r>
         </is>
       </c>
-      <c r="AZ10" s="4" t="inlineStr">
+      <c r="BB10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-08</t>
           </r>
         </is>
       </c>
-      <c r="BA10" s="4" t="inlineStr">
+      <c r="BC10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-07</t>
           </r>
         </is>
       </c>
-      <c r="BB10" s="4" t="inlineStr">
+      <c r="BD10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-06</t>
           </r>
         </is>
       </c>
-      <c r="BC10" s="4" t="inlineStr">
+      <c r="BE10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-05</t>
           </r>
         </is>
       </c>
-      <c r="BD10" s="4" t="inlineStr">
+      <c r="BF10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-04</t>
           </r>
         </is>
       </c>
-      <c r="BE10" s="4" t="inlineStr">
+      <c r="BG10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-03</t>
           </r>
         </is>
       </c>
-      <c r="BF10" s="4" t="inlineStr">
+      <c r="BH10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-02</t>
           </r>
         </is>
       </c>
-      <c r="BG10" s="4" t="inlineStr">
+      <c r="BI10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-01</t>
           </r>
         </is>
       </c>
-      <c r="BH10" s="4" t="inlineStr">
+      <c r="BJ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-12</t>
           </r>
         </is>
       </c>
-      <c r="BI10" s="4" t="inlineStr">
+      <c r="BK10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-11</t>
           </r>
         </is>
       </c>
-      <c r="BJ10" s="4" t="inlineStr">
+      <c r="BL10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-10</t>
           </r>
         </is>
       </c>
-      <c r="BK10" s="4" t="inlineStr">
+      <c r="BM10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-09</t>
           </r>
         </is>
       </c>
-      <c r="BL10" s="4" t="inlineStr">
+      <c r="BN10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-08</t>
           </r>
         </is>
       </c>
-      <c r="BM10" s="4" t="inlineStr">
+      <c r="BO10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-07</t>
           </r>
         </is>
       </c>
-      <c r="BN10" s="4" t="inlineStr">
+      <c r="BP10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-06</t>
           </r>
         </is>
       </c>
-      <c r="BO10" s="4" t="inlineStr">
+      <c r="BQ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-05</t>
           </r>
         </is>
       </c>
-      <c r="BP10" s="4" t="inlineStr">
+      <c r="BR10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-04</t>
           </r>
         </is>
       </c>
-      <c r="BQ10" s="4" t="inlineStr">
+      <c r="BS10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-03</t>
           </r>
         </is>
       </c>
-      <c r="BR10" s="4" t="inlineStr">
+      <c r="BT10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-02</t>
           </r>
         </is>
       </c>
-      <c r="BS10" s="4" t="inlineStr">
+      <c r="BU10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-01</t>
           </r>
         </is>
       </c>
-      <c r="BT10" s="4" t="inlineStr">
+      <c r="BV10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-12</t>
           </r>
         </is>
       </c>
-      <c r="BU10" s="4" t="inlineStr">
+      <c r="BW10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-11</t>
           </r>
         </is>
       </c>
-      <c r="BV10" s="4" t="inlineStr">
+      <c r="BX10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-10</t>
           </r>
         </is>
       </c>
-      <c r="BW10" s="4" t="inlineStr">
+      <c r="BY10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-09</t>
           </r>
         </is>
       </c>
-      <c r="BX10" s="4" t="inlineStr">
+      <c r="BZ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-08</t>
           </r>
         </is>
       </c>
-      <c r="BY10" s="4" t="inlineStr">
+      <c r="CA10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-07</t>
           </r>
         </is>
       </c>
-      <c r="BZ10" s="4" t="inlineStr">
+      <c r="CB10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-06</t>
           </r>
         </is>
       </c>
-      <c r="CA10" s="4" t="inlineStr">
+      <c r="CC10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-05</t>
           </r>
         </is>
       </c>
-      <c r="CB10" s="4" t="inlineStr">
+      <c r="CD10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-04</t>
           </r>
         </is>
       </c>
-      <c r="CC10" s="4" t="inlineStr">
+      <c r="CE10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-03</t>
           </r>
         </is>
       </c>
-      <c r="CD10" s="4" t="inlineStr">
+      <c r="CF10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-02</t>
           </r>
         </is>
       </c>
-      <c r="CE10" s="4" t="inlineStr">
+      <c r="CG10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-01</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:83">
+    <row r="11" spans="1:85">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa Lietuva</t>
           </r>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D11" s="6">
-        <v>118108.0</v>
+        <v>118662.0</v>
       </c>
       <c r="E11" s="6">
-        <v>118630.0</v>
+        <v>118884.0</v>
       </c>
       <c r="F11" s="6">
-        <v>118905.0</v>
+        <v>118995.0</v>
       </c>
       <c r="G11" s="6">
-        <v>118781.0</v>
+        <v>119014.0</v>
       </c>
       <c r="H11" s="6">
-        <v>118780.0</v>
+        <v>119191.0</v>
       </c>
       <c r="I11" s="6">
-        <v>118602.0</v>
+        <v>118990.0</v>
       </c>
       <c r="J11" s="6">
-        <v>118463.0</v>
+        <v>118949.0</v>
       </c>
       <c r="K11" s="6">
-        <v>118815.0</v>
+        <v>118703.0</v>
       </c>
       <c r="L11" s="6">
-        <v>124317.0</v>
+        <v>118562.0</v>
       </c>
       <c r="M11" s="6">
-        <v>121549.0</v>
+        <v>118899.0</v>
       </c>
       <c r="N11" s="6">
-        <v>121241.0</v>
+        <v>124354.0</v>
       </c>
       <c r="O11" s="6">
-        <v>120705.0</v>
+        <v>121573.0</v>
       </c>
       <c r="P11" s="6">
-        <v>120642.0</v>
+        <v>121268.0</v>
       </c>
       <c r="Q11" s="6">
-        <v>120699.0</v>
+        <v>120730.0</v>
       </c>
       <c r="R11" s="6">
-        <v>120717.0</v>
+        <v>120657.0</v>
       </c>
       <c r="S11" s="6">
-        <v>120569.0</v>
+        <v>120716.0</v>
       </c>
       <c r="T11" s="6">
-        <v>120402.0</v>
+        <v>120732.0</v>
       </c>
       <c r="U11" s="6">
-        <v>120070.0</v>
+        <v>120586.0</v>
       </c>
       <c r="V11" s="6">
-        <v>119732.0</v>
+        <v>120414.0</v>
       </c>
       <c r="W11" s="6">
-        <v>120071.0</v>
+        <v>120085.0</v>
       </c>
       <c r="X11" s="6">
-        <v>124822.0</v>
+        <v>119745.0</v>
       </c>
       <c r="Y11" s="6">
-        <v>122027.0</v>
+        <v>120086.0</v>
       </c>
       <c r="Z11" s="6">
-        <v>121312.0</v>
+        <v>124841.0</v>
       </c>
       <c r="AA11" s="6">
-        <v>120765.0</v>
+        <v>122039.0</v>
       </c>
       <c r="AB11" s="6">
-        <v>120414.0</v>
+        <v>121325.0</v>
       </c>
       <c r="AC11" s="6">
-        <v>120318.0</v>
+        <v>120778.0</v>
       </c>
       <c r="AD11" s="6">
-        <v>120499.0</v>
+        <v>120425.0</v>
       </c>
       <c r="AE11" s="6">
-        <v>119969.0</v>
+        <v>120327.0</v>
       </c>
       <c r="AF11" s="6">
-        <v>119492.0</v>
+        <v>120505.0</v>
       </c>
       <c r="AG11" s="6">
-        <v>119303.0</v>
+        <v>119976.0</v>
       </c>
       <c r="AH11" s="6">
-        <v>118759.0</v>
+        <v>119497.0</v>
       </c>
       <c r="AI11" s="6">
-        <v>118946.0</v>
+        <v>119310.0</v>
       </c>
       <c r="AJ11" s="6">
-        <v>123124.0</v>
+        <v>118761.0</v>
       </c>
       <c r="AK11" s="6">
-        <v>120489.0</v>
+        <v>118954.0</v>
       </c>
       <c r="AL11" s="6">
-        <v>119953.0</v>
+        <v>123131.0</v>
       </c>
       <c r="AM11" s="6">
-        <v>119459.0</v>
+        <v>120494.0</v>
       </c>
       <c r="AN11" s="6">
-        <v>119269.0</v>
+        <v>119957.0</v>
       </c>
       <c r="AO11" s="6">
-        <v>119109.0</v>
+        <v>119462.0</v>
       </c>
       <c r="AP11" s="6">
-        <v>119082.0</v>
+        <v>119273.0</v>
       </c>
       <c r="AQ11" s="6">
-        <v>118489.0</v>
+        <v>119110.0</v>
       </c>
       <c r="AR11" s="6">
+        <v>119084.0</v>
+      </c>
+      <c r="AS11" s="6">
+        <v>118490.0</v>
+      </c>
+      <c r="AT11" s="6">
         <v>117997.0</v>
       </c>
-      <c r="AS11" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="AU11" s="6">
+        <v>117685.0</v>
+      </c>
+      <c r="AV11" s="6">
+        <v>117357.0</v>
+      </c>
+      <c r="AW11" s="6">
         <v>117478.0</v>
       </c>
-      <c r="AV11" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="AX11" s="6">
-        <v>117962.0</v>
+        <v>121413.0</v>
       </c>
       <c r="AY11" s="6">
+        <v>118578.0</v>
+      </c>
+      <c r="AZ11" s="6">
+        <v>117965.0</v>
+      </c>
+      <c r="BA11" s="6">
         <v>117409.0</v>
       </c>
-      <c r="AZ11" s="6">
+      <c r="BB11" s="6">
         <v>116880.0</v>
       </c>
-      <c r="BA11" s="6">
+      <c r="BC11" s="6">
         <v>116630.0</v>
       </c>
-      <c r="BB11" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="BD11" s="6">
+        <v>116384.0</v>
+      </c>
+      <c r="BE11" s="6">
+        <v>115430.0</v>
+      </c>
+      <c r="BF11" s="6">
         <v>114644.0</v>
       </c>
-      <c r="BE11" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="BG11" s="6">
-        <v>112143.0</v>
+        <v>114009.0</v>
       </c>
       <c r="BH11" s="6">
+        <v>112811.0</v>
+      </c>
+      <c r="BI11" s="6">
+        <v>112145.0</v>
+      </c>
+      <c r="BJ11" s="6">
         <v>116506.0</v>
       </c>
-      <c r="BI11" s="6">
+      <c r="BK11" s="6">
         <v>113698.0</v>
       </c>
-      <c r="BJ11" s="6">
+      <c r="BL11" s="6">
         <v>113203.0</v>
       </c>
-      <c r="BK11" s="6">
+      <c r="BM11" s="6">
         <v>112446.0</v>
       </c>
-      <c r="BL11" s="6">
+      <c r="BN11" s="6">
         <v>111905.0</v>
       </c>
-      <c r="BM11" s="6">
+      <c r="BO11" s="6">
         <v>111600.0</v>
       </c>
-      <c r="BN11" s="6">
+      <c r="BP11" s="6">
         <v>111360.0</v>
       </c>
-      <c r="BO11" s="6">
+      <c r="BQ11" s="6">
         <v>110501.0</v>
       </c>
-      <c r="BP11" s="6">
+      <c r="BR11" s="6">
         <v>109986.0</v>
       </c>
-      <c r="BQ11" s="6">
+      <c r="BS11" s="6">
         <v>110802.0</v>
       </c>
-      <c r="BR11" s="6">
+      <c r="BT11" s="6">
         <v>110771.0</v>
       </c>
-      <c r="BS11" s="6">
+      <c r="BU11" s="6">
         <v>110806.0</v>
       </c>
-      <c r="BT11" s="6">
+      <c r="BV11" s="6">
         <v>114268.0</v>
       </c>
-      <c r="BU11" s="6">
+      <c r="BW11" s="6">
         <v>111566.0</v>
       </c>
-      <c r="BV11" s="6">
+      <c r="BX11" s="6">
         <v>111064.0</v>
       </c>
-      <c r="BW11" s="6">
+      <c r="BY11" s="6">
         <v>110557.0</v>
       </c>
-      <c r="BX11" s="6">
+      <c r="BZ11" s="6">
         <v>110172.0</v>
       </c>
-      <c r="BY11" s="6">
+      <c r="CA11" s="6">
         <v>109992.0</v>
       </c>
-      <c r="BZ11" s="6">
+      <c r="CB11" s="6">
         <v>109911.0</v>
       </c>
-      <c r="CA11" s="6">
+      <c r="CC11" s="6">
         <v>109497.0</v>
       </c>
-      <c r="CB11" s="6">
+      <c r="CD11" s="6">
         <v>109147.0</v>
       </c>
-      <c r="CC11" s="6">
+      <c r="CE11" s="6">
         <v>108685.0</v>
       </c>
-      <c r="CD11" s="6">
+      <c r="CF11" s="6">
         <v>108159.0</v>
       </c>
-      <c r="CE11" s="6">
+      <c r="CG11" s="6">
         <v>108173.0</v>
       </c>
     </row>
-    <row r="12" spans="1:83">
+    <row r="12" spans="1:85">
       <c r="C12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D12" s="6">
-        <v>2858099298.0</v>
+        <v>3006241552.0</v>
       </c>
       <c r="E12" s="6">
-        <v>3119922977.0</v>
+        <v>2803321911.0</v>
       </c>
       <c r="F12" s="6">
-        <v>3231318632.0</v>
+        <v>2860737614.0</v>
       </c>
       <c r="G12" s="6">
-        <v>2970917261.0</v>
+        <v>3121144280.0</v>
       </c>
       <c r="H12" s="6">
-        <v>3006644980.0</v>
+        <v>3231400510.0</v>
       </c>
       <c r="I12" s="6">
-        <v>2845897792.0</v>
+        <v>2970799748.0</v>
       </c>
       <c r="J12" s="6">
-        <v>2803378892.0</v>
+        <v>3005162138.0</v>
       </c>
       <c r="K12" s="6">
-        <v>1422284633.0</v>
+        <v>2846170114.0</v>
       </c>
       <c r="L12" s="6">
-        <v>4440592600.0</v>
+        <v>2803975613.0</v>
       </c>
       <c r="M12" s="6">
-        <v>2728296556.0</v>
+        <v>1422429656.0</v>
       </c>
       <c r="N12" s="6">
-        <v>2757966759.0</v>
+        <v>4440774285.0</v>
       </c>
       <c r="O12" s="6">
-        <v>2545114425.0</v>
+        <v>2728172696.0</v>
       </c>
       <c r="P12" s="6">
-        <v>2629094283.0</v>
+        <v>2757956914.0</v>
       </c>
       <c r="Q12" s="6">
-        <v>2812413567.0</v>
+        <v>2545060050.0</v>
       </c>
       <c r="R12" s="6">
-        <v>2937246962.0</v>
+        <v>2628991357.0</v>
       </c>
       <c r="S12" s="6">
-        <v>2731381007.0</v>
+        <v>2812314092.0</v>
       </c>
       <c r="T12" s="6">
-        <v>2711255721.0</v>
+        <v>2937176504.0</v>
       </c>
       <c r="U12" s="6">
-        <v>2642839602.0</v>
+        <v>2731382218.0</v>
       </c>
       <c r="V12" s="6">
-        <v>2563752276.0</v>
+        <v>2710826996.0</v>
       </c>
       <c r="W12" s="6">
-        <v>1278958314.0</v>
+        <v>2642644358.0</v>
       </c>
       <c r="X12" s="6">
-        <v>3995608786.0</v>
+        <v>2563285984.0</v>
       </c>
       <c r="Y12" s="6">
-        <v>2451629163.0</v>
+        <v>1278805233.0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2470449114.0</v>
+        <v>3995615604.0</v>
       </c>
       <c r="AA12" s="6">
-        <v>2312034576.0</v>
+        <v>2451449775.0</v>
       </c>
       <c r="AB12" s="6">
-        <v>2356858451.0</v>
+        <v>2470281843.0</v>
       </c>
       <c r="AC12" s="6">
-        <v>2512702283.0</v>
+        <v>2311872274.0</v>
       </c>
       <c r="AD12" s="6">
-        <v>2679682063.0</v>
+        <v>2356709601.0</v>
       </c>
       <c r="AE12" s="6">
-        <v>2400544249.0</v>
+        <v>2512551697.0</v>
       </c>
       <c r="AF12" s="6">
-        <v>2415127179.0</v>
+        <v>2679510137.0</v>
       </c>
       <c r="AG12" s="6">
-        <v>2357764275.0</v>
+        <v>2400372191.0</v>
       </c>
       <c r="AH12" s="6">
-        <v>2275097312.0</v>
+        <v>2414907409.0</v>
       </c>
       <c r="AI12" s="6">
-        <v>1148929272.0</v>
+        <v>2357555766.0</v>
       </c>
       <c r="AJ12" s="6">
-        <v>3528776873.0</v>
+        <v>2274904801.0</v>
       </c>
       <c r="AK12" s="6">
-        <v>2166713887.0</v>
+        <v>1148726034.0</v>
       </c>
       <c r="AL12" s="6">
-        <v>2163267565.0</v>
+        <v>3528632829.0</v>
       </c>
       <c r="AM12" s="6">
-        <v>2077923370.0</v>
+        <v>2166519161.0</v>
       </c>
       <c r="AN12" s="6">
-        <v>2057697956.0</v>
+        <v>2163097151.0</v>
       </c>
       <c r="AO12" s="6">
-        <v>2180959298.0</v>
+        <v>2077758025.0</v>
       </c>
       <c r="AP12" s="6">
-        <v>2343421161.0</v>
+        <v>2057562574.0</v>
       </c>
       <c r="AQ12" s="6">
-        <v>2144622844.0</v>
+        <v>2180829859.0</v>
       </c>
       <c r="AR12" s="6">
-        <v>2116761290.0</v>
+        <v>2343307568.0</v>
       </c>
       <c r="AS12" s="6">
-        <v>2031876728.0</v>
+        <v>2144518374.0</v>
       </c>
       <c r="AT12" s="6">
-        <v>1964732592.0</v>
+        <v>2116643540.0</v>
       </c>
       <c r="AU12" s="6">
-        <v>987535133.0</v>
+        <v>2031721204.0</v>
       </c>
       <c r="AV12" s="6">
-        <v>3113346959.0</v>
+        <v>1964605039.0</v>
       </c>
       <c r="AW12" s="6">
-        <v>1878451023.0</v>
+        <v>987451429.0</v>
       </c>
       <c r="AX12" s="6">
-        <v>1877605268.0</v>
+        <v>3113336515.0</v>
       </c>
       <c r="AY12" s="6">
-        <v>1791994936.0</v>
+        <v>1878434710.0</v>
       </c>
       <c r="AZ12" s="6">
-        <v>1786930356.0</v>
+        <v>1877584112.0</v>
       </c>
       <c r="BA12" s="6">
-        <v>1915589841.0</v>
+        <v>1791976607.0</v>
       </c>
       <c r="BB12" s="6">
-        <v>2004718858.0</v>
+        <v>1786917119.0</v>
       </c>
       <c r="BC12" s="6">
-        <v>1819303576.0</v>
+        <v>1915576903.0</v>
       </c>
       <c r="BD12" s="6">
-        <v>1820799576.0</v>
+        <v>2004702730.0</v>
       </c>
       <c r="BE12" s="6">
-        <v>1744707457.0</v>
+        <v>1819291181.0</v>
       </c>
       <c r="BF12" s="6">
-        <v>1671191123.0</v>
+        <v>1820793279.0</v>
       </c>
       <c r="BG12" s="6">
-        <v>840475872.0</v>
+        <v>1744701957.0</v>
       </c>
       <c r="BH12" s="6">
+        <v>1671185016.0</v>
+      </c>
+      <c r="BI12" s="6">
+        <v>840476729.0</v>
+      </c>
+      <c r="BJ12" s="6">
         <v>2701344500.0</v>
       </c>
-      <c r="BI12" s="6">
+      <c r="BK12" s="6">
         <v>1665222223.0</v>
       </c>
-      <c r="BJ12" s="6">
+      <c r="BL12" s="6">
         <v>1673379411.0</v>
       </c>
-      <c r="BK12" s="6">
+      <c r="BM12" s="6">
         <v>1559411877.0</v>
       </c>
-      <c r="BL12" s="6">
+      <c r="BN12" s="6">
         <v>1564916487.0</v>
       </c>
-      <c r="BM12" s="6">
+      <c r="BO12" s="6">
         <v>1699933131.0</v>
       </c>
-      <c r="BN12" s="6">
+      <c r="BP12" s="6">
         <v>1688804659.0</v>
       </c>
-      <c r="BO12" s="6">
+      <c r="BQ12" s="6">
         <v>1491040918.0</v>
       </c>
-      <c r="BP12" s="6">
+      <c r="BR12" s="6">
         <v>1583114833.0</v>
       </c>
-      <c r="BQ12" s="6">
+      <c r="BS12" s="6">
         <v>1607239471.0</v>
       </c>
-      <c r="BR12" s="6">
+      <c r="BT12" s="6">
         <v>1592785059.0</v>
       </c>
-      <c r="BS12" s="6">
+      <c r="BU12" s="6">
         <v>797550138.0</v>
       </c>
-      <c r="BT12" s="6">
+      <c r="BV12" s="6">
         <v>2452845032.0</v>
       </c>
-      <c r="BU12" s="6">
+      <c r="BW12" s="6">
         <v>1531444073.0</v>
       </c>
-      <c r="BV12" s="6">
+      <c r="BX12" s="6">
         <v>1535184601.0</v>
       </c>
-      <c r="BW12" s="6">
+      <c r="BY12" s="6">
         <v>1430602292.0</v>
       </c>
-      <c r="BX12" s="6">
+      <c r="BZ12" s="6">
         <v>1741121814.0</v>
       </c>
-      <c r="BY12" s="6">
+      <c r="CA12" s="6">
         <v>1561888927.0</v>
       </c>
-      <c r="BZ12" s="6">
+      <c r="CB12" s="6">
         <v>1664600708.0</v>
       </c>
-      <c r="CA12" s="6">
+      <c r="CC12" s="6">
         <v>1533720139.0</v>
       </c>
-      <c r="CB12" s="6">
+      <c r="CD12" s="6">
         <v>1517940995.0</v>
       </c>
-      <c r="CC12" s="6">
+      <c r="CE12" s="6">
         <v>1446913709.0</v>
       </c>
-      <c r="CD12" s="6">
+      <c r="CF12" s="6">
         <v>1423827434.0</v>
       </c>
-      <c r="CE12" s="6">
+      <c r="CG12" s="6">
         <v>565121353.0</v>
       </c>
     </row>
-    <row r="13" spans="1:83">
+    <row r="13" spans="1:85">
       <c r="C13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D13" s="6">
-        <v>506384617.0</v>
+        <v>533176180.0</v>
       </c>
       <c r="E13" s="6">
-        <v>546498314.0</v>
+        <v>494338696.0</v>
       </c>
       <c r="F13" s="6">
-        <v>568279362.0</v>
+        <v>506895331.0</v>
       </c>
       <c r="G13" s="6">
-        <v>520264955.0</v>
+        <v>546715612.0</v>
       </c>
       <c r="H13" s="6">
-        <v>524736607.0</v>
+        <v>568328176.0</v>
       </c>
       <c r="I13" s="6">
-        <v>493813140.0</v>
+        <v>520291114.0</v>
       </c>
       <c r="J13" s="6">
-        <v>487084901.0</v>
+        <v>524781549.0</v>
       </c>
       <c r="K13" s="6">
-        <v>237980442.0</v>
+        <v>493857890.0</v>
       </c>
       <c r="L13" s="6">
-        <v>805075852.0</v>
+        <v>487159498.0</v>
       </c>
       <c r="M13" s="6">
-        <v>480321174.0</v>
+        <v>237979828.0</v>
       </c>
       <c r="N13" s="6">
-        <v>482039250.0</v>
+        <v>805105786.0</v>
       </c>
       <c r="O13" s="6">
-        <v>444192812.0</v>
+        <v>480305329.0</v>
       </c>
       <c r="P13" s="6">
-        <v>459786983.0</v>
+        <v>482044559.0</v>
       </c>
       <c r="Q13" s="6">
-        <v>485758211.0</v>
+        <v>444195518.0</v>
       </c>
       <c r="R13" s="6">
-        <v>509748643.0</v>
+        <v>459775555.0</v>
       </c>
       <c r="S13" s="6">
-        <v>470791029.0</v>
+        <v>485747680.0</v>
       </c>
       <c r="T13" s="6">
-        <v>468338587.0</v>
+        <v>509741814.0</v>
       </c>
       <c r="U13" s="6">
-        <v>451750206.0</v>
+        <v>470794982.0</v>
       </c>
       <c r="V13" s="6">
-        <v>438968487.0</v>
+        <v>468276328.0</v>
       </c>
       <c r="W13" s="6">
-        <v>212055519.0</v>
+        <v>451727498.0</v>
       </c>
       <c r="X13" s="6">
-        <v>724711221.0</v>
+        <v>438889545.0</v>
       </c>
       <c r="Y13" s="6">
-        <v>430783066.0</v>
+        <v>212039781.0</v>
       </c>
       <c r="Z13" s="6">
-        <v>432065370.0</v>
+        <v>724726535.0</v>
       </c>
       <c r="AA13" s="6">
-        <v>405631830.0</v>
+        <v>430761942.0</v>
       </c>
       <c r="AB13" s="6">
-        <v>410072821.0</v>
+        <v>432044109.0</v>
       </c>
       <c r="AC13" s="6">
-        <v>435696103.0</v>
+        <v>405615937.0</v>
       </c>
       <c r="AD13" s="6">
-        <v>463573538.0</v>
+        <v>410057337.0</v>
       </c>
       <c r="AE13" s="6">
-        <v>411401787.0</v>
+        <v>435680602.0</v>
       </c>
       <c r="AF13" s="6">
-        <v>415383262.0</v>
+        <v>463557162.0</v>
       </c>
       <c r="AG13" s="6">
-        <v>401357903.0</v>
+        <v>411382988.0</v>
       </c>
       <c r="AH13" s="6">
-        <v>388208351.0</v>
+        <v>415359284.0</v>
       </c>
       <c r="AI13" s="6">
-        <v>190890237.0</v>
+        <v>401336269.0</v>
       </c>
       <c r="AJ13" s="6">
-        <v>636508903.0</v>
+        <v>388185579.0</v>
       </c>
       <c r="AK13" s="6">
-        <v>375914471.0</v>
+        <v>190869769.0</v>
       </c>
       <c r="AL13" s="6">
-        <v>374714914.0</v>
+        <v>636500095.0</v>
       </c>
       <c r="AM13" s="6">
-        <v>360152355.0</v>
+        <v>375890472.0</v>
       </c>
       <c r="AN13" s="6">
-        <v>353916706.0</v>
+        <v>374694947.0</v>
       </c>
       <c r="AO13" s="6">
-        <v>374220549.0</v>
+        <v>360133375.0</v>
       </c>
       <c r="AP13" s="6">
-        <v>402579376.0</v>
+        <v>353901265.0</v>
       </c>
       <c r="AQ13" s="6">
-        <v>371004931.0</v>
+        <v>374206563.0</v>
       </c>
       <c r="AR13" s="6">
-        <v>366445969.0</v>
+        <v>402567242.0</v>
       </c>
       <c r="AS13" s="6">
-        <v>346614432.0</v>
+        <v>370993649.0</v>
       </c>
       <c r="AT13" s="6">
-        <v>336675597.0</v>
+        <v>366433332.0</v>
       </c>
       <c r="AU13" s="6">
-        <v>163722584.0</v>
+        <v>346597386.0</v>
       </c>
       <c r="AV13" s="6">
-        <v>560006009.0</v>
+        <v>336661989.0</v>
       </c>
       <c r="AW13" s="6">
-        <v>325273307.0</v>
+        <v>163715882.0</v>
       </c>
       <c r="AX13" s="6">
-        <v>325043476.0</v>
+        <v>560004620.0</v>
       </c>
       <c r="AY13" s="6">
-        <v>309655799.0</v>
+        <v>325271644.0</v>
       </c>
       <c r="AZ13" s="6">
-        <v>308470302.0</v>
+        <v>325040991.0</v>
       </c>
       <c r="BA13" s="6">
-        <v>327424643.0</v>
+        <v>309653653.0</v>
       </c>
       <c r="BB13" s="6">
-        <v>340617882.0</v>
+        <v>308468636.0</v>
       </c>
       <c r="BC13" s="6">
-        <v>308792104.0</v>
+        <v>327423151.0</v>
       </c>
       <c r="BD13" s="6">
-        <v>309989078.0</v>
+        <v>340615704.0</v>
       </c>
       <c r="BE13" s="6">
-        <v>293947625.0</v>
+        <v>308790640.0</v>
       </c>
       <c r="BF13" s="6">
-        <v>282510368.0</v>
+        <v>309988314.0</v>
       </c>
       <c r="BG13" s="6">
-        <v>135600658.0</v>
+        <v>293947058.0</v>
       </c>
       <c r="BH13" s="6">
+        <v>282509586.0</v>
+      </c>
+      <c r="BI13" s="6">
+        <v>135600758.0</v>
+      </c>
+      <c r="BJ13" s="6">
         <v>471606013.0</v>
       </c>
-      <c r="BI13" s="6">
+      <c r="BK13" s="6">
         <v>281304632.0</v>
       </c>
-      <c r="BJ13" s="6">
+      <c r="BL13" s="6">
         <v>282250541.0</v>
       </c>
-      <c r="BK13" s="6">
+      <c r="BM13" s="6">
         <v>259382204.0</v>
       </c>
-      <c r="BL13" s="6">
+      <c r="BN13" s="6">
         <v>262732272.0</v>
       </c>
-      <c r="BM13" s="6">
+      <c r="BO13" s="6">
         <v>287372768.0</v>
       </c>
-      <c r="BN13" s="6">
+      <c r="BP13" s="6">
         <v>285436801.0</v>
       </c>
-      <c r="BO13" s="6">
+      <c r="BQ13" s="6">
         <v>252267795.0</v>
       </c>
-      <c r="BP13" s="6">
+      <c r="BR13" s="6">
         <v>267569725.0</v>
       </c>
-      <c r="BQ13" s="6">
+      <c r="BS13" s="6">
         <v>271389574.0</v>
       </c>
-      <c r="BR13" s="6">
+      <c r="BT13" s="6">
         <v>270742199.0</v>
       </c>
-      <c r="BS13" s="6">
+      <c r="BU13" s="6">
         <v>128942125.0</v>
       </c>
-      <c r="BT13" s="6">
+      <c r="BV13" s="6">
         <v>437999850.0</v>
       </c>
-      <c r="BU13" s="6">
+      <c r="BW13" s="6">
         <v>265464849.0</v>
       </c>
-      <c r="BV13" s="6">
+      <c r="BX13" s="6">
         <v>265652987.0</v>
       </c>
-      <c r="BW13" s="6">
+      <c r="BY13" s="6">
         <v>246445984.0</v>
       </c>
-      <c r="BX13" s="6">
+      <c r="BZ13" s="6">
         <v>253689153.0</v>
       </c>
-      <c r="BY13" s="6">
+      <c r="CA13" s="6">
         <v>266927146.0</v>
       </c>
-      <c r="BZ13" s="6">
+      <c r="CB13" s="6">
         <v>286288249.0</v>
       </c>
-      <c r="CA13" s="6">
+      <c r="CC13" s="6">
         <v>262653419.0</v>
       </c>
-      <c r="CB13" s="6">
+      <c r="CD13" s="6">
         <v>259373199.0</v>
       </c>
-      <c r="CC13" s="6">
+      <c r="CE13" s="6">
         <v>244548948.0</v>
       </c>
-      <c r="CD13" s="6">
+      <c r="CF13" s="6">
         <v>242611248.0</v>
       </c>
-      <c r="CE13" s="6">
+      <c r="CG13" s="6">
         <v>74219976.0</v>
       </c>
     </row>
-    <row r="14" spans="1:83">
+    <row r="14" spans="1:85">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Vilniaus apskritis</t>
           </r>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D14" s="6">
-        <v>48244.0</v>
+        <v>48418.0</v>
       </c>
       <c r="E14" s="6">
-        <v>48503.0</v>
+        <v>48608.0</v>
       </c>
       <c r="F14" s="6">
-        <v>48736.0</v>
+        <v>48617.0</v>
       </c>
       <c r="G14" s="6">
-        <v>48700.0</v>
+        <v>48640.0</v>
       </c>
       <c r="H14" s="6">
-        <v>48760.0</v>
+        <v>48825.0</v>
       </c>
       <c r="I14" s="6">
-        <v>48737.0</v>
+        <v>48769.0</v>
       </c>
       <c r="J14" s="6">
-        <v>48687.0</v>
+        <v>48806.0</v>
       </c>
       <c r="K14" s="6">
-        <v>48808.0</v>
+        <v>48757.0</v>
       </c>
       <c r="L14" s="6">
-        <v>49992.0</v>
+        <v>48710.0</v>
       </c>
       <c r="M14" s="6">
-        <v>49409.0</v>
+        <v>48831.0</v>
       </c>
       <c r="N14" s="6">
-        <v>49354.0</v>
+        <v>50003.0</v>
       </c>
       <c r="O14" s="6">
-        <v>49280.0</v>
+        <v>49408.0</v>
       </c>
       <c r="P14" s="6">
+        <v>49356.0</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>49284.0</v>
+      </c>
+      <c r="R14" s="6">
         <v>49246.0</v>
       </c>
-      <c r="Q14" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="S14" s="6">
-        <v>49373.0</v>
+        <v>49292.0</v>
       </c>
       <c r="T14" s="6">
-        <v>49413.0</v>
+        <v>49294.0</v>
       </c>
       <c r="U14" s="6">
-        <v>49336.0</v>
+        <v>49370.0</v>
       </c>
       <c r="V14" s="6">
-        <v>49237.0</v>
+        <v>49408.0</v>
       </c>
       <c r="W14" s="6">
-        <v>49359.0</v>
+        <v>49334.0</v>
       </c>
       <c r="X14" s="6">
-        <v>50300.0</v>
+        <v>49235.0</v>
       </c>
       <c r="Y14" s="6">
-        <v>49685.0</v>
+        <v>49360.0</v>
       </c>
       <c r="Z14" s="6">
-        <v>49370.0</v>
+        <v>50298.0</v>
       </c>
       <c r="AA14" s="6">
-        <v>49166.0</v>
+        <v>49684.0</v>
       </c>
       <c r="AB14" s="6">
-        <v>48921.0</v>
+        <v>49367.0</v>
       </c>
       <c r="AC14" s="6">
-        <v>48877.0</v>
+        <v>49165.0</v>
       </c>
       <c r="AD14" s="6">
-        <v>48878.0</v>
+        <v>48923.0</v>
       </c>
       <c r="AE14" s="6">
-        <v>48774.0</v>
+        <v>48882.0</v>
       </c>
       <c r="AF14" s="6">
-        <v>48604.0</v>
+        <v>48882.0</v>
       </c>
       <c r="AG14" s="6">
-        <v>48615.0</v>
+        <v>48773.0</v>
       </c>
       <c r="AH14" s="6">
-        <v>48346.0</v>
+        <v>48603.0</v>
       </c>
       <c r="AI14" s="6">
-        <v>48379.0</v>
+        <v>48613.0</v>
       </c>
       <c r="AJ14" s="6">
-        <v>49177.0</v>
+        <v>48341.0</v>
       </c>
       <c r="AK14" s="6">
-        <v>48571.0</v>
+        <v>48380.0</v>
       </c>
       <c r="AL14" s="6">
-        <v>48450.0</v>
+        <v>49179.0</v>
       </c>
       <c r="AM14" s="6">
-        <v>48337.0</v>
+        <v>48569.0</v>
       </c>
       <c r="AN14" s="6">
-        <v>48247.0</v>
+        <v>48448.0</v>
       </c>
       <c r="AO14" s="6">
-        <v>48194.0</v>
+        <v>48335.0</v>
       </c>
       <c r="AP14" s="6">
-        <v>48167.0</v>
+        <v>48245.0</v>
       </c>
       <c r="AQ14" s="6">
-        <v>47986.0</v>
+        <v>48191.0</v>
       </c>
       <c r="AR14" s="6">
-        <v>47793.0</v>
+        <v>48165.0</v>
       </c>
       <c r="AS14" s="6">
-        <v>47708.0</v>
+        <v>47985.0</v>
       </c>
       <c r="AT14" s="6">
-        <v>47569.0</v>
+        <v>47791.0</v>
       </c>
       <c r="AU14" s="6">
-        <v>47614.0</v>
+        <v>47711.0</v>
       </c>
       <c r="AV14" s="6">
-        <v>48282.0</v>
+        <v>47568.0</v>
       </c>
       <c r="AW14" s="6">
+        <v>47612.0</v>
+      </c>
+      <c r="AX14" s="6">
+        <v>48287.0</v>
+      </c>
+      <c r="AY14" s="6">
         <v>47588.0</v>
       </c>
-      <c r="AX14" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="AZ14" s="6">
-        <v>47028.0</v>
+        <v>47460.0</v>
       </c>
       <c r="BA14" s="6">
-        <v>46988.0</v>
+        <v>47295.0</v>
       </c>
       <c r="BB14" s="6">
-        <v>46871.0</v>
+        <v>47029.0</v>
       </c>
       <c r="BC14" s="6">
-        <v>46616.0</v>
+        <v>46992.0</v>
       </c>
       <c r="BD14" s="6">
+        <v>46874.0</v>
+      </c>
+      <c r="BE14" s="6">
+        <v>46617.0</v>
+      </c>
+      <c r="BF14" s="6">
         <v>46359.0</v>
       </c>
-      <c r="BE14" s="6">
-[...2 lines deleted...]
-      <c r="BF14" s="6">
+      <c r="BG14" s="6">
+        <v>46109.0</v>
+      </c>
+      <c r="BH14" s="6">
         <v>45655.0</v>
       </c>
-      <c r="BG14" s="6">
-[...2 lines deleted...]
-      <c r="BH14" s="6">
+      <c r="BI14" s="6">
+        <v>45462.0</v>
+      </c>
+      <c r="BJ14" s="6">
         <v>46237.0</v>
       </c>
-      <c r="BI14" s="6">
+      <c r="BK14" s="6">
         <v>45622.0</v>
       </c>
-      <c r="BJ14" s="6">
+      <c r="BL14" s="6">
         <v>45482.0</v>
       </c>
-      <c r="BK14" s="6">
+      <c r="BM14" s="6">
         <v>45242.0</v>
       </c>
-      <c r="BL14" s="6">
+      <c r="BN14" s="6">
         <v>44981.0</v>
       </c>
-      <c r="BM14" s="6">
+      <c r="BO14" s="6">
         <v>44871.0</v>
       </c>
-      <c r="BN14" s="6">
+      <c r="BP14" s="6">
         <v>44769.0</v>
       </c>
-      <c r="BO14" s="6">
+      <c r="BQ14" s="6">
         <v>44553.0</v>
       </c>
-      <c r="BP14" s="6">
+      <c r="BR14" s="6">
         <v>44444.0</v>
       </c>
-      <c r="BQ14" s="6">
+      <c r="BS14" s="6">
         <v>44726.0</v>
       </c>
-      <c r="BR14" s="6">
+      <c r="BT14" s="6">
         <v>44688.0</v>
       </c>
-      <c r="BS14" s="6">
+      <c r="BU14" s="6">
         <v>44662.0</v>
       </c>
-      <c r="BT14" s="6">
+      <c r="BV14" s="6">
         <v>44974.0</v>
       </c>
-      <c r="BU14" s="6">
+      <c r="BW14" s="6">
         <v>44503.0</v>
       </c>
-      <c r="BV14" s="6">
+      <c r="BX14" s="6">
         <v>44406.0</v>
       </c>
-      <c r="BW14" s="6">
+      <c r="BY14" s="6">
         <v>44195.0</v>
       </c>
-      <c r="BX14" s="6">
+      <c r="BZ14" s="6">
         <v>44026.0</v>
       </c>
-      <c r="BY14" s="6">
+      <c r="CA14" s="6">
         <v>43971.0</v>
       </c>
-      <c r="BZ14" s="6">
+      <c r="CB14" s="6">
         <v>43903.0</v>
       </c>
-      <c r="CA14" s="6">
+      <c r="CC14" s="6">
         <v>43819.0</v>
       </c>
-      <c r="CB14" s="6">
+      <c r="CD14" s="6">
         <v>43754.0</v>
       </c>
-      <c r="CC14" s="6">
+      <c r="CE14" s="6">
         <v>43571.0</v>
       </c>
-      <c r="CD14" s="6">
+      <c r="CF14" s="6">
         <v>43391.0</v>
       </c>
-      <c r="CE14" s="6">
+      <c r="CG14" s="6">
         <v>43363.0</v>
       </c>
     </row>
-    <row r="15" spans="1:83">
+    <row r="15" spans="1:85">
       <c r="C15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D15" s="6">
-        <v>1427389833.0</v>
+        <v>1481572673.0</v>
       </c>
       <c r="E15" s="6">
-        <v>1558838006.0</v>
+        <v>1390738423.0</v>
       </c>
       <c r="F15" s="6">
-        <v>1534903685.0</v>
+        <v>1428417403.0</v>
       </c>
       <c r="G15" s="6">
-        <v>1473952408.0</v>
+        <v>1558829310.0</v>
       </c>
       <c r="H15" s="6">
-        <v>1511557383.0</v>
+        <v>1534492471.0</v>
       </c>
       <c r="I15" s="6">
-        <v>1439968541.0</v>
+        <v>1473569000.0</v>
       </c>
       <c r="J15" s="6">
-        <v>1397783724.0</v>
+        <v>1511322764.0</v>
       </c>
       <c r="K15" s="6">
-        <v>754628073.0</v>
+        <v>1439635055.0</v>
       </c>
       <c r="L15" s="6">
-        <v>2168479397.0</v>
+        <v>1397443792.0</v>
       </c>
       <c r="M15" s="6">
-        <v>1352631363.0</v>
+        <v>754410430.0</v>
       </c>
       <c r="N15" s="6">
-        <v>1371613435.0</v>
+        <v>2168096546.0</v>
       </c>
       <c r="O15" s="6">
-        <v>1272034678.0</v>
+        <v>1352218315.0</v>
       </c>
       <c r="P15" s="6">
-        <v>1322679402.0</v>
+        <v>1371211699.0</v>
       </c>
       <c r="Q15" s="6">
-        <v>1417657374.0</v>
+        <v>1271776506.0</v>
       </c>
       <c r="R15" s="6">
-        <v>1416808191.0</v>
+        <v>1322266878.0</v>
       </c>
       <c r="S15" s="6">
-        <v>1383232016.0</v>
+        <v>1417323493.0</v>
       </c>
       <c r="T15" s="6">
-        <v>1376028444.0</v>
+        <v>1416474151.0</v>
       </c>
       <c r="U15" s="6">
-        <v>1347261832.0</v>
+        <v>1382942693.0</v>
       </c>
       <c r="V15" s="6">
-        <v>1292009168.0</v>
+        <v>1375712765.0</v>
       </c>
       <c r="W15" s="6">
-        <v>687680574.0</v>
+        <v>1346832768.0</v>
       </c>
       <c r="X15" s="6">
-        <v>1970416071.0</v>
+        <v>1291617223.0</v>
       </c>
       <c r="Y15" s="6">
-        <v>1224969992.0</v>
+        <v>687393231.0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1231344612.0</v>
+        <v>1969947611.0</v>
       </c>
       <c r="AA15" s="6">
-        <v>1163785624.0</v>
+        <v>1224593034.0</v>
       </c>
       <c r="AB15" s="6">
-        <v>1197129486.0</v>
+        <v>1230969922.0</v>
       </c>
       <c r="AC15" s="6">
-        <v>1268578999.0</v>
+        <v>1163431854.0</v>
       </c>
       <c r="AD15" s="6">
-        <v>1300676554.0</v>
+        <v>1196819463.0</v>
       </c>
       <c r="AE15" s="6">
-        <v>1210606507.0</v>
+        <v>1268224353.0</v>
       </c>
       <c r="AF15" s="6">
-        <v>1223466836.0</v>
+        <v>1300258297.0</v>
       </c>
       <c r="AG15" s="6">
-        <v>1218755079.0</v>
+        <v>1210215830.0</v>
       </c>
       <c r="AH15" s="6">
-        <v>1149043821.0</v>
+        <v>1223023579.0</v>
       </c>
       <c r="AI15" s="6">
-        <v>617302818.0</v>
+        <v>1218349607.0</v>
       </c>
       <c r="AJ15" s="6">
-        <v>1723867308.0</v>
+        <v>1148627721.0</v>
       </c>
       <c r="AK15" s="6">
-        <v>1086872546.0</v>
+        <v>616994742.0</v>
       </c>
       <c r="AL15" s="6">
-        <v>1074953802.0</v>
+        <v>1723310531.0</v>
       </c>
       <c r="AM15" s="6">
-        <v>1046409145.0</v>
+        <v>1086479412.0</v>
       </c>
       <c r="AN15" s="6">
-        <v>1039588669.0</v>
+        <v>1074579379.0</v>
       </c>
       <c r="AO15" s="6">
-        <v>1067545635.0</v>
+        <v>1045999470.0</v>
       </c>
       <c r="AP15" s="6">
-        <v>1128426765.0</v>
+        <v>1039238352.0</v>
       </c>
       <c r="AQ15" s="6">
-        <v>1065775696.0</v>
+        <v>1067234788.0</v>
       </c>
       <c r="AR15" s="6">
-        <v>1057461948.0</v>
+        <v>1128094573.0</v>
       </c>
       <c r="AS15" s="6">
-        <v>1025372843.0</v>
+        <v>1065407712.0</v>
       </c>
       <c r="AT15" s="6">
-        <v>975535400.0</v>
+        <v>1057151653.0</v>
       </c>
       <c r="AU15" s="6">
-        <v>533556140.0</v>
+        <v>1025066737.0</v>
       </c>
       <c r="AV15" s="6">
-        <v>1497087662.0</v>
+        <v>975246400.0</v>
       </c>
       <c r="AW15" s="6">
-        <v>922396781.0</v>
+        <v>533419221.0</v>
       </c>
       <c r="AX15" s="6">
-        <v>922319170.0</v>
+        <v>1496791803.0</v>
       </c>
       <c r="AY15" s="6">
-        <v>892353667.0</v>
+        <v>922213916.0</v>
       </c>
       <c r="AZ15" s="6">
-        <v>882290766.0</v>
+        <v>922172907.0</v>
       </c>
       <c r="BA15" s="6">
-        <v>922544136.0</v>
+        <v>892207200.0</v>
       </c>
       <c r="BB15" s="6">
-        <v>955562273.0</v>
+        <v>882138309.0</v>
       </c>
       <c r="BC15" s="6">
-        <v>887719890.0</v>
+        <v>922400463.0</v>
       </c>
       <c r="BD15" s="6">
-        <v>900084313.0</v>
+        <v>955402896.0</v>
       </c>
       <c r="BE15" s="6">
-        <v>862966966.0</v>
+        <v>887598451.0</v>
       </c>
       <c r="BF15" s="6">
-        <v>817990564.0</v>
+        <v>899979408.0</v>
       </c>
       <c r="BG15" s="6">
-        <v>447071517.0</v>
+        <v>862854892.0</v>
       </c>
       <c r="BH15" s="6">
+        <v>817890813.0</v>
+      </c>
+      <c r="BI15" s="6">
+        <v>447023348.0</v>
+      </c>
+      <c r="BJ15" s="6">
         <v>1273616841.0</v>
       </c>
-      <c r="BI15" s="6">
+      <c r="BK15" s="6">
         <v>803895291.0</v>
       </c>
-      <c r="BJ15" s="6">
+      <c r="BL15" s="6">
         <v>813033269.0</v>
       </c>
-      <c r="BK15" s="6">
+      <c r="BM15" s="6">
         <v>762143062.0</v>
       </c>
-      <c r="BL15" s="6">
+      <c r="BN15" s="6">
         <v>759628185.0</v>
       </c>
-      <c r="BM15" s="6">
+      <c r="BO15" s="6">
         <v>818575924.0</v>
       </c>
-      <c r="BN15" s="6">
+      <c r="BP15" s="6">
         <v>808082869.0</v>
       </c>
-      <c r="BO15" s="6">
+      <c r="BQ15" s="6">
         <v>736892842.0</v>
       </c>
-      <c r="BP15" s="6">
+      <c r="BR15" s="6">
         <v>787453751.0</v>
       </c>
-      <c r="BQ15" s="6">
+      <c r="BS15" s="6">
         <v>793383606.0</v>
       </c>
-      <c r="BR15" s="6">
+      <c r="BT15" s="6">
         <v>780374548.0</v>
       </c>
-      <c r="BS15" s="6">
+      <c r="BU15" s="6">
         <v>427804413.0</v>
       </c>
-      <c r="BT15" s="6">
+      <c r="BV15" s="6">
         <v>1170017296.0</v>
       </c>
-      <c r="BU15" s="6">
+      <c r="BW15" s="6">
         <v>739888137.0</v>
       </c>
-      <c r="BV15" s="6">
+      <c r="BX15" s="6">
         <v>745809020.0</v>
       </c>
-      <c r="BW15" s="6">
+      <c r="BY15" s="6">
         <v>699506019.0</v>
       </c>
-      <c r="BX15" s="6">
+      <c r="BZ15" s="6">
         <v>995371667.0</v>
       </c>
-      <c r="BY15" s="6">
+      <c r="CA15" s="6">
         <v>750252113.0</v>
       </c>
-      <c r="BZ15" s="6">
+      <c r="CB15" s="6">
         <v>788708505.0</v>
       </c>
-      <c r="CA15" s="6">
+      <c r="CC15" s="6">
         <v>752229356.0</v>
       </c>
-      <c r="CB15" s="6">
+      <c r="CD15" s="6">
         <v>749497588.0</v>
       </c>
-      <c r="CC15" s="6">
+      <c r="CE15" s="6">
         <v>718727308.0</v>
       </c>
-      <c r="CD15" s="6">
+      <c r="CF15" s="6">
         <v>697476812.0</v>
       </c>
-      <c r="CE15" s="6">
+      <c r="CG15" s="6">
         <v>303606778.0</v>
       </c>
     </row>
-    <row r="16" spans="1:83">
+    <row r="16" spans="1:85">
       <c r="C16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D16" s="6">
-        <v>261571766.0</v>
+        <v>271739331.0</v>
       </c>
       <c r="E16" s="6">
-        <v>283706433.0</v>
+        <v>254042474.0</v>
       </c>
       <c r="F16" s="6">
-        <v>279702324.0</v>
+        <v>261806039.0</v>
       </c>
       <c r="G16" s="6">
-        <v>267655995.0</v>
+        <v>283722555.0</v>
       </c>
       <c r="H16" s="6">
-        <v>273730153.0</v>
+        <v>279642395.0</v>
       </c>
       <c r="I16" s="6">
-        <v>260283625.0</v>
+        <v>267602839.0</v>
       </c>
       <c r="J16" s="6">
-        <v>251624863.0</v>
+        <v>273690040.0</v>
       </c>
       <c r="K16" s="6">
-        <v>130511255.0</v>
+        <v>260229852.0</v>
       </c>
       <c r="L16" s="6">
-        <v>408097301.0</v>
+        <v>251572075.0</v>
       </c>
       <c r="M16" s="6">
-        <v>247508901.0</v>
+        <v>130467775.0</v>
       </c>
       <c r="N16" s="6">
-        <v>249141918.0</v>
+        <v>408026766.0</v>
       </c>
       <c r="O16" s="6">
-        <v>231484865.0</v>
+        <v>247443884.0</v>
       </c>
       <c r="P16" s="6">
-        <v>240432927.0</v>
+        <v>249075955.0</v>
       </c>
       <c r="Q16" s="6">
-        <v>255217436.0</v>
+        <v>231446183.0</v>
       </c>
       <c r="R16" s="6">
-        <v>255644244.0</v>
+        <v>240365219.0</v>
       </c>
       <c r="S16" s="6">
-        <v>248624098.0</v>
+        <v>255165371.0</v>
       </c>
       <c r="T16" s="6">
-        <v>247448133.0</v>
+        <v>255591590.0</v>
       </c>
       <c r="U16" s="6">
-        <v>240974932.0</v>
+        <v>248578873.0</v>
       </c>
       <c r="V16" s="6">
-        <v>230796999.0</v>
+        <v>247396158.0</v>
       </c>
       <c r="W16" s="6">
-        <v>118199199.0</v>
+        <v>240913252.0</v>
       </c>
       <c r="X16" s="6">
-        <v>371825099.0</v>
+        <v>230739444.0</v>
       </c>
       <c r="Y16" s="6">
-        <v>224056843.0</v>
+        <v>118160286.0</v>
       </c>
       <c r="Z16" s="6">
-        <v>224234134.0</v>
+        <v>371753955.0</v>
       </c>
       <c r="AA16" s="6">
-        <v>212562588.0</v>
+        <v>224003164.0</v>
       </c>
       <c r="AB16" s="6">
-        <v>216932184.0</v>
+        <v>224181891.0</v>
       </c>
       <c r="AC16" s="6">
-        <v>229135425.0</v>
+        <v>212513528.0</v>
       </c>
       <c r="AD16" s="6">
-        <v>234476227.0</v>
+        <v>216888444.0</v>
       </c>
       <c r="AE16" s="6">
-        <v>216621182.0</v>
+        <v>229084774.0</v>
       </c>
       <c r="AF16" s="6">
-        <v>219473721.0</v>
+        <v>234417167.0</v>
       </c>
       <c r="AG16" s="6">
-        <v>217369830.0</v>
+        <v>216564126.0</v>
       </c>
       <c r="AH16" s="6">
-        <v>204976838.0</v>
+        <v>219410220.0</v>
       </c>
       <c r="AI16" s="6">
-        <v>106313290.0</v>
+        <v>217314428.0</v>
       </c>
       <c r="AJ16" s="6">
-        <v>325343454.0</v>
+        <v>204915440.0</v>
       </c>
       <c r="AK16" s="6">
-        <v>197143695.0</v>
+        <v>106277237.0</v>
       </c>
       <c r="AL16" s="6">
-        <v>194084917.0</v>
+        <v>325261540.0</v>
       </c>
       <c r="AM16" s="6">
-        <v>189163714.0</v>
+        <v>197087289.0</v>
       </c>
       <c r="AN16" s="6">
-        <v>186654627.0</v>
+        <v>194032531.0</v>
       </c>
       <c r="AO16" s="6">
-        <v>191646441.0</v>
+        <v>189102000.0</v>
       </c>
       <c r="AP16" s="6">
-        <v>201579153.0</v>
+        <v>186603796.0</v>
       </c>
       <c r="AQ16" s="6">
-        <v>191227428.0</v>
+        <v>191602612.0</v>
       </c>
       <c r="AR16" s="6">
-        <v>190042998.0</v>
+        <v>201530915.0</v>
       </c>
       <c r="AS16" s="6">
-        <v>182577791.0</v>
+        <v>191168674.0</v>
       </c>
       <c r="AT16" s="6">
-        <v>174207920.0</v>
+        <v>190001947.0</v>
       </c>
       <c r="AU16" s="6">
-        <v>90733651.0</v>
+        <v>182535489.0</v>
       </c>
       <c r="AV16" s="6">
-        <v>281172828.0</v>
+        <v>174168893.0</v>
       </c>
       <c r="AW16" s="6">
-        <v>166344726.0</v>
+        <v>90717010.0</v>
       </c>
       <c r="AX16" s="6">
-        <v>166484282.0</v>
+        <v>281123156.0</v>
       </c>
       <c r="AY16" s="6">
-        <v>160301887.0</v>
+        <v>166313642.0</v>
       </c>
       <c r="AZ16" s="6">
-        <v>158520612.0</v>
+        <v>166459908.0</v>
       </c>
       <c r="BA16" s="6">
-        <v>164687633.0</v>
+        <v>160277150.0</v>
       </c>
       <c r="BB16" s="6">
-        <v>169009495.0</v>
+        <v>158494470.0</v>
       </c>
       <c r="BC16" s="6">
-        <v>156832739.0</v>
+        <v>164663535.0</v>
       </c>
       <c r="BD16" s="6">
-        <v>159686956.0</v>
+        <v>168982260.0</v>
       </c>
       <c r="BE16" s="6">
-        <v>151733148.0</v>
+        <v>156812696.0</v>
       </c>
       <c r="BF16" s="6">
-        <v>144211431.0</v>
+        <v>159669877.0</v>
       </c>
       <c r="BG16" s="6">
-        <v>74324230.0</v>
+        <v>151714946.0</v>
       </c>
       <c r="BH16" s="6">
+        <v>144195207.0</v>
+      </c>
+      <c r="BI16" s="6">
+        <v>74315223.0</v>
+      </c>
+      <c r="BJ16" s="6">
         <v>232496802.0</v>
       </c>
-      <c r="BI16" s="6">
+      <c r="BK16" s="6">
         <v>141539884.0</v>
       </c>
-      <c r="BJ16" s="6">
+      <c r="BL16" s="6">
         <v>143019938.0</v>
       </c>
-      <c r="BK16" s="6">
+      <c r="BM16" s="6">
         <v>131539057.0</v>
       </c>
-      <c r="BL16" s="6">
+      <c r="BN16" s="6">
         <v>133370098.0</v>
       </c>
-      <c r="BM16" s="6">
+      <c r="BO16" s="6">
         <v>144344765.0</v>
       </c>
-      <c r="BN16" s="6">
+      <c r="BP16" s="6">
         <v>142327094.0</v>
       </c>
-      <c r="BO16" s="6">
+      <c r="BQ16" s="6">
         <v>130086199.0</v>
       </c>
-      <c r="BP16" s="6">
+      <c r="BR16" s="6">
         <v>139385242.0</v>
       </c>
-      <c r="BQ16" s="6">
+      <c r="BS16" s="6">
         <v>139621126.0</v>
       </c>
-      <c r="BR16" s="6">
+      <c r="BT16" s="6">
         <v>138161936.0</v>
       </c>
-      <c r="BS16" s="6">
+      <c r="BU16" s="6">
         <v>71148932.0</v>
       </c>
-      <c r="BT16" s="6">
+      <c r="BV16" s="6">
         <v>216985483.0</v>
       </c>
-      <c r="BU16" s="6">
+      <c r="BW16" s="6">
         <v>132500731.0</v>
       </c>
-      <c r="BV16" s="6">
+      <c r="BX16" s="6">
         <v>133715195.0</v>
       </c>
-      <c r="BW16" s="6">
+      <c r="BY16" s="6">
         <v>124707203.0</v>
       </c>
-      <c r="BX16" s="6">
+      <c r="BZ16" s="6">
         <v>128606517.0</v>
       </c>
-      <c r="BY16" s="6">
+      <c r="CA16" s="6">
         <v>132913356.0</v>
       </c>
-      <c r="BZ16" s="6">
+      <c r="CB16" s="6">
         <v>140726393.0</v>
       </c>
-      <c r="CA16" s="6">
+      <c r="CC16" s="6">
         <v>133621730.0</v>
       </c>
-      <c r="CB16" s="6">
+      <c r="CD16" s="6">
         <v>132969998.0</v>
       </c>
-      <c r="CC16" s="6">
+      <c r="CE16" s="6">
         <v>126248611.0</v>
       </c>
-      <c r="CD16" s="6">
+      <c r="CF16" s="6">
         <v>123567248.0</v>
       </c>
-      <c r="CE16" s="6">
+      <c r="CG16" s="6">
         <v>42215472.0</v>
       </c>
     </row>
-    <row r="17" spans="1:83">
+    <row r="17" spans="1:85">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kauno apskritis</t>
           </r>
         </is>
       </c>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D17" s="6">
-        <v>24377.0</v>
+        <v>24526.0</v>
       </c>
       <c r="E17" s="6">
-        <v>24496.0</v>
+        <v>24564.0</v>
       </c>
       <c r="F17" s="6">
-        <v>24515.0</v>
+        <v>24569.0</v>
       </c>
       <c r="G17" s="6">
-        <v>24520.0</v>
+        <v>24586.0</v>
       </c>
       <c r="H17" s="6">
-        <v>24521.0</v>
+        <v>24583.0</v>
       </c>
       <c r="I17" s="6">
-        <v>24493.0</v>
+        <v>24572.0</v>
       </c>
       <c r="J17" s="6">
-        <v>24413.0</v>
+        <v>24562.0</v>
       </c>
       <c r="K17" s="6">
-        <v>24474.0</v>
+        <v>24524.0</v>
       </c>
       <c r="L17" s="6">
-        <v>25603.0</v>
+        <v>24441.0</v>
       </c>
       <c r="M17" s="6">
-        <v>24974.0</v>
+        <v>24498.0</v>
       </c>
       <c r="N17" s="6">
-        <v>24930.0</v>
+        <v>25613.0</v>
       </c>
       <c r="O17" s="6">
-        <v>24854.0</v>
+        <v>24980.0</v>
       </c>
       <c r="P17" s="6">
-        <v>24844.0</v>
+        <v>24935.0</v>
       </c>
       <c r="Q17" s="6">
-        <v>24815.0</v>
+        <v>24860.0</v>
       </c>
       <c r="R17" s="6">
-        <v>24792.0</v>
+        <v>24848.0</v>
       </c>
       <c r="S17" s="6">
-        <v>24706.0</v>
+        <v>24821.0</v>
       </c>
       <c r="T17" s="6">
-        <v>24645.0</v>
+        <v>24799.0</v>
       </c>
       <c r="U17" s="6">
-        <v>24576.0</v>
+        <v>24713.0</v>
       </c>
       <c r="V17" s="6">
-        <v>24485.0</v>
+        <v>24651.0</v>
       </c>
       <c r="W17" s="6">
-        <v>24566.0</v>
+        <v>24582.0</v>
       </c>
       <c r="X17" s="6">
-        <v>25532.0</v>
+        <v>24490.0</v>
       </c>
       <c r="Y17" s="6">
-        <v>24936.0</v>
+        <v>24571.0</v>
       </c>
       <c r="Z17" s="6">
+        <v>25538.0</v>
+      </c>
+      <c r="AA17" s="6">
+        <v>24935.0</v>
+      </c>
+      <c r="AB17" s="6">
+        <v>24877.0</v>
+      </c>
+      <c r="AC17" s="6">
+        <v>24774.0</v>
+      </c>
+      <c r="AD17" s="6">
+        <v>24687.0</v>
+      </c>
+      <c r="AE17" s="6">
+        <v>24662.0</v>
+      </c>
+      <c r="AF17" s="6">
+        <v>24740.0</v>
+      </c>
+      <c r="AG17" s="6">
+        <v>24604.0</v>
+      </c>
+      <c r="AH17" s="6">
+        <v>24526.0</v>
+      </c>
+      <c r="AI17" s="6">
+        <v>24492.0</v>
+      </c>
+      <c r="AJ17" s="6">
+        <v>24397.0</v>
+      </c>
+      <c r="AK17" s="6">
+        <v>24432.0</v>
+      </c>
+      <c r="AL17" s="6">
+        <v>25274.0</v>
+      </c>
+      <c r="AM17" s="6">
+        <v>24636.0</v>
+      </c>
+      <c r="AN17" s="6">
+        <v>24559.0</v>
+      </c>
+      <c r="AO17" s="6">
+        <v>24440.0</v>
+      </c>
+      <c r="AP17" s="6">
+        <v>24385.0</v>
+      </c>
+      <c r="AQ17" s="6">
+        <v>24345.0</v>
+      </c>
+      <c r="AR17" s="6">
+        <v>24384.0</v>
+      </c>
+      <c r="AS17" s="6">
+        <v>24236.0</v>
+      </c>
+      <c r="AT17" s="6">
+        <v>24196.0</v>
+      </c>
+      <c r="AU17" s="6">
+        <v>24092.0</v>
+      </c>
+      <c r="AV17" s="6">
+        <v>24061.0</v>
+      </c>
+      <c r="AW17" s="6">
+        <v>24081.0</v>
+      </c>
+      <c r="AX17" s="6">
         <v>24874.0</v>
       </c>
-      <c r="AA17" s="6">
-[...70 lines deleted...]
-      </c>
       <c r="AY17" s="6">
-        <v>24026.0</v>
+        <v>24215.0</v>
       </c>
       <c r="AZ17" s="6">
-        <v>23934.0</v>
+        <v>24119.0</v>
       </c>
       <c r="BA17" s="6">
-        <v>23860.0</v>
+        <v>24019.0</v>
       </c>
       <c r="BB17" s="6">
-        <v>23847.0</v>
+        <v>23928.0</v>
       </c>
       <c r="BC17" s="6">
-        <v>23591.0</v>
+        <v>23855.0</v>
       </c>
       <c r="BD17" s="6">
-        <v>23448.0</v>
+        <v>23843.0</v>
       </c>
       <c r="BE17" s="6">
-        <v>23343.0</v>
+        <v>23587.0</v>
       </c>
       <c r="BF17" s="6">
-        <v>23062.0</v>
+        <v>23444.0</v>
       </c>
       <c r="BG17" s="6">
-        <v>22882.0</v>
+        <v>23338.0</v>
       </c>
       <c r="BH17" s="6">
+        <v>23056.0</v>
+      </c>
+      <c r="BI17" s="6">
+        <v>22876.0</v>
+      </c>
+      <c r="BJ17" s="6">
         <v>23803.0</v>
       </c>
-      <c r="BI17" s="6">
+      <c r="BK17" s="6">
         <v>23208.0</v>
       </c>
-      <c r="BJ17" s="6">
+      <c r="BL17" s="6">
         <v>23135.0</v>
       </c>
-      <c r="BK17" s="6">
+      <c r="BM17" s="6">
         <v>22990.0</v>
       </c>
-      <c r="BL17" s="6">
+      <c r="BN17" s="6">
         <v>22835.0</v>
       </c>
-      <c r="BM17" s="6">
+      <c r="BO17" s="6">
         <v>22766.0</v>
       </c>
-      <c r="BN17" s="6">
+      <c r="BP17" s="6">
         <v>22726.0</v>
       </c>
-      <c r="BO17" s="6">
+      <c r="BQ17" s="6">
         <v>22505.0</v>
       </c>
-      <c r="BP17" s="6">
+      <c r="BR17" s="6">
         <v>22385.0</v>
       </c>
-      <c r="BQ17" s="6">
+      <c r="BS17" s="6">
         <v>22587.0</v>
       </c>
-      <c r="BR17" s="6">
+      <c r="BT17" s="6">
         <v>22568.0</v>
       </c>
-      <c r="BS17" s="6">
+      <c r="BU17" s="6">
         <v>22552.0</v>
       </c>
-      <c r="BT17" s="6">
+      <c r="BV17" s="6">
         <v>23287.0</v>
       </c>
-      <c r="BU17" s="6">
+      <c r="BW17" s="6">
         <v>22677.0</v>
       </c>
-      <c r="BV17" s="6">
+      <c r="BX17" s="6">
         <v>22583.0</v>
       </c>
-      <c r="BW17" s="6">
+      <c r="BY17" s="6">
         <v>22490.0</v>
       </c>
-      <c r="BX17" s="6">
+      <c r="BZ17" s="6">
         <v>22377.0</v>
       </c>
-      <c r="BY17" s="6">
+      <c r="CA17" s="6">
         <v>22334.0</v>
       </c>
-      <c r="BZ17" s="6">
+      <c r="CB17" s="6">
         <v>22354.0</v>
       </c>
-      <c r="CA17" s="6">
+      <c r="CC17" s="6">
         <v>22277.0</v>
       </c>
-      <c r="CB17" s="6">
+      <c r="CD17" s="6">
         <v>22210.0</v>
       </c>
-      <c r="CC17" s="6">
+      <c r="CE17" s="6">
         <v>22118.0</v>
       </c>
-      <c r="CD17" s="6">
+      <c r="CF17" s="6">
         <v>22008.0</v>
       </c>
-      <c r="CE17" s="6">
+      <c r="CG17" s="6">
         <v>21999.0</v>
       </c>
     </row>
-    <row r="18" spans="1:83">
+    <row r="18" spans="1:85">
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D18" s="6">
-        <v>576460571.0</v>
+        <v>608067268.0</v>
       </c>
       <c r="E18" s="6">
-        <v>629685985.0</v>
+        <v>565320337.0</v>
       </c>
       <c r="F18" s="6">
-        <v>659085466.0</v>
+        <v>576981812.0</v>
       </c>
       <c r="G18" s="6">
-        <v>601449966.0</v>
+        <v>629923001.0</v>
       </c>
       <c r="H18" s="6">
-        <v>600372963.0</v>
+        <v>659233023.0</v>
       </c>
       <c r="I18" s="6">
-        <v>566063277.0</v>
+        <v>601467515.0</v>
       </c>
       <c r="J18" s="6">
-        <v>569242343.0</v>
+        <v>600711418.0</v>
       </c>
       <c r="K18" s="6">
-        <v>257974720.0</v>
+        <v>566319810.0</v>
       </c>
       <c r="L18" s="6">
-        <v>940819686.0</v>
+        <v>569422147.0</v>
       </c>
       <c r="M18" s="6">
-        <v>553910873.0</v>
+        <v>258111472.0</v>
       </c>
       <c r="N18" s="6">
-        <v>554165647.0</v>
+        <v>940930748.0</v>
       </c>
       <c r="O18" s="6">
-        <v>506684072.0</v>
+        <v>553950944.0</v>
       </c>
       <c r="P18" s="6">
-        <v>527190179.0</v>
+        <v>554327945.0</v>
       </c>
       <c r="Q18" s="6">
-        <v>565826648.0</v>
+        <v>506740696.0</v>
       </c>
       <c r="R18" s="6">
-        <v>589641007.0</v>
+        <v>527341127.0</v>
       </c>
       <c r="S18" s="6">
-        <v>538935422.0</v>
+        <v>565902016.0</v>
       </c>
       <c r="T18" s="6">
-        <v>537499335.0</v>
+        <v>589721512.0</v>
       </c>
       <c r="U18" s="6">
-        <v>521618108.0</v>
+        <v>539021230.0</v>
       </c>
       <c r="V18" s="6">
-        <v>511118691.0</v>
+        <v>537552006.0</v>
       </c>
       <c r="W18" s="6">
-        <v>229837480.0</v>
+        <v>521663545.0</v>
       </c>
       <c r="X18" s="6">
-        <v>828252095.0</v>
+        <v>511161686.0</v>
       </c>
       <c r="Y18" s="6">
-        <v>493175674.0</v>
+        <v>229870239.0</v>
       </c>
       <c r="Z18" s="6">
-        <v>494776493.0</v>
+        <v>828380657.0</v>
       </c>
       <c r="AA18" s="6">
-        <v>458892228.0</v>
+        <v>493191453.0</v>
       </c>
       <c r="AB18" s="6">
-        <v>466867581.0</v>
+        <v>494810456.0</v>
       </c>
       <c r="AC18" s="6">
-        <v>499460004.0</v>
+        <v>458900259.0</v>
       </c>
       <c r="AD18" s="6">
-        <v>529950743.0</v>
+        <v>466902014.0</v>
       </c>
       <c r="AE18" s="6">
-        <v>470163242.0</v>
+        <v>499507853.0</v>
       </c>
       <c r="AF18" s="6">
-        <v>474156573.0</v>
+        <v>529982862.0</v>
       </c>
       <c r="AG18" s="6">
-        <v>453049281.0</v>
+        <v>470190055.0</v>
       </c>
       <c r="AH18" s="6">
-        <v>449247360.0</v>
+        <v>474193713.0</v>
       </c>
       <c r="AI18" s="6">
-        <v>210108523.0</v>
+        <v>453074766.0</v>
       </c>
       <c r="AJ18" s="6">
-        <v>730078139.0</v>
+        <v>449274030.0</v>
       </c>
       <c r="AK18" s="6">
-        <v>430210678.0</v>
+        <v>210141833.0</v>
       </c>
       <c r="AL18" s="6">
-        <v>432865826.0</v>
+        <v>730121947.0</v>
       </c>
       <c r="AM18" s="6">
-        <v>412623800.0</v>
+        <v>430241653.0</v>
       </c>
       <c r="AN18" s="6">
-        <v>407624922.0</v>
+        <v>432891096.0</v>
       </c>
       <c r="AO18" s="6">
-        <v>451883763.0</v>
+        <v>412651618.0</v>
       </c>
       <c r="AP18" s="6">
-        <v>468963094.0</v>
+        <v>407669255.0</v>
       </c>
       <c r="AQ18" s="6">
-        <v>430829751.0</v>
+        <v>451901460.0</v>
       </c>
       <c r="AR18" s="6">
-        <v>422733054.0</v>
+        <v>469008927.0</v>
       </c>
       <c r="AS18" s="6">
-        <v>401758306.0</v>
+        <v>430857066.0</v>
       </c>
       <c r="AT18" s="6">
-        <v>397163102.0</v>
+        <v>422756697.0</v>
       </c>
       <c r="AU18" s="6">
-        <v>174581699.0</v>
+        <v>401801125.0</v>
       </c>
       <c r="AV18" s="6">
-        <v>654369942.0</v>
+        <v>397193357.0</v>
       </c>
       <c r="AW18" s="6">
-        <v>377030735.0</v>
+        <v>174604710.0</v>
       </c>
       <c r="AX18" s="6">
-        <v>376327086.0</v>
+        <v>654422616.0</v>
       </c>
       <c r="AY18" s="6">
-        <v>353875087.0</v>
+        <v>377054365.0</v>
       </c>
       <c r="AZ18" s="6">
-        <v>358078455.0</v>
+        <v>376354426.0</v>
       </c>
       <c r="BA18" s="6">
-        <v>397017053.0</v>
+        <v>353892287.0</v>
       </c>
       <c r="BB18" s="6">
-        <v>397639411.0</v>
+        <v>358109009.0</v>
       </c>
       <c r="BC18" s="6">
-        <v>362320752.0</v>
+        <v>397042796.0</v>
       </c>
       <c r="BD18" s="6">
-        <v>359544844.0</v>
+        <v>397672920.0</v>
       </c>
       <c r="BE18" s="6">
-        <v>345863884.0</v>
+        <v>362331607.0</v>
       </c>
       <c r="BF18" s="6">
-        <v>331377543.0</v>
+        <v>359555231.0</v>
       </c>
       <c r="BG18" s="6">
-        <v>144225558.0</v>
+        <v>345870506.0</v>
       </c>
       <c r="BH18" s="6">
+        <v>331391584.0</v>
+      </c>
+      <c r="BI18" s="6">
+        <v>144250243.0</v>
+      </c>
+      <c r="BJ18" s="6">
         <v>567782924.0</v>
       </c>
-      <c r="BI18" s="6">
+      <c r="BK18" s="6">
         <v>336026725.0</v>
       </c>
-      <c r="BJ18" s="6">
+      <c r="BL18" s="6">
         <v>332151671.0</v>
       </c>
-      <c r="BK18" s="6">
+      <c r="BM18" s="6">
         <v>308430157.0</v>
       </c>
-      <c r="BL18" s="6">
+      <c r="BN18" s="6">
         <v>310000871.0</v>
       </c>
-      <c r="BM18" s="6">
+      <c r="BO18" s="6">
         <v>345817514.0</v>
       </c>
-      <c r="BN18" s="6">
+      <c r="BP18" s="6">
         <v>330056773.0</v>
       </c>
-      <c r="BO18" s="6">
+      <c r="BQ18" s="6">
         <v>292202065.0</v>
       </c>
-      <c r="BP18" s="6">
+      <c r="BR18" s="6">
         <v>306344807.0</v>
       </c>
-      <c r="BQ18" s="6">
+      <c r="BS18" s="6">
         <v>316301983.0</v>
       </c>
-      <c r="BR18" s="6">
+      <c r="BT18" s="6">
         <v>316740586.0</v>
       </c>
-      <c r="BS18" s="6">
+      <c r="BU18" s="6">
         <v>135710697.0</v>
       </c>
-      <c r="BT18" s="6">
+      <c r="BV18" s="6">
         <v>510946571.0</v>
       </c>
-      <c r="BU18" s="6">
+      <c r="BW18" s="6">
         <v>308845608.0</v>
       </c>
-      <c r="BV18" s="6">
+      <c r="BX18" s="6">
         <v>305097057.0</v>
       </c>
-      <c r="BW18" s="6">
+      <c r="BY18" s="6">
         <v>282648229.0</v>
       </c>
-      <c r="BX18" s="6">
+      <c r="BZ18" s="6">
         <v>290522832.0</v>
       </c>
-      <c r="BY18" s="6">
+      <c r="CA18" s="6">
         <v>317766031.0</v>
       </c>
-      <c r="BZ18" s="6">
+      <c r="CB18" s="6">
         <v>330837034.0</v>
       </c>
-      <c r="CA18" s="6">
+      <c r="CC18" s="6">
         <v>301679869.0</v>
       </c>
-      <c r="CB18" s="6">
+      <c r="CD18" s="6">
         <v>296550950.0</v>
       </c>
-      <c r="CC18" s="6">
+      <c r="CE18" s="6">
         <v>283576155.0</v>
       </c>
-      <c r="CD18" s="6">
+      <c r="CF18" s="6">
         <v>282146229.0</v>
       </c>
-      <c r="CE18" s="6">
+      <c r="CG18" s="6">
         <v>95691874.0</v>
       </c>
     </row>
-    <row r="19" spans="1:83">
+    <row r="19" spans="1:85">
       <c r="C19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D19" s="6">
-        <v>102423996.0</v>
+        <v>108037883.0</v>
       </c>
       <c r="E19" s="6">
-        <v>110914014.0</v>
+        <v>99725481.0</v>
       </c>
       <c r="F19" s="6">
-        <v>116717775.0</v>
+        <v>102480605.0</v>
       </c>
       <c r="G19" s="6">
-        <v>105445928.0</v>
+        <v>110943046.0</v>
       </c>
       <c r="H19" s="6">
-        <v>105185243.0</v>
+        <v>116738032.0</v>
       </c>
       <c r="I19" s="6">
-        <v>98220759.0</v>
+        <v>105442859.0</v>
       </c>
       <c r="J19" s="6">
-        <v>99373380.0</v>
+        <v>105213878.0</v>
       </c>
       <c r="K19" s="6">
-        <v>43072882.0</v>
+        <v>98252528.0</v>
       </c>
       <c r="L19" s="6">
-        <v>171665477.0</v>
+        <v>99389634.0</v>
       </c>
       <c r="M19" s="6">
-        <v>98049212.0</v>
+        <v>43075591.0</v>
       </c>
       <c r="N19" s="6">
-        <v>97208668.0</v>
+        <v>171685243.0</v>
       </c>
       <c r="O19" s="6">
-        <v>88435707.0</v>
+        <v>98055742.0</v>
       </c>
       <c r="P19" s="6">
-        <v>92734357.0</v>
+        <v>97239126.0</v>
       </c>
       <c r="Q19" s="6">
-        <v>98341016.0</v>
+        <v>88446646.0</v>
       </c>
       <c r="R19" s="6">
-        <v>102810148.0</v>
+        <v>92762786.0</v>
       </c>
       <c r="S19" s="6">
-        <v>93090301.0</v>
+        <v>98355553.0</v>
       </c>
       <c r="T19" s="6">
-        <v>93041400.0</v>
+        <v>102825224.0</v>
       </c>
       <c r="U19" s="6">
-        <v>89275876.0</v>
+        <v>93106954.0</v>
       </c>
       <c r="V19" s="6">
-        <v>87557576.0</v>
+        <v>93051727.0</v>
       </c>
       <c r="W19" s="6">
-        <v>38023704.0</v>
+        <v>89284002.0</v>
       </c>
       <c r="X19" s="6">
-        <v>150741887.0</v>
+        <v>87565936.0</v>
       </c>
       <c r="Y19" s="6">
-        <v>87003256.0</v>
+        <v>38031617.0</v>
       </c>
       <c r="Z19" s="6">
-        <v>86581886.0</v>
+        <v>150767962.0</v>
       </c>
       <c r="AA19" s="6">
-        <v>80415181.0</v>
+        <v>87006896.0</v>
       </c>
       <c r="AB19" s="6">
-        <v>81426565.0</v>
+        <v>86587965.0</v>
       </c>
       <c r="AC19" s="6">
-        <v>87051002.0</v>
+        <v>80419521.0</v>
       </c>
       <c r="AD19" s="6">
-        <v>91693935.0</v>
+        <v>81433633.0</v>
       </c>
       <c r="AE19" s="6">
-        <v>80610515.0</v>
+        <v>87060348.0</v>
       </c>
       <c r="AF19" s="6">
-        <v>81477345.0</v>
+        <v>91699450.0</v>
       </c>
       <c r="AG19" s="6">
-        <v>77028696.0</v>
+        <v>80615432.0</v>
       </c>
       <c r="AH19" s="6">
-        <v>76526230.0</v>
+        <v>81484785.0</v>
       </c>
       <c r="AI19" s="6">
-        <v>35113404.0</v>
+        <v>77033562.0</v>
       </c>
       <c r="AJ19" s="6">
-        <v>131635683.0</v>
+        <v>76530991.0</v>
       </c>
       <c r="AK19" s="6">
-        <v>74837264.0</v>
+        <v>35120135.0</v>
       </c>
       <c r="AL19" s="6">
-        <v>75095490.0</v>
+        <v>131642196.0</v>
       </c>
       <c r="AM19" s="6">
-        <v>71603445.0</v>
+        <v>74842625.0</v>
       </c>
       <c r="AN19" s="6">
-        <v>70381323.0</v>
+        <v>75099597.0</v>
       </c>
       <c r="AO19" s="6">
-        <v>77934717.0</v>
+        <v>71608290.0</v>
       </c>
       <c r="AP19" s="6">
-        <v>80821551.0</v>
+        <v>70387729.0</v>
       </c>
       <c r="AQ19" s="6">
-        <v>75060476.0</v>
+        <v>77936976.0</v>
       </c>
       <c r="AR19" s="6">
-        <v>73156410.0</v>
+        <v>80828773.0</v>
       </c>
       <c r="AS19" s="6">
-        <v>68569253.0</v>
+        <v>75064486.0</v>
       </c>
       <c r="AT19" s="6">
-        <v>68091559.0</v>
+        <v>73160037.0</v>
       </c>
       <c r="AU19" s="6">
-        <v>29173034.0</v>
+        <v>68576758.0</v>
       </c>
       <c r="AV19" s="6">
-        <v>117791691.0</v>
+        <v>68096323.0</v>
       </c>
       <c r="AW19" s="6">
-        <v>65340890.0</v>
+        <v>29177976.0</v>
       </c>
       <c r="AX19" s="6">
-        <v>65169871.0</v>
+        <v>117800782.0</v>
       </c>
       <c r="AY19" s="6">
-        <v>61314191.0</v>
+        <v>65345197.0</v>
       </c>
       <c r="AZ19" s="6">
-        <v>61939282.0</v>
+        <v>65174099.0</v>
       </c>
       <c r="BA19" s="6">
-        <v>68148363.0</v>
+        <v>61317346.0</v>
       </c>
       <c r="BB19" s="6">
-        <v>67751582.0</v>
+        <v>61943855.0</v>
       </c>
       <c r="BC19" s="6">
-        <v>61701567.0</v>
+        <v>68152610.0</v>
       </c>
       <c r="BD19" s="6">
-        <v>61024778.0</v>
+        <v>67756962.0</v>
       </c>
       <c r="BE19" s="6">
-        <v>58301946.0</v>
+        <v>61702713.0</v>
       </c>
       <c r="BF19" s="6">
-        <v>55906472.0</v>
+        <v>61026088.0</v>
       </c>
       <c r="BG19" s="6">
-        <v>23367955.0</v>
+        <v>58302142.0</v>
       </c>
       <c r="BH19" s="6">
+        <v>55908482.0</v>
+      </c>
+      <c r="BI19" s="6">
+        <v>23372309.0</v>
+      </c>
+      <c r="BJ19" s="6">
         <v>99415992.0</v>
       </c>
-      <c r="BI19" s="6">
+      <c r="BK19" s="6">
         <v>57024504.0</v>
       </c>
-      <c r="BJ19" s="6">
+      <c r="BL19" s="6">
         <v>55874553.0</v>
       </c>
-      <c r="BK19" s="6">
+      <c r="BM19" s="6">
         <v>51451320.0</v>
       </c>
-      <c r="BL19" s="6">
+      <c r="BN19" s="6">
         <v>52091507.0</v>
       </c>
-      <c r="BM19" s="6">
+      <c r="BO19" s="6">
         <v>58686900.0</v>
       </c>
-      <c r="BN19" s="6">
+      <c r="BP19" s="6">
         <v>55772388.0</v>
       </c>
-      <c r="BO19" s="6">
+      <c r="BQ19" s="6">
         <v>49323026.0</v>
       </c>
-      <c r="BP19" s="6">
+      <c r="BR19" s="6">
         <v>51382711.0</v>
       </c>
-      <c r="BQ19" s="6">
+      <c r="BS19" s="6">
         <v>53445887.0</v>
       </c>
-      <c r="BR19" s="6">
+      <c r="BT19" s="6">
         <v>53772055.0</v>
       </c>
-      <c r="BS19" s="6">
+      <c r="BU19" s="6">
         <v>22011501.0</v>
       </c>
-      <c r="BT19" s="6">
+      <c r="BV19" s="6">
         <v>91340100.0</v>
       </c>
-      <c r="BU19" s="6">
+      <c r="BW19" s="6">
         <v>53752164.0</v>
       </c>
-      <c r="BV19" s="6">
+      <c r="BX19" s="6">
         <v>52843371.0</v>
       </c>
-      <c r="BW19" s="6">
+      <c r="BY19" s="6">
         <v>48764932.0</v>
       </c>
-      <c r="BX19" s="6">
+      <c r="BZ19" s="6">
         <v>50379243.0</v>
       </c>
-      <c r="BY19" s="6">
+      <c r="CA19" s="6">
         <v>54772332.0</v>
       </c>
-      <c r="BZ19" s="6">
+      <c r="CB19" s="6">
         <v>57088613.0</v>
       </c>
-      <c r="CA19" s="6">
+      <c r="CC19" s="6">
         <v>51642773.0</v>
       </c>
-      <c r="CB19" s="6">
+      <c r="CD19" s="6">
         <v>50520093.0</v>
       </c>
-      <c r="CC19" s="6">
+      <c r="CE19" s="6">
         <v>47929660.0</v>
       </c>
-      <c r="CD19" s="6">
+      <c r="CF19" s="6">
         <v>48047956.0</v>
       </c>
-      <c r="CE19" s="6">
+      <c r="CG19" s="6">
         <v>12186513.0</v>
       </c>
     </row>
-    <row r="20" spans="1:83">
+    <row r="20" spans="1:85">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Klaipėdos apskritis</t>
           </r>
         </is>
       </c>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D20" s="6">
+        <v>13675.0</v>
+      </c>
+      <c r="E20" s="6">
+        <v>13795.0</v>
+      </c>
+      <c r="F20" s="6">
+        <v>13826.0</v>
+      </c>
+      <c r="G20" s="6">
+        <v>13842.0</v>
+      </c>
+      <c r="H20" s="6">
+        <v>13825.0</v>
+      </c>
+      <c r="I20" s="6">
+        <v>13739.0</v>
+      </c>
+      <c r="J20" s="6">
         <v>13701.0</v>
       </c>
-      <c r="E20" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="K20" s="6">
-        <v>13698.0</v>
+        <v>13682.0</v>
       </c>
       <c r="L20" s="6">
-        <v>14305.0</v>
+        <v>13674.0</v>
       </c>
       <c r="M20" s="6">
-        <v>13954.0</v>
+        <v>13728.0</v>
       </c>
       <c r="N20" s="6">
-        <v>13970.0</v>
+        <v>14327.0</v>
       </c>
       <c r="O20" s="6">
-        <v>13981.0</v>
+        <v>13977.0</v>
       </c>
       <c r="P20" s="6">
-        <v>13979.0</v>
+        <v>13993.0</v>
       </c>
       <c r="Q20" s="6">
-        <v>13993.0</v>
+        <v>14000.0</v>
       </c>
       <c r="R20" s="6">
-        <v>14024.0</v>
+        <v>13998.0</v>
       </c>
       <c r="S20" s="6">
+        <v>14012.0</v>
+      </c>
+      <c r="T20" s="6">
+        <v>14040.0</v>
+      </c>
+      <c r="U20" s="6">
+        <v>13963.0</v>
+      </c>
+      <c r="V20" s="6">
+        <v>13878.0</v>
+      </c>
+      <c r="W20" s="6">
+        <v>13849.0</v>
+      </c>
+      <c r="X20" s="6">
+        <v>13807.0</v>
+      </c>
+      <c r="Y20" s="6">
+        <v>13817.0</v>
+      </c>
+      <c r="Z20" s="6">
+        <v>14271.0</v>
+      </c>
+      <c r="AA20" s="6">
         <v>13945.0</v>
       </c>
-      <c r="T20" s="6">
-[...22 lines deleted...]
-      </c>
       <c r="AB20" s="6">
-        <v>13958.0</v>
+        <v>13963.0</v>
       </c>
       <c r="AC20" s="6">
-        <v>13961.0</v>
+        <v>13973.0</v>
       </c>
       <c r="AD20" s="6">
-        <v>13993.0</v>
+        <v>13978.0</v>
       </c>
       <c r="AE20" s="6">
-        <v>13853.0</v>
+        <v>13978.0</v>
       </c>
       <c r="AF20" s="6">
-        <v>13763.0</v>
+        <v>14012.0</v>
       </c>
       <c r="AG20" s="6">
-        <v>13729.0</v>
+        <v>13870.0</v>
       </c>
       <c r="AH20" s="6">
-        <v>13656.0</v>
+        <v>13782.0</v>
       </c>
       <c r="AI20" s="6">
-        <v>13687.0</v>
+        <v>13748.0</v>
       </c>
       <c r="AJ20" s="6">
-        <v>14103.0</v>
+        <v>13674.0</v>
       </c>
       <c r="AK20" s="6">
-        <v>13787.0</v>
+        <v>13705.0</v>
       </c>
       <c r="AL20" s="6">
-        <v>13760.0</v>
+        <v>14124.0</v>
       </c>
       <c r="AM20" s="6">
-        <v>13763.0</v>
+        <v>13808.0</v>
       </c>
       <c r="AN20" s="6">
+        <v>13779.0</v>
+      </c>
+      <c r="AO20" s="6">
+        <v>13782.0</v>
+      </c>
+      <c r="AP20" s="6">
+        <v>13822.0</v>
+      </c>
+      <c r="AQ20" s="6">
         <v>13802.0</v>
       </c>
-      <c r="AO20" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AR20" s="6">
-        <v>13560.0</v>
+        <v>13777.0</v>
       </c>
       <c r="AS20" s="6">
-        <v>13562.0</v>
+        <v>13661.0</v>
       </c>
       <c r="AT20" s="6">
-        <v>13477.0</v>
+        <v>13579.0</v>
       </c>
       <c r="AU20" s="6">
-        <v>13491.0</v>
+        <v>13582.0</v>
       </c>
       <c r="AV20" s="6">
-        <v>13924.0</v>
+        <v>13496.0</v>
       </c>
       <c r="AW20" s="6">
-        <v>13641.0</v>
+        <v>13509.0</v>
       </c>
       <c r="AX20" s="6">
-        <v>13595.0</v>
+        <v>13941.0</v>
       </c>
       <c r="AY20" s="6">
-        <v>13589.0</v>
+        <v>13659.0</v>
       </c>
       <c r="AZ20" s="6">
-        <v>13585.0</v>
+        <v>13611.0</v>
       </c>
       <c r="BA20" s="6">
-        <v>13582.0</v>
+        <v>13603.0</v>
       </c>
       <c r="BB20" s="6">
-        <v>13560.0</v>
+        <v>13600.0</v>
       </c>
       <c r="BC20" s="6">
-        <v>13369.0</v>
+        <v>13594.0</v>
       </c>
       <c r="BD20" s="6">
-        <v>13251.0</v>
+        <v>13572.0</v>
       </c>
       <c r="BE20" s="6">
-        <v>13197.0</v>
+        <v>13381.0</v>
       </c>
       <c r="BF20" s="6">
-        <v>13033.0</v>
+        <v>13263.0</v>
       </c>
       <c r="BG20" s="6">
-        <v>12883.0</v>
+        <v>13209.0</v>
       </c>
       <c r="BH20" s="6">
+        <v>13044.0</v>
+      </c>
+      <c r="BI20" s="6">
+        <v>12892.0</v>
+      </c>
+      <c r="BJ20" s="6">
         <v>13367.0</v>
       </c>
-      <c r="BI20" s="6">
+      <c r="BK20" s="6">
         <v>13088.0</v>
       </c>
-      <c r="BJ20" s="6">
+      <c r="BL20" s="6">
         <v>13045.0</v>
       </c>
-      <c r="BK20" s="6">
+      <c r="BM20" s="6">
         <v>13027.0</v>
       </c>
-      <c r="BL20" s="6">
+      <c r="BN20" s="6">
         <v>12987.0</v>
       </c>
-      <c r="BM20" s="6">
+      <c r="BO20" s="6">
         <v>12963.0</v>
       </c>
-      <c r="BN20" s="6">
+      <c r="BP20" s="6">
         <v>12957.0</v>
       </c>
-      <c r="BO20" s="6">
+      <c r="BQ20" s="6">
         <v>12748.0</v>
       </c>
-      <c r="BP20" s="6">
+      <c r="BR20" s="6">
         <v>12603.0</v>
       </c>
-      <c r="BQ20" s="6">
+      <c r="BS20" s="6">
         <v>12755.0</v>
       </c>
-      <c r="BR20" s="6">
+      <c r="BT20" s="6">
         <v>12777.0</v>
       </c>
-      <c r="BS20" s="6">
+      <c r="BU20" s="6">
         <v>12780.0</v>
       </c>
-      <c r="BT20" s="6">
+      <c r="BV20" s="6">
         <v>13152.0</v>
       </c>
-      <c r="BU20" s="6">
+      <c r="BW20" s="6">
         <v>12825.0</v>
       </c>
-      <c r="BV20" s="6">
+      <c r="BX20" s="6">
         <v>12776.0</v>
       </c>
-      <c r="BW20" s="6">
+      <c r="BY20" s="6">
         <v>12797.0</v>
       </c>
-      <c r="BX20" s="6">
+      <c r="BZ20" s="6">
         <v>12787.0</v>
       </c>
-      <c r="BY20" s="6">
+      <c r="CA20" s="6">
         <v>12781.0</v>
       </c>
-      <c r="BZ20" s="6">
+      <c r="CB20" s="6">
         <v>12803.0</v>
       </c>
-      <c r="CA20" s="6">
+      <c r="CC20" s="6">
         <v>12683.0</v>
       </c>
-      <c r="CB20" s="6">
+      <c r="CD20" s="6">
         <v>12623.0</v>
       </c>
-      <c r="CC20" s="6">
+      <c r="CE20" s="6">
         <v>12619.0</v>
       </c>
-      <c r="CD20" s="6">
+      <c r="CF20" s="6">
         <v>12516.0</v>
       </c>
-      <c r="CE20" s="6">
+      <c r="CG20" s="6">
         <v>12505.0</v>
       </c>
     </row>
-    <row r="21" spans="1:83">
+    <row r="21" spans="1:85">
       <c r="C21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D21" s="6">
-        <v>262898651.0</v>
+        <v>276345968.0</v>
       </c>
       <c r="E21" s="6">
-        <v>278887329.0</v>
+        <v>257228864.0</v>
       </c>
       <c r="F21" s="6">
-        <v>309382999.0</v>
+        <v>263567897.0</v>
       </c>
       <c r="G21" s="6">
-        <v>270509631.0</v>
+        <v>278865701.0</v>
       </c>
       <c r="H21" s="6">
-        <v>271314202.0</v>
+        <v>309438148.0</v>
       </c>
       <c r="I21" s="6">
-        <v>253307087.0</v>
+        <v>270635833.0</v>
       </c>
       <c r="J21" s="6">
-        <v>249384652.0</v>
+        <v>269585203.0</v>
       </c>
       <c r="K21" s="6">
-        <v>125268919.0</v>
+        <v>253605717.0</v>
       </c>
       <c r="L21" s="6">
-        <v>405186622.0</v>
+        <v>249802633.0</v>
       </c>
       <c r="M21" s="6">
-        <v>247400740.0</v>
+        <v>125387998.0</v>
       </c>
       <c r="N21" s="6">
-        <v>249342227.0</v>
+        <v>405508094.0</v>
       </c>
       <c r="O21" s="6">
-        <v>232814762.0</v>
+        <v>247630502.0</v>
       </c>
       <c r="P21" s="6">
-        <v>237905382.0</v>
+        <v>249597459.0</v>
       </c>
       <c r="Q21" s="6">
-        <v>246522935.0</v>
+        <v>233026718.0</v>
       </c>
       <c r="R21" s="6">
-        <v>276056576.0</v>
+        <v>238122460.0</v>
       </c>
       <c r="S21" s="6">
-        <v>240760479.0</v>
+        <v>246762126.0</v>
       </c>
       <c r="T21" s="6">
-        <v>238898794.0</v>
+        <v>276258647.0</v>
       </c>
       <c r="U21" s="6">
-        <v>227105082.0</v>
+        <v>241005819.0</v>
       </c>
       <c r="V21" s="6">
-        <v>221855806.0</v>
+        <v>238750787.0</v>
       </c>
       <c r="W21" s="6">
-        <v>106996353.0</v>
+        <v>227299748.0</v>
       </c>
       <c r="X21" s="6">
-        <v>357910488.0</v>
+        <v>222019905.0</v>
       </c>
       <c r="Y21" s="6">
-        <v>216233403.0</v>
+        <v>107141496.0</v>
       </c>
       <c r="Z21" s="6">
-        <v>218633370.0</v>
+        <v>358080372.0</v>
       </c>
       <c r="AA21" s="6">
-        <v>204478194.0</v>
+        <v>216410854.0</v>
       </c>
       <c r="AB21" s="6">
-        <v>209932370.0</v>
+        <v>218828745.0</v>
       </c>
       <c r="AC21" s="6">
-        <v>220319685.0</v>
+        <v>204644148.0</v>
       </c>
       <c r="AD21" s="6">
-        <v>249209899.0</v>
+        <v>210072968.0</v>
       </c>
       <c r="AE21" s="6">
-        <v>211421257.0</v>
+        <v>220458404.0</v>
       </c>
       <c r="AF21" s="6">
-        <v>211576845.0</v>
+        <v>249374002.0</v>
       </c>
       <c r="AG21" s="6">
-        <v>201686659.0</v>
+        <v>211563443.0</v>
       </c>
       <c r="AH21" s="6">
-        <v>197278633.0</v>
+        <v>211746652.0</v>
       </c>
       <c r="AI21" s="6">
-        <v>94832357.0</v>
+        <v>201860405.0</v>
       </c>
       <c r="AJ21" s="6">
-        <v>322288397.0</v>
+        <v>197453884.0</v>
       </c>
       <c r="AK21" s="6">
-        <v>190324792.0</v>
+        <v>94899348.0</v>
       </c>
       <c r="AL21" s="6">
-        <v>189096622.0</v>
+        <v>322533118.0</v>
       </c>
       <c r="AM21" s="6">
-        <v>181408006.0</v>
+        <v>190480837.0</v>
       </c>
       <c r="AN21" s="6">
-        <v>181986570.0</v>
+        <v>189265494.0</v>
       </c>
       <c r="AO21" s="6">
-        <v>191730911.0</v>
+        <v>181576098.0</v>
       </c>
       <c r="AP21" s="6">
-        <v>216274862.0</v>
+        <v>182136083.0</v>
       </c>
       <c r="AQ21" s="6">
-        <v>189819817.0</v>
+        <v>191869564.0</v>
       </c>
       <c r="AR21" s="6">
-        <v>182969350.0</v>
+        <v>216410386.0</v>
       </c>
       <c r="AS21" s="6">
-        <v>179590673.0</v>
+        <v>189985428.0</v>
       </c>
       <c r="AT21" s="6">
-        <v>170058969.0</v>
+        <v>183110001.0</v>
       </c>
       <c r="AU21" s="6">
-        <v>79617815.0</v>
+        <v>179706560.0</v>
       </c>
       <c r="AV21" s="6">
-        <v>285277089.0</v>
+        <v>170169979.0</v>
       </c>
       <c r="AW21" s="6">
-        <v>166454537.0</v>
+        <v>79665405.0</v>
       </c>
       <c r="AX21" s="6">
-        <v>165788201.0</v>
+        <v>285457324.0</v>
       </c>
       <c r="AY21" s="6">
-        <v>159513525.0</v>
+        <v>166556322.0</v>
       </c>
       <c r="AZ21" s="6">
-        <v>162819061.0</v>
+        <v>165872677.0</v>
       </c>
       <c r="BA21" s="6">
-        <v>174291096.0</v>
+        <v>159613388.0</v>
       </c>
       <c r="BB21" s="6">
-        <v>187126782.0</v>
+        <v>162920853.0</v>
       </c>
       <c r="BC21" s="6">
-        <v>164038153.0</v>
+        <v>174375060.0</v>
       </c>
       <c r="BD21" s="6">
-        <v>164348562.0</v>
+        <v>187180929.0</v>
       </c>
       <c r="BE21" s="6">
-        <v>155798340.0</v>
+        <v>164101255.0</v>
       </c>
       <c r="BF21" s="6">
-        <v>149108034.0</v>
+        <v>164410121.0</v>
       </c>
       <c r="BG21" s="6">
-        <v>69845837.0</v>
+        <v>155849447.0</v>
       </c>
       <c r="BH21" s="6">
+        <v>149154508.0</v>
+      </c>
+      <c r="BI21" s="6">
+        <v>69889667.0</v>
+      </c>
+      <c r="BJ21" s="6">
         <v>252062442.0</v>
       </c>
-      <c r="BI21" s="6">
+      <c r="BK21" s="6">
         <v>149975222.0</v>
       </c>
-      <c r="BJ21" s="6">
+      <c r="BL21" s="6">
         <v>152915979.0</v>
       </c>
-      <c r="BK21" s="6">
+      <c r="BM21" s="6">
         <v>143275466.0</v>
       </c>
-      <c r="BL21" s="6">
+      <c r="BN21" s="6">
         <v>146636291.0</v>
       </c>
-      <c r="BM21" s="6">
+      <c r="BO21" s="6">
         <v>154702461.0</v>
       </c>
-      <c r="BN21" s="6">
+      <c r="BP21" s="6">
         <v>156896390.0</v>
       </c>
-      <c r="BO21" s="6">
+      <c r="BQ21" s="6">
         <v>128156595.0</v>
       </c>
-      <c r="BP21" s="6">
+      <c r="BR21" s="6">
         <v>141011887.0</v>
       </c>
-      <c r="BQ21" s="6">
+      <c r="BS21" s="6">
         <v>144712671.0</v>
       </c>
-      <c r="BR21" s="6">
+      <c r="BT21" s="6">
         <v>143727989.0</v>
       </c>
-      <c r="BS21" s="6">
+      <c r="BU21" s="6">
         <v>68023423.0</v>
       </c>
-      <c r="BT21" s="6">
+      <c r="BV21" s="6">
         <v>229658743.0</v>
       </c>
-      <c r="BU21" s="6">
+      <c r="BW21" s="6">
         <v>140529353.0</v>
       </c>
-      <c r="BV21" s="6">
+      <c r="BX21" s="6">
         <v>140433080.0</v>
       </c>
-      <c r="BW21" s="6">
+      <c r="BY21" s="6">
         <v>131225283.0</v>
       </c>
-      <c r="BX21" s="6">
+      <c r="BZ21" s="6">
         <v>135708142.0</v>
       </c>
-      <c r="BY21" s="6">
+      <c r="CA21" s="6">
         <v>143016258.0</v>
       </c>
-      <c r="BZ21" s="6">
+      <c r="CB21" s="6">
         <v>156625960.0</v>
       </c>
-      <c r="CA21" s="6">
+      <c r="CC21" s="6">
         <v>138925763.0</v>
       </c>
-      <c r="CB21" s="6">
+      <c r="CD21" s="6">
         <v>137639570.0</v>
       </c>
-      <c r="CC21" s="6">
+      <c r="CE21" s="6">
         <v>129773814.0</v>
       </c>
-      <c r="CD21" s="6">
+      <c r="CF21" s="6">
         <v>127828721.0</v>
       </c>
-      <c r="CE21" s="6">
+      <c r="CG21" s="6">
         <v>45883572.0</v>
       </c>
     </row>
-    <row r="22" spans="1:83">
+    <row r="22" spans="1:85">
       <c r="C22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D22" s="6">
-        <v>45653240.0</v>
+        <v>48329220.0</v>
       </c>
       <c r="E22" s="6">
-        <v>48286193.0</v>
+        <v>44717145.0</v>
       </c>
       <c r="F22" s="6">
-        <v>53737410.0</v>
+        <v>45778102.0</v>
       </c>
       <c r="G22" s="6">
-        <v>46613073.0</v>
+        <v>48324288.0</v>
       </c>
       <c r="H22" s="6">
-        <v>46589160.0</v>
+        <v>53749635.0</v>
       </c>
       <c r="I22" s="6">
-        <v>43313250.0</v>
+        <v>46648720.0</v>
       </c>
       <c r="J22" s="6">
-        <v>42794266.0</v>
+        <v>46627731.0</v>
       </c>
       <c r="K22" s="6">
-        <v>21047825.0</v>
+        <v>43365518.0</v>
       </c>
       <c r="L22" s="6">
-        <v>72420075.0</v>
+        <v>42887678.0</v>
       </c>
       <c r="M22" s="6">
-        <v>42753447.0</v>
+        <v>21063437.0</v>
       </c>
       <c r="N22" s="6">
-        <v>43031335.0</v>
+        <v>72472541.0</v>
       </c>
       <c r="O22" s="6">
-        <v>39737406.0</v>
+        <v>42790141.0</v>
       </c>
       <c r="P22" s="6">
-        <v>40648857.0</v>
+        <v>43073421.0</v>
       </c>
       <c r="Q22" s="6">
-        <v>41698193.0</v>
+        <v>39770182.0</v>
       </c>
       <c r="R22" s="6">
-        <v>47141875.0</v>
+        <v>40683993.0</v>
       </c>
       <c r="S22" s="6">
-        <v>40779535.0</v>
+        <v>41737151.0</v>
       </c>
       <c r="T22" s="6">
-        <v>40681691.0</v>
+        <v>47173386.0</v>
       </c>
       <c r="U22" s="6">
-        <v>38052081.0</v>
+        <v>40816970.0</v>
       </c>
       <c r="V22" s="6">
-        <v>37415753.0</v>
+        <v>40662684.0</v>
       </c>
       <c r="W22" s="6">
-        <v>17738882.0</v>
+        <v>38082817.0</v>
       </c>
       <c r="X22" s="6">
-        <v>63716276.0</v>
+        <v>37439719.0</v>
       </c>
       <c r="Y22" s="6">
-        <v>37245760.0</v>
+        <v>17760524.0</v>
       </c>
       <c r="Z22" s="6">
-        <v>37481807.0</v>
+        <v>63744926.0</v>
       </c>
       <c r="AA22" s="6">
-        <v>35104577.0</v>
+        <v>37273251.0</v>
       </c>
       <c r="AB22" s="6">
-        <v>35702985.0</v>
+        <v>37510570.0</v>
       </c>
       <c r="AC22" s="6">
-        <v>37408436.0</v>
+        <v>35129383.0</v>
       </c>
       <c r="AD22" s="6">
-        <v>42398098.0</v>
+        <v>35723921.0</v>
       </c>
       <c r="AE22" s="6">
-        <v>35548006.0</v>
+        <v>37430107.0</v>
       </c>
       <c r="AF22" s="6">
-        <v>35891781.0</v>
+        <v>42423390.0</v>
       </c>
       <c r="AG22" s="6">
-        <v>33540139.0</v>
+        <v>35569890.0</v>
       </c>
       <c r="AH22" s="6">
-        <v>33141644.0</v>
+        <v>35918829.0</v>
       </c>
       <c r="AI22" s="6">
-        <v>15656864.0</v>
+        <v>33567703.0</v>
       </c>
       <c r="AJ22" s="6">
-        <v>56970311.0</v>
+        <v>33168728.0</v>
       </c>
       <c r="AK22" s="6">
-        <v>32182193.0</v>
+        <v>15665959.0</v>
       </c>
       <c r="AL22" s="6">
-        <v>32245798.0</v>
+        <v>57012259.0</v>
       </c>
       <c r="AM22" s="6">
-        <v>30647732.0</v>
+        <v>32207299.0</v>
       </c>
       <c r="AN22" s="6">
-        <v>30475725.0</v>
+        <v>32272310.0</v>
       </c>
       <c r="AO22" s="6">
-        <v>31936730.0</v>
+        <v>30674051.0</v>
       </c>
       <c r="AP22" s="6">
-        <v>36581461.0</v>
+        <v>30498793.0</v>
       </c>
       <c r="AQ22" s="6">
-        <v>32231955.0</v>
+        <v>31958657.0</v>
       </c>
       <c r="AR22" s="6">
-        <v>31242486.0</v>
+        <v>36602876.0</v>
       </c>
       <c r="AS22" s="6">
-        <v>30000925.0</v>
+        <v>32259152.0</v>
       </c>
       <c r="AT22" s="6">
-        <v>28595953.0</v>
+        <v>31264719.0</v>
       </c>
       <c r="AU22" s="6">
-        <v>13305411.0</v>
+        <v>30018343.0</v>
       </c>
       <c r="AV22" s="6">
-        <v>50240529.0</v>
+        <v>28613050.0</v>
       </c>
       <c r="AW22" s="6">
-        <v>28268915.0</v>
+        <v>13312599.0</v>
       </c>
       <c r="AX22" s="6">
-        <v>28011066.0</v>
+        <v>50271216.0</v>
       </c>
       <c r="AY22" s="6">
-        <v>27094143.0</v>
+        <v>28285176.0</v>
       </c>
       <c r="AZ22" s="6">
-        <v>27419345.0</v>
+        <v>28024569.0</v>
       </c>
       <c r="BA22" s="6">
-        <v>28921727.0</v>
+        <v>27110079.0</v>
       </c>
       <c r="BB22" s="6">
-        <v>31395670.0</v>
+        <v>27436913.0</v>
       </c>
       <c r="BC22" s="6">
-        <v>27343695.0</v>
+        <v>28935141.0</v>
       </c>
       <c r="BD22" s="6">
-        <v>27575792.0</v>
+        <v>31403931.0</v>
       </c>
       <c r="BE22" s="6">
-        <v>25894887.0</v>
+        <v>27353730.0</v>
       </c>
       <c r="BF22" s="6">
-        <v>24785902.0</v>
+        <v>27585890.0</v>
       </c>
       <c r="BG22" s="6">
-        <v>11219842.0</v>
+        <v>25902549.0</v>
       </c>
       <c r="BH22" s="6">
+        <v>24793009.0</v>
+      </c>
+      <c r="BI22" s="6">
+        <v>11226749.0</v>
+      </c>
+      <c r="BJ22" s="6">
         <v>43247383.0</v>
       </c>
-      <c r="BI22" s="6">
+      <c r="BK22" s="6">
         <v>25019596.0</v>
       </c>
-      <c r="BJ22" s="6">
+      <c r="BL22" s="6">
         <v>25590701.0</v>
       </c>
-      <c r="BK22" s="6">
+      <c r="BM22" s="6">
         <v>23762209.0</v>
       </c>
-      <c r="BL22" s="6">
+      <c r="BN22" s="6">
         <v>23958304.0</v>
       </c>
-      <c r="BM22" s="6">
+      <c r="BO22" s="6">
         <v>25867894.0</v>
       </c>
-      <c r="BN22" s="6">
+      <c r="BP22" s="6">
         <v>25991832.0</v>
       </c>
-      <c r="BO22" s="6">
+      <c r="BQ22" s="6">
         <v>21203647.0</v>
       </c>
-      <c r="BP22" s="6">
+      <c r="BR22" s="6">
         <v>23345902.0</v>
       </c>
-      <c r="BQ22" s="6">
+      <c r="BS22" s="6">
         <v>24116087.0</v>
       </c>
-      <c r="BR22" s="6">
+      <c r="BT22" s="6">
         <v>24121200.0</v>
       </c>
-      <c r="BS22" s="6">
+      <c r="BU22" s="6">
         <v>11015732.0</v>
       </c>
-      <c r="BT22" s="6">
+      <c r="BV22" s="6">
         <v>40339983.0</v>
       </c>
-      <c r="BU22" s="6">
+      <c r="BW22" s="6">
         <v>24197022.0</v>
       </c>
-      <c r="BV22" s="6">
+      <c r="BX22" s="6">
         <v>24018609.0</v>
       </c>
-      <c r="BW22" s="6">
+      <c r="BY22" s="6">
         <v>22230757.0</v>
       </c>
-      <c r="BX22" s="6">
+      <c r="BZ22" s="6">
         <v>23219080.0</v>
       </c>
-      <c r="BY22" s="6">
+      <c r="CA22" s="6">
         <v>24112930.0</v>
       </c>
-      <c r="BZ22" s="6">
+      <c r="CB22" s="6">
         <v>26456998.0</v>
       </c>
-      <c r="CA22" s="6">
+      <c r="CC22" s="6">
         <v>23489382.0</v>
       </c>
-      <c r="CB22" s="6">
+      <c r="CD22" s="6">
         <v>23209803.0</v>
       </c>
-      <c r="CC22" s="6">
+      <c r="CE22" s="6">
         <v>21608117.0</v>
       </c>
-      <c r="CD22" s="6">
+      <c r="CF22" s="6">
         <v>21419918.0</v>
       </c>
-      <c r="CE22" s="6">
+      <c r="CG22" s="6">
         <v>5940031.0</v>
       </c>
     </row>
-    <row r="23" spans="1:83">
+    <row r="23" spans="1:85">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Šiaulių apskritis</t>
           </r>
         </is>
       </c>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D23" s="6">
-        <v>7973.0</v>
+        <v>8049.0</v>
       </c>
       <c r="E23" s="6">
-        <v>7981.0</v>
+        <v>8019.0</v>
       </c>
       <c r="F23" s="6">
-        <v>7983.0</v>
+        <v>8007.0</v>
       </c>
       <c r="G23" s="6">
-        <v>8007.0</v>
+        <v>7993.0</v>
       </c>
       <c r="H23" s="6">
-        <v>8007.0</v>
+        <v>7993.0</v>
       </c>
       <c r="I23" s="6">
-        <v>7961.0</v>
+        <v>8009.0</v>
       </c>
       <c r="J23" s="6">
-        <v>7977.0</v>
+        <v>8009.0</v>
       </c>
       <c r="K23" s="6">
-        <v>7992.0</v>
+        <v>7959.0</v>
       </c>
       <c r="L23" s="6">
-        <v>8569.0</v>
+        <v>7974.0</v>
       </c>
       <c r="M23" s="6">
-        <v>8362.0</v>
+        <v>7989.0</v>
       </c>
       <c r="N23" s="6">
-        <v>8267.0</v>
+        <v>8564.0</v>
       </c>
       <c r="O23" s="6">
-        <v>8180.0</v>
+        <v>8359.0</v>
       </c>
       <c r="P23" s="6">
-        <v>8158.0</v>
+        <v>8264.0</v>
       </c>
       <c r="Q23" s="6">
+        <v>8177.0</v>
+      </c>
+      <c r="R23" s="6">
+        <v>8155.0</v>
+      </c>
+      <c r="S23" s="6">
+        <v>8159.0</v>
+      </c>
+      <c r="T23" s="6">
+        <v>8126.0</v>
+      </c>
+      <c r="U23" s="6">
+        <v>8119.0</v>
+      </c>
+      <c r="V23" s="6">
+        <v>8087.0</v>
+      </c>
+      <c r="W23" s="6">
+        <v>8026.0</v>
+      </c>
+      <c r="X23" s="6">
+        <v>7984.0</v>
+      </c>
+      <c r="Y23" s="6">
+        <v>8050.0</v>
+      </c>
+      <c r="Z23" s="6">
+        <v>8593.0</v>
+      </c>
+      <c r="AA23" s="6">
+        <v>8361.0</v>
+      </c>
+      <c r="AB23" s="6">
+        <v>8277.0</v>
+      </c>
+      <c r="AC23" s="6">
+        <v>8206.0</v>
+      </c>
+      <c r="AD23" s="6">
+        <v>8193.0</v>
+      </c>
+      <c r="AE23" s="6">
+        <v>8183.0</v>
+      </c>
+      <c r="AF23" s="6">
+        <v>8190.0</v>
+      </c>
+      <c r="AG23" s="6">
         <v>8162.0</v>
       </c>
-      <c r="R23" s="6">
-[...46 lines deleted...]
-      </c>
       <c r="AH23" s="6">
-        <v>8088.0</v>
+        <v>8119.0</v>
       </c>
       <c r="AI23" s="6">
-        <v>8108.0</v>
+        <v>8094.0</v>
       </c>
       <c r="AJ23" s="6">
-        <v>8589.0</v>
+        <v>8082.0</v>
       </c>
       <c r="AK23" s="6">
-        <v>8354.0</v>
+        <v>8102.0</v>
       </c>
       <c r="AL23" s="6">
-        <v>8296.0</v>
+        <v>8584.0</v>
       </c>
       <c r="AM23" s="6">
-        <v>8210.0</v>
+        <v>8351.0</v>
       </c>
       <c r="AN23" s="6">
-        <v>8189.0</v>
+        <v>8293.0</v>
       </c>
       <c r="AO23" s="6">
-        <v>8159.0</v>
+        <v>8207.0</v>
       </c>
       <c r="AP23" s="6">
-        <v>8163.0</v>
+        <v>8186.0</v>
       </c>
       <c r="AQ23" s="6">
-        <v>8144.0</v>
+        <v>8156.0</v>
       </c>
       <c r="AR23" s="6">
-        <v>8102.0</v>
+        <v>8160.0</v>
       </c>
       <c r="AS23" s="6">
-        <v>8061.0</v>
+        <v>8141.0</v>
       </c>
       <c r="AT23" s="6">
-        <v>8027.0</v>
+        <v>8099.0</v>
       </c>
       <c r="AU23" s="6">
-        <v>8012.0</v>
+        <v>8058.0</v>
       </c>
       <c r="AV23" s="6">
-        <v>8487.0</v>
+        <v>8023.0</v>
       </c>
       <c r="AW23" s="6">
-        <v>8284.0</v>
+        <v>8008.0</v>
       </c>
       <c r="AX23" s="6">
-        <v>8224.0</v>
+        <v>8483.0</v>
       </c>
       <c r="AY23" s="6">
-        <v>8114.0</v>
+        <v>8283.0</v>
       </c>
       <c r="AZ23" s="6">
-        <v>8071.0</v>
+        <v>8220.0</v>
       </c>
       <c r="BA23" s="6">
-        <v>8043.0</v>
+        <v>8111.0</v>
       </c>
       <c r="BB23" s="6">
-        <v>8026.0</v>
+        <v>8068.0</v>
       </c>
       <c r="BC23" s="6">
-        <v>7981.0</v>
+        <v>8040.0</v>
       </c>
       <c r="BD23" s="6">
-        <v>7889.0</v>
+        <v>8023.0</v>
       </c>
       <c r="BE23" s="6">
-        <v>7826.0</v>
+        <v>7978.0</v>
       </c>
       <c r="BF23" s="6">
-        <v>7771.0</v>
+        <v>7886.0</v>
       </c>
       <c r="BG23" s="6">
-        <v>7697.0</v>
+        <v>7824.0</v>
       </c>
       <c r="BH23" s="6">
+        <v>7769.0</v>
+      </c>
+      <c r="BI23" s="6">
+        <v>7695.0</v>
+      </c>
+      <c r="BJ23" s="6">
         <v>8203.0</v>
       </c>
-      <c r="BI23" s="6">
+      <c r="BK23" s="6">
         <v>7955.0</v>
       </c>
-      <c r="BJ23" s="6">
+      <c r="BL23" s="6">
         <v>7892.0</v>
       </c>
-      <c r="BK23" s="6">
+      <c r="BM23" s="6">
         <v>7812.0</v>
       </c>
-      <c r="BL23" s="6">
+      <c r="BN23" s="6">
         <v>7764.0</v>
       </c>
-      <c r="BM23" s="6">
+      <c r="BO23" s="6">
         <v>7732.0</v>
       </c>
-      <c r="BN23" s="6">
+      <c r="BP23" s="6">
         <v>7712.0</v>
       </c>
-      <c r="BO23" s="6">
+      <c r="BQ23" s="6">
         <v>7667.0</v>
       </c>
-      <c r="BP23" s="6">
+      <c r="BR23" s="6">
         <v>7640.0</v>
       </c>
-      <c r="BQ23" s="6">
+      <c r="BS23" s="6">
         <v>7674.0</v>
       </c>
-      <c r="BR23" s="6">
+      <c r="BT23" s="6">
         <v>7665.0</v>
       </c>
-      <c r="BS23" s="6">
+      <c r="BU23" s="6">
         <v>7665.0</v>
       </c>
-      <c r="BT23" s="6">
+      <c r="BV23" s="6">
         <v>8143.0</v>
       </c>
-      <c r="BU23" s="6">
+      <c r="BW23" s="6">
         <v>7886.0</v>
       </c>
-      <c r="BV23" s="6">
+      <c r="BX23" s="6">
         <v>7830.0</v>
       </c>
-      <c r="BW23" s="6">
+      <c r="BY23" s="6">
         <v>7778.0</v>
       </c>
-      <c r="BX23" s="6">
+      <c r="BZ23" s="6">
         <v>7741.0</v>
       </c>
-      <c r="BY23" s="6">
+      <c r="CA23" s="6">
         <v>7717.0</v>
       </c>
-      <c r="BZ23" s="6">
+      <c r="CB23" s="6">
         <v>7678.0</v>
       </c>
-      <c r="CA23" s="6">
+      <c r="CC23" s="6">
         <v>7658.0</v>
       </c>
-      <c r="CB23" s="6">
+      <c r="CD23" s="6">
         <v>7613.0</v>
       </c>
-      <c r="CC23" s="6">
+      <c r="CE23" s="6">
         <v>7554.0</v>
       </c>
-      <c r="CD23" s="6">
+      <c r="CF23" s="6">
         <v>7529.0</v>
       </c>
-      <c r="CE23" s="6">
+      <c r="CG23" s="6">
         <v>7530.0</v>
       </c>
     </row>
-    <row r="24" spans="1:83">
+    <row r="24" spans="1:85">
       <c r="C24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D24" s="6">
-        <v>162788490.0</v>
+        <v>175623763.0</v>
       </c>
       <c r="E24" s="6">
-        <v>175504802.0</v>
+        <v>165213374.0</v>
       </c>
       <c r="F24" s="6">
-        <v>193609049.0</v>
+        <v>162440606.0</v>
       </c>
       <c r="G24" s="6">
-        <v>172999199.0</v>
+        <v>176277358.0</v>
       </c>
       <c r="H24" s="6">
-        <v>172574275.0</v>
+        <v>194004467.0</v>
       </c>
       <c r="I24" s="6">
-        <v>161896094.0</v>
+        <v>172872396.0</v>
       </c>
       <c r="J24" s="6">
-        <v>159728797.0</v>
+        <v>172515844.0</v>
       </c>
       <c r="K24" s="6">
-        <v>81907204.0</v>
+        <v>161856953.0</v>
       </c>
       <c r="L24" s="6">
-        <v>251086825.0</v>
+        <v>159682152.0</v>
       </c>
       <c r="M24" s="6">
-        <v>158772042.0</v>
+        <v>81925310.0</v>
       </c>
       <c r="N24" s="6">
-        <v>158461467.0</v>
+        <v>251069512.0</v>
       </c>
       <c r="O24" s="6">
-        <v>149746588.0</v>
+        <v>158719201.0</v>
       </c>
       <c r="P24" s="6">
-        <v>149336517.0</v>
+        <v>158399724.0</v>
       </c>
       <c r="Q24" s="6">
-        <v>158402819.0</v>
+        <v>149683182.0</v>
       </c>
       <c r="R24" s="6">
-        <v>173348374.0</v>
+        <v>149264541.0</v>
       </c>
       <c r="S24" s="6">
-        <v>154711876.0</v>
+        <v>158326380.0</v>
       </c>
       <c r="T24" s="6">
-        <v>152835268.0</v>
+        <v>173270561.0</v>
       </c>
       <c r="U24" s="6">
-        <v>148334416.0</v>
+        <v>154638360.0</v>
       </c>
       <c r="V24" s="6">
-        <v>144999233.0</v>
+        <v>152774254.0</v>
       </c>
       <c r="W24" s="6">
-        <v>72166882.0</v>
+        <v>148286768.0</v>
       </c>
       <c r="X24" s="6">
-        <v>226281648.0</v>
+        <v>144938596.0</v>
       </c>
       <c r="Y24" s="6">
-        <v>139883558.0</v>
+        <v>72110881.0</v>
       </c>
       <c r="Z24" s="6">
-        <v>141015992.0</v>
+        <v>226249559.0</v>
       </c>
       <c r="AA24" s="6">
-        <v>133247402.0</v>
+        <v>139819560.0</v>
       </c>
       <c r="AB24" s="6">
-        <v>130243727.0</v>
+        <v>140952137.0</v>
       </c>
       <c r="AC24" s="6">
-        <v>143246004.0</v>
+        <v>133187578.0</v>
       </c>
       <c r="AD24" s="6">
-        <v>157634576.0</v>
+        <v>130169008.0</v>
       </c>
       <c r="AE24" s="6">
-        <v>138881199.0</v>
+        <v>143185419.0</v>
       </c>
       <c r="AF24" s="6">
-        <v>139615122.0</v>
+        <v>157584098.0</v>
       </c>
       <c r="AG24" s="6">
-        <v>131949955.0</v>
+        <v>138843124.0</v>
       </c>
       <c r="AH24" s="6">
-        <v>130876238.0</v>
+        <v>139581596.0</v>
       </c>
       <c r="AI24" s="6">
-        <v>62471006.0</v>
+        <v>131912654.0</v>
       </c>
       <c r="AJ24" s="6">
-        <v>205695766.0</v>
+        <v>130833993.0</v>
       </c>
       <c r="AK24" s="6">
-        <v>126374672.0</v>
+        <v>62454319.0</v>
       </c>
       <c r="AL24" s="6">
-        <v>126780560.0</v>
+        <v>205709217.0</v>
       </c>
       <c r="AM24" s="6">
-        <v>120302446.0</v>
+        <v>126337556.0</v>
       </c>
       <c r="AN24" s="6">
-        <v>119555465.0</v>
+        <v>126748363.0</v>
       </c>
       <c r="AO24" s="6">
-        <v>126866449.0</v>
+        <v>120269301.0</v>
       </c>
       <c r="AP24" s="6">
-        <v>140030071.0</v>
+        <v>119512920.0</v>
       </c>
       <c r="AQ24" s="6">
-        <v>124765231.0</v>
+        <v>126834378.0</v>
       </c>
       <c r="AR24" s="6">
-        <v>125766682.0</v>
+        <v>139993920.0</v>
       </c>
       <c r="AS24" s="6">
-        <v>115497646.0</v>
+        <v>124732476.0</v>
       </c>
       <c r="AT24" s="6">
-        <v>115097613.0</v>
+        <v>125740580.0</v>
       </c>
       <c r="AU24" s="6">
-        <v>53437854.0</v>
+        <v>115468727.0</v>
       </c>
       <c r="AV24" s="6">
-        <v>187624669.0</v>
+        <v>115072923.0</v>
       </c>
       <c r="AW24" s="6">
-        <v>114319129.0</v>
+        <v>53412723.0</v>
       </c>
       <c r="AX24" s="6">
-        <v>111625842.0</v>
+        <v>187581376.0</v>
       </c>
       <c r="AY24" s="6">
-        <v>107127839.0</v>
+        <v>114295918.0</v>
       </c>
       <c r="AZ24" s="6">
-        <v>105263830.0</v>
+        <v>111601216.0</v>
       </c>
       <c r="BA24" s="6">
-        <v>114839196.0</v>
+        <v>107104350.0</v>
       </c>
       <c r="BB24" s="6">
-        <v>124237478.0</v>
+        <v>105240429.0</v>
       </c>
       <c r="BC24" s="6">
-        <v>111912887.0</v>
+        <v>114818528.0</v>
       </c>
       <c r="BD24" s="6">
-        <v>108880590.0</v>
+        <v>124220599.0</v>
       </c>
       <c r="BE24" s="6">
-        <v>103663740.0</v>
+        <v>111899930.0</v>
       </c>
       <c r="BF24" s="6">
-        <v>101007724.0</v>
+        <v>108865360.0</v>
       </c>
       <c r="BG24" s="6">
-        <v>47206979.0</v>
+        <v>103654348.0</v>
       </c>
       <c r="BH24" s="6">
+        <v>101003012.0</v>
+      </c>
+      <c r="BI24" s="6">
+        <v>47197129.0</v>
+      </c>
+      <c r="BJ24" s="6">
         <v>167915681.0</v>
       </c>
-      <c r="BI24" s="6">
+      <c r="BK24" s="6">
         <v>103117184.0</v>
       </c>
-      <c r="BJ24" s="6">
+      <c r="BL24" s="6">
         <v>102307208.0</v>
       </c>
-      <c r="BK24" s="6">
+      <c r="BM24" s="6">
         <v>95514587.0</v>
       </c>
-      <c r="BL24" s="6">
+      <c r="BN24" s="6">
         <v>95532220.0</v>
       </c>
-      <c r="BM24" s="6">
+      <c r="BO24" s="6">
         <v>102936922.0</v>
       </c>
-      <c r="BN24" s="6">
+      <c r="BP24" s="6">
         <v>105186888.0</v>
       </c>
-      <c r="BO24" s="6">
+      <c r="BQ24" s="6">
         <v>92471849.0</v>
       </c>
-      <c r="BP24" s="6">
+      <c r="BR24" s="6">
         <v>94927315.0</v>
       </c>
-      <c r="BQ24" s="6">
+      <c r="BS24" s="6">
         <v>95660690.0</v>
       </c>
-      <c r="BR24" s="6">
+      <c r="BT24" s="6">
         <v>96422805.0</v>
       </c>
-      <c r="BS24" s="6">
+      <c r="BU24" s="6">
         <v>44212378.0</v>
       </c>
-      <c r="BT24" s="6">
+      <c r="BV24" s="6">
         <v>142768748.0</v>
       </c>
-      <c r="BU24" s="6">
+      <c r="BW24" s="6">
         <v>91935356.0</v>
       </c>
-      <c r="BV24" s="6">
+      <c r="BX24" s="6">
         <v>90616071.0</v>
       </c>
-      <c r="BW24" s="6">
+      <c r="BY24" s="6">
         <v>85387773.0</v>
       </c>
-      <c r="BX24" s="6">
+      <c r="BZ24" s="6">
         <v>85619582.0</v>
       </c>
-      <c r="BY24" s="6">
+      <c r="CA24" s="6">
         <v>91574463.0</v>
       </c>
-      <c r="BZ24" s="6">
+      <c r="CB24" s="6">
         <v>99278985.0</v>
       </c>
-      <c r="CA24" s="6">
+      <c r="CC24" s="6">
         <v>90044182.0</v>
       </c>
-      <c r="CB24" s="6">
+      <c r="CD24" s="6">
         <v>88252705.0</v>
       </c>
-      <c r="CC24" s="6">
+      <c r="CE24" s="6">
         <v>82279030.0</v>
       </c>
-      <c r="CD24" s="6">
+      <c r="CF24" s="6">
         <v>83759951.0</v>
       </c>
-      <c r="CE24" s="6">
+      <c r="CG24" s="6">
         <v>32808059.0</v>
       </c>
     </row>
-    <row r="25" spans="1:83">
+    <row r="25" spans="1:85">
       <c r="C25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D25" s="6">
-        <v>26662179.0</v>
+        <v>28843980.0</v>
       </c>
       <c r="E25" s="6">
-        <v>28346095.0</v>
+        <v>27002247.0</v>
       </c>
       <c r="F25" s="6">
-        <v>31689985.0</v>
+        <v>26632936.0</v>
       </c>
       <c r="G25" s="6">
-        <v>27750991.0</v>
+        <v>28457403.0</v>
       </c>
       <c r="H25" s="6">
-        <v>27937528.0</v>
+        <v>31742053.0</v>
       </c>
       <c r="I25" s="6">
-        <v>25348958.0</v>
+        <v>27753615.0</v>
       </c>
       <c r="J25" s="6">
-        <v>25432763.0</v>
+        <v>27926210.0</v>
       </c>
       <c r="K25" s="6">
-        <v>12059303.0</v>
+        <v>25347205.0</v>
       </c>
       <c r="L25" s="6">
-        <v>41414868.0</v>
+        <v>25428269.0</v>
       </c>
       <c r="M25" s="6">
-        <v>25413427.0</v>
+        <v>12070636.0</v>
       </c>
       <c r="N25" s="6">
-        <v>24999057.0</v>
+        <v>41414267.0</v>
       </c>
       <c r="O25" s="6">
-        <v>23608778.0</v>
+        <v>25405020.0</v>
       </c>
       <c r="P25" s="6">
-        <v>23627179.0</v>
+        <v>24989283.0</v>
       </c>
       <c r="Q25" s="6">
-        <v>24536538.0</v>
+        <v>23597971.0</v>
       </c>
       <c r="R25" s="6">
-        <v>27491007.0</v>
+        <v>23615343.0</v>
       </c>
       <c r="S25" s="6">
-        <v>23948011.0</v>
+        <v>24523147.0</v>
       </c>
       <c r="T25" s="6">
-        <v>23718499.0</v>
+        <v>27477779.0</v>
       </c>
       <c r="U25" s="6">
-        <v>22619664.0</v>
+        <v>23936710.0</v>
       </c>
       <c r="V25" s="6">
-        <v>22434128.0</v>
+        <v>23708598.0</v>
       </c>
       <c r="W25" s="6">
-        <v>10439681.0</v>
+        <v>22612281.0</v>
       </c>
       <c r="X25" s="6">
-        <v>37365468.0</v>
+        <v>22424234.0</v>
       </c>
       <c r="Y25" s="6">
-        <v>22279781.0</v>
+        <v>10431035.0</v>
       </c>
       <c r="Z25" s="6">
-        <v>22269003.0</v>
+        <v>37362002.0</v>
       </c>
       <c r="AA25" s="6">
-        <v>21244978.0</v>
+        <v>22269405.0</v>
       </c>
       <c r="AB25" s="6">
-        <v>20322995.0</v>
+        <v>22258444.0</v>
       </c>
       <c r="AC25" s="6">
-        <v>22613073.0</v>
+        <v>21234661.0</v>
       </c>
       <c r="AD25" s="6">
-        <v>24754491.0</v>
+        <v>20310385.0</v>
       </c>
       <c r="AE25" s="6">
-        <v>21423661.0</v>
+        <v>22603057.0</v>
       </c>
       <c r="AF25" s="6">
-        <v>21772620.0</v>
+        <v>24747493.0</v>
       </c>
       <c r="AG25" s="6">
-        <v>19920310.0</v>
+        <v>21419427.0</v>
       </c>
       <c r="AH25" s="6">
-        <v>20162336.0</v>
+        <v>21769257.0</v>
       </c>
       <c r="AI25" s="6">
-        <v>9002041.0</v>
+        <v>19915857.0</v>
       </c>
       <c r="AJ25" s="6">
-        <v>33689749.0</v>
+        <v>20156960.0</v>
       </c>
       <c r="AK25" s="6">
-        <v>19691857.0</v>
+        <v>9000425.0</v>
       </c>
       <c r="AL25" s="6">
-        <v>19824242.0</v>
+        <v>33696607.0</v>
       </c>
       <c r="AM25" s="6">
-        <v>18963544.0</v>
+        <v>19686611.0</v>
       </c>
       <c r="AN25" s="6">
-        <v>18685778.0</v>
+        <v>19819855.0</v>
       </c>
       <c r="AO25" s="6">
-        <v>19845204.0</v>
+        <v>18958810.0</v>
       </c>
       <c r="AP25" s="6">
-        <v>21987194.0</v>
+        <v>18679533.0</v>
       </c>
       <c r="AQ25" s="6">
-        <v>19749852.0</v>
+        <v>19841187.0</v>
       </c>
       <c r="AR25" s="6">
-        <v>20235952.0</v>
+        <v>21981859.0</v>
       </c>
       <c r="AS25" s="6">
-        <v>17711303.0</v>
+        <v>19745073.0</v>
       </c>
       <c r="AT25" s="6">
-        <v>17893699.0</v>
+        <v>20232176.0</v>
       </c>
       <c r="AU25" s="6">
-        <v>7839569.0</v>
+        <v>17708064.0</v>
       </c>
       <c r="AV25" s="6">
-        <v>30773472.0</v>
+        <v>17890505.0</v>
       </c>
       <c r="AW25" s="6">
-        <v>18075099.0</v>
+        <v>7836312.0</v>
       </c>
       <c r="AX25" s="6">
-        <v>17576361.0</v>
+        <v>30766653.0</v>
       </c>
       <c r="AY25" s="6">
-        <v>16831682.0</v>
+        <v>18072272.0</v>
       </c>
       <c r="AZ25" s="6">
-        <v>16687118.0</v>
+        <v>17573159.0</v>
       </c>
       <c r="BA25" s="6">
-        <v>18166482.0</v>
+        <v>16828532.0</v>
       </c>
       <c r="BB25" s="6">
-        <v>19151484.0</v>
+        <v>16684071.0</v>
       </c>
       <c r="BC25" s="6">
-        <v>17484895.0</v>
+        <v>18163859.0</v>
       </c>
       <c r="BD25" s="6">
-        <v>16939041.0</v>
+        <v>19149592.0</v>
       </c>
       <c r="BE25" s="6">
-        <v>15795879.0</v>
+        <v>17484033.0</v>
       </c>
       <c r="BF25" s="6">
-        <v>15508642.0</v>
+        <v>16937609.0</v>
       </c>
       <c r="BG25" s="6">
-        <v>6792365.0</v>
+        <v>15795700.0</v>
       </c>
       <c r="BH25" s="6">
+        <v>15509067.0</v>
+      </c>
+      <c r="BI25" s="6">
+        <v>6791872.0</v>
+      </c>
+      <c r="BJ25" s="6">
         <v>26733314.0</v>
       </c>
-      <c r="BI25" s="6">
+      <c r="BK25" s="6">
         <v>15906419.0</v>
       </c>
-      <c r="BJ25" s="6">
+      <c r="BL25" s="6">
         <v>15694545.0</v>
       </c>
-      <c r="BK25" s="6">
+      <c r="BM25" s="6">
         <v>14552067.0</v>
       </c>
-      <c r="BL25" s="6">
+      <c r="BN25" s="6">
         <v>14657531.0</v>
       </c>
-      <c r="BM25" s="6">
+      <c r="BO25" s="6">
         <v>15887366.0</v>
       </c>
-      <c r="BN25" s="6">
+      <c r="BP25" s="6">
         <v>16222894.0</v>
       </c>
-      <c r="BO25" s="6">
+      <c r="BQ25" s="6">
         <v>14410158.0</v>
       </c>
-      <c r="BP25" s="6">
+      <c r="BR25" s="6">
         <v>14622747.0</v>
       </c>
-      <c r="BQ25" s="6">
+      <c r="BS25" s="6">
         <v>14671643.0</v>
       </c>
-      <c r="BR25" s="6">
+      <c r="BT25" s="6">
         <v>14977169.0</v>
       </c>
-      <c r="BS25" s="6">
+      <c r="BU25" s="6">
         <v>6382670.0</v>
       </c>
-      <c r="BT25" s="6">
+      <c r="BV25" s="6">
         <v>23351610.0</v>
       </c>
-      <c r="BU25" s="6">
+      <c r="BW25" s="6">
         <v>14736568.0</v>
       </c>
-      <c r="BV25" s="6">
+      <c r="BX25" s="6">
         <v>14420680.0</v>
       </c>
-      <c r="BW25" s="6">
+      <c r="BY25" s="6">
         <v>13656037.0</v>
       </c>
-      <c r="BX25" s="6">
+      <c r="BZ25" s="6">
         <v>13793032.0</v>
       </c>
-      <c r="BY25" s="6">
+      <c r="CA25" s="6">
         <v>14493658.0</v>
       </c>
-      <c r="BZ25" s="6">
+      <c r="CB25" s="6">
         <v>15651143.0</v>
       </c>
-      <c r="CA25" s="6">
+      <c r="CC25" s="6">
         <v>14194608.0</v>
       </c>
-      <c r="CB25" s="6">
+      <c r="CD25" s="6">
         <v>13905512.0</v>
       </c>
-      <c r="CC25" s="6">
+      <c r="CE25" s="6">
         <v>12704471.0</v>
       </c>
-      <c r="CD25" s="6">
+      <c r="CF25" s="6">
         <v>13138474.0</v>
       </c>
-      <c r="CE25" s="6">
+      <c r="CG25" s="6">
         <v>3862496.0</v>
       </c>
     </row>
-    <row r="26" spans="1:83">
+    <row r="26" spans="1:85">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Alytaus apskritis</t>
           </r>
         </is>
       </c>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D26" s="6">
-        <v>4094.0</v>
+        <v>4098.0</v>
       </c>
       <c r="E26" s="6">
+        <v>4111.0</v>
+      </c>
+      <c r="F26" s="6">
         <v>4124.0</v>
       </c>
-      <c r="F26" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="G26" s="6">
-        <v>4112.0</v>
+        <v>4141.0</v>
       </c>
       <c r="H26" s="6">
-        <v>4103.0</v>
+        <v>4145.0</v>
       </c>
       <c r="I26" s="6">
-        <v>4097.0</v>
+        <v>4120.0</v>
       </c>
       <c r="J26" s="6">
-        <v>4098.0</v>
+        <v>4108.0</v>
       </c>
       <c r="K26" s="6">
-        <v>4113.0</v>
+        <v>4100.0</v>
       </c>
       <c r="L26" s="6">
-        <v>4347.0</v>
+        <v>4104.0</v>
       </c>
       <c r="M26" s="6">
-        <v>4224.0</v>
+        <v>4117.0</v>
       </c>
       <c r="N26" s="6">
-        <v>4221.0</v>
+        <v>4351.0</v>
       </c>
       <c r="O26" s="6">
+        <v>4225.0</v>
+      </c>
+      <c r="P26" s="6">
+        <v>4222.0</v>
+      </c>
+      <c r="Q26" s="6">
         <v>4215.0</v>
       </c>
-      <c r="P26" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="R26" s="6">
-        <v>4233.0</v>
+        <v>4208.0</v>
       </c>
       <c r="S26" s="6">
-        <v>4221.0</v>
+        <v>4227.0</v>
       </c>
       <c r="T26" s="6">
-        <v>4219.0</v>
+        <v>4234.0</v>
       </c>
       <c r="U26" s="6">
-        <v>4215.0</v>
+        <v>4223.0</v>
       </c>
       <c r="V26" s="6">
-        <v>4187.0</v>
+        <v>4220.0</v>
       </c>
       <c r="W26" s="6">
-        <v>4197.0</v>
+        <v>4216.0</v>
       </c>
       <c r="X26" s="6">
-        <v>4374.0</v>
+        <v>4188.0</v>
       </c>
       <c r="Y26" s="6">
-        <v>4273.0</v>
+        <v>4200.0</v>
       </c>
       <c r="Z26" s="6">
-        <v>4248.0</v>
+        <v>4383.0</v>
       </c>
       <c r="AA26" s="6">
+        <v>4277.0</v>
+      </c>
+      <c r="AB26" s="6">
+        <v>4252.0</v>
+      </c>
+      <c r="AC26" s="6">
+        <v>4265.0</v>
+      </c>
+      <c r="AD26" s="6">
         <v>4261.0</v>
       </c>
-      <c r="AB26" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AE26" s="6">
-        <v>4247.0</v>
+        <v>4249.0</v>
       </c>
       <c r="AF26" s="6">
-        <v>4234.0</v>
+        <v>4269.0</v>
       </c>
       <c r="AG26" s="6">
-        <v>4215.0</v>
+        <v>4249.0</v>
       </c>
       <c r="AH26" s="6">
-        <v>4190.0</v>
+        <v>4236.0</v>
       </c>
       <c r="AI26" s="6">
-        <v>4189.0</v>
+        <v>4217.0</v>
       </c>
       <c r="AJ26" s="6">
-        <v>4364.0</v>
+        <v>4193.0</v>
       </c>
       <c r="AK26" s="6">
-        <v>4243.0</v>
+        <v>4192.0</v>
       </c>
       <c r="AL26" s="6">
+        <v>4365.0</v>
+      </c>
+      <c r="AM26" s="6">
+        <v>4244.0</v>
+      </c>
+      <c r="AN26" s="6">
+        <v>4250.0</v>
+      </c>
+      <c r="AO26" s="6">
+        <v>4253.0</v>
+      </c>
+      <c r="AP26" s="6">
+        <v>4258.0</v>
+      </c>
+      <c r="AQ26" s="6">
+        <v>4269.0</v>
+      </c>
+      <c r="AR26" s="6">
+        <v>4261.0</v>
+      </c>
+      <c r="AS26" s="6">
+        <v>4223.0</v>
+      </c>
+      <c r="AT26" s="6">
+        <v>4192.0</v>
+      </c>
+      <c r="AU26" s="6">
+        <v>4173.0</v>
+      </c>
+      <c r="AV26" s="6">
+        <v>4159.0</v>
+      </c>
+      <c r="AW26" s="6">
+        <v>4158.0</v>
+      </c>
+      <c r="AX26" s="6">
+        <v>4282.0</v>
+      </c>
+      <c r="AY26" s="6">
+        <v>4145.0</v>
+      </c>
+      <c r="AZ26" s="6">
+        <v>4131.0</v>
+      </c>
+      <c r="BA26" s="6">
+        <v>4131.0</v>
+      </c>
+      <c r="BB26" s="6">
+        <v>4111.0</v>
+      </c>
+      <c r="BC26" s="6">
+        <v>4072.0</v>
+      </c>
+      <c r="BD26" s="6">
+        <v>4071.0</v>
+      </c>
+      <c r="BE26" s="6">
+        <v>4045.0</v>
+      </c>
+      <c r="BF26" s="6">
+        <v>4035.0</v>
+      </c>
+      <c r="BG26" s="6">
+        <v>4009.0</v>
+      </c>
+      <c r="BH26" s="6">
+        <v>3965.0</v>
+      </c>
+      <c r="BI26" s="6">
+        <v>3939.0</v>
+      </c>
+      <c r="BJ26" s="6">
+        <v>4109.0</v>
+      </c>
+      <c r="BK26" s="6">
+        <v>3935.0</v>
+      </c>
+      <c r="BL26" s="6">
+        <v>3916.0</v>
+      </c>
+      <c r="BM26" s="6">
+        <v>3905.0</v>
+      </c>
+      <c r="BN26" s="6">
+        <v>3897.0</v>
+      </c>
+      <c r="BO26" s="6">
+        <v>3887.0</v>
+      </c>
+      <c r="BP26" s="6">
+        <v>3885.0</v>
+      </c>
+      <c r="BQ26" s="6">
+        <v>3848.0</v>
+      </c>
+      <c r="BR26" s="6">
+        <v>3820.0</v>
+      </c>
+      <c r="BS26" s="6">
+        <v>3850.0</v>
+      </c>
+      <c r="BT26" s="6">
+        <v>3836.0</v>
+      </c>
+      <c r="BU26" s="6">
+        <v>3837.0</v>
+      </c>
+      <c r="BV26" s="6">
+        <v>4013.0</v>
+      </c>
+      <c r="BW26" s="6">
+        <v>3907.0</v>
+      </c>
+      <c r="BX26" s="6">
+        <v>3891.0</v>
+      </c>
+      <c r="BY26" s="6">
+        <v>3880.0</v>
+      </c>
+      <c r="BZ26" s="6">
+        <v>3864.0</v>
+      </c>
+      <c r="CA26" s="6">
+        <v>3852.0</v>
+      </c>
+      <c r="CB26" s="6">
+        <v>3850.0</v>
+      </c>
+      <c r="CC26" s="6">
+        <v>3840.0</v>
+      </c>
+      <c r="CD26" s="6">
+        <v>3799.0</v>
+      </c>
+      <c r="CE26" s="6">
+        <v>3784.0</v>
+      </c>
+      <c r="CF26" s="6">
+        <v>3751.0</v>
+      </c>
+      <c r="CG26" s="6">
+        <v>3751.0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:85">
+      <c r="C27" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
+          </r>
+        </is>
+      </c>
+      <c r="D27" s="6">
+        <v>67580623.0</v>
+      </c>
+      <c r="E27" s="6">
+        <v>61338551.0</v>
+      </c>
+      <c r="F27" s="6">
+        <v>62383950.0</v>
+      </c>
+      <c r="G27" s="6">
+        <v>67499081.0</v>
+      </c>
+      <c r="H27" s="6">
+        <v>77499481.0</v>
+      </c>
+      <c r="I27" s="6">
+        <v>66144588.0</v>
+      </c>
+      <c r="J27" s="6">
+        <v>64478511.0</v>
+      </c>
+      <c r="K27" s="6">
+        <v>62530217.0</v>
+      </c>
+      <c r="L27" s="6">
+        <v>63187543.0</v>
+      </c>
+      <c r="M27" s="6">
+        <v>28115795.0</v>
+      </c>
+      <c r="N27" s="6">
+        <v>99481359.0</v>
+      </c>
+      <c r="O27" s="6">
+        <v>59895414.0</v>
+      </c>
+      <c r="P27" s="6">
+        <v>61363721.0</v>
+      </c>
+      <c r="Q27" s="6">
+        <v>56018460.0</v>
+      </c>
+      <c r="R27" s="6">
+        <v>56582135.0</v>
+      </c>
+      <c r="S27" s="6">
+        <v>60315899.0</v>
+      </c>
+      <c r="T27" s="6">
+        <v>71200576.0</v>
+      </c>
+      <c r="U27" s="6">
+        <v>59491209.0</v>
+      </c>
+      <c r="V27" s="6">
+        <v>58771482.0</v>
+      </c>
+      <c r="W27" s="6">
+        <v>59031938.0</v>
+      </c>
+      <c r="X27" s="6">
+        <v>56503818.0</v>
+      </c>
+      <c r="Y27" s="6">
+        <v>25036382.0</v>
+      </c>
+      <c r="Z27" s="6">
+        <v>92701425.0</v>
+      </c>
+      <c r="AA27" s="6">
+        <v>53748802.0</v>
+      </c>
+      <c r="AB27" s="6">
+        <v>56412653.0</v>
+      </c>
+      <c r="AC27" s="6">
+        <v>51567211.0</v>
+      </c>
+      <c r="AD27" s="6">
+        <v>51253742.0</v>
+      </c>
+      <c r="AE27" s="6">
+        <v>54607177.0</v>
+      </c>
+      <c r="AF27" s="6">
+        <v>65863897.0</v>
+      </c>
+      <c r="AG27" s="6">
+        <v>55701617.0</v>
+      </c>
+      <c r="AH27" s="6">
+        <v>53046891.0</v>
+      </c>
+      <c r="AI27" s="6">
+        <v>52834400.0</v>
+      </c>
+      <c r="AJ27" s="6">
+        <v>51499080.0</v>
+      </c>
+      <c r="AK27" s="6">
+        <v>23031861.0</v>
+      </c>
+      <c r="AL27" s="6">
+        <v>83629250.0</v>
+      </c>
+      <c r="AM27" s="6">
+        <v>48913943.0</v>
+      </c>
+      <c r="AN27" s="6">
+        <v>50116756.0</v>
+      </c>
+      <c r="AO27" s="6">
+        <v>48562273.0</v>
+      </c>
+      <c r="AP27" s="6">
+        <v>45568809.0</v>
+      </c>
+      <c r="AQ27" s="6">
+        <v>50098028.0</v>
+      </c>
+      <c r="AR27" s="6">
+        <v>59480482.0</v>
+      </c>
+      <c r="AS27" s="6">
+        <v>50553316.0</v>
+      </c>
+      <c r="AT27" s="6">
+        <v>49407139.0</v>
+      </c>
+      <c r="AU27" s="6">
+        <v>48079630.0</v>
+      </c>
+      <c r="AV27" s="6">
+        <v>45664475.0</v>
+      </c>
+      <c r="AW27" s="6">
+        <v>19930894.0</v>
+      </c>
+      <c r="AX27" s="6">
+        <v>75332021.0</v>
+      </c>
+      <c r="AY27" s="6">
+        <v>44346408.0</v>
+      </c>
+      <c r="AZ27" s="6">
+        <v>46491194.0</v>
+      </c>
+      <c r="BA27" s="6">
+        <v>42128488.0</v>
+      </c>
+      <c r="BB27" s="6">
+        <v>41971377.0</v>
+      </c>
+      <c r="BC27" s="6">
+        <v>45431903.0</v>
+      </c>
+      <c r="BD27" s="6">
+        <v>52858531.0</v>
+      </c>
+      <c r="BE27" s="6">
+        <v>43447801.0</v>
+      </c>
+      <c r="BF27" s="6">
+        <v>42552851.0</v>
+      </c>
+      <c r="BG27" s="6">
+        <v>41309754.0</v>
+      </c>
+      <c r="BH27" s="6">
+        <v>39792795.0</v>
+      </c>
+      <c r="BI27" s="6">
+        <v>19167150.0</v>
+      </c>
+      <c r="BJ27" s="6">
+        <v>67237852.0</v>
+      </c>
+      <c r="BK27" s="6">
+        <v>40711260.0</v>
+      </c>
+      <c r="BL27" s="6">
+        <v>41384500.0</v>
+      </c>
+      <c r="BM27" s="6">
+        <v>37225406.0</v>
+      </c>
+      <c r="BN27" s="6">
+        <v>38257587.0</v>
+      </c>
+      <c r="BO27" s="6">
+        <v>40971742.0</v>
+      </c>
+      <c r="BP27" s="6">
+        <v>41922659.0</v>
+      </c>
+      <c r="BQ27" s="6">
+        <v>35892439.0</v>
+      </c>
+      <c r="BR27" s="6">
+        <v>38201793.0</v>
+      </c>
+      <c r="BS27" s="6">
+        <v>39031055.0</v>
+      </c>
+      <c r="BT27" s="6">
+        <v>38908476.0</v>
+      </c>
+      <c r="BU27" s="6">
+        <v>17810226.0</v>
+      </c>
+      <c r="BV27" s="6">
+        <v>61019839.0</v>
+      </c>
+      <c r="BW27" s="6">
+        <v>38079676.0</v>
+      </c>
+      <c r="BX27" s="6">
+        <v>38955949.0</v>
+      </c>
+      <c r="BY27" s="6">
+        <v>35648410.0</v>
+      </c>
+      <c r="BZ27" s="6">
+        <v>35824118.0</v>
+      </c>
+      <c r="CA27" s="6">
+        <v>38812549.0</v>
+      </c>
+      <c r="CB27" s="6">
+        <v>44698761.0</v>
+      </c>
+      <c r="CC27" s="6">
+        <v>38573039.0</v>
+      </c>
+      <c r="CD27" s="6">
+        <v>37045845.0</v>
+      </c>
+      <c r="CE27" s="6">
+        <v>35466922.0</v>
+      </c>
+      <c r="CF27" s="6">
+        <v>35518642.0</v>
+      </c>
+      <c r="CG27" s="6">
+        <v>12683832.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:85">
+      <c r="C28" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
+          </r>
+        </is>
+      </c>
+      <c r="D28" s="6">
+        <v>11012452.0</v>
+      </c>
+      <c r="E28" s="6">
+        <v>9685735.0</v>
+      </c>
+      <c r="F28" s="6">
+        <v>10127338.0</v>
+      </c>
+      <c r="G28" s="6">
+        <v>10772671.0</v>
+      </c>
+      <c r="H28" s="6">
+        <v>12567502.0</v>
+      </c>
+      <c r="I28" s="6">
+        <v>10564908.0</v>
+      </c>
+      <c r="J28" s="6">
+        <v>10214291.0</v>
+      </c>
+      <c r="K28" s="6">
+        <v>9766872.0</v>
+      </c>
+      <c r="L28" s="6">
+        <v>9858630.0</v>
+      </c>
+      <c r="M28" s="6">
+        <v>4128515.0</v>
+      </c>
+      <c r="N28" s="6">
+        <v>16266003.0</v>
+      </c>
+      <c r="O28" s="6">
+        <v>9429234.0</v>
+      </c>
+      <c r="P28" s="6">
+        <v>9651117.0</v>
+      </c>
+      <c r="Q28" s="6">
+        <v>8736942.0</v>
+      </c>
+      <c r="R28" s="6">
+        <v>8878742.0</v>
+      </c>
+      <c r="S28" s="6">
+        <v>9257562.0</v>
+      </c>
+      <c r="T28" s="6">
+        <v>11206135.0</v>
+      </c>
+      <c r="U28" s="6">
+        <v>9117669.0</v>
+      </c>
+      <c r="V28" s="6">
+        <v>9041591.0</v>
+      </c>
+      <c r="W28" s="6">
+        <v>8911350.0</v>
+      </c>
+      <c r="X28" s="6">
+        <v>8563613.0</v>
+      </c>
+      <c r="Y28" s="6">
+        <v>3589559.0</v>
+      </c>
+      <c r="Z28" s="6">
+        <v>15350113.0</v>
+      </c>
+      <c r="AA28" s="6">
+        <v>8446894.0</v>
+      </c>
+      <c r="AB28" s="6">
+        <v>8926824.0</v>
+      </c>
+      <c r="AC28" s="6">
+        <v>8098256.0</v>
+      </c>
+      <c r="AD28" s="6">
+        <v>8048459.0</v>
+      </c>
+      <c r="AE28" s="6">
+        <v>8337447.0</v>
+      </c>
+      <c r="AF28" s="6">
+        <v>10372417.0</v>
+      </c>
+      <c r="AG28" s="6">
+        <v>8546053.0</v>
+      </c>
+      <c r="AH28" s="6">
+        <v>8097453.0</v>
+      </c>
+      <c r="AI28" s="6">
+        <v>7935927.0</v>
+      </c>
+      <c r="AJ28" s="6">
+        <v>7783486.0</v>
+      </c>
+      <c r="AK28" s="6">
+        <v>3286007.0</v>
+      </c>
+      <c r="AL28" s="6">
+        <v>13584318.0</v>
+      </c>
+      <c r="AM28" s="6">
+        <v>7532428.0</v>
+      </c>
+      <c r="AN28" s="6">
+        <v>7755472.0</v>
+      </c>
+      <c r="AO28" s="6">
+        <v>7493688.0</v>
+      </c>
+      <c r="AP28" s="6">
+        <v>6926478.0</v>
+      </c>
+      <c r="AQ28" s="6">
+        <v>7585222.0</v>
+      </c>
+      <c r="AR28" s="6">
+        <v>9254921.0</v>
+      </c>
+      <c r="AS28" s="6">
+        <v>7939120.0</v>
+      </c>
+      <c r="AT28" s="6">
+        <v>7807341.0</v>
+      </c>
+      <c r="AU28" s="6">
+        <v>7393245.0</v>
+      </c>
+      <c r="AV28" s="6">
+        <v>7022209.0</v>
+      </c>
+      <c r="AW28" s="6">
+        <v>2887989.0</v>
+      </c>
+      <c r="AX28" s="6">
+        <v>12222483.0</v>
+      </c>
+      <c r="AY28" s="6">
+        <v>6891618.0</v>
+      </c>
+      <c r="AZ28" s="6">
+        <v>7347549.0</v>
+      </c>
+      <c r="BA28" s="6">
+        <v>6590100.0</v>
+      </c>
+      <c r="BB28" s="6">
+        <v>6565142.0</v>
+      </c>
+      <c r="BC28" s="6">
+        <v>6872155.0</v>
+      </c>
+      <c r="BD28" s="6">
+        <v>8229442.0</v>
+      </c>
+      <c r="BE28" s="6">
+        <v>6656211.0</v>
+      </c>
+      <c r="BF28" s="6">
+        <v>6553172.0</v>
+      </c>
+      <c r="BG28" s="6">
+        <v>6269701.0</v>
+      </c>
+      <c r="BH28" s="6">
+        <v>6061169.0</v>
+      </c>
+      <c r="BI28" s="6">
+        <v>2714183.0</v>
+      </c>
+      <c r="BJ28" s="6">
+        <v>10691397.0</v>
+      </c>
+      <c r="BK28" s="6">
+        <v>6191904.0</v>
+      </c>
+      <c r="BL28" s="6">
+        <v>6302771.0</v>
+      </c>
+      <c r="BM28" s="6">
+        <v>5565061.0</v>
+      </c>
+      <c r="BN28" s="6">
+        <v>5780798.0</v>
+      </c>
+      <c r="BO28" s="6">
+        <v>6178047.0</v>
+      </c>
+      <c r="BP28" s="6">
+        <v>6443789.0</v>
+      </c>
+      <c r="BQ28" s="6">
+        <v>5438589.0</v>
+      </c>
+      <c r="BR28" s="6">
+        <v>5814602.0</v>
+      </c>
+      <c r="BS28" s="6">
+        <v>6007996.0</v>
+      </c>
+      <c r="BT28" s="6">
+        <v>6058522.0</v>
+      </c>
+      <c r="BU28" s="6">
+        <v>2573793.0</v>
+      </c>
+      <c r="BV28" s="6">
+        <v>10198634.0</v>
+      </c>
+      <c r="BW28" s="6">
+        <v>6102746.0</v>
+      </c>
+      <c r="BX28" s="6">
+        <v>6301431.0</v>
+      </c>
+      <c r="BY28" s="6">
+        <v>5665890.0</v>
+      </c>
+      <c r="BZ28" s="6">
+        <v>5798309.0</v>
+      </c>
+      <c r="CA28" s="6">
+        <v>6072475.0</v>
+      </c>
+      <c r="CB28" s="6">
+        <v>7159804.0</v>
+      </c>
+      <c r="CC28" s="6">
+        <v>6107533.0</v>
+      </c>
+      <c r="CD28" s="6">
+        <v>5873770.0</v>
+      </c>
+      <c r="CE28" s="6">
+        <v>5457579.0</v>
+      </c>
+      <c r="CF28" s="6">
+        <v>5535402.0</v>
+      </c>
+      <c r="CG28" s="6">
+        <v>1421050.0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:85">
+      <c r="A29" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Telšių apskritis</t>
+          </r>
+        </is>
+      </c>
+      <c r="B29" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Visa apskritis</t>
+          </r>
+        </is>
+      </c>
+      <c r="C29" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">MM skaičius</t>
+          </r>
+        </is>
+      </c>
+      <c r="D29" s="6">
+        <v>3935.0</v>
+      </c>
+      <c r="E29" s="6">
+        <v>3939.0</v>
+      </c>
+      <c r="F29" s="6">
+        <v>3949.0</v>
+      </c>
+      <c r="G29" s="6">
+        <v>3952.0</v>
+      </c>
+      <c r="H29" s="6">
+        <v>3956.0</v>
+      </c>
+      <c r="I29" s="6">
+        <v>3951.0</v>
+      </c>
+      <c r="J29" s="6">
+        <v>3951.0</v>
+      </c>
+      <c r="K29" s="6">
+        <v>3942.0</v>
+      </c>
+      <c r="L29" s="6">
+        <v>3924.0</v>
+      </c>
+      <c r="M29" s="6">
+        <v>3937.0</v>
+      </c>
+      <c r="N29" s="6">
         <v>4249.0</v>
       </c>
-      <c r="AM26" s="6">
-[...44 lines deleted...]
-      <c r="BB26" s="6">
+      <c r="O29" s="6">
         <v>4072.0</v>
       </c>
-      <c r="BC26" s="6">
+      <c r="P29" s="6">
+        <v>4087.0</v>
+      </c>
+      <c r="Q29" s="6">
+        <v>4042.0</v>
+      </c>
+      <c r="R29" s="6">
+        <v>4028.0</v>
+      </c>
+      <c r="S29" s="6">
+        <v>4032.0</v>
+      </c>
+      <c r="T29" s="6">
+        <v>4030.0</v>
+      </c>
+      <c r="U29" s="6">
+        <v>4026.0</v>
+      </c>
+      <c r="V29" s="6">
+        <v>4011.0</v>
+      </c>
+      <c r="W29" s="6">
+        <v>3999.0</v>
+      </c>
+      <c r="X29" s="6">
+        <v>3985.0</v>
+      </c>
+      <c r="Y29" s="6">
+        <v>4003.0</v>
+      </c>
+      <c r="Z29" s="6">
+        <v>4239.0</v>
+      </c>
+      <c r="AA29" s="6">
+        <v>4067.0</v>
+      </c>
+      <c r="AB29" s="6">
+        <v>4067.0</v>
+      </c>
+      <c r="AC29" s="6">
+        <v>4036.0</v>
+      </c>
+      <c r="AD29" s="6">
+        <v>4030.0</v>
+      </c>
+      <c r="AE29" s="6">
+        <v>4052.0</v>
+      </c>
+      <c r="AF29" s="6">
+        <v>4057.0</v>
+      </c>
+      <c r="AG29" s="6">
         <v>4046.0</v>
       </c>
-      <c r="BD26" s="6">
-[...738 lines deleted...]
-      </c>
       <c r="AH29" s="6">
-        <v>4007.0</v>
+        <v>4023.0</v>
       </c>
       <c r="AI29" s="6">
         <v>4017.0</v>
       </c>
       <c r="AJ29" s="6">
-        <v>4229.0</v>
+        <v>4005.0</v>
       </c>
       <c r="AK29" s="6">
-        <v>4100.0</v>
+        <v>4016.0</v>
       </c>
       <c r="AL29" s="6">
-        <v>4083.0</v>
+        <v>4228.0</v>
       </c>
       <c r="AM29" s="6">
-        <v>4038.0</v>
+        <v>4096.0</v>
       </c>
       <c r="AN29" s="6">
-        <v>4029.0</v>
+        <v>4079.0</v>
       </c>
       <c r="AO29" s="6">
-        <v>4023.0</v>
+        <v>4034.0</v>
       </c>
       <c r="AP29" s="6">
-        <v>4018.0</v>
+        <v>4025.0</v>
       </c>
       <c r="AQ29" s="6">
-        <v>3995.0</v>
+        <v>4019.0</v>
       </c>
       <c r="AR29" s="6">
-        <v>3996.0</v>
+        <v>4014.0</v>
       </c>
       <c r="AS29" s="6">
-        <v>3979.0</v>
+        <v>3991.0</v>
       </c>
       <c r="AT29" s="6">
+        <v>3992.0</v>
+      </c>
+      <c r="AU29" s="6">
+        <v>3975.0</v>
+      </c>
+      <c r="AV29" s="6">
+        <v>3966.0</v>
+      </c>
+      <c r="AW29" s="6">
+        <v>3981.0</v>
+      </c>
+      <c r="AX29" s="6">
+        <v>4243.0</v>
+      </c>
+      <c r="AY29" s="6">
+        <v>4051.0</v>
+      </c>
+      <c r="AZ29" s="6">
+        <v>4051.0</v>
+      </c>
+      <c r="BA29" s="6">
+        <v>4037.0</v>
+      </c>
+      <c r="BB29" s="6">
+        <v>4026.0</v>
+      </c>
+      <c r="BC29" s="6">
+        <v>4017.0</v>
+      </c>
+      <c r="BD29" s="6">
+        <v>4010.0</v>
+      </c>
+      <c r="BE29" s="6">
         <v>3970.0</v>
       </c>
-      <c r="AU29" s="6">
-[...31 lines deleted...]
-      </c>
       <c r="BF29" s="6">
-        <v>3893.0</v>
+        <v>3943.0</v>
       </c>
       <c r="BG29" s="6">
-        <v>3878.0</v>
+        <v>3918.0</v>
       </c>
       <c r="BH29" s="6">
+        <v>3889.0</v>
+      </c>
+      <c r="BI29" s="6">
+        <v>3874.0</v>
+      </c>
+      <c r="BJ29" s="6">
         <v>4093.0</v>
       </c>
-      <c r="BI29" s="6">
+      <c r="BK29" s="6">
         <v>3946.0</v>
       </c>
-      <c r="BJ29" s="6">
+      <c r="BL29" s="6">
         <v>3936.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>3919.0</v>
       </c>
       <c r="BM29" s="6">
         <v>3909.0</v>
       </c>
       <c r="BN29" s="6">
+        <v>3919.0</v>
+      </c>
+      <c r="BO29" s="6">
+        <v>3909.0</v>
+      </c>
+      <c r="BP29" s="6">
         <v>3898.0</v>
       </c>
-      <c r="BO29" s="6">
+      <c r="BQ29" s="6">
         <v>3878.0</v>
       </c>
-      <c r="BP29" s="6">
+      <c r="BR29" s="6">
         <v>3848.0</v>
       </c>
-      <c r="BQ29" s="6">
+      <c r="BS29" s="6">
         <v>3864.0</v>
       </c>
-      <c r="BR29" s="6">
+      <c r="BT29" s="6">
         <v>3876.0</v>
       </c>
-      <c r="BS29" s="6">
+      <c r="BU29" s="6">
         <v>3875.0</v>
       </c>
-      <c r="BT29" s="6">
+      <c r="BV29" s="6">
         <v>4100.0</v>
       </c>
-      <c r="BU29" s="6">
+      <c r="BW29" s="6">
         <v>3921.0</v>
       </c>
-      <c r="BV29" s="6">
+      <c r="BX29" s="6">
         <v>3896.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>3879.0</v>
       </c>
       <c r="BY29" s="6">
         <v>3883.0</v>
       </c>
       <c r="BZ29" s="6">
+        <v>3879.0</v>
+      </c>
+      <c r="CA29" s="6">
+        <v>3883.0</v>
+      </c>
+      <c r="CB29" s="6">
         <v>3895.0</v>
       </c>
-      <c r="CA29" s="6">
+      <c r="CC29" s="6">
         <v>3870.0</v>
       </c>
-      <c r="CB29" s="6">
+      <c r="CD29" s="6">
         <v>3869.0</v>
       </c>
-      <c r="CC29" s="6">
+      <c r="CE29" s="6">
         <v>3860.0</v>
       </c>
-      <c r="CD29" s="6">
+      <c r="CF29" s="6">
         <v>3846.0</v>
       </c>
-      <c r="CE29" s="6">
+      <c r="CG29" s="6">
         <v>3858.0</v>
       </c>
     </row>
-    <row r="30" spans="1:83">
+    <row r="30" spans="1:85">
       <c r="C30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D30" s="6">
-        <v>82220977.0</v>
+        <v>88064874.0</v>
       </c>
       <c r="E30" s="6">
-        <v>87933118.0</v>
+        <v>78863157.0</v>
       </c>
       <c r="F30" s="6">
-        <v>98792660.0</v>
+        <v>82397244.0</v>
       </c>
       <c r="G30" s="6">
-        <v>84706733.0</v>
+        <v>87919754.0</v>
       </c>
       <c r="H30" s="6">
-        <v>82483298.0</v>
+        <v>98772705.0</v>
       </c>
       <c r="I30" s="6">
-        <v>77841681.0</v>
+        <v>84709180.0</v>
       </c>
       <c r="J30" s="6">
-        <v>80723890.0</v>
+        <v>82487282.0</v>
       </c>
       <c r="K30" s="6">
-        <v>41877198.0</v>
+        <v>77804610.0</v>
       </c>
       <c r="L30" s="6">
-        <v>124080323.0</v>
+        <v>80696663.0</v>
       </c>
       <c r="M30" s="6">
-        <v>79312499.0</v>
+        <v>41858695.0</v>
       </c>
       <c r="N30" s="6">
-        <v>78306690.0</v>
+        <v>124080866.0</v>
       </c>
       <c r="O30" s="6">
-        <v>71584631.0</v>
+        <v>79306053.0</v>
       </c>
       <c r="P30" s="6">
-        <v>74812147.0</v>
+        <v>78300180.0</v>
       </c>
       <c r="Q30" s="6">
-        <v>78946173.0</v>
+        <v>71571276.0</v>
       </c>
       <c r="R30" s="6">
-        <v>89551008.0</v>
+        <v>74793879.0</v>
       </c>
       <c r="S30" s="6">
-        <v>75602595.0</v>
+        <v>78939256.0</v>
       </c>
       <c r="T30" s="6">
-        <v>75135306.0</v>
+        <v>89543667.0</v>
       </c>
       <c r="U30" s="6">
-        <v>73520290.0</v>
+        <v>75598702.0</v>
       </c>
       <c r="V30" s="6">
-        <v>75355537.0</v>
+        <v>75107393.0</v>
       </c>
       <c r="W30" s="6">
-        <v>37888704.0</v>
+        <v>73491594.0</v>
       </c>
       <c r="X30" s="6">
-        <v>112190197.0</v>
+        <v>75337527.0</v>
       </c>
       <c r="Y30" s="6">
-        <v>70555665.0</v>
+        <v>37877385.0</v>
       </c>
       <c r="Z30" s="6">
-        <v>70440669.0</v>
+        <v>112168264.0</v>
       </c>
       <c r="AA30" s="6">
-        <v>65079371.0</v>
+        <v>70537235.0</v>
       </c>
       <c r="AB30" s="6">
-        <v>66098747.0</v>
+        <v>70412194.0</v>
       </c>
       <c r="AC30" s="6">
-        <v>70805101.0</v>
+        <v>65061283.0</v>
       </c>
       <c r="AD30" s="6">
-        <v>80485613.0</v>
+        <v>66089157.0</v>
       </c>
       <c r="AE30" s="6">
-        <v>67016032.0</v>
+        <v>70783137.0</v>
       </c>
       <c r="AF30" s="6">
-        <v>67170316.0</v>
+        <v>80456653.0</v>
       </c>
       <c r="AG30" s="6">
-        <v>64138909.0</v>
+        <v>66996191.0</v>
       </c>
       <c r="AH30" s="6">
-        <v>65210073.0</v>
+        <v>67132919.0</v>
       </c>
       <c r="AI30" s="6">
-        <v>33842556.0</v>
+        <v>64093537.0</v>
       </c>
       <c r="AJ30" s="6">
-        <v>100840561.0</v>
+        <v>65174493.0</v>
       </c>
       <c r="AK30" s="6">
-        <v>61742524.0</v>
+        <v>33824560.0</v>
       </c>
       <c r="AL30" s="6">
-        <v>61835765.0</v>
+        <v>100784130.0</v>
       </c>
       <c r="AM30" s="6">
-        <v>60627512.0</v>
+        <v>61699491.0</v>
       </c>
       <c r="AN30" s="6">
-        <v>57715320.0</v>
+        <v>61788963.0</v>
       </c>
       <c r="AO30" s="6">
-        <v>64470150.0</v>
+        <v>60587361.0</v>
       </c>
       <c r="AP30" s="6">
-        <v>72536992.0</v>
+        <v>57682097.0</v>
       </c>
       <c r="AQ30" s="6">
-        <v>61143286.0</v>
+        <v>64431015.0</v>
       </c>
       <c r="AR30" s="6">
-        <v>60159060.0</v>
+        <v>72501557.0</v>
       </c>
       <c r="AS30" s="6">
-        <v>56588581.0</v>
+        <v>61108656.0</v>
       </c>
       <c r="AT30" s="6">
-        <v>55939285.0</v>
+        <v>60118422.0</v>
       </c>
       <c r="AU30" s="6">
-        <v>31226033.0</v>
+        <v>56549106.0</v>
       </c>
       <c r="AV30" s="6">
-        <v>88803460.0</v>
+        <v>55911042.0</v>
       </c>
       <c r="AW30" s="6">
-        <v>55307459.0</v>
+        <v>31214140.0</v>
       </c>
       <c r="AX30" s="6">
-        <v>54631608.0</v>
+        <v>88743124.0</v>
       </c>
       <c r="AY30" s="6">
-        <v>51038031.0</v>
+        <v>55274464.0</v>
       </c>
       <c r="AZ30" s="6">
-        <v>51836866.0</v>
+        <v>54592372.0</v>
       </c>
       <c r="BA30" s="6">
-        <v>55904349.0</v>
+        <v>51000697.0</v>
       </c>
       <c r="BB30" s="6">
-        <v>61862605.0</v>
+        <v>51797544.0</v>
       </c>
       <c r="BC30" s="6">
-        <v>54627750.0</v>
+        <v>55866021.0</v>
       </c>
       <c r="BD30" s="6">
-        <v>52433686.0</v>
+        <v>61833687.0</v>
       </c>
       <c r="BE30" s="6">
-        <v>49824374.0</v>
+        <v>54596283.0</v>
       </c>
       <c r="BF30" s="6">
-        <v>49220491.0</v>
+        <v>52400211.0</v>
       </c>
       <c r="BG30" s="6">
-        <v>26759338.0</v>
+        <v>49795934.0</v>
       </c>
       <c r="BH30" s="6">
+        <v>49189960.0</v>
+      </c>
+      <c r="BI30" s="6">
+        <v>26724090.0</v>
+      </c>
+      <c r="BJ30" s="6">
         <v>78334768.0</v>
       </c>
-      <c r="BI30" s="6">
+      <c r="BK30" s="6">
         <v>49518427.0</v>
       </c>
-      <c r="BJ30" s="6">
+      <c r="BL30" s="6">
         <v>50154542.0</v>
       </c>
-      <c r="BK30" s="6">
+      <c r="BM30" s="6">
         <v>45310861.0</v>
       </c>
-      <c r="BL30" s="6">
+      <c r="BN30" s="6">
         <v>47217756.0</v>
       </c>
-      <c r="BM30" s="6">
+      <c r="BO30" s="6">
         <v>51518379.0</v>
       </c>
-      <c r="BN30" s="6">
+      <c r="BP30" s="6">
         <v>53100646.0</v>
       </c>
-      <c r="BO30" s="6">
+      <c r="BQ30" s="6">
         <v>45677600.0</v>
       </c>
-      <c r="BP30" s="6">
+      <c r="BR30" s="6">
         <v>46111270.0</v>
       </c>
-      <c r="BQ30" s="6">
+      <c r="BS30" s="6">
         <v>46750279.0</v>
       </c>
-      <c r="BR30" s="6">
+      <c r="BT30" s="6">
         <v>47757336.0</v>
       </c>
-      <c r="BS30" s="6">
+      <c r="BU30" s="6">
         <v>25366806.0</v>
       </c>
-      <c r="BT30" s="6">
+      <c r="BV30" s="6">
         <v>71697663.0</v>
       </c>
-      <c r="BU30" s="6">
+      <c r="BW30" s="6">
         <v>46813931.0</v>
       </c>
-      <c r="BV30" s="6">
+      <c r="BX30" s="6">
         <v>45794216.0</v>
       </c>
-      <c r="BW30" s="6">
+      <c r="BY30" s="6">
         <v>42303141.0</v>
       </c>
-      <c r="BX30" s="6">
+      <c r="BZ30" s="6">
         <v>43626520.0</v>
       </c>
-      <c r="BY30" s="6">
+      <c r="CA30" s="6">
         <v>47731649.0</v>
       </c>
-      <c r="BZ30" s="6">
+      <c r="CB30" s="6">
         <v>51865891.0</v>
       </c>
-      <c r="CA30" s="6">
+      <c r="CC30" s="6">
         <v>45701845.0</v>
       </c>
-      <c r="CB30" s="6">
+      <c r="CD30" s="6">
         <v>44354822.0</v>
       </c>
-      <c r="CC30" s="6">
+      <c r="CE30" s="6">
         <v>41989501.0</v>
       </c>
-      <c r="CD30" s="6">
+      <c r="CF30" s="6">
         <v>42471425.0</v>
       </c>
-      <c r="CE30" s="6">
+      <c r="CG30" s="6">
         <v>15438966.0</v>
       </c>
     </row>
-    <row r="31" spans="1:83">
+    <row r="31" spans="1:85">
       <c r="C31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D31" s="6">
-        <v>13783545.0</v>
+        <v>14954151.0</v>
       </c>
       <c r="E31" s="6">
-        <v>14719351.0</v>
+        <v>13261193.0</v>
       </c>
       <c r="F31" s="6">
-        <v>16558965.0</v>
+        <v>13786380.0</v>
       </c>
       <c r="G31" s="6">
-        <v>14085310.0</v>
+        <v>14714801.0</v>
       </c>
       <c r="H31" s="6">
-        <v>13480365.0</v>
+        <v>16554646.0</v>
       </c>
       <c r="I31" s="6">
-        <v>12656301.0</v>
+        <v>14085256.0</v>
       </c>
       <c r="J31" s="6">
-        <v>13187726.0</v>
+        <v>13478117.0</v>
       </c>
       <c r="K31" s="6">
-        <v>6840578.0</v>
+        <v>12648544.0</v>
       </c>
       <c r="L31" s="6">
-        <v>21127668.0</v>
+        <v>13183270.0</v>
       </c>
       <c r="M31" s="6">
-        <v>13229115.0</v>
+        <v>6837503.0</v>
       </c>
       <c r="N31" s="6">
-        <v>12886762.0</v>
+        <v>21128341.0</v>
       </c>
       <c r="O31" s="6">
-        <v>11785578.0</v>
+        <v>13228289.0</v>
       </c>
       <c r="P31" s="6">
-        <v>12317779.0</v>
+        <v>12885518.0</v>
       </c>
       <c r="Q31" s="6">
-        <v>12786932.0</v>
+        <v>11782682.0</v>
       </c>
       <c r="R31" s="6">
-        <v>14722857.0</v>
+        <v>12314279.0</v>
       </c>
       <c r="S31" s="6">
-        <v>12070837.0</v>
+        <v>12786308.0</v>
       </c>
       <c r="T31" s="6">
-        <v>12159090.0</v>
+        <v>14722194.0</v>
       </c>
       <c r="U31" s="6">
-        <v>11640483.0</v>
+        <v>12069841.0</v>
       </c>
       <c r="V31" s="6">
-        <v>12070988.0</v>
+        <v>12153328.0</v>
       </c>
       <c r="W31" s="6">
-        <v>6106755.0</v>
+        <v>11633855.0</v>
       </c>
       <c r="X31" s="6">
-        <v>19022441.0</v>
+        <v>12068198.0</v>
       </c>
       <c r="Y31" s="6">
-        <v>11634271.0</v>
+        <v>6104183.0</v>
       </c>
       <c r="Z31" s="6">
-        <v>11621304.0</v>
+        <v>19017882.0</v>
       </c>
       <c r="AA31" s="6">
-        <v>10670972.0</v>
+        <v>11629751.0</v>
       </c>
       <c r="AB31" s="6">
-        <v>10710207.0</v>
+        <v>11615184.0</v>
       </c>
       <c r="AC31" s="6">
-        <v>11497439.0</v>
+        <v>10666480.0</v>
       </c>
       <c r="AD31" s="6">
-        <v>13127610.0</v>
+        <v>10707961.0</v>
       </c>
       <c r="AE31" s="6">
-        <v>10653108.0</v>
+        <v>11492373.0</v>
       </c>
       <c r="AF31" s="6">
-        <v>10696066.0</v>
+        <v>13121951.0</v>
       </c>
       <c r="AG31" s="6">
-        <v>10076212.0</v>
+        <v>10649122.0</v>
       </c>
       <c r="AH31" s="6">
-        <v>10172790.0</v>
+        <v>10687931.0</v>
       </c>
       <c r="AI31" s="6">
-        <v>5448574.0</v>
+        <v>10067088.0</v>
       </c>
       <c r="AJ31" s="6">
-        <v>16871498.0</v>
+        <v>10165551.0</v>
       </c>
       <c r="AK31" s="6">
-        <v>9908069.0</v>
+        <v>5445573.0</v>
       </c>
       <c r="AL31" s="6">
-        <v>10003821.0</v>
+        <v>16860291.0</v>
       </c>
       <c r="AM31" s="6">
-        <v>9787109.0</v>
+        <v>9899840.0</v>
       </c>
       <c r="AN31" s="6">
-        <v>9147240.0</v>
+        <v>9994352.0</v>
       </c>
       <c r="AO31" s="6">
-        <v>10347395.0</v>
+        <v>9779268.0</v>
       </c>
       <c r="AP31" s="6">
-        <v>11814712.0</v>
+        <v>9141964.0</v>
       </c>
       <c r="AQ31" s="6">
-        <v>9897283.0</v>
+        <v>10340192.0</v>
       </c>
       <c r="AR31" s="6">
-        <v>9653526.0</v>
+        <v>11808229.0</v>
       </c>
       <c r="AS31" s="6">
-        <v>8931895.0</v>
+        <v>9891234.0</v>
       </c>
       <c r="AT31" s="6">
-        <v>8836424.0</v>
+        <v>9646489.0</v>
       </c>
       <c r="AU31" s="6">
-        <v>5086335.0</v>
+        <v>8925033.0</v>
       </c>
       <c r="AV31" s="6">
-        <v>14866570.0</v>
+        <v>8832103.0</v>
       </c>
       <c r="AW31" s="6">
-        <v>8990591.0</v>
+        <v>5084135.0</v>
       </c>
       <c r="AX31" s="6">
-        <v>8837414.0</v>
+        <v>14856114.0</v>
       </c>
       <c r="AY31" s="6">
-        <v>8297382.0</v>
+        <v>8985080.0</v>
       </c>
       <c r="AZ31" s="6">
-        <v>8347199.0</v>
+        <v>8830522.0</v>
       </c>
       <c r="BA31" s="6">
-        <v>8909942.0</v>
+        <v>8290893.0</v>
       </c>
       <c r="BB31" s="6">
-        <v>9915852.0</v>
+        <v>8340446.0</v>
       </c>
       <c r="BC31" s="6">
-        <v>8657422.0</v>
+        <v>8903504.0</v>
       </c>
       <c r="BD31" s="6">
-        <v>8303361.0</v>
+        <v>9911236.0</v>
       </c>
       <c r="BE31" s="6">
-        <v>7750566.0</v>
+        <v>8652203.0</v>
       </c>
       <c r="BF31" s="6">
-        <v>7809128.0</v>
+        <v>8297780.0</v>
       </c>
       <c r="BG31" s="6">
-        <v>4287541.0</v>
+        <v>7745975.0</v>
       </c>
       <c r="BH31" s="6">
+        <v>7803966.0</v>
+      </c>
+      <c r="BI31" s="6">
+        <v>4281294.0</v>
+      </c>
+      <c r="BJ31" s="6">
         <v>12544676.0</v>
       </c>
-      <c r="BI31" s="6">
+      <c r="BK31" s="6">
         <v>7761641.0</v>
       </c>
-      <c r="BJ31" s="6">
+      <c r="BL31" s="6">
         <v>7915053.0</v>
       </c>
-      <c r="BK31" s="6">
+      <c r="BM31" s="6">
         <v>7068582.0</v>
       </c>
-      <c r="BL31" s="6">
+      <c r="BN31" s="6">
         <v>7429311.0</v>
       </c>
-      <c r="BM31" s="6">
+      <c r="BO31" s="6">
         <v>8140955.0</v>
       </c>
-      <c r="BN31" s="6">
+      <c r="BP31" s="6">
         <v>8521207.0</v>
       </c>
-      <c r="BO31" s="6">
+      <c r="BQ31" s="6">
         <v>7285121.0</v>
       </c>
-      <c r="BP31" s="6">
+      <c r="BR31" s="6">
         <v>7163752.0</v>
       </c>
-      <c r="BQ31" s="6">
+      <c r="BS31" s="6">
         <v>7392907.0</v>
       </c>
-      <c r="BR31" s="6">
+      <c r="BT31" s="6">
         <v>7585513.0</v>
       </c>
-      <c r="BS31" s="6">
+      <c r="BU31" s="6">
         <v>4071593.0</v>
       </c>
-      <c r="BT31" s="6">
+      <c r="BV31" s="6">
         <v>11995476.0</v>
       </c>
-      <c r="BU31" s="6">
+      <c r="BW31" s="6">
         <v>7679604.0</v>
       </c>
-      <c r="BV31" s="6">
+      <c r="BX31" s="6">
         <v>7442086.0</v>
       </c>
-      <c r="BW31" s="6">
+      <c r="BY31" s="6">
         <v>6895810.0</v>
       </c>
-      <c r="BX31" s="6">
+      <c r="BZ31" s="6">
         <v>7152959.0</v>
       </c>
-      <c r="BY31" s="6">
+      <c r="CA31" s="6">
         <v>7657920.0</v>
       </c>
-      <c r="BZ31" s="6">
+      <c r="CB31" s="6">
         <v>8417920.0</v>
       </c>
-      <c r="CA31" s="6">
+      <c r="CC31" s="6">
         <v>7366583.0</v>
       </c>
-      <c r="CB31" s="6">
+      <c r="CD31" s="6">
         <v>7096481.0</v>
       </c>
-      <c r="CC31" s="6">
+      <c r="CE31" s="6">
         <v>6633847.0</v>
       </c>
-      <c r="CD31" s="6">
+      <c r="CF31" s="6">
         <v>6803285.0</v>
       </c>
-      <c r="CE31" s="6">
+      <c r="CG31" s="6">
         <v>1774111.0</v>
       </c>
     </row>
-    <row r="32" spans="1:83">
+    <row r="32" spans="1:85">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Panevėžio apskritis</t>
           </r>
         </is>
       </c>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D32" s="6">
-        <v>6680.0</v>
+        <v>6758.0</v>
       </c>
       <c r="E32" s="6">
-        <v>6667.0</v>
+        <v>6696.0</v>
       </c>
       <c r="F32" s="6">
-        <v>6677.0</v>
+        <v>6710.0</v>
       </c>
       <c r="G32" s="6">
-        <v>6681.0</v>
+        <v>6682.0</v>
       </c>
       <c r="H32" s="6">
-        <v>6675.0</v>
+        <v>6688.0</v>
       </c>
       <c r="I32" s="6">
-        <v>6668.0</v>
+        <v>6688.0</v>
       </c>
       <c r="J32" s="6">
-        <v>6666.0</v>
+        <v>6686.0</v>
       </c>
       <c r="K32" s="6">
-        <v>6694.0</v>
+        <v>6673.0</v>
       </c>
       <c r="L32" s="6">
+        <v>6671.0</v>
+      </c>
+      <c r="M32" s="6">
+        <v>6699.0</v>
+      </c>
+      <c r="N32" s="6">
         <v>7346.0</v>
       </c>
-      <c r="M32" s="6">
+      <c r="O32" s="6">
         <v>7033.0</v>
       </c>
-      <c r="N32" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="P32" s="6">
-        <v>6814.0</v>
+        <v>6945.0</v>
       </c>
       <c r="Q32" s="6">
-        <v>6817.0</v>
+        <v>6822.0</v>
       </c>
       <c r="R32" s="6">
-        <v>6834.0</v>
+        <v>6812.0</v>
       </c>
       <c r="S32" s="6">
-        <v>6821.0</v>
+        <v>6815.0</v>
       </c>
       <c r="T32" s="6">
+        <v>6833.0</v>
+      </c>
+      <c r="U32" s="6">
+        <v>6820.0</v>
+      </c>
+      <c r="V32" s="6">
         <v>6818.0</v>
       </c>
-      <c r="U32" s="6">
+      <c r="W32" s="6">
         <v>6794.0</v>
       </c>
-      <c r="V32" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="X32" s="6">
-        <v>7452.0</v>
+        <v>6785.0</v>
       </c>
       <c r="Y32" s="6">
-        <v>7117.0</v>
+        <v>6789.0</v>
       </c>
       <c r="Z32" s="6">
-        <v>6983.0</v>
+        <v>7450.0</v>
       </c>
       <c r="AA32" s="6">
-        <v>6926.0</v>
+        <v>7115.0</v>
       </c>
       <c r="AB32" s="6">
-        <v>6939.0</v>
+        <v>6982.0</v>
       </c>
       <c r="AC32" s="6">
-        <v>6919.0</v>
+        <v>6925.0</v>
       </c>
       <c r="AD32" s="6">
-        <v>6936.0</v>
+        <v>6938.0</v>
       </c>
       <c r="AE32" s="6">
+        <v>6918.0</v>
+      </c>
+      <c r="AF32" s="6">
+        <v>6935.0</v>
+      </c>
+      <c r="AG32" s="6">
         <v>6895.0</v>
       </c>
-      <c r="AF32" s="6">
+      <c r="AH32" s="6">
         <v>6873.0</v>
       </c>
-      <c r="AG32" s="6">
+      <c r="AI32" s="6">
         <v>6846.0</v>
       </c>
-      <c r="AH32" s="6">
+      <c r="AJ32" s="6">
         <v>6820.0</v>
       </c>
-      <c r="AI32" s="6">
+      <c r="AK32" s="6">
         <v>6848.0</v>
       </c>
-      <c r="AJ32" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="AL32" s="6">
-        <v>7029.0</v>
+        <v>7424.0</v>
       </c>
       <c r="AM32" s="6">
-        <v>6949.0</v>
+        <v>7139.0</v>
       </c>
       <c r="AN32" s="6">
-        <v>6915.0</v>
+        <v>7030.0</v>
       </c>
       <c r="AO32" s="6">
-        <v>6902.0</v>
+        <v>6950.0</v>
       </c>
       <c r="AP32" s="6">
-        <v>6897.0</v>
+        <v>6916.0</v>
       </c>
       <c r="AQ32" s="6">
-        <v>6879.0</v>
+        <v>6903.0</v>
       </c>
       <c r="AR32" s="6">
-        <v>6847.0</v>
+        <v>6898.0</v>
       </c>
       <c r="AS32" s="6">
-        <v>6824.0</v>
+        <v>6880.0</v>
       </c>
       <c r="AT32" s="6">
-        <v>6814.0</v>
+        <v>6848.0</v>
       </c>
       <c r="AU32" s="6">
-        <v>6848.0</v>
+        <v>6825.0</v>
       </c>
       <c r="AV32" s="6">
-        <v>7383.0</v>
+        <v>6815.0</v>
       </c>
       <c r="AW32" s="6">
-        <v>7081.0</v>
+        <v>6849.0</v>
       </c>
       <c r="AX32" s="6">
-        <v>6954.0</v>
+        <v>7384.0</v>
       </c>
       <c r="AY32" s="6">
-        <v>6852.0</v>
+        <v>7083.0</v>
       </c>
       <c r="AZ32" s="6">
-        <v>6809.0</v>
+        <v>6956.0</v>
       </c>
       <c r="BA32" s="6">
-        <v>6790.0</v>
+        <v>6854.0</v>
       </c>
       <c r="BB32" s="6">
-        <v>6775.0</v>
+        <v>6811.0</v>
       </c>
       <c r="BC32" s="6">
-        <v>6716.0</v>
+        <v>6792.0</v>
       </c>
       <c r="BD32" s="6">
-        <v>6682.0</v>
+        <v>6777.0</v>
       </c>
       <c r="BE32" s="6">
-        <v>6629.0</v>
+        <v>6718.0</v>
       </c>
       <c r="BF32" s="6">
-        <v>6569.0</v>
+        <v>6684.0</v>
       </c>
       <c r="BG32" s="6">
-        <v>6560.0</v>
+        <v>6631.0</v>
       </c>
       <c r="BH32" s="6">
+        <v>6571.0</v>
+      </c>
+      <c r="BI32" s="6">
+        <v>6562.0</v>
+      </c>
+      <c r="BJ32" s="6">
         <v>7149.0</v>
       </c>
-      <c r="BI32" s="6">
+      <c r="BK32" s="6">
         <v>6813.0</v>
       </c>
-      <c r="BJ32" s="6">
+      <c r="BL32" s="6">
         <v>6735.0</v>
       </c>
-      <c r="BK32" s="6">
+      <c r="BM32" s="6">
         <v>6631.0</v>
       </c>
-      <c r="BL32" s="6">
+      <c r="BN32" s="6">
         <v>6601.0</v>
       </c>
-      <c r="BM32" s="6">
+      <c r="BO32" s="6">
         <v>6597.0</v>
       </c>
-      <c r="BN32" s="6">
+      <c r="BP32" s="6">
         <v>6587.0</v>
       </c>
-      <c r="BO32" s="6">
+      <c r="BQ32" s="6">
         <v>6551.0</v>
       </c>
-      <c r="BP32" s="6">
+      <c r="BR32" s="6">
         <v>6528.0</v>
       </c>
-      <c r="BQ32" s="6">
+      <c r="BS32" s="6">
         <v>6573.0</v>
       </c>
-      <c r="BR32" s="6">
+      <c r="BT32" s="6">
         <v>6572.0</v>
       </c>
-      <c r="BS32" s="6">
+      <c r="BU32" s="6">
         <v>6616.0</v>
       </c>
-      <c r="BT32" s="6">
+      <c r="BV32" s="6">
         <v>7139.0</v>
       </c>
-      <c r="BU32" s="6">
+      <c r="BW32" s="6">
         <v>6774.0</v>
       </c>
-      <c r="BV32" s="6">
+      <c r="BX32" s="6">
         <v>6707.0</v>
       </c>
-      <c r="BW32" s="6">
+      <c r="BY32" s="6">
         <v>6654.0</v>
       </c>
-      <c r="BX32" s="6">
+      <c r="BZ32" s="6">
         <v>6620.0</v>
       </c>
-      <c r="BY32" s="6">
+      <c r="CA32" s="6">
         <v>6602.0</v>
       </c>
-      <c r="BZ32" s="6">
+      <c r="CB32" s="6">
         <v>6599.0</v>
       </c>
-      <c r="CA32" s="6">
+      <c r="CC32" s="6">
         <v>6545.0</v>
       </c>
-      <c r="CB32" s="6">
+      <c r="CD32" s="6">
         <v>6533.0</v>
       </c>
-      <c r="CC32" s="6">
+      <c r="CE32" s="6">
         <v>6482.0</v>
       </c>
-      <c r="CD32" s="6">
+      <c r="CF32" s="6">
         <v>6464.0</v>
       </c>
-      <c r="CE32" s="6">
+      <c r="CG32" s="6">
         <v>6514.0</v>
       </c>
     </row>
-    <row r="33" spans="1:83">
+    <row r="33" spans="1:85">
       <c r="C33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D33" s="6">
-        <v>117400319.0</v>
+        <v>128046394.0</v>
       </c>
       <c r="E33" s="6">
-        <v>129825538.0</v>
+        <v>116218777.0</v>
       </c>
       <c r="F33" s="6">
-        <v>146628092.0</v>
+        <v>117417394.0</v>
       </c>
       <c r="G33" s="6">
-        <v>126049888.0</v>
+        <v>129951323.0</v>
       </c>
       <c r="H33" s="6">
-        <v>124296881.0</v>
+        <v>146683560.0</v>
       </c>
       <c r="I33" s="6">
-        <v>117734782.0</v>
+        <v>126146533.0</v>
       </c>
       <c r="J33" s="6">
-        <v>118046693.0</v>
+        <v>124318569.0</v>
       </c>
       <c r="K33" s="6">
-        <v>52051811.0</v>
+        <v>117737387.0</v>
       </c>
       <c r="L33" s="6">
-        <v>193962913.0</v>
+        <v>118065418.0</v>
       </c>
       <c r="M33" s="6">
-        <v>114202157.0</v>
+        <v>52090595.0</v>
       </c>
       <c r="N33" s="6">
-        <v>118719224.0</v>
+        <v>193965011.0</v>
       </c>
       <c r="O33" s="6">
-        <v>105996511.0</v>
+        <v>114207581.0</v>
       </c>
       <c r="P33" s="6">
-        <v>109160343.0</v>
+        <v>118721328.0</v>
       </c>
       <c r="Q33" s="6">
-        <v>118377123.0</v>
+        <v>105971704.0</v>
       </c>
       <c r="R33" s="6">
-        <v>134560224.0</v>
+        <v>109166051.0</v>
       </c>
       <c r="S33" s="6">
-        <v>117300623.0</v>
+        <v>118333676.0</v>
       </c>
       <c r="T33" s="6">
-        <v>112246537.0</v>
+        <v>134579618.0</v>
       </c>
       <c r="U33" s="6">
-        <v>112319021.0</v>
+        <v>117305806.0</v>
       </c>
       <c r="V33" s="6">
-        <v>111142684.0</v>
+        <v>112260009.0</v>
       </c>
       <c r="W33" s="6">
-        <v>47741253.0</v>
+        <v>112335631.0</v>
       </c>
       <c r="X33" s="6">
-        <v>177222449.0</v>
+        <v>111152002.0</v>
       </c>
       <c r="Y33" s="6">
-        <v>106191984.0</v>
+        <v>47758523.0</v>
       </c>
       <c r="Z33" s="6">
-        <v>111543343.0</v>
+        <v>177282307.0</v>
       </c>
       <c r="AA33" s="6">
-        <v>98919020.0</v>
+        <v>106194307.0</v>
       </c>
       <c r="AB33" s="6">
-        <v>99787125.0</v>
+        <v>111545311.0</v>
       </c>
       <c r="AC33" s="6">
-        <v>108795928.0</v>
+        <v>98932708.0</v>
       </c>
       <c r="AD33" s="6">
-        <v>126724319.0</v>
+        <v>99790548.0</v>
       </c>
       <c r="AE33" s="6">
-        <v>106088247.0</v>
+        <v>108795027.0</v>
       </c>
       <c r="AF33" s="6">
-        <v>105251221.0</v>
+        <v>126752099.0</v>
       </c>
       <c r="AG33" s="6">
-        <v>100410727.0</v>
+        <v>106093876.0</v>
       </c>
       <c r="AH33" s="6">
-        <v>99200186.0</v>
+        <v>105263012.0</v>
       </c>
       <c r="AI33" s="6">
-        <v>43295102.0</v>
+        <v>100412387.0</v>
       </c>
       <c r="AJ33" s="6">
-        <v>157413922.0</v>
+        <v>99213615.0</v>
       </c>
       <c r="AK33" s="6">
-        <v>95583872.0</v>
+        <v>43323468.0</v>
       </c>
       <c r="AL33" s="6">
-        <v>99818647.0</v>
+        <v>157423518.0</v>
       </c>
       <c r="AM33" s="6">
-        <v>86956947.0</v>
+        <v>95590274.0</v>
       </c>
       <c r="AN33" s="6">
-        <v>88462128.0</v>
+        <v>99829265.0</v>
       </c>
       <c r="AO33" s="6">
-        <v>97468615.0</v>
+        <v>87003931.0</v>
       </c>
       <c r="AP33" s="6">
-        <v>110344280.0</v>
+        <v>88476360.0</v>
       </c>
       <c r="AQ33" s="6">
-        <v>95244520.0</v>
+        <v>97481892.0</v>
       </c>
       <c r="AR33" s="6">
-        <v>92887627.0</v>
+        <v>110376971.0</v>
       </c>
       <c r="AS33" s="6">
-        <v>86339943.0</v>
+        <v>95311611.0</v>
       </c>
       <c r="AT33" s="6">
-        <v>86973000.0</v>
+        <v>92909018.0</v>
       </c>
       <c r="AU33" s="6">
-        <v>39336992.0</v>
+        <v>86350208.0</v>
       </c>
       <c r="AV33" s="6">
-        <v>140843821.0</v>
+        <v>86984156.0</v>
       </c>
       <c r="AW33" s="6">
-        <v>85316614.0</v>
+        <v>39353356.0</v>
       </c>
       <c r="AX33" s="6">
-        <v>85965671.0</v>
+        <v>140863434.0</v>
       </c>
       <c r="AY33" s="6">
-        <v>78396784.0</v>
+        <v>85343390.0</v>
       </c>
       <c r="AZ33" s="6">
-        <v>78250373.0</v>
+        <v>85987893.0</v>
       </c>
       <c r="BA33" s="6">
-        <v>86898574.0</v>
+        <v>78420053.0</v>
       </c>
       <c r="BB33" s="6">
-        <v>93726055.0</v>
+        <v>78263184.0</v>
       </c>
       <c r="BC33" s="6">
-        <v>82700027.0</v>
+        <v>86913852.0</v>
       </c>
       <c r="BD33" s="6">
-        <v>80679621.0</v>
+        <v>93744043.0</v>
       </c>
       <c r="BE33" s="6">
-        <v>77863212.0</v>
+        <v>82716147.0</v>
       </c>
       <c r="BF33" s="6">
-        <v>77055762.0</v>
+        <v>80695521.0</v>
       </c>
       <c r="BG33" s="6">
-        <v>35698345.0</v>
+        <v>77876760.0</v>
       </c>
       <c r="BH33" s="6">
+        <v>77069358.0</v>
+      </c>
+      <c r="BI33" s="6">
+        <v>35716054.0</v>
+      </c>
+      <c r="BJ33" s="6">
         <v>125956809.0</v>
       </c>
-      <c r="BI33" s="6">
+      <c r="BK33" s="6">
         <v>76699974.0</v>
       </c>
-      <c r="BJ33" s="6">
+      <c r="BL33" s="6">
         <v>77212777.0</v>
       </c>
-      <c r="BK33" s="6">
+      <c r="BM33" s="6">
         <v>70846745.0</v>
       </c>
-      <c r="BL33" s="6">
+      <c r="BN33" s="6">
         <v>70962055.0</v>
       </c>
-      <c r="BM33" s="6">
+      <c r="BO33" s="6">
         <v>77514763.0</v>
       </c>
-      <c r="BN33" s="6">
+      <c r="BP33" s="6">
         <v>81491907.0</v>
       </c>
-      <c r="BO33" s="6">
+      <c r="BQ33" s="6">
         <v>67806641.0</v>
       </c>
-      <c r="BP33" s="6">
+      <c r="BR33" s="6">
         <v>70288853.0</v>
       </c>
-      <c r="BQ33" s="6">
+      <c r="BS33" s="6">
         <v>71838202.0</v>
       </c>
-      <c r="BR33" s="6">
+      <c r="BT33" s="6">
         <v>70473405.0</v>
       </c>
-      <c r="BS33" s="6">
+      <c r="BU33" s="6">
         <v>32540977.0</v>
       </c>
-      <c r="BT33" s="6">
+      <c r="BV33" s="6">
         <v>114856301.0</v>
       </c>
-      <c r="BU33" s="6">
+      <c r="BW33" s="6">
         <v>71152261.0</v>
       </c>
-      <c r="BV33" s="6">
+      <c r="BX33" s="6">
         <v>73055706.0</v>
       </c>
-      <c r="BW33" s="6">
+      <c r="BY33" s="6">
         <v>65703435.0</v>
       </c>
-      <c r="BX33" s="6">
+      <c r="BZ33" s="6">
         <v>66242952.0</v>
       </c>
-      <c r="BY33" s="6">
+      <c r="CA33" s="6">
         <v>73597565.0</v>
       </c>
-      <c r="BZ33" s="6">
+      <c r="CB33" s="6">
         <v>82364130.0</v>
       </c>
-      <c r="CA33" s="6">
+      <c r="CC33" s="6">
         <v>71642065.0</v>
       </c>
-      <c r="CB33" s="6">
+      <c r="CD33" s="6">
         <v>70598692.0</v>
       </c>
-      <c r="CC33" s="6">
+      <c r="CE33" s="6">
         <v>66000131.0</v>
       </c>
-      <c r="CD33" s="6">
+      <c r="CF33" s="6">
         <v>66630728.0</v>
       </c>
-      <c r="CE33" s="6">
+      <c r="CG33" s="6">
         <v>23625466.0</v>
       </c>
     </row>
-    <row r="34" spans="1:83">
+    <row r="34" spans="1:85">
       <c r="C34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D34" s="6">
-        <v>19143262.0</v>
+        <v>20883391.0</v>
       </c>
       <c r="E34" s="6">
-        <v>20707439.0</v>
+        <v>18791744.0</v>
       </c>
       <c r="F34" s="6">
-        <v>23556268.0</v>
+        <v>19145383.0</v>
       </c>
       <c r="G34" s="6">
-        <v>20222004.0</v>
+        <v>20706308.0</v>
       </c>
       <c r="H34" s="6">
-        <v>19703036.0</v>
+        <v>23570723.0</v>
       </c>
       <c r="I34" s="6">
-        <v>18215813.0</v>
+        <v>20239044.0</v>
       </c>
       <c r="J34" s="6">
-        <v>18651714.0</v>
+        <v>19704953.0</v>
       </c>
       <c r="K34" s="6">
-        <v>7717401.0</v>
+        <v>18215598.0</v>
       </c>
       <c r="L34" s="6">
-        <v>32185729.0</v>
+        <v>18654231.0</v>
       </c>
       <c r="M34" s="6">
-        <v>18235912.0</v>
+        <v>7720667.0</v>
       </c>
       <c r="N34" s="6">
-        <v>18908502.0</v>
+        <v>32185948.0</v>
       </c>
       <c r="O34" s="6">
-        <v>16840650.0</v>
+        <v>18236862.0</v>
       </c>
       <c r="P34" s="6">
-        <v>17386243.0</v>
+        <v>18908324.0</v>
       </c>
       <c r="Q34" s="6">
-        <v>18254302.0</v>
+        <v>16842605.0</v>
       </c>
       <c r="R34" s="6">
-        <v>21349651.0</v>
+        <v>17386292.0</v>
       </c>
       <c r="S34" s="6">
-        <v>18254633.0</v>
+        <v>18245695.0</v>
       </c>
       <c r="T34" s="6">
-        <v>17309683.0</v>
+        <v>21352957.0</v>
       </c>
       <c r="U34" s="6">
-        <v>17074229.0</v>
+        <v>18254988.0</v>
       </c>
       <c r="V34" s="6">
-        <v>17128168.0</v>
+        <v>17311415.0</v>
       </c>
       <c r="W34" s="6">
-        <v>6964999.0</v>
+        <v>17077053.0</v>
       </c>
       <c r="X34" s="6">
-        <v>29447537.0</v>
+        <v>17129267.0</v>
       </c>
       <c r="Y34" s="6">
-        <v>16956792.0</v>
+        <v>6967850.0</v>
       </c>
       <c r="Z34" s="6">
-        <v>17932843.0</v>
+        <v>29454195.0</v>
       </c>
       <c r="AA34" s="6">
-        <v>15964645.0</v>
+        <v>16957062.0</v>
       </c>
       <c r="AB34" s="6">
-        <v>15819302.0</v>
+        <v>17933093.0</v>
       </c>
       <c r="AC34" s="6">
-        <v>16929718.0</v>
+        <v>15967245.0</v>
       </c>
       <c r="AD34" s="6">
-        <v>20135764.0</v>
+        <v>15819948.0</v>
       </c>
       <c r="AE34" s="6">
-        <v>16488689.0</v>
+        <v>16929371.0</v>
       </c>
       <c r="AF34" s="6">
-        <v>16309896.0</v>
+        <v>20141019.0</v>
       </c>
       <c r="AG34" s="6">
-        <v>15281604.0</v>
+        <v>16489008.0</v>
       </c>
       <c r="AH34" s="6">
-        <v>15242182.0</v>
+        <v>16311317.0</v>
       </c>
       <c r="AI34" s="6">
-        <v>6330869.0</v>
+        <v>15281107.0</v>
       </c>
       <c r="AJ34" s="6">
-        <v>25859604.0</v>
+        <v>15245983.0</v>
       </c>
       <c r="AK34" s="6">
-        <v>15140394.0</v>
+        <v>6332821.0</v>
       </c>
       <c r="AL34" s="6">
-        <v>15954316.0</v>
+        <v>25860224.0</v>
       </c>
       <c r="AM34" s="6">
-        <v>13839492.0</v>
+        <v>15141167.0</v>
       </c>
       <c r="AN34" s="6">
-        <v>13822713.0</v>
+        <v>15955869.0</v>
       </c>
       <c r="AO34" s="6">
-        <v>14980326.0</v>
+        <v>13849981.0</v>
       </c>
       <c r="AP34" s="6">
-        <v>17578955.0</v>
+        <v>13824865.0</v>
       </c>
       <c r="AQ34" s="6">
-        <v>15137077.0</v>
+        <v>14982235.0</v>
       </c>
       <c r="AR34" s="6">
-        <v>14692584.0</v>
+        <v>17584677.0</v>
       </c>
       <c r="AS34" s="6">
-        <v>13311504.0</v>
+        <v>15151811.0</v>
       </c>
       <c r="AT34" s="6">
-        <v>13625532.0</v>
+        <v>14694891.0</v>
       </c>
       <c r="AU34" s="6">
-        <v>6008175.0</v>
+        <v>13312993.0</v>
       </c>
       <c r="AV34" s="6">
-        <v>23221840.0</v>
+        <v>13627345.0</v>
       </c>
       <c r="AW34" s="6">
-        <v>13645608.0</v>
+        <v>6010900.0</v>
       </c>
       <c r="AX34" s="6">
-        <v>13755113.0</v>
+        <v>23225641.0</v>
       </c>
       <c r="AY34" s="6">
-        <v>12502601.0</v>
+        <v>13650429.0</v>
       </c>
       <c r="AZ34" s="6">
-        <v>12403275.0</v>
+        <v>13759163.0</v>
       </c>
       <c r="BA34" s="6">
-        <v>13497334.0</v>
+        <v>12506767.0</v>
       </c>
       <c r="BB34" s="6">
-        <v>14734849.0</v>
+        <v>12405586.0</v>
       </c>
       <c r="BC34" s="6">
-        <v>12876013.0</v>
+        <v>13500192.0</v>
       </c>
       <c r="BD34" s="6">
-        <v>12637149.0</v>
+        <v>14738241.0</v>
       </c>
       <c r="BE34" s="6">
-        <v>11947572.0</v>
+        <v>12878833.0</v>
       </c>
       <c r="BF34" s="6">
-        <v>12004439.0</v>
+        <v>12639928.0</v>
       </c>
       <c r="BG34" s="6">
-        <v>5316899.0</v>
+        <v>11949815.0</v>
       </c>
       <c r="BH34" s="6">
+        <v>12006711.0</v>
+      </c>
+      <c r="BI34" s="6">
+        <v>5320085.0</v>
+      </c>
+      <c r="BJ34" s="6">
         <v>20197359.0</v>
       </c>
-      <c r="BI34" s="6">
+      <c r="BK34" s="6">
         <v>11852592.0</v>
       </c>
-      <c r="BJ34" s="6">
+      <c r="BL34" s="6">
         <v>12015491.0</v>
       </c>
-      <c r="BK34" s="6">
+      <c r="BM34" s="6">
         <v>11013500.0</v>
       </c>
-      <c r="BL34" s="6">
+      <c r="BN34" s="6">
         <v>10911303.0</v>
       </c>
-      <c r="BM34" s="6">
+      <c r="BO34" s="6">
         <v>11888951.0</v>
       </c>
-      <c r="BN34" s="6">
+      <c r="BP34" s="6">
         <v>12837199.0</v>
       </c>
-      <c r="BO34" s="6">
+      <c r="BQ34" s="6">
         <v>10484248.0</v>
       </c>
-      <c r="BP34" s="6">
+      <c r="BR34" s="6">
         <v>10766987.0</v>
       </c>
-      <c r="BQ34" s="6">
+      <c r="BS34" s="6">
         <v>11052868.0</v>
       </c>
-      <c r="BR34" s="6">
+      <c r="BT34" s="6">
         <v>10878375.0</v>
       </c>
-      <c r="BS34" s="6">
+      <c r="BU34" s="6">
         <v>4799293.0</v>
       </c>
-      <c r="BT34" s="6">
+      <c r="BV34" s="6">
         <v>19152178.0</v>
       </c>
-      <c r="BU34" s="6">
+      <c r="BW34" s="6">
         <v>11530326.0</v>
       </c>
-      <c r="BV34" s="6">
+      <c r="BX34" s="6">
         <v>11834413.0</v>
       </c>
-      <c r="BW34" s="6">
+      <c r="BY34" s="6">
         <v>10618262.0</v>
       </c>
-      <c r="BX34" s="6">
+      <c r="BZ34" s="6">
         <v>10776996.0</v>
       </c>
-      <c r="BY34" s="6">
+      <c r="CA34" s="6">
         <v>11536517.0</v>
       </c>
-      <c r="BZ34" s="6">
+      <c r="CB34" s="6">
         <v>13354714.0</v>
       </c>
-      <c r="CA34" s="6">
+      <c r="CC34" s="6">
         <v>11406793.0</v>
       </c>
-      <c r="CB34" s="6">
+      <c r="CD34" s="6">
         <v>11201176.0</v>
       </c>
-      <c r="CC34" s="6">
+      <c r="CE34" s="6">
         <v>10339012.0</v>
       </c>
-      <c r="CD34" s="6">
+      <c r="CF34" s="6">
         <v>10430478.0</v>
       </c>
-      <c r="CE34" s="6">
+      <c r="CG34" s="6">
         <v>2668032.0</v>
       </c>
     </row>
-    <row r="35" spans="1:83">
+    <row r="35" spans="1:85">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Utenos apskritis</t>
           </r>
         </is>
       </c>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D35" s="6">
-        <v>3033.0</v>
+        <v>3045.0</v>
       </c>
       <c r="E35" s="6">
-        <v>3052.0</v>
+        <v>3034.0</v>
       </c>
       <c r="F35" s="6">
-        <v>3066.0</v>
+        <v>3054.0</v>
       </c>
       <c r="G35" s="6">
+        <v>3058.0</v>
+      </c>
+      <c r="H35" s="6">
+        <v>3070.0</v>
+      </c>
+      <c r="I35" s="6">
         <v>3045.0</v>
       </c>
-      <c r="H35" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="J35" s="6">
+        <v>3031.0</v>
+      </c>
+      <c r="K35" s="6">
+        <v>3004.0</v>
+      </c>
+      <c r="L35" s="6">
+        <v>3009.0</v>
+      </c>
+      <c r="M35" s="6">
         <v>3011.0</v>
       </c>
-      <c r="K35" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="N35" s="6">
-        <v>3165.0</v>
+        <v>3255.0</v>
       </c>
       <c r="O35" s="6">
-        <v>3130.0</v>
+        <v>3127.0</v>
       </c>
       <c r="P35" s="6">
-        <v>3146.0</v>
+        <v>3159.0</v>
       </c>
       <c r="Q35" s="6">
-        <v>3156.0</v>
+        <v>3126.0</v>
       </c>
       <c r="R35" s="6">
-        <v>3176.0</v>
+        <v>3142.0</v>
       </c>
       <c r="S35" s="6">
-        <v>3172.0</v>
+        <v>3150.0</v>
       </c>
       <c r="T35" s="6">
-        <v>3172.0</v>
+        <v>3170.0</v>
       </c>
       <c r="U35" s="6">
-        <v>3153.0</v>
+        <v>3169.0</v>
       </c>
       <c r="V35" s="6">
+        <v>3168.0</v>
+      </c>
+      <c r="W35" s="6">
+        <v>3148.0</v>
+      </c>
+      <c r="X35" s="6">
+        <v>3147.0</v>
+      </c>
+      <c r="Y35" s="6">
+        <v>3159.0</v>
+      </c>
+      <c r="Z35" s="6">
+        <v>3384.0</v>
+      </c>
+      <c r="AA35" s="6">
+        <v>3257.0</v>
+      </c>
+      <c r="AB35" s="6">
+        <v>3266.0</v>
+      </c>
+      <c r="AC35" s="6">
+        <v>3230.0</v>
+      </c>
+      <c r="AD35" s="6">
+        <v>3216.0</v>
+      </c>
+      <c r="AE35" s="6">
+        <v>3215.0</v>
+      </c>
+      <c r="AF35" s="6">
+        <v>3234.0</v>
+      </c>
+      <c r="AG35" s="6">
+        <v>3215.0</v>
+      </c>
+      <c r="AH35" s="6">
+        <v>3196.0</v>
+      </c>
+      <c r="AI35" s="6">
         <v>3152.0</v>
       </c>
-      <c r="W35" s="6">
+      <c r="AJ35" s="6">
+        <v>3149.0</v>
+      </c>
+      <c r="AK35" s="6">
         <v>3164.0</v>
       </c>
-      <c r="X35" s="6">
-[...40 lines deleted...]
-      </c>
       <c r="AL35" s="6">
-        <v>3263.0</v>
+        <v>3391.0</v>
       </c>
       <c r="AM35" s="6">
-        <v>3271.0</v>
+        <v>3278.0</v>
       </c>
       <c r="AN35" s="6">
-        <v>3247.0</v>
+        <v>3256.0</v>
       </c>
       <c r="AO35" s="6">
-        <v>3262.0</v>
+        <v>3264.0</v>
       </c>
       <c r="AP35" s="6">
-        <v>3251.0</v>
+        <v>3240.0</v>
       </c>
       <c r="AQ35" s="6">
-        <v>3227.0</v>
+        <v>3256.0</v>
       </c>
       <c r="AR35" s="6">
-        <v>3187.0</v>
+        <v>3244.0</v>
       </c>
       <c r="AS35" s="6">
-        <v>3169.0</v>
+        <v>3220.0</v>
       </c>
       <c r="AT35" s="6">
-        <v>3161.0</v>
+        <v>3181.0</v>
       </c>
       <c r="AU35" s="6">
         <v>3162.0</v>
       </c>
       <c r="AV35" s="6">
-        <v>3354.0</v>
+        <v>3155.0</v>
       </c>
       <c r="AW35" s="6">
-        <v>3205.0</v>
+        <v>3157.0</v>
       </c>
       <c r="AX35" s="6">
-        <v>3195.0</v>
+        <v>3347.0</v>
       </c>
       <c r="AY35" s="6">
-        <v>3186.0</v>
+        <v>3201.0</v>
       </c>
       <c r="AZ35" s="6">
-        <v>3169.0</v>
+        <v>3191.0</v>
       </c>
       <c r="BA35" s="6">
-        <v>3167.0</v>
+        <v>3181.0</v>
       </c>
       <c r="BB35" s="6">
-        <v>3143.0</v>
+        <v>3163.0</v>
       </c>
       <c r="BC35" s="6">
-        <v>3127.0</v>
+        <v>3163.0</v>
       </c>
       <c r="BD35" s="6">
+        <v>3140.0</v>
+      </c>
+      <c r="BE35" s="6">
+        <v>3125.0</v>
+      </c>
+      <c r="BF35" s="6">
         <v>3070.0</v>
       </c>
-      <c r="BE35" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="BG35" s="6">
-        <v>2990.0</v>
+        <v>3044.0</v>
       </c>
       <c r="BH35" s="6">
+        <v>3012.0</v>
+      </c>
+      <c r="BI35" s="6">
+        <v>2992.0</v>
+      </c>
+      <c r="BJ35" s="6">
         <v>3233.0</v>
       </c>
-      <c r="BI35" s="6">
+      <c r="BK35" s="6">
         <v>3051.0</v>
       </c>
-      <c r="BJ35" s="6">
+      <c r="BL35" s="6">
         <v>3051.0</v>
       </c>
-      <c r="BK35" s="6">
+      <c r="BM35" s="6">
         <v>3018.0</v>
       </c>
-      <c r="BL35" s="6">
+      <c r="BN35" s="6">
         <v>3020.0</v>
       </c>
-      <c r="BM35" s="6">
+      <c r="BO35" s="6">
         <v>3012.0</v>
       </c>
-      <c r="BN35" s="6">
+      <c r="BP35" s="6">
         <v>3003.0</v>
       </c>
-      <c r="BO35" s="6">
+      <c r="BQ35" s="6">
         <v>2967.0</v>
       </c>
-      <c r="BP35" s="6">
+      <c r="BR35" s="6">
         <v>2956.0</v>
       </c>
-      <c r="BQ35" s="6">
+      <c r="BS35" s="6">
         <v>2976.0</v>
       </c>
-      <c r="BR35" s="6">
+      <c r="BT35" s="6">
         <v>2989.0</v>
       </c>
-      <c r="BS35" s="6">
+      <c r="BU35" s="6">
         <v>2981.0</v>
       </c>
-      <c r="BT35" s="6">
+      <c r="BV35" s="6">
         <v>3165.0</v>
       </c>
-      <c r="BU35" s="6">
+      <c r="BW35" s="6">
         <v>3050.0</v>
       </c>
-      <c r="BV35" s="6">
+      <c r="BX35" s="6">
         <v>3023.0</v>
       </c>
-      <c r="BW35" s="6">
+      <c r="BY35" s="6">
         <v>3001.0</v>
       </c>
-      <c r="BX35" s="6">
+      <c r="BZ35" s="6">
         <v>3014.0</v>
       </c>
-      <c r="BY35" s="6">
+      <c r="CA35" s="6">
         <v>3004.0</v>
       </c>
-      <c r="BZ35" s="6">
+      <c r="CB35" s="6">
         <v>3006.0</v>
       </c>
-      <c r="CA35" s="6">
+      <c r="CC35" s="6">
         <v>2994.0</v>
       </c>
-      <c r="CB35" s="6">
+      <c r="CD35" s="6">
         <v>2953.0</v>
       </c>
-      <c r="CC35" s="6">
+      <c r="CE35" s="6">
         <v>2942.0</v>
       </c>
-      <c r="CD35" s="6">
+      <c r="CF35" s="6">
         <v>2932.0</v>
       </c>
-      <c r="CE35" s="6">
+      <c r="CG35" s="6">
         <v>2932.0</v>
       </c>
     </row>
-    <row r="36" spans="1:83">
+    <row r="36" spans="1:85">
       <c r="C36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D36" s="6">
-        <v>56411138.0</v>
+        <v>61284632.0</v>
       </c>
       <c r="E36" s="6">
-        <v>72913412.0</v>
+        <v>57212110.0</v>
       </c>
       <c r="F36" s="6">
-        <v>71584981.0</v>
+        <v>56617784.0</v>
       </c>
       <c r="G36" s="6">
-        <v>60133922.0</v>
+        <v>72943183.0</v>
       </c>
       <c r="H36" s="6">
-        <v>64922976.0</v>
+        <v>71563800.0</v>
       </c>
       <c r="I36" s="6">
-        <v>56999896.0</v>
+        <v>60104470.0</v>
       </c>
       <c r="J36" s="6">
-        <v>56824863.0</v>
+        <v>64881755.0</v>
       </c>
       <c r="K36" s="6">
-        <v>26326197.0</v>
+        <v>56956604.0</v>
       </c>
       <c r="L36" s="6">
-        <v>90749696.0</v>
+        <v>57078505.0</v>
       </c>
       <c r="M36" s="6">
-        <v>55694095.0</v>
+        <v>26318619.0</v>
       </c>
       <c r="N36" s="6">
-        <v>56419199.0</v>
+        <v>90683250.0</v>
       </c>
       <c r="O36" s="6">
-        <v>50874737.0</v>
+        <v>55650456.0</v>
       </c>
       <c r="P36" s="6">
-        <v>51928131.0</v>
+        <v>56365034.0</v>
       </c>
       <c r="Q36" s="6">
-        <v>58457021.0</v>
+        <v>50817491.0</v>
       </c>
       <c r="R36" s="6">
-        <v>64918567.0</v>
+        <v>51870318.0</v>
       </c>
       <c r="S36" s="6">
-        <v>55780027.0</v>
+        <v>58416479.0</v>
       </c>
       <c r="T36" s="6">
-        <v>56714005.0</v>
+        <v>64882673.0</v>
       </c>
       <c r="U36" s="6">
-        <v>53394559.0</v>
+        <v>55742290.0</v>
       </c>
       <c r="V36" s="6">
-        <v>52640845.0</v>
+        <v>56678452.0</v>
       </c>
       <c r="W36" s="6">
-        <v>24202740.0</v>
+        <v>53362357.0</v>
       </c>
       <c r="X36" s="6">
-        <v>81878564.0</v>
+        <v>52340981.0</v>
       </c>
       <c r="Y36" s="6">
-        <v>50711300.0</v>
+        <v>24189177.0</v>
       </c>
       <c r="Z36" s="6">
-        <v>50661074.0</v>
+        <v>81819784.0</v>
       </c>
       <c r="AA36" s="6">
-        <v>46658042.0</v>
+        <v>50675987.0</v>
       </c>
       <c r="AB36" s="6">
-        <v>47328806.0</v>
+        <v>50622881.0</v>
       </c>
       <c r="AC36" s="6">
-        <v>51681355.0</v>
+        <v>46619163.0</v>
       </c>
       <c r="AD36" s="6">
-        <v>60106130.0</v>
+        <v>47286915.0</v>
       </c>
       <c r="AE36" s="6">
-        <v>49463110.0</v>
+        <v>51645037.0</v>
       </c>
       <c r="AF36" s="6">
-        <v>50064493.0</v>
+        <v>60065304.0</v>
       </c>
       <c r="AG36" s="6">
-        <v>47911714.0</v>
+        <v>49429076.0</v>
       </c>
       <c r="AH36" s="6">
-        <v>46899367.0</v>
+        <v>50013146.0</v>
       </c>
       <c r="AI36" s="6">
-        <v>22723857.0</v>
+        <v>47865275.0</v>
       </c>
       <c r="AJ36" s="6">
-        <v>74487396.0</v>
+        <v>46852957.0</v>
       </c>
       <c r="AK36" s="6">
-        <v>45221758.0</v>
+        <v>22707756.0</v>
       </c>
       <c r="AL36" s="6">
-        <v>45228289.0</v>
+        <v>74411730.0</v>
       </c>
       <c r="AM36" s="6">
-        <v>43195066.0</v>
+        <v>45190556.0</v>
       </c>
       <c r="AN36" s="6">
-        <v>42587829.0</v>
+        <v>45194546.0</v>
       </c>
       <c r="AO36" s="6">
-        <v>47622971.0</v>
+        <v>43152526.0</v>
       </c>
       <c r="AP36" s="6">
-        <v>55263081.0</v>
+        <v>42550278.0</v>
       </c>
       <c r="AQ36" s="6">
-        <v>46182632.0</v>
+        <v>47587477.0</v>
       </c>
       <c r="AR36" s="6">
-        <v>46403184.0</v>
+        <v>55226236.0</v>
       </c>
       <c r="AS36" s="6">
-        <v>42907729.0</v>
+        <v>46144933.0</v>
       </c>
       <c r="AT36" s="6">
-        <v>42942651.0</v>
+        <v>46359609.0</v>
       </c>
       <c r="AU36" s="6">
-        <v>20761721.0</v>
+        <v>42856128.0</v>
       </c>
       <c r="AV36" s="6">
-        <v>66756718.0</v>
+        <v>42905996.0</v>
       </c>
       <c r="AW36" s="6">
-        <v>40965778.0</v>
+        <v>20754356.0</v>
       </c>
       <c r="AX36" s="6">
-        <v>41146709.0</v>
+        <v>66710888.0</v>
       </c>
       <c r="AY36" s="6">
-        <v>39385777.0</v>
+        <v>40949505.0</v>
       </c>
       <c r="AZ36" s="6">
-        <v>38944006.0</v>
+        <v>41132931.0</v>
       </c>
       <c r="BA36" s="6">
-        <v>43630209.0</v>
+        <v>39354971.0</v>
       </c>
       <c r="BB36" s="6">
-        <v>48924936.0</v>
+        <v>38918171.0</v>
       </c>
       <c r="BC36" s="6">
-        <v>41708596.0</v>
+        <v>43614883.0</v>
       </c>
       <c r="BD36" s="6">
-        <v>42036148.0</v>
+        <v>48935411.0</v>
       </c>
       <c r="BE36" s="6">
-        <v>39467537.0</v>
+        <v>41702245.0</v>
       </c>
       <c r="BF36" s="6">
-        <v>39661242.0</v>
+        <v>42022500.0</v>
       </c>
       <c r="BG36" s="6">
-        <v>19083654.0</v>
+        <v>39465645.0</v>
       </c>
       <c r="BH36" s="6">
+        <v>39646465.0</v>
+      </c>
+      <c r="BI36" s="6">
+        <v>19080410.0</v>
+      </c>
+      <c r="BJ36" s="6">
         <v>61662061.0</v>
       </c>
-      <c r="BI36" s="6">
+      <c r="BK36" s="6">
         <v>38806345.0</v>
       </c>
-      <c r="BJ36" s="6">
+      <c r="BL36" s="6">
         <v>38247988.0</v>
       </c>
-      <c r="BK36" s="6">
+      <c r="BM36" s="6">
         <v>35843698.0</v>
       </c>
-      <c r="BL36" s="6">
+      <c r="BN36" s="6">
         <v>36036186.0</v>
       </c>
-      <c r="BM36" s="6">
+      <c r="BO36" s="6">
         <v>40504838.0</v>
       </c>
-      <c r="BN36" s="6">
+      <c r="BP36" s="6">
         <v>42129842.0</v>
       </c>
-      <c r="BO36" s="6">
+      <c r="BQ36" s="6">
         <v>34370196.0</v>
       </c>
-      <c r="BP36" s="6">
+      <c r="BR36" s="6">
         <v>38560013.0</v>
       </c>
-      <c r="BQ36" s="6">
+      <c r="BS36" s="6">
         <v>37140921.0</v>
       </c>
-      <c r="BR36" s="6">
+      <c r="BT36" s="6">
         <v>36706529.0</v>
       </c>
-      <c r="BS36" s="6">
+      <c r="BU36" s="6">
         <v>17885334.0</v>
       </c>
-      <c r="BT36" s="6">
+      <c r="BV36" s="6">
         <v>56009362.0</v>
       </c>
-      <c r="BU36" s="6">
+      <c r="BW36" s="6">
         <v>35055598.0</v>
       </c>
-      <c r="BV36" s="6">
+      <c r="BX36" s="6">
         <v>35687415.0</v>
       </c>
-      <c r="BW36" s="6">
+      <c r="BY36" s="6">
         <v>32782517.0</v>
       </c>
-      <c r="BX36" s="6">
+      <c r="BZ36" s="6">
         <v>33228756.0</v>
       </c>
-      <c r="BY36" s="6">
+      <c r="CA36" s="6">
         <v>37793410.0</v>
       </c>
-      <c r="BZ36" s="6">
+      <c r="CB36" s="6">
         <v>41118460.0</v>
       </c>
-      <c r="CA36" s="6">
+      <c r="CC36" s="6">
         <v>35846149.0</v>
       </c>
-      <c r="CB36" s="6">
+      <c r="CD36" s="6">
         <v>36349288.0</v>
       </c>
-      <c r="CC36" s="6">
+      <c r="CE36" s="6">
         <v>33344067.0</v>
       </c>
-      <c r="CD36" s="6">
+      <c r="CF36" s="6">
         <v>33538018.0</v>
       </c>
-      <c r="CE36" s="6">
+      <c r="CG36" s="6">
         <v>13962520.0</v>
       </c>
     </row>
-    <row r="37" spans="1:83">
+    <row r="37" spans="1:85">
       <c r="C37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D37" s="6">
-        <v>9154836.0</v>
+        <v>9957252.0</v>
       </c>
       <c r="E37" s="6">
-        <v>10105292.0</v>
+        <v>9238334.0</v>
       </c>
       <c r="F37" s="6">
-        <v>11644939.0</v>
+        <v>9180874.0</v>
       </c>
       <c r="G37" s="6">
-        <v>9619857.0</v>
+        <v>10110036.0</v>
       </c>
       <c r="H37" s="6">
-        <v>9759671.0</v>
+        <v>11643006.0</v>
       </c>
       <c r="I37" s="6">
-        <v>8905139.0</v>
+        <v>9616556.0</v>
       </c>
       <c r="J37" s="6">
-        <v>9076315.0</v>
+        <v>9754352.0</v>
       </c>
       <c r="K37" s="6">
-        <v>4157850.0</v>
+        <v>8900986.0</v>
       </c>
       <c r="L37" s="6">
-        <v>14901423.0</v>
+        <v>9072999.0</v>
       </c>
       <c r="M37" s="6">
-        <v>8825594.0</v>
+        <v>4156911.0</v>
       </c>
       <c r="N37" s="6">
-        <v>8906922.0</v>
+        <v>14892811.0</v>
       </c>
       <c r="O37" s="6">
-        <v>7981765.0</v>
+        <v>8818575.0</v>
       </c>
       <c r="P37" s="6">
-        <v>8160785.0</v>
+        <v>8900894.0</v>
       </c>
       <c r="Q37" s="6">
-        <v>8947832.0</v>
+        <v>7975572.0</v>
       </c>
       <c r="R37" s="6">
-        <v>10225349.0</v>
+        <v>8154335.0</v>
       </c>
       <c r="S37" s="6">
-        <v>8622519.0</v>
+        <v>8943834.0</v>
       </c>
       <c r="T37" s="6">
-        <v>8886863.0</v>
+        <v>10221413.0</v>
       </c>
       <c r="U37" s="6">
-        <v>8067516.0</v>
+        <v>8618298.0</v>
       </c>
       <c r="V37" s="6">
-        <v>8148756.0</v>
+        <v>8883047.0</v>
       </c>
       <c r="W37" s="6">
-        <v>3749469.0</v>
+        <v>8064068.0</v>
       </c>
       <c r="X37" s="6">
-        <v>13266183.0</v>
+        <v>8092764.0</v>
       </c>
       <c r="Y37" s="6">
-        <v>8021703.0</v>
+        <v>3747735.0</v>
       </c>
       <c r="Z37" s="6">
-        <v>8015910.0</v>
+        <v>13259276.0</v>
       </c>
       <c r="AA37" s="6">
-        <v>7381037.0</v>
+        <v>8017433.0</v>
       </c>
       <c r="AB37" s="6">
-        <v>7370047.0</v>
+        <v>8011209.0</v>
       </c>
       <c r="AC37" s="6">
-        <v>7975175.0</v>
+        <v>7376335.0</v>
       </c>
       <c r="AD37" s="6">
-        <v>9467688.0</v>
+        <v>7365170.0</v>
       </c>
       <c r="AE37" s="6">
-        <v>7605771.0</v>
+        <v>7971395.0</v>
       </c>
       <c r="AF37" s="6">
-        <v>7748528.0</v>
+        <v>9462593.0</v>
       </c>
       <c r="AG37" s="6">
-        <v>7226711.0</v>
+        <v>7602078.0</v>
       </c>
       <c r="AH37" s="6">
-        <v>7278761.0</v>
+        <v>7741612.0</v>
       </c>
       <c r="AI37" s="6">
-        <v>3574299.0</v>
+        <v>7220950.0</v>
       </c>
       <c r="AJ37" s="6">
-        <v>11944962.0</v>
+        <v>7273011.0</v>
       </c>
       <c r="AK37" s="6">
-        <v>7055651.0</v>
+        <v>3572398.0</v>
       </c>
       <c r="AL37" s="6">
-        <v>7077314.0</v>
+        <v>11934504.0</v>
       </c>
       <c r="AM37" s="6">
-        <v>6789818.0</v>
+        <v>7052237.0</v>
       </c>
       <c r="AN37" s="6">
-        <v>6560863.0</v>
+        <v>7073595.0</v>
       </c>
       <c r="AO37" s="6">
-        <v>7259435.0</v>
+        <v>6784375.0</v>
       </c>
       <c r="AP37" s="6">
-        <v>8749068.0</v>
+        <v>6556875.0</v>
       </c>
       <c r="AQ37" s="6">
-        <v>7300794.0</v>
+        <v>7255409.0</v>
       </c>
       <c r="AR37" s="6">
-        <v>7365506.0</v>
+        <v>8744697.0</v>
       </c>
       <c r="AS37" s="6">
-        <v>6598939.0</v>
+        <v>7297006.0</v>
       </c>
       <c r="AT37" s="6">
-        <v>6843250.0</v>
+        <v>7360415.0</v>
       </c>
       <c r="AU37" s="6">
-        <v>3323008.0</v>
+        <v>6593246.0</v>
       </c>
       <c r="AV37" s="6">
-        <v>10813003.0</v>
+        <v>6837885.0</v>
       </c>
       <c r="AW37" s="6">
-        <v>6482620.0</v>
+        <v>3321652.0</v>
       </c>
       <c r="AX37" s="6">
-        <v>6500606.0</v>
+        <v>10806623.0</v>
       </c>
       <c r="AY37" s="6">
-        <v>6219305.0</v>
+        <v>6480714.0</v>
       </c>
       <c r="AZ37" s="6">
-        <v>6147392.0</v>
+        <v>6499334.0</v>
       </c>
       <c r="BA37" s="6">
-        <v>6770244.0</v>
+        <v>6214976.0</v>
       </c>
       <c r="BB37" s="6">
-        <v>7662026.0</v>
+        <v>6143720.0</v>
       </c>
       <c r="BC37" s="6">
-        <v>6484059.0</v>
+        <v>6768255.0</v>
       </c>
       <c r="BD37" s="6">
-        <v>6526494.0</v>
+        <v>7664816.0</v>
       </c>
       <c r="BE37" s="6">
-        <v>6059044.0</v>
+        <v>6483552.0</v>
       </c>
       <c r="BF37" s="6">
-        <v>6245802.0</v>
+        <v>6524418.0</v>
       </c>
       <c r="BG37" s="6">
-        <v>3011354.0</v>
+        <v>6059501.0</v>
       </c>
       <c r="BH37" s="6">
+        <v>6243671.0</v>
+      </c>
+      <c r="BI37" s="6">
+        <v>3010881.0</v>
+      </c>
+      <c r="BJ37" s="6">
         <v>9681964.0</v>
       </c>
-      <c r="BI37" s="6">
+      <c r="BK37" s="6">
         <v>6009164.0</v>
       </c>
-      <c r="BJ37" s="6">
+      <c r="BL37" s="6">
         <v>5942767.0</v>
       </c>
-      <c r="BK37" s="6">
+      <c r="BM37" s="6">
         <v>5424655.0</v>
       </c>
-      <c r="BL37" s="6">
+      <c r="BN37" s="6">
         <v>5508357.0</v>
       </c>
-      <c r="BM37" s="6">
+      <c r="BO37" s="6">
         <v>6232800.0</v>
       </c>
-      <c r="BN37" s="6">
+      <c r="BP37" s="6">
         <v>6599787.0</v>
       </c>
-      <c r="BO37" s="6">
+      <c r="BQ37" s="6">
         <v>5330069.0</v>
       </c>
-      <c r="BP37" s="6">
+      <c r="BR37" s="6">
         <v>6053269.0</v>
       </c>
-      <c r="BQ37" s="6">
+      <c r="BS37" s="6">
         <v>5686603.0</v>
       </c>
-      <c r="BR37" s="6">
+      <c r="BT37" s="6">
         <v>5809370.0</v>
       </c>
-      <c r="BS37" s="6">
+      <c r="BU37" s="6">
         <v>2782763.0</v>
       </c>
-      <c r="BT37" s="6">
+      <c r="BV37" s="6">
         <v>9172489.0</v>
       </c>
-      <c r="BU37" s="6">
+      <c r="BW37" s="6">
         <v>5668379.0</v>
       </c>
-      <c r="BV37" s="6">
+      <c r="BX37" s="6">
         <v>5711839.0</v>
       </c>
-      <c r="BW37" s="6">
+      <c r="BY37" s="6">
         <v>5210432.0</v>
       </c>
-      <c r="BX37" s="6">
+      <c r="BZ37" s="6">
         <v>5310150.0</v>
       </c>
-      <c r="BY37" s="6">
+      <c r="CA37" s="6">
         <v>6018596.0</v>
       </c>
-      <c r="BZ37" s="6">
+      <c r="CB37" s="6">
         <v>6545608.0</v>
       </c>
-      <c r="CA37" s="6">
+      <c r="CC37" s="6">
         <v>5676351.0</v>
       </c>
-      <c r="CB37" s="6">
+      <c r="CD37" s="6">
         <v>5721208.0</v>
       </c>
-      <c r="CC37" s="6">
+      <c r="CE37" s="6">
         <v>5146977.0</v>
       </c>
-      <c r="CD37" s="6">
+      <c r="CF37" s="6">
         <v>5336214.0</v>
       </c>
-      <c r="CE37" s="6">
+      <c r="CG37" s="6">
         <v>1695988.0</v>
       </c>
     </row>
-    <row r="38" spans="1:83">
+    <row r="38" spans="1:85">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Marijampolės apskritis</t>
           </r>
         </is>
       </c>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D38" s="6">
+        <v>3588.0</v>
+      </c>
+      <c r="E38" s="6">
+        <v>3544.0</v>
+      </c>
+      <c r="F38" s="6">
+        <v>3565.0</v>
+      </c>
+      <c r="G38" s="6">
+        <v>3553.0</v>
+      </c>
+      <c r="H38" s="6">
         <v>3542.0</v>
       </c>
-      <c r="E38" s="6">
+      <c r="I38" s="6">
+        <v>3538.0</v>
+      </c>
+      <c r="J38" s="6">
+        <v>3535.0</v>
+      </c>
+      <c r="K38" s="6">
+        <v>3515.0</v>
+      </c>
+      <c r="L38" s="6">
+        <v>3504.0</v>
+      </c>
+      <c r="M38" s="6">
+        <v>3529.0</v>
+      </c>
+      <c r="N38" s="6">
+        <v>3951.0</v>
+      </c>
+      <c r="O38" s="6">
+        <v>3765.0</v>
+      </c>
+      <c r="P38" s="6">
+        <v>3697.0</v>
+      </c>
+      <c r="Q38" s="6">
+        <v>3611.0</v>
+      </c>
+      <c r="R38" s="6">
+        <v>3614.0</v>
+      </c>
+      <c r="S38" s="6">
+        <v>3597.0</v>
+      </c>
+      <c r="T38" s="6">
+        <v>3598.0</v>
+      </c>
+      <c r="U38" s="6">
+        <v>3593.0</v>
+      </c>
+      <c r="V38" s="6">
+        <v>3586.0</v>
+      </c>
+      <c r="W38" s="6">
+        <v>3577.0</v>
+      </c>
+      <c r="X38" s="6">
+        <v>3573.0</v>
+      </c>
+      <c r="Y38" s="6">
+        <v>3580.0</v>
+      </c>
+      <c r="Z38" s="6">
+        <v>3979.0</v>
+      </c>
+      <c r="AA38" s="6">
+        <v>3783.0</v>
+      </c>
+      <c r="AB38" s="6">
+        <v>3678.0</v>
+      </c>
+      <c r="AC38" s="6">
+        <v>3613.0</v>
+      </c>
+      <c r="AD38" s="6">
+        <v>3601.0</v>
+      </c>
+      <c r="AE38" s="6">
+        <v>3599.0</v>
+      </c>
+      <c r="AF38" s="6">
+        <v>3589.0</v>
+      </c>
+      <c r="AG38" s="6">
+        <v>3581.0</v>
+      </c>
+      <c r="AH38" s="6">
+        <v>3558.0</v>
+      </c>
+      <c r="AI38" s="6">
+        <v>3567.0</v>
+      </c>
+      <c r="AJ38" s="6">
+        <v>3534.0</v>
+      </c>
+      <c r="AK38" s="6">
         <v>3543.0</v>
       </c>
-      <c r="F38" s="6">
-[...32 lines deleted...]
-      <c r="Q38" s="6">
+      <c r="AL38" s="6">
+        <v>3886.0</v>
+      </c>
+      <c r="AM38" s="6">
+        <v>3761.0</v>
+      </c>
+      <c r="AN38" s="6">
+        <v>3657.0</v>
+      </c>
+      <c r="AO38" s="6">
         <v>3596.0</v>
       </c>
-      <c r="R38" s="6">
-[...11 lines deleted...]
-      <c r="V38" s="6">
+      <c r="AP38" s="6">
+        <v>3601.0</v>
+      </c>
+      <c r="AQ38" s="6">
+        <v>3579.0</v>
+      </c>
+      <c r="AR38" s="6">
+        <v>3582.0</v>
+      </c>
+      <c r="AS38" s="6">
         <v>3573.0</v>
       </c>
-      <c r="W38" s="6">
-[...26 lines deleted...]
-      <c r="AF38" s="6">
+      <c r="AT38" s="6">
+        <v>3540.0</v>
+      </c>
+      <c r="AU38" s="6">
+        <v>3544.0</v>
+      </c>
+      <c r="AV38" s="6">
+        <v>3549.0</v>
+      </c>
+      <c r="AW38" s="6">
         <v>3556.0</v>
       </c>
-      <c r="AG38" s="6">
-[...44 lines deleted...]
-      <c r="AV38" s="6">
+      <c r="AX38" s="6">
         <v>3892.0</v>
       </c>
-      <c r="AW38" s="6">
-[...2 lines deleted...]
-      <c r="AX38" s="6">
+      <c r="AY38" s="6">
+        <v>3732.0</v>
+      </c>
+      <c r="AZ38" s="6">
         <v>3629.0</v>
       </c>
-      <c r="AY38" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="BA38" s="6">
-        <v>3535.0</v>
+        <v>3578.0</v>
       </c>
       <c r="BB38" s="6">
-        <v>3514.0</v>
+        <v>3555.0</v>
       </c>
       <c r="BC38" s="6">
-        <v>3490.0</v>
+        <v>3537.0</v>
       </c>
       <c r="BD38" s="6">
-        <v>3458.0</v>
+        <v>3516.0</v>
       </c>
       <c r="BE38" s="6">
-        <v>3433.0</v>
+        <v>3492.0</v>
       </c>
       <c r="BF38" s="6">
-        <v>3388.0</v>
+        <v>3459.0</v>
       </c>
       <c r="BG38" s="6">
-        <v>3385.0</v>
+        <v>3434.0</v>
       </c>
       <c r="BH38" s="6">
+        <v>3389.0</v>
+      </c>
+      <c r="BI38" s="6">
+        <v>3386.0</v>
+      </c>
+      <c r="BJ38" s="6">
         <v>3727.0</v>
       </c>
-      <c r="BI38" s="6">
+      <c r="BK38" s="6">
         <v>3549.0</v>
       </c>
-      <c r="BJ38" s="6">
+      <c r="BL38" s="6">
         <v>3484.0</v>
       </c>
-      <c r="BK38" s="6">
+      <c r="BM38" s="6">
         <v>3428.0</v>
       </c>
-      <c r="BL38" s="6">
+      <c r="BN38" s="6">
         <v>3407.0</v>
       </c>
-      <c r="BM38" s="6">
+      <c r="BO38" s="6">
         <v>3383.0</v>
       </c>
-      <c r="BN38" s="6">
+      <c r="BP38" s="6">
         <v>3358.0</v>
       </c>
-      <c r="BO38" s="6">
+      <c r="BQ38" s="6">
         <v>3344.0</v>
       </c>
-      <c r="BP38" s="6">
+      <c r="BR38" s="6">
         <v>3317.0</v>
       </c>
-      <c r="BQ38" s="6">
+      <c r="BS38" s="6">
         <v>3335.0</v>
       </c>
-      <c r="BR38" s="6">
+      <c r="BT38" s="6">
         <v>3331.0</v>
       </c>
-      <c r="BS38" s="6">
+      <c r="BU38" s="6">
         <v>3355.0</v>
       </c>
-      <c r="BT38" s="6">
+      <c r="BV38" s="6">
         <v>3690.0</v>
       </c>
-      <c r="BU38" s="6">
+      <c r="BW38" s="6">
         <v>3493.0</v>
       </c>
-      <c r="BV38" s="6">
+      <c r="BX38" s="6">
         <v>3432.0</v>
       </c>
-      <c r="BW38" s="6">
+      <c r="BY38" s="6">
         <v>3379.0</v>
       </c>
-      <c r="BX38" s="6">
+      <c r="BZ38" s="6">
         <v>3358.0</v>
       </c>
-      <c r="BY38" s="6">
+      <c r="CA38" s="6">
         <v>3349.0</v>
       </c>
-      <c r="BZ38" s="6">
+      <c r="CB38" s="6">
         <v>3330.0</v>
       </c>
-      <c r="CA38" s="6">
+      <c r="CC38" s="6">
         <v>3325.0</v>
       </c>
-      <c r="CB38" s="6">
+      <c r="CD38" s="6">
         <v>3320.0</v>
       </c>
-      <c r="CC38" s="6">
+      <c r="CE38" s="6">
         <v>3294.0</v>
       </c>
-      <c r="CD38" s="6">
+      <c r="CF38" s="6">
         <v>3280.0</v>
       </c>
-      <c r="CE38" s="6">
+      <c r="CG38" s="6">
         <v>3281.0</v>
       </c>
     </row>
-    <row r="39" spans="1:83">
+    <row r="39" spans="1:85">
       <c r="C39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D39" s="6">
-        <v>64225636.0</v>
+        <v>69989991.0</v>
       </c>
       <c r="E39" s="6">
-        <v>69207628.0</v>
+        <v>65271133.0</v>
       </c>
       <c r="F39" s="6">
-        <v>82152866.0</v>
+        <v>64289895.0</v>
       </c>
       <c r="G39" s="6">
-        <v>67332475.0</v>
+        <v>69208128.0</v>
       </c>
       <c r="H39" s="6">
-        <v>67810236.0</v>
+        <v>81909642.0</v>
       </c>
       <c r="I39" s="6">
-        <v>63937331.0</v>
+        <v>67332635.0</v>
       </c>
       <c r="J39" s="6">
-        <v>64535817.0</v>
+        <v>67834581.0</v>
       </c>
       <c r="K39" s="6">
-        <v>30523987.0</v>
+        <v>63947703.0</v>
       </c>
       <c r="L39" s="6">
-        <v>101901815.0</v>
+        <v>64541383.0</v>
       </c>
       <c r="M39" s="6">
-        <v>63509754.0</v>
+        <v>30536606.0</v>
       </c>
       <c r="N39" s="6">
-        <v>63907070.0</v>
+        <v>101915534.0</v>
       </c>
       <c r="O39" s="6">
-        <v>58224148.0</v>
+        <v>63516900.0</v>
       </c>
       <c r="P39" s="6">
-        <v>59565664.0</v>
+        <v>63914199.0</v>
       </c>
       <c r="Q39" s="6">
-        <v>63192050.0</v>
+        <v>58229750.0</v>
       </c>
       <c r="R39" s="6">
-        <v>72757935.0</v>
+        <v>59570344.0</v>
       </c>
       <c r="S39" s="6">
-        <v>63478731.0</v>
+        <v>63194357.0</v>
       </c>
       <c r="T39" s="6">
-        <v>60433962.0</v>
+        <v>72765300.0</v>
       </c>
       <c r="U39" s="6">
-        <v>59541018.0</v>
+        <v>63484510.0</v>
       </c>
       <c r="V39" s="6">
-        <v>59120386.0</v>
+        <v>60433743.0</v>
       </c>
       <c r="W39" s="6">
-        <v>27180489.0</v>
+        <v>59546472.0</v>
       </c>
       <c r="X39" s="6">
-        <v>92586785.0</v>
+        <v>59124572.0</v>
       </c>
       <c r="Y39" s="6">
-        <v>58295248.0</v>
+        <v>27190811.0</v>
       </c>
       <c r="Z39" s="6">
-        <v>57787673.0</v>
+        <v>92597619.0</v>
       </c>
       <c r="AA39" s="6">
-        <v>53881793.0</v>
+        <v>58306903.0</v>
       </c>
       <c r="AB39" s="6">
-        <v>53105977.0</v>
+        <v>57798984.0</v>
       </c>
       <c r="AC39" s="6">
-        <v>56659430.0</v>
+        <v>53898828.0</v>
       </c>
       <c r="AD39" s="6">
-        <v>66312425.0</v>
+        <v>53120150.0</v>
       </c>
       <c r="AE39" s="6">
-        <v>55164988.0</v>
+        <v>56682175.0</v>
       </c>
       <c r="AF39" s="6">
-        <v>54784380.0</v>
+        <v>66329827.0</v>
       </c>
       <c r="AG39" s="6">
-        <v>52684101.0</v>
+        <v>55183161.0</v>
       </c>
       <c r="AH39" s="6">
-        <v>52182246.0</v>
+        <v>54800690.0</v>
       </c>
       <c r="AI39" s="6">
-        <v>24480258.0</v>
+        <v>52698204.0</v>
       </c>
       <c r="AJ39" s="6">
-        <v>81523819.0</v>
+        <v>52195532.0</v>
       </c>
       <c r="AK39" s="6">
-        <v>49774932.0</v>
+        <v>24490158.0</v>
       </c>
       <c r="AL39" s="6">
-        <v>50301939.0</v>
+        <v>81531594.0</v>
       </c>
       <c r="AM39" s="6">
-        <v>48406104.0</v>
+        <v>49788815.0</v>
       </c>
       <c r="AN39" s="6">
-        <v>46312830.0</v>
+        <v>50315883.0</v>
       </c>
       <c r="AO39" s="6">
-        <v>51435310.0</v>
+        <v>48419405.0</v>
       </c>
       <c r="AP39" s="6">
-        <v>57722265.0</v>
+        <v>46328871.0</v>
       </c>
       <c r="AQ39" s="6">
-        <v>50268554.0</v>
+        <v>51449114.0</v>
       </c>
       <c r="AR39" s="6">
-        <v>49169093.0</v>
+        <v>57733259.0</v>
       </c>
       <c r="AS39" s="6">
-        <v>46852092.0</v>
+        <v>50279708.0</v>
       </c>
       <c r="AT39" s="6">
-        <v>46771461.0</v>
+        <v>49180271.0</v>
       </c>
       <c r="AU39" s="6">
-        <v>21553100.0</v>
+        <v>46861707.0</v>
       </c>
       <c r="AV39" s="6">
-        <v>74469090.0</v>
+        <v>46780979.0</v>
       </c>
       <c r="AW39" s="6">
-        <v>44683386.0</v>
+        <v>21560450.0</v>
       </c>
       <c r="AX39" s="6">
-        <v>45354566.0</v>
+        <v>74476389.0</v>
       </c>
       <c r="AY39" s="6">
-        <v>42575267.0</v>
+        <v>44696857.0</v>
       </c>
       <c r="AZ39" s="6">
-        <v>42865908.0</v>
+        <v>45363736.0</v>
       </c>
       <c r="BA39" s="6">
-        <v>46478886.0</v>
+        <v>42588371.0</v>
       </c>
       <c r="BB39" s="6">
-        <v>51948583.0</v>
+        <v>42881209.0</v>
       </c>
       <c r="BC39" s="6">
-        <v>44542469.0</v>
+        <v>46491554.0</v>
       </c>
       <c r="BD39" s="6">
-        <v>43833922.0</v>
+        <v>51961089.0</v>
       </c>
       <c r="BE39" s="6">
-        <v>42214960.0</v>
+        <v>44552652.0</v>
       </c>
       <c r="BF39" s="6">
-        <v>40792437.0</v>
+        <v>43841126.0</v>
       </c>
       <c r="BG39" s="6">
-        <v>19316048.0</v>
+        <v>42221380.0</v>
       </c>
       <c r="BH39" s="6">
+        <v>40798887.0</v>
+      </c>
+      <c r="BI39" s="6">
+        <v>19322780.0</v>
+      </c>
+      <c r="BJ39" s="6">
         <v>68416447.0</v>
       </c>
-      <c r="BI39" s="6">
+      <c r="BK39" s="6">
         <v>41028940.0</v>
       </c>
-      <c r="BJ39" s="6">
+      <c r="BL39" s="6">
         <v>41253471.0</v>
       </c>
-      <c r="BK39" s="6">
+      <c r="BM39" s="6">
         <v>38181468.0</v>
       </c>
-      <c r="BL39" s="6">
+      <c r="BN39" s="6">
         <v>37829399.0</v>
       </c>
-      <c r="BM39" s="6">
+      <c r="BO39" s="6">
         <v>41911704.0</v>
       </c>
-      <c r="BN39" s="6">
+      <c r="BP39" s="6">
         <v>44190705.0</v>
       </c>
-      <c r="BO39" s="6">
+      <c r="BQ39" s="6">
         <v>36243302.0</v>
       </c>
-      <c r="BP39" s="6">
+      <c r="BR39" s="6">
         <v>38088626.0</v>
       </c>
-      <c r="BQ39" s="6">
+      <c r="BS39" s="6">
         <v>38961909.0</v>
       </c>
-      <c r="BR39" s="6">
+      <c r="BT39" s="6">
         <v>38669424.0</v>
       </c>
-      <c r="BS39" s="6">
+      <c r="BU39" s="6">
         <v>18264414.0</v>
       </c>
-      <c r="BT39" s="6">
+      <c r="BV39" s="6">
         <v>59990163.0</v>
       </c>
-      <c r="BU39" s="6">
+      <c r="BW39" s="6">
         <v>37186777.0</v>
       </c>
-      <c r="BV39" s="6">
+      <c r="BX39" s="6">
         <v>37710786.0</v>
       </c>
-      <c r="BW39" s="6">
+      <c r="BY39" s="6">
         <v>34701932.0</v>
       </c>
-      <c r="BX39" s="6">
+      <c r="BZ39" s="6">
         <v>34687711.0</v>
       </c>
-      <c r="BY39" s="6">
+      <c r="CA39" s="6">
         <v>38291906.0</v>
       </c>
-      <c r="BZ39" s="6">
+      <c r="CB39" s="6">
         <v>43429814.0</v>
       </c>
-      <c r="CA39" s="6">
+      <c r="CC39" s="6">
         <v>36971092.0</v>
       </c>
-      <c r="CB39" s="6">
+      <c r="CD39" s="6">
         <v>35922500.0</v>
       </c>
-      <c r="CC39" s="6">
+      <c r="CE39" s="6">
         <v>34865416.0</v>
       </c>
-      <c r="CD39" s="6">
+      <c r="CF39" s="6">
         <v>33864494.0</v>
       </c>
-      <c r="CE39" s="6">
+      <c r="CG39" s="6">
         <v>14231523.0</v>
       </c>
     </row>
-    <row r="40" spans="1:83">
+    <row r="40" spans="1:85">
       <c r="C40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D40" s="6">
-        <v>10208103.0</v>
+        <v>11108497.0</v>
       </c>
       <c r="E40" s="6">
-        <v>10785249.0</v>
+        <v>10258111.0</v>
       </c>
       <c r="F40" s="6">
-        <v>12983146.0</v>
+        <v>10227360.0</v>
       </c>
       <c r="G40" s="6">
-        <v>10502189.0</v>
+        <v>10788668.0</v>
       </c>
       <c r="H40" s="6">
-        <v>10505100.0</v>
+        <v>12975971.0</v>
       </c>
       <c r="I40" s="6">
-        <v>9780403.0</v>
+        <v>10505116.0</v>
       </c>
       <c r="J40" s="6">
-        <v>10020503.0</v>
+        <v>10509855.0</v>
       </c>
       <c r="K40" s="6">
-        <v>4476126.0</v>
+        <v>9782891.0</v>
       </c>
       <c r="L40" s="6">
-        <v>16401293.0</v>
+        <v>10021974.0</v>
       </c>
       <c r="M40" s="6">
-        <v>9862272.0</v>
+        <v>4479032.0</v>
       </c>
       <c r="N40" s="6">
-        <v>9862433.0</v>
+        <v>16404025.0</v>
       </c>
       <c r="O40" s="6">
-        <v>8993570.0</v>
+        <v>9863909.0</v>
       </c>
       <c r="P40" s="6">
-        <v>9183550.0</v>
+        <v>9863709.0</v>
       </c>
       <c r="Q40" s="6">
-        <v>9526181.0</v>
+        <v>8994782.0</v>
       </c>
       <c r="R40" s="6">
-        <v>11373850.0</v>
+        <v>9184707.0</v>
       </c>
       <c r="S40" s="6">
-        <v>9648395.0</v>
+        <v>9527055.0</v>
       </c>
       <c r="T40" s="6">
-        <v>9153211.0</v>
+        <v>11375149.0</v>
       </c>
       <c r="U40" s="6">
-        <v>8818898.0</v>
+        <v>9649550.0</v>
       </c>
       <c r="V40" s="6">
-        <v>8820530.0</v>
+        <v>9153393.0</v>
       </c>
       <c r="W40" s="6">
-        <v>3976307.0</v>
+        <v>8820121.0</v>
       </c>
       <c r="X40" s="6">
-        <v>14872088.0</v>
+        <v>8821706.0</v>
       </c>
       <c r="Y40" s="6">
-        <v>9108764.0</v>
+        <v>3978403.0</v>
       </c>
       <c r="Z40" s="6">
-        <v>8947043.0</v>
+        <v>14873938.0</v>
       </c>
       <c r="AA40" s="6">
-        <v>8401632.0</v>
+        <v>9110875.0</v>
       </c>
       <c r="AB40" s="6">
-        <v>8162105.0</v>
+        <v>8949223.0</v>
       </c>
       <c r="AC40" s="6">
-        <v>8680002.0</v>
+        <v>8404891.0</v>
       </c>
       <c r="AD40" s="6">
-        <v>10353331.0</v>
+        <v>8165003.0</v>
       </c>
       <c r="AE40" s="6">
-        <v>8315655.0</v>
+        <v>8684547.0</v>
       </c>
       <c r="AF40" s="6">
-        <v>8304604.0</v>
+        <v>10356875.0</v>
       </c>
       <c r="AG40" s="6">
-        <v>7767720.0</v>
+        <v>8319143.0</v>
       </c>
       <c r="AH40" s="6">
-        <v>7811727.0</v>
+        <v>8307792.0</v>
       </c>
       <c r="AI40" s="6">
-        <v>3540778.0</v>
+        <v>7770576.0</v>
       </c>
       <c r="AJ40" s="6">
-        <v>12858041.0</v>
+        <v>7814399.0</v>
       </c>
       <c r="AK40" s="6">
-        <v>7545039.0</v>
+        <v>3542716.0</v>
       </c>
       <c r="AL40" s="6">
-        <v>7704851.0</v>
+        <v>12859636.0</v>
       </c>
       <c r="AM40" s="6">
-        <v>7379017.0</v>
+        <v>7547610.0</v>
       </c>
       <c r="AN40" s="6">
-        <v>7028577.0</v>
+        <v>7707564.0</v>
       </c>
       <c r="AO40" s="6">
-        <v>7791079.0</v>
+        <v>7381468.0</v>
       </c>
       <c r="AP40" s="6">
-        <v>8902992.0</v>
+        <v>7031441.0</v>
       </c>
       <c r="AQ40" s="6">
-        <v>7793473.0</v>
+        <v>7793858.0</v>
       </c>
       <c r="AR40" s="6">
-        <v>7584831.0</v>
+        <v>8905302.0</v>
       </c>
       <c r="AS40" s="6">
-        <v>7102346.0</v>
+        <v>7795780.0</v>
       </c>
       <c r="AT40" s="6">
-        <v>7151061.0</v>
+        <v>7587126.0</v>
       </c>
       <c r="AU40" s="6">
-        <v>3206845.0</v>
+        <v>7104344.0</v>
       </c>
       <c r="AV40" s="6">
-        <v>12082018.0</v>
+        <v>7153030.0</v>
       </c>
       <c r="AW40" s="6">
-        <v>6935931.0</v>
+        <v>3208382.0</v>
       </c>
       <c r="AX40" s="6">
-        <v>7051862.0</v>
+        <v>12083545.0</v>
       </c>
       <c r="AY40" s="6">
-        <v>6527650.0</v>
+        <v>6938691.0</v>
       </c>
       <c r="AZ40" s="6">
-        <v>6658832.0</v>
+        <v>7053763.0</v>
       </c>
       <c r="BA40" s="6">
-        <v>7135567.0</v>
+        <v>6530337.0</v>
       </c>
       <c r="BB40" s="6">
-        <v>7947776.0</v>
+        <v>6661959.0</v>
       </c>
       <c r="BC40" s="6">
-        <v>6774606.0</v>
+        <v>7138167.0</v>
       </c>
       <c r="BD40" s="6">
-        <v>6697839.0</v>
+        <v>7950344.0</v>
       </c>
       <c r="BE40" s="6">
-        <v>6320289.0</v>
+        <v>6776709.0</v>
       </c>
       <c r="BF40" s="6">
-        <v>6187434.0</v>
+        <v>6699364.0</v>
       </c>
       <c r="BG40" s="6">
-        <v>2724862.0</v>
+        <v>6321720.0</v>
       </c>
       <c r="BH40" s="6">
+        <v>6188870.0</v>
+      </c>
+      <c r="BI40" s="6">
+        <v>2726349.0</v>
+      </c>
+      <c r="BJ40" s="6">
         <v>10749539.0</v>
       </c>
-      <c r="BI40" s="6">
+      <c r="BK40" s="6">
         <v>6213489.0</v>
       </c>
-      <c r="BJ40" s="6">
+      <c r="BL40" s="6">
         <v>6209917.0</v>
       </c>
-      <c r="BK40" s="6">
+      <c r="BM40" s="6">
         <v>5653315.0</v>
       </c>
-      <c r="BL40" s="6">
+      <c r="BN40" s="6">
         <v>5677426.0</v>
       </c>
-      <c r="BM40" s="6">
+      <c r="BO40" s="6">
         <v>6306345.0</v>
       </c>
-      <c r="BN40" s="6">
+      <c r="BP40" s="6">
         <v>6780183.0</v>
       </c>
-      <c r="BO40" s="6">
+      <c r="BQ40" s="6">
         <v>5495744.0</v>
       </c>
-      <c r="BP40" s="6">
+      <c r="BR40" s="6">
         <v>5752436.0</v>
       </c>
-      <c r="BQ40" s="6">
+      <c r="BS40" s="6">
         <v>5887838.0</v>
       </c>
-      <c r="BR40" s="6">
+      <c r="BT40" s="6">
         <v>5932764.0</v>
       </c>
-      <c r="BS40" s="6">
+      <c r="BU40" s="6">
         <v>2680216.0</v>
       </c>
-      <c r="BT40" s="6">
+      <c r="BV40" s="6">
         <v>9787823.0</v>
       </c>
-      <c r="BU40" s="6">
+      <c r="BW40" s="6">
         <v>5902110.0</v>
       </c>
-      <c r="BV40" s="6">
+      <c r="BX40" s="6">
         <v>5968370.0</v>
       </c>
-      <c r="BW40" s="6">
+      <c r="BY40" s="6">
         <v>5485955.0</v>
       </c>
-      <c r="BX40" s="6">
+      <c r="BZ40" s="6">
         <v>5530201.0</v>
       </c>
-      <c r="BY40" s="6">
+      <c r="CA40" s="6">
         <v>5814651.0</v>
       </c>
-      <c r="BZ40" s="6">
+      <c r="CB40" s="6">
         <v>6886508.0</v>
       </c>
-      <c r="CA40" s="6">
+      <c r="CC40" s="6">
         <v>5770882.0</v>
       </c>
-      <c r="CB40" s="6">
+      <c r="CD40" s="6">
         <v>5540761.0</v>
       </c>
-      <c r="CC40" s="6">
+      <c r="CE40" s="6">
         <v>5342165.0</v>
       </c>
-      <c r="CD40" s="6">
+      <c r="CF40" s="6">
         <v>5226538.0</v>
       </c>
-      <c r="CE40" s="6">
+      <c r="CG40" s="6">
         <v>1598687.0</v>
       </c>
     </row>
-    <row r="41" spans="1:83">
+    <row r="41" spans="1:85">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Tauragės apskritis</t>
           </r>
         </is>
       </c>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D41" s="6">
-        <v>2545.0</v>
+        <v>2570.0</v>
       </c>
       <c r="E41" s="6">
-        <v>2552.0</v>
+        <v>2574.0</v>
       </c>
       <c r="F41" s="6">
-        <v>2554.0</v>
+        <v>2574.0</v>
       </c>
       <c r="G41" s="6">
-        <v>2555.0</v>
+        <v>2567.0</v>
       </c>
       <c r="H41" s="6">
-        <v>2556.0</v>
+        <v>2564.0</v>
       </c>
       <c r="I41" s="6">
-        <v>2544.0</v>
+        <v>2559.0</v>
       </c>
       <c r="J41" s="6">
+        <v>2560.0</v>
+      </c>
+      <c r="K41" s="6">
+        <v>2547.0</v>
+      </c>
+      <c r="L41" s="6">
         <v>2551.0</v>
       </c>
-      <c r="K41" s="6">
+      <c r="M41" s="6">
         <v>2560.0</v>
       </c>
-      <c r="L41" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="N41" s="6">
+        <v>2695.0</v>
+      </c>
+      <c r="O41" s="6">
+        <v>2627.0</v>
+      </c>
+      <c r="P41" s="6">
+        <v>2610.0</v>
+      </c>
+      <c r="Q41" s="6">
+        <v>2593.0</v>
+      </c>
+      <c r="R41" s="6">
+        <v>2606.0</v>
+      </c>
+      <c r="S41" s="6">
         <v>2611.0</v>
       </c>
-      <c r="O41" s="6">
-[...2 lines deleted...]
-      <c r="P41" s="6">
+      <c r="T41" s="6">
         <v>2608.0</v>
       </c>
-      <c r="Q41" s="6">
-[...5 lines deleted...]
-      <c r="S41" s="6">
+      <c r="U41" s="6">
+        <v>2590.0</v>
+      </c>
+      <c r="V41" s="6">
+        <v>2587.0</v>
+      </c>
+      <c r="W41" s="6">
+        <v>2560.0</v>
+      </c>
+      <c r="X41" s="6">
+        <v>2551.0</v>
+      </c>
+      <c r="Y41" s="6">
+        <v>2557.0</v>
+      </c>
+      <c r="Z41" s="6">
+        <v>2706.0</v>
+      </c>
+      <c r="AA41" s="6">
+        <v>2615.0</v>
+      </c>
+      <c r="AB41" s="6">
+        <v>2596.0</v>
+      </c>
+      <c r="AC41" s="6">
         <v>2591.0</v>
       </c>
-      <c r="T41" s="6">
-[...8 lines deleted...]
-      <c r="W41" s="6">
+      <c r="AD41" s="6">
+        <v>2598.0</v>
+      </c>
+      <c r="AE41" s="6">
+        <v>2589.0</v>
+      </c>
+      <c r="AF41" s="6">
+        <v>2597.0</v>
+      </c>
+      <c r="AG41" s="6">
+        <v>2581.0</v>
+      </c>
+      <c r="AH41" s="6">
+        <v>2581.0</v>
+      </c>
+      <c r="AI41" s="6">
+        <v>2564.0</v>
+      </c>
+      <c r="AJ41" s="6">
+        <v>2566.0</v>
+      </c>
+      <c r="AK41" s="6">
+        <v>2572.0</v>
+      </c>
+      <c r="AL41" s="6">
+        <v>2676.0</v>
+      </c>
+      <c r="AM41" s="6">
+        <v>2612.0</v>
+      </c>
+      <c r="AN41" s="6">
+        <v>2606.0</v>
+      </c>
+      <c r="AO41" s="6">
+        <v>2601.0</v>
+      </c>
+      <c r="AP41" s="6">
+        <v>2595.0</v>
+      </c>
+      <c r="AQ41" s="6">
+        <v>2590.0</v>
+      </c>
+      <c r="AR41" s="6">
+        <v>2599.0</v>
+      </c>
+      <c r="AS41" s="6">
+        <v>2580.0</v>
+      </c>
+      <c r="AT41" s="6">
+        <v>2579.0</v>
+      </c>
+      <c r="AU41" s="6">
+        <v>2563.0</v>
+      </c>
+      <c r="AV41" s="6">
+        <v>2565.0</v>
+      </c>
+      <c r="AW41" s="6">
+        <v>2567.0</v>
+      </c>
+      <c r="AX41" s="6">
+        <v>2680.0</v>
+      </c>
+      <c r="AY41" s="6">
+        <v>2621.0</v>
+      </c>
+      <c r="AZ41" s="6">
+        <v>2597.0</v>
+      </c>
+      <c r="BA41" s="6">
+        <v>2600.0</v>
+      </c>
+      <c r="BB41" s="6">
+        <v>2589.0</v>
+      </c>
+      <c r="BC41" s="6">
+        <v>2568.0</v>
+      </c>
+      <c r="BD41" s="6">
         <v>2558.0</v>
       </c>
-      <c r="X41" s="6">
-[...92 lines deleted...]
-      <c r="BC41" s="6">
+      <c r="BE41" s="6">
+        <v>2517.0</v>
+      </c>
+      <c r="BF41" s="6">
+        <v>2501.0</v>
+      </c>
+      <c r="BG41" s="6">
+        <v>2493.0</v>
+      </c>
+      <c r="BH41" s="6">
+        <v>2461.0</v>
+      </c>
+      <c r="BI41" s="6">
+        <v>2467.0</v>
+      </c>
+      <c r="BJ41" s="6">
+        <v>2585.0</v>
+      </c>
+      <c r="BK41" s="6">
+        <v>2531.0</v>
+      </c>
+      <c r="BL41" s="6">
+        <v>2527.0</v>
+      </c>
+      <c r="BM41" s="6">
+        <v>2484.0</v>
+      </c>
+      <c r="BN41" s="6">
+        <v>2494.0</v>
+      </c>
+      <c r="BO41" s="6">
+        <v>2480.0</v>
+      </c>
+      <c r="BP41" s="6">
+        <v>2465.0</v>
+      </c>
+      <c r="BQ41" s="6">
+        <v>2440.0</v>
+      </c>
+      <c r="BR41" s="6">
+        <v>2445.0</v>
+      </c>
+      <c r="BS41" s="6">
+        <v>2462.0</v>
+      </c>
+      <c r="BT41" s="6">
+        <v>2469.0</v>
+      </c>
+      <c r="BU41" s="6">
+        <v>2483.0</v>
+      </c>
+      <c r="BV41" s="6">
+        <v>2604.0</v>
+      </c>
+      <c r="BW41" s="6">
+        <v>2529.0</v>
+      </c>
+      <c r="BX41" s="6">
         <v>2519.0</v>
       </c>
-      <c r="BD41" s="6">
-[...56 lines deleted...]
-      <c r="BW41" s="6">
+      <c r="BY41" s="6">
         <v>2499.0</v>
       </c>
-      <c r="BX41" s="6">
+      <c r="BZ41" s="6">
         <v>2505.0</v>
       </c>
-      <c r="BY41" s="6">
+      <c r="CA41" s="6">
         <v>2498.0</v>
       </c>
-      <c r="BZ41" s="6">
+      <c r="CB41" s="6">
         <v>2492.0</v>
       </c>
-      <c r="CA41" s="6">
+      <c r="CC41" s="6">
         <v>2485.0</v>
       </c>
-      <c r="CB41" s="6">
+      <c r="CD41" s="6">
         <v>2472.0</v>
       </c>
-      <c r="CC41" s="6">
+      <c r="CE41" s="6">
         <v>2460.0</v>
       </c>
-      <c r="CD41" s="6">
+      <c r="CF41" s="6">
         <v>2441.0</v>
       </c>
-      <c r="CE41" s="6">
+      <c r="CG41" s="6">
         <v>2439.0</v>
       </c>
     </row>
-    <row r="42" spans="1:83">
+    <row r="42" spans="1:85">
       <c r="C42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D42" s="6">
-        <v>46183714.0</v>
+        <v>49665366.0</v>
       </c>
       <c r="E42" s="6">
-        <v>49763421.0</v>
+        <v>45917187.0</v>
       </c>
       <c r="F42" s="6">
-        <v>57811908.0</v>
+        <v>46223627.0</v>
       </c>
       <c r="G42" s="6">
-        <v>47869405.0</v>
+        <v>49727441.0</v>
       </c>
       <c r="H42" s="6">
-        <v>47029420.0</v>
+        <v>57803214.0</v>
       </c>
       <c r="I42" s="6">
-        <v>45787614.0</v>
+        <v>47817598.0</v>
       </c>
       <c r="J42" s="6">
-        <v>44063092.0</v>
+        <v>47026210.0</v>
       </c>
       <c r="K42" s="6">
-        <v>23677648.0</v>
+        <v>45776058.0</v>
       </c>
       <c r="L42" s="6">
-        <v>65061132.0</v>
+        <v>44055378.0</v>
       </c>
       <c r="M42" s="6">
-        <v>43086471.0</v>
+        <v>23674136.0</v>
       </c>
       <c r="N42" s="6">
-        <v>45764565.0</v>
+        <v>65043364.0</v>
       </c>
       <c r="O42" s="6">
-        <v>41235154.0</v>
+        <v>43077331.0</v>
       </c>
       <c r="P42" s="6">
-        <v>40025622.0</v>
+        <v>45755626.0</v>
       </c>
       <c r="Q42" s="6">
-        <v>44813251.0</v>
+        <v>41224269.0</v>
       </c>
       <c r="R42" s="6">
-        <v>48490786.0</v>
+        <v>40013624.0</v>
       </c>
       <c r="S42" s="6">
-        <v>42162914.0</v>
+        <v>44800410.0</v>
       </c>
       <c r="T42" s="6">
-        <v>42795886.0</v>
+        <v>48479801.0</v>
       </c>
       <c r="U42" s="6">
-        <v>40801186.0</v>
+        <v>42151598.0</v>
       </c>
       <c r="V42" s="6">
-        <v>39096820.0</v>
+        <v>42786105.0</v>
       </c>
       <c r="W42" s="6">
-        <v>20240909.0</v>
+        <v>40793537.0</v>
       </c>
       <c r="X42" s="6">
-        <v>56401918.0</v>
+        <v>39089674.0</v>
       </c>
       <c r="Y42" s="6">
-        <v>37977320.0</v>
+        <v>20237108.0</v>
       </c>
       <c r="Z42" s="6">
-        <v>37936015.0</v>
+        <v>56388007.0</v>
       </c>
       <c r="AA42" s="6">
-        <v>35637070.0</v>
+        <v>37971642.0</v>
       </c>
       <c r="AB42" s="6">
-        <v>35212800.0</v>
+        <v>37928558.0</v>
       </c>
       <c r="AC42" s="6">
-        <v>38669110.0</v>
+        <v>35629242.0</v>
       </c>
       <c r="AD42" s="6">
-        <v>42847861.0</v>
+        <v>35205638.0</v>
       </c>
       <c r="AE42" s="6">
-        <v>36160421.0</v>
+        <v>38663116.0</v>
       </c>
       <c r="AF42" s="6">
-        <v>36110407.0</v>
+        <v>42843099.0</v>
       </c>
       <c r="AG42" s="6">
-        <v>34463379.0</v>
+        <v>36155820.0</v>
       </c>
       <c r="AH42" s="6">
-        <v>33784891.0</v>
+        <v>36105211.0</v>
       </c>
       <c r="AI42" s="6">
-        <v>16860077.0</v>
+        <v>34454531.0</v>
       </c>
       <c r="AJ42" s="6">
-        <v>49183623.0</v>
+        <v>33779495.0</v>
       </c>
       <c r="AK42" s="6">
-        <v>31799947.0</v>
+        <v>16857988.0</v>
       </c>
       <c r="AL42" s="6">
-        <v>32371641.0</v>
+        <v>49177792.0</v>
       </c>
       <c r="AM42" s="6">
-        <v>29540269.0</v>
+        <v>31796626.0</v>
       </c>
       <c r="AN42" s="6">
-        <v>28403356.0</v>
+        <v>32367407.0</v>
       </c>
       <c r="AO42" s="6">
-        <v>31947354.0</v>
+        <v>29536042.0</v>
       </c>
       <c r="AP42" s="6">
-        <v>34485354.0</v>
+        <v>28399549.0</v>
       </c>
       <c r="AQ42" s="6">
-        <v>30143172.0</v>
+        <v>31942143.0</v>
       </c>
       <c r="AR42" s="6">
-        <v>29913248.0</v>
+        <v>34481257.0</v>
       </c>
       <c r="AS42" s="6">
-        <v>28985993.0</v>
+        <v>30137467.0</v>
       </c>
       <c r="AT42" s="6">
-        <v>28681954.0</v>
+        <v>29910150.0</v>
       </c>
       <c r="AU42" s="6">
-        <v>13535217.0</v>
+        <v>28981278.0</v>
       </c>
       <c r="AV42" s="6">
-        <v>42968931.0</v>
+        <v>28675734.0</v>
       </c>
       <c r="AW42" s="6">
-        <v>27706672.0</v>
+        <v>13536174.0</v>
       </c>
       <c r="AX42" s="6">
-        <v>28018793.0</v>
+        <v>42957540.0</v>
       </c>
       <c r="AY42" s="6">
-        <v>25671856.0</v>
+        <v>27703565.0</v>
       </c>
       <c r="AZ42" s="6">
-        <v>24681034.0</v>
+        <v>28014761.0</v>
       </c>
       <c r="BA42" s="6">
-        <v>28625325.0</v>
+        <v>25666801.0</v>
       </c>
       <c r="BB42" s="6">
-        <v>30898115.0</v>
+        <v>24677034.0</v>
       </c>
       <c r="BC42" s="6">
-        <v>26349357.0</v>
+        <v>28621843.0</v>
       </c>
       <c r="BD42" s="6">
-        <v>26474199.0</v>
+        <v>30892625.0</v>
       </c>
       <c r="BE42" s="6">
-        <v>25807136.0</v>
+        <v>26344810.0</v>
       </c>
       <c r="BF42" s="6">
-        <v>25250093.0</v>
+        <v>26470949.0</v>
       </c>
       <c r="BG42" s="6">
-        <v>12104411.0</v>
+        <v>25803292.0</v>
       </c>
       <c r="BH42" s="6">
+        <v>25247634.0</v>
+      </c>
+      <c r="BI42" s="6">
+        <v>12105856.0</v>
+      </c>
+      <c r="BJ42" s="6">
         <v>38358675.0</v>
       </c>
-      <c r="BI42" s="6">
+      <c r="BK42" s="6">
         <v>25442856.0</v>
       </c>
-      <c r="BJ42" s="6">
+      <c r="BL42" s="6">
         <v>24718006.0</v>
       </c>
-      <c r="BK42" s="6">
+      <c r="BM42" s="6">
         <v>22640428.0</v>
       </c>
-      <c r="BL42" s="6">
+      <c r="BN42" s="6">
         <v>22815937.0</v>
       </c>
-      <c r="BM42" s="6">
+      <c r="BO42" s="6">
         <v>25478884.0</v>
       </c>
-      <c r="BN42" s="6">
+      <c r="BP42" s="6">
         <v>25745979.0</v>
       </c>
-      <c r="BO42" s="6">
+      <c r="BQ42" s="6">
         <v>21327389.0</v>
       </c>
-      <c r="BP42" s="6">
+      <c r="BR42" s="6">
         <v>22126519.0</v>
       </c>
-      <c r="BQ42" s="6">
+      <c r="BS42" s="6">
         <v>23458154.0</v>
       </c>
-      <c r="BR42" s="6">
+      <c r="BT42" s="6">
         <v>23003961.0</v>
       </c>
-      <c r="BS42" s="6">
+      <c r="BU42" s="6">
         <v>9931470.0</v>
       </c>
-      <c r="BT42" s="6">
+      <c r="BV42" s="6">
         <v>35879020.0</v>
       </c>
-      <c r="BU42" s="6">
+      <c r="BW42" s="6">
         <v>21956815.0</v>
       </c>
-      <c r="BV42" s="6">
+      <c r="BX42" s="6">
         <v>22024288.0</v>
       </c>
-      <c r="BW42" s="6">
+      <c r="BY42" s="6">
         <v>20694994.0</v>
       </c>
-      <c r="BX42" s="6">
+      <c r="BZ42" s="6">
         <v>20288974.0</v>
       </c>
-      <c r="BY42" s="6">
+      <c r="CA42" s="6">
         <v>23052423.0</v>
       </c>
-      <c r="BZ42" s="6">
+      <c r="CB42" s="6">
         <v>25672607.0</v>
       </c>
-      <c r="CA42" s="6">
+      <c r="CC42" s="6">
         <v>22106217.0</v>
       </c>
-      <c r="CB42" s="6">
+      <c r="CD42" s="6">
         <v>21728475.0</v>
       </c>
-      <c r="CC42" s="6">
+      <c r="CE42" s="6">
         <v>20890805.0</v>
       </c>
-      <c r="CD42" s="6">
+      <c r="CF42" s="6">
         <v>20591854.0</v>
       </c>
-      <c r="CE42" s="6">
+      <c r="CG42" s="6">
         <v>7188764.0</v>
       </c>
     </row>
-    <row r="43" spans="1:83">
+    <row r="43" spans="1:85">
       <c r="C43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D43" s="6">
-        <v>7702053.0</v>
+        <v>8310022.0</v>
       </c>
       <c r="E43" s="6">
-        <v>8177500.0</v>
+        <v>7616233.0</v>
       </c>
       <c r="F43" s="6">
-        <v>9140446.0</v>
+        <v>7730314.0</v>
       </c>
       <c r="G43" s="6">
-        <v>7834459.0</v>
+        <v>8175836.0</v>
       </c>
       <c r="H43" s="6">
-        <v>7664016.0</v>
+        <v>9144213.0</v>
       </c>
       <c r="I43" s="6">
-        <v>7350310.0</v>
+        <v>7832201.0</v>
       </c>
       <c r="J43" s="6">
-        <v>7092987.0</v>
+        <v>7662122.0</v>
       </c>
       <c r="K43" s="6">
-        <v>3980441.0</v>
+        <v>7347896.0</v>
       </c>
       <c r="L43" s="6">
-        <v>10632252.0</v>
+        <v>7090736.0</v>
       </c>
       <c r="M43" s="6">
-        <v>7034885.0</v>
+        <v>3979762.0</v>
       </c>
       <c r="N43" s="6">
-        <v>7458470.0</v>
+        <v>10629842.0</v>
       </c>
       <c r="O43" s="6">
-        <v>6603468.0</v>
+        <v>7033672.0</v>
       </c>
       <c r="P43" s="6">
-        <v>6431242.0</v>
+        <v>7457212.0</v>
       </c>
       <c r="Q43" s="6">
-        <v>7207900.0</v>
+        <v>6601954.0</v>
       </c>
       <c r="R43" s="6">
-        <v>7797509.0</v>
+        <v>6429859.0</v>
       </c>
       <c r="S43" s="6">
-        <v>6646754.0</v>
+        <v>7206005.0</v>
       </c>
       <c r="T43" s="6">
-        <v>6915777.0</v>
+        <v>7795987.0</v>
       </c>
       <c r="U43" s="6">
-        <v>6329678.0</v>
+        <v>6645130.0</v>
       </c>
       <c r="V43" s="6">
-        <v>6045713.0</v>
+        <v>6914386.0</v>
       </c>
       <c r="W43" s="6">
-        <v>3269220.0</v>
+        <v>6328698.0</v>
       </c>
       <c r="X43" s="6">
-        <v>9144569.0</v>
+        <v>6044664.0</v>
       </c>
       <c r="Y43" s="6">
-        <v>6048152.0</v>
+        <v>3268589.0</v>
       </c>
       <c r="Z43" s="6">
-        <v>6071006.0</v>
+        <v>9142286.0</v>
       </c>
       <c r="AA43" s="6">
-        <v>5806810.0</v>
+        <v>6047211.0</v>
       </c>
       <c r="AB43" s="6">
-        <v>5595315.0</v>
+        <v>6069706.0</v>
       </c>
       <c r="AC43" s="6">
-        <v>6087928.0</v>
+        <v>5805637.0</v>
       </c>
       <c r="AD43" s="6">
-        <v>6815331.0</v>
+        <v>5594415.0</v>
       </c>
       <c r="AE43" s="6">
-        <v>5609195.0</v>
+        <v>6087183.0</v>
       </c>
       <c r="AF43" s="6">
-        <v>5630543.0</v>
+        <v>6814809.0</v>
       </c>
       <c r="AG43" s="6">
-        <v>5230028.0</v>
+        <v>5608709.0</v>
       </c>
       <c r="AH43" s="6">
-        <v>5131598.0</v>
+        <v>5630090.0</v>
       </c>
       <c r="AI43" s="6">
-        <v>2626981.0</v>
+        <v>5229071.0</v>
       </c>
       <c r="AJ43" s="6">
-        <v>7789272.0</v>
+        <v>5131030.0</v>
       </c>
       <c r="AK43" s="6">
-        <v>4893973.0</v>
+        <v>2626500.0</v>
       </c>
       <c r="AL43" s="6">
-        <v>4984278.0</v>
+        <v>7788520.0</v>
       </c>
       <c r="AM43" s="6">
-        <v>4501920.0</v>
+        <v>4893364.0</v>
       </c>
       <c r="AN43" s="6">
-        <v>4250331.0</v>
+        <v>4983801.0</v>
       </c>
       <c r="AO43" s="6">
-        <v>4910761.0</v>
+        <v>4501444.0</v>
       </c>
       <c r="AP43" s="6">
-        <v>5325391.0</v>
+        <v>4249789.0</v>
       </c>
       <c r="AQ43" s="6">
-        <v>4681957.0</v>
+        <v>4910215.0</v>
       </c>
       <c r="AR43" s="6">
-        <v>4678704.0</v>
+        <v>5324992.0</v>
       </c>
       <c r="AS43" s="6">
-        <v>4430594.0</v>
+        <v>4681313.0</v>
       </c>
       <c r="AT43" s="6">
-        <v>4421423.0</v>
+        <v>4678190.0</v>
       </c>
       <c r="AU43" s="6">
-        <v>2158872.0</v>
+        <v>4429872.0</v>
       </c>
       <c r="AV43" s="6">
-        <v>6849986.0</v>
+        <v>4420646.0</v>
       </c>
       <c r="AW43" s="6">
-        <v>4309454.0</v>
+        <v>2158927.0</v>
       </c>
       <c r="AX43" s="6">
-        <v>4319563.0</v>
+        <v>6848406.0</v>
       </c>
       <c r="AY43" s="6">
-        <v>3988199.0</v>
+        <v>4308825.0</v>
       </c>
       <c r="AZ43" s="6">
-        <v>3792972.0</v>
+        <v>4318926.0</v>
       </c>
       <c r="BA43" s="6">
-        <v>4326253.0</v>
+        <v>3987474.0</v>
       </c>
       <c r="BB43" s="6">
-        <v>4829675.0</v>
+        <v>3792474.0</v>
       </c>
       <c r="BC43" s="6">
-        <v>3990619.0</v>
+        <v>4325732.0</v>
       </c>
       <c r="BD43" s="6">
-        <v>4054612.0</v>
+        <v>4828880.0</v>
       </c>
       <c r="BE43" s="6">
-        <v>3885481.0</v>
+        <v>3989961.0</v>
       </c>
       <c r="BF43" s="6">
-        <v>3799735.0</v>
+        <v>4054187.0</v>
       </c>
       <c r="BG43" s="6">
-        <v>1841716.0</v>
+        <v>3885009.0</v>
       </c>
       <c r="BH43" s="6">
+        <v>3799432.0</v>
+      </c>
+      <c r="BI43" s="6">
+        <v>1841813.0</v>
+      </c>
+      <c r="BJ43" s="6">
         <v>5847588.0</v>
       </c>
-      <c r="BI43" s="6">
+      <c r="BK43" s="6">
         <v>3785440.0</v>
       </c>
-      <c r="BJ43" s="6">
+      <c r="BL43" s="6">
         <v>3684806.0</v>
       </c>
-      <c r="BK43" s="6">
+      <c r="BM43" s="6">
         <v>3352439.0</v>
       </c>
-      <c r="BL43" s="6">
+      <c r="BN43" s="6">
         <v>3347636.0</v>
       </c>
-      <c r="BM43" s="6">
+      <c r="BO43" s="6">
         <v>3838745.0</v>
       </c>
-      <c r="BN43" s="6">
+      <c r="BP43" s="6">
         <v>3940428.0</v>
       </c>
-      <c r="BO43" s="6">
+      <c r="BQ43" s="6">
         <v>3210994.0</v>
       </c>
-      <c r="BP43" s="6">
+      <c r="BR43" s="6">
         <v>3282076.0</v>
       </c>
-      <c r="BQ43" s="6">
+      <c r="BS43" s="6">
         <v>3506618.0</v>
       </c>
-      <c r="BR43" s="6">
+      <c r="BT43" s="6">
         <v>3445294.0</v>
       </c>
-      <c r="BS43" s="6">
+      <c r="BU43" s="6">
         <v>1475633.0</v>
       </c>
-      <c r="BT43" s="6">
+      <c r="BV43" s="6">
         <v>5675970.0</v>
       </c>
-      <c r="BU43" s="6">
+      <c r="BW43" s="6">
         <v>3395146.0</v>
       </c>
-      <c r="BV43" s="6">
+      <c r="BX43" s="6">
         <v>3396909.0</v>
       </c>
-      <c r="BW43" s="6">
+      <c r="BY43" s="6">
         <v>3210654.0</v>
       </c>
-      <c r="BX43" s="6">
+      <c r="BZ43" s="6">
         <v>3122613.0</v>
       </c>
-      <c r="BY43" s="6">
+      <c r="CA43" s="6">
         <v>3534659.0</v>
       </c>
-      <c r="BZ43" s="6">
+      <c r="CB43" s="6">
         <v>4000496.0</v>
       </c>
-      <c r="CA43" s="6">
+      <c r="CC43" s="6">
         <v>3376731.0</v>
       </c>
-      <c r="CB43" s="6">
+      <c r="CD43" s="6">
         <v>3334344.0</v>
       </c>
-      <c r="CC43" s="6">
+      <c r="CE43" s="6">
         <v>3138456.0</v>
       </c>
-      <c r="CD43" s="6">
+      <c r="CF43" s="6">
         <v>3105683.0</v>
       </c>
-      <c r="CE43" s="6">
+      <c r="CG43" s="6">
         <v>857595.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A2:CE2"/>
-[...2 lines deleted...]
-    <mergeCell ref="B8:CE8"/>
+    <mergeCell ref="A2:CG2"/>
+    <mergeCell ref="B4:CG4"/>
+    <mergeCell ref="B5:CG5"/>
+    <mergeCell ref="B8:CG8"/>
     <mergeCell ref="A11:A13"/>
     <mergeCell ref="B11:B13"/>
     <mergeCell ref="A14:A16"/>
     <mergeCell ref="B14:B16"/>
     <mergeCell ref="A17:A19"/>
     <mergeCell ref="B17:B19"/>
     <mergeCell ref="A20:A22"/>
     <mergeCell ref="B20:B22"/>
     <mergeCell ref="A23:A25"/>
     <mergeCell ref="B23:B25"/>
     <mergeCell ref="A26:A28"/>
     <mergeCell ref="B26:B28"/>
     <mergeCell ref="A29:A31"/>
     <mergeCell ref="B29:B31"/>
     <mergeCell ref="A32:A34"/>
     <mergeCell ref="B32:B34"/>
     <mergeCell ref="A35:A37"/>
     <mergeCell ref="B35:B37"/>
     <mergeCell ref="A38:A40"/>
     <mergeCell ref="B38:B40"/>
     <mergeCell ref="A41:A43"/>
     <mergeCell ref="B41:B43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>