--- v1 (2025-12-07)
+++ v2 (2026-01-22)
@@ -12,88 +12,102 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="gpm313-deklaraciju-duomenys-me" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GPM313 deklaracijų duomenys - mėnesiais pagal teritoriją</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-12-01</t>
+    <t>2026-01-05</t>
   </si>
   <si>
     <t>Savivaldybė</t>
   </si>
   <si>
     <t>Visa apskritis</t>
   </si>
   <si>
     <t>Regionas</t>
   </si>
   <si>
     <t>Išmokos</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-11</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-10</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
@@ -1793,10493 +1807,10608 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CG43"/>
+  <dimension ref="A1:CH43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="CG43" sqref="CG43"/>
+      <selection activeCell="CH43" sqref="CH43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="2" spans="1:85">
+    <row r="2" spans="1:86">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM313 deklaracijų duomenys - mėnesiais pagal teritoriją</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:85">
+    <row r="4" spans="1:86">
       <c r="A4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:85">
+    <row r="5" spans="1:86">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:85">
+    <row r="8" spans="1:86">
       <c r="A8" t="s">
         <v>5</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="10" spans="1:85">
+    <row r="10" spans="1:86">
       <c r="A10" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2025-11</t>
+          </r>
+        </is>
+      </c>
+      <c r="E10" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2025-10</t>
           </r>
         </is>
       </c>
-      <c r="E10" s="4" t="inlineStr">
+      <c r="F10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-09</t>
           </r>
         </is>
       </c>
-      <c r="F10" s="4" t="inlineStr">
+      <c r="G10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
-      <c r="G10" s="4" t="inlineStr">
+      <c r="H10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
-      <c r="H10" s="4" t="inlineStr">
+      <c r="I10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
-      <c r="I10" s="4" t="inlineStr">
+      <c r="J10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-05</t>
           </r>
         </is>
       </c>
-      <c r="J10" s="4" t="inlineStr">
+      <c r="K10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-04</t>
           </r>
         </is>
       </c>
-      <c r="K10" s="4" t="inlineStr">
+      <c r="L10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-03</t>
           </r>
         </is>
       </c>
-      <c r="L10" s="4" t="inlineStr">
+      <c r="M10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-02</t>
           </r>
         </is>
       </c>
-      <c r="M10" s="4" t="inlineStr">
+      <c r="N10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-01</t>
           </r>
         </is>
       </c>
-      <c r="N10" s="4" t="inlineStr">
+      <c r="O10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-12</t>
           </r>
         </is>
       </c>
-      <c r="O10" s="4" t="inlineStr">
+      <c r="P10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-11</t>
           </r>
         </is>
       </c>
-      <c r="P10" s="4" t="inlineStr">
+      <c r="Q10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-10</t>
           </r>
         </is>
       </c>
-      <c r="Q10" s="4" t="inlineStr">
+      <c r="R10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-09</t>
           </r>
         </is>
       </c>
-      <c r="R10" s="4" t="inlineStr">
+      <c r="S10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-08</t>
           </r>
         </is>
       </c>
-      <c r="S10" s="4" t="inlineStr">
+      <c r="T10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-07</t>
           </r>
         </is>
       </c>
-      <c r="T10" s="4" t="inlineStr">
+      <c r="U10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-06</t>
           </r>
         </is>
       </c>
-      <c r="U10" s="4" t="inlineStr">
+      <c r="V10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-05</t>
           </r>
         </is>
       </c>
-      <c r="V10" s="4" t="inlineStr">
+      <c r="W10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-04</t>
           </r>
         </is>
       </c>
-      <c r="W10" s="4" t="inlineStr">
+      <c r="X10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-03</t>
           </r>
         </is>
       </c>
-      <c r="X10" s="4" t="inlineStr">
+      <c r="Y10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-02</t>
           </r>
         </is>
       </c>
-      <c r="Y10" s="4" t="inlineStr">
+      <c r="Z10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-01</t>
           </r>
         </is>
       </c>
-      <c r="Z10" s="4" t="inlineStr">
+      <c r="AA10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-12</t>
           </r>
         </is>
       </c>
-      <c r="AA10" s="4" t="inlineStr">
+      <c r="AB10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-11</t>
           </r>
         </is>
       </c>
-      <c r="AB10" s="4" t="inlineStr">
+      <c r="AC10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-10</t>
           </r>
         </is>
       </c>
-      <c r="AC10" s="4" t="inlineStr">
+      <c r="AD10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-09</t>
           </r>
         </is>
       </c>
-      <c r="AD10" s="4" t="inlineStr">
+      <c r="AE10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-08</t>
           </r>
         </is>
       </c>
-      <c r="AE10" s="4" t="inlineStr">
+      <c r="AF10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-07</t>
           </r>
         </is>
       </c>
-      <c r="AF10" s="4" t="inlineStr">
+      <c r="AG10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-06</t>
           </r>
         </is>
       </c>
-      <c r="AG10" s="4" t="inlineStr">
+      <c r="AH10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-05</t>
           </r>
         </is>
       </c>
-      <c r="AH10" s="4" t="inlineStr">
+      <c r="AI10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-04</t>
           </r>
         </is>
       </c>
-      <c r="AI10" s="4" t="inlineStr">
+      <c r="AJ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-03</t>
           </r>
         </is>
       </c>
-      <c r="AJ10" s="4" t="inlineStr">
+      <c r="AK10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-02</t>
           </r>
         </is>
       </c>
-      <c r="AK10" s="4" t="inlineStr">
+      <c r="AL10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-01</t>
           </r>
         </is>
       </c>
-      <c r="AL10" s="4" t="inlineStr">
+      <c r="AM10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-12</t>
           </r>
         </is>
       </c>
-      <c r="AM10" s="4" t="inlineStr">
+      <c r="AN10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-11</t>
           </r>
         </is>
       </c>
-      <c r="AN10" s="4" t="inlineStr">
+      <c r="AO10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-10</t>
           </r>
         </is>
       </c>
-      <c r="AO10" s="4" t="inlineStr">
+      <c r="AP10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-09</t>
           </r>
         </is>
       </c>
-      <c r="AP10" s="4" t="inlineStr">
+      <c r="AQ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-08</t>
           </r>
         </is>
       </c>
-      <c r="AQ10" s="4" t="inlineStr">
+      <c r="AR10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-07</t>
           </r>
         </is>
       </c>
-      <c r="AR10" s="4" t="inlineStr">
+      <c r="AS10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-06</t>
           </r>
         </is>
       </c>
-      <c r="AS10" s="4" t="inlineStr">
+      <c r="AT10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-05</t>
           </r>
         </is>
       </c>
-      <c r="AT10" s="4" t="inlineStr">
+      <c r="AU10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-04</t>
           </r>
         </is>
       </c>
-      <c r="AU10" s="4" t="inlineStr">
+      <c r="AV10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-03</t>
           </r>
         </is>
       </c>
-      <c r="AV10" s="4" t="inlineStr">
+      <c r="AW10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-02</t>
           </r>
         </is>
       </c>
-      <c r="AW10" s="4" t="inlineStr">
+      <c r="AX10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-01</t>
           </r>
         </is>
       </c>
-      <c r="AX10" s="4" t="inlineStr">
+      <c r="AY10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-12</t>
           </r>
         </is>
       </c>
-      <c r="AY10" s="4" t="inlineStr">
+      <c r="AZ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-11</t>
           </r>
         </is>
       </c>
-      <c r="AZ10" s="4" t="inlineStr">
+      <c r="BA10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-10</t>
           </r>
         </is>
       </c>
-      <c r="BA10" s="4" t="inlineStr">
+      <c r="BB10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-09</t>
           </r>
         </is>
       </c>
-      <c r="BB10" s="4" t="inlineStr">
+      <c r="BC10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-08</t>
           </r>
         </is>
       </c>
-      <c r="BC10" s="4" t="inlineStr">
+      <c r="BD10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-07</t>
           </r>
         </is>
       </c>
-      <c r="BD10" s="4" t="inlineStr">
+      <c r="BE10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-06</t>
           </r>
         </is>
       </c>
-      <c r="BE10" s="4" t="inlineStr">
+      <c r="BF10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-05</t>
           </r>
         </is>
       </c>
-      <c r="BF10" s="4" t="inlineStr">
+      <c r="BG10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-04</t>
           </r>
         </is>
       </c>
-      <c r="BG10" s="4" t="inlineStr">
+      <c r="BH10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-03</t>
           </r>
         </is>
       </c>
-      <c r="BH10" s="4" t="inlineStr">
+      <c r="BI10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-02</t>
           </r>
         </is>
       </c>
-      <c r="BI10" s="4" t="inlineStr">
+      <c r="BJ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-01</t>
           </r>
         </is>
       </c>
-      <c r="BJ10" s="4" t="inlineStr">
+      <c r="BK10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-12</t>
           </r>
         </is>
       </c>
-      <c r="BK10" s="4" t="inlineStr">
+      <c r="BL10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-11</t>
           </r>
         </is>
       </c>
-      <c r="BL10" s="4" t="inlineStr">
+      <c r="BM10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-10</t>
           </r>
         </is>
       </c>
-      <c r="BM10" s="4" t="inlineStr">
+      <c r="BN10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-09</t>
           </r>
         </is>
       </c>
-      <c r="BN10" s="4" t="inlineStr">
+      <c r="BO10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-08</t>
           </r>
         </is>
       </c>
-      <c r="BO10" s="4" t="inlineStr">
+      <c r="BP10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-07</t>
           </r>
         </is>
       </c>
-      <c r="BP10" s="4" t="inlineStr">
+      <c r="BQ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-06</t>
           </r>
         </is>
       </c>
-      <c r="BQ10" s="4" t="inlineStr">
+      <c r="BR10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-05</t>
           </r>
         </is>
       </c>
-      <c r="BR10" s="4" t="inlineStr">
+      <c r="BS10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-04</t>
           </r>
         </is>
       </c>
-      <c r="BS10" s="4" t="inlineStr">
+      <c r="BT10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-03</t>
           </r>
         </is>
       </c>
-      <c r="BT10" s="4" t="inlineStr">
+      <c r="BU10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-02</t>
           </r>
         </is>
       </c>
-      <c r="BU10" s="4" t="inlineStr">
+      <c r="BV10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-01</t>
           </r>
         </is>
       </c>
-      <c r="BV10" s="4" t="inlineStr">
+      <c r="BW10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-12</t>
           </r>
         </is>
       </c>
-      <c r="BW10" s="4" t="inlineStr">
+      <c r="BX10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-11</t>
           </r>
         </is>
       </c>
-      <c r="BX10" s="4" t="inlineStr">
+      <c r="BY10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-10</t>
           </r>
         </is>
       </c>
-      <c r="BY10" s="4" t="inlineStr">
+      <c r="BZ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-09</t>
           </r>
         </is>
       </c>
-      <c r="BZ10" s="4" t="inlineStr">
+      <c r="CA10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-08</t>
           </r>
         </is>
       </c>
-      <c r="CA10" s="4" t="inlineStr">
+      <c r="CB10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-07</t>
           </r>
         </is>
       </c>
-      <c r="CB10" s="4" t="inlineStr">
+      <c r="CC10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-06</t>
           </r>
         </is>
       </c>
-      <c r="CC10" s="4" t="inlineStr">
+      <c r="CD10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-05</t>
           </r>
         </is>
       </c>
-      <c r="CD10" s="4" t="inlineStr">
+      <c r="CE10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-04</t>
           </r>
         </is>
       </c>
-      <c r="CE10" s="4" t="inlineStr">
+      <c r="CF10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-03</t>
           </r>
         </is>
       </c>
-      <c r="CF10" s="4" t="inlineStr">
+      <c r="CG10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-02</t>
           </r>
         </is>
       </c>
-      <c r="CG10" s="4" t="inlineStr">
+      <c r="CH10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-01</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:85">
+    <row r="11" spans="1:86">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa Lietuva</t>
           </r>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D11" s="6">
-        <v>118662.0</v>
+        <v>118821.0</v>
       </c>
       <c r="E11" s="6">
-        <v>118884.0</v>
+        <v>119453.0</v>
       </c>
       <c r="F11" s="6">
-        <v>118995.0</v>
+        <v>119187.0</v>
       </c>
       <c r="G11" s="6">
-        <v>119014.0</v>
+        <v>119197.0</v>
       </c>
       <c r="H11" s="6">
-        <v>119191.0</v>
+        <v>119198.0</v>
       </c>
       <c r="I11" s="6">
-        <v>118990.0</v>
+        <v>119356.0</v>
       </c>
       <c r="J11" s="6">
-        <v>118949.0</v>
+        <v>119122.0</v>
       </c>
       <c r="K11" s="6">
-        <v>118703.0</v>
+        <v>119053.0</v>
       </c>
       <c r="L11" s="6">
-        <v>118562.0</v>
+        <v>118794.0</v>
       </c>
       <c r="M11" s="6">
-        <v>118899.0</v>
+        <v>118643.0</v>
       </c>
       <c r="N11" s="6">
-        <v>124354.0</v>
+        <v>118968.0</v>
       </c>
       <c r="O11" s="6">
-        <v>121573.0</v>
+        <v>124375.0</v>
       </c>
       <c r="P11" s="6">
-        <v>121268.0</v>
+        <v>121595.0</v>
       </c>
       <c r="Q11" s="6">
-        <v>120730.0</v>
+        <v>121275.0</v>
       </c>
       <c r="R11" s="6">
-        <v>120657.0</v>
+        <v>120737.0</v>
       </c>
       <c r="S11" s="6">
-        <v>120716.0</v>
+        <v>120666.0</v>
       </c>
       <c r="T11" s="6">
-        <v>120732.0</v>
+        <v>120720.0</v>
       </c>
       <c r="U11" s="6">
-        <v>120586.0</v>
+        <v>120739.0</v>
       </c>
       <c r="V11" s="6">
-        <v>120414.0</v>
+        <v>120590.0</v>
       </c>
       <c r="W11" s="6">
-        <v>120085.0</v>
+        <v>120419.0</v>
       </c>
       <c r="X11" s="6">
-        <v>119745.0</v>
+        <v>120088.0</v>
       </c>
       <c r="Y11" s="6">
-        <v>120086.0</v>
+        <v>119754.0</v>
       </c>
       <c r="Z11" s="6">
-        <v>124841.0</v>
+        <v>120089.0</v>
       </c>
       <c r="AA11" s="6">
-        <v>122039.0</v>
+        <v>124843.0</v>
       </c>
       <c r="AB11" s="6">
-        <v>121325.0</v>
+        <v>122040.0</v>
       </c>
       <c r="AC11" s="6">
-        <v>120778.0</v>
+        <v>121326.0</v>
       </c>
       <c r="AD11" s="6">
-        <v>120425.0</v>
+        <v>120779.0</v>
       </c>
       <c r="AE11" s="6">
-        <v>120327.0</v>
+        <v>120427.0</v>
       </c>
       <c r="AF11" s="6">
-        <v>120505.0</v>
+        <v>120329.0</v>
       </c>
       <c r="AG11" s="6">
-        <v>119976.0</v>
+        <v>120508.0</v>
       </c>
       <c r="AH11" s="6">
-        <v>119497.0</v>
+        <v>119978.0</v>
       </c>
       <c r="AI11" s="6">
-        <v>119310.0</v>
+        <v>119498.0</v>
       </c>
       <c r="AJ11" s="6">
+        <v>119313.0</v>
+      </c>
+      <c r="AK11" s="6">
         <v>118761.0</v>
       </c>
-      <c r="AK11" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AL11" s="6">
-        <v>123131.0</v>
+        <v>118956.0</v>
       </c>
       <c r="AM11" s="6">
-        <v>120494.0</v>
+        <v>123136.0</v>
       </c>
       <c r="AN11" s="6">
-        <v>119957.0</v>
+        <v>120498.0</v>
       </c>
       <c r="AO11" s="6">
-        <v>119462.0</v>
+        <v>119959.0</v>
       </c>
       <c r="AP11" s="6">
-        <v>119273.0</v>
+        <v>119464.0</v>
       </c>
       <c r="AQ11" s="6">
-        <v>119110.0</v>
+        <v>119275.0</v>
       </c>
       <c r="AR11" s="6">
-        <v>119084.0</v>
+        <v>119111.0</v>
       </c>
       <c r="AS11" s="6">
-        <v>118490.0</v>
+        <v>119085.0</v>
       </c>
       <c r="AT11" s="6">
-        <v>117997.0</v>
+        <v>118492.0</v>
       </c>
       <c r="AU11" s="6">
-        <v>117685.0</v>
+        <v>117999.0</v>
       </c>
       <c r="AV11" s="6">
-        <v>117357.0</v>
+        <v>117687.0</v>
       </c>
       <c r="AW11" s="6">
-        <v>117478.0</v>
+        <v>117358.0</v>
       </c>
       <c r="AX11" s="6">
-        <v>121413.0</v>
+        <v>117480.0</v>
       </c>
       <c r="AY11" s="6">
+        <v>121414.0</v>
+      </c>
+      <c r="AZ11" s="6">
         <v>118578.0</v>
       </c>
-      <c r="AZ11" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="BA11" s="6">
+        <v>117966.0</v>
+      </c>
+      <c r="BB11" s="6">
         <v>117409.0</v>
       </c>
-      <c r="BB11" s="6">
+      <c r="BC11" s="6">
         <v>116880.0</v>
       </c>
-      <c r="BC11" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="BD11" s="6">
-        <v>116384.0</v>
+        <v>116631.0</v>
       </c>
       <c r="BE11" s="6">
-        <v>115430.0</v>
+        <v>116386.0</v>
       </c>
       <c r="BF11" s="6">
+        <v>115431.0</v>
+      </c>
+      <c r="BG11" s="6">
         <v>114644.0</v>
       </c>
-      <c r="BG11" s="6">
+      <c r="BH11" s="6">
         <v>114009.0</v>
       </c>
-      <c r="BH11" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="BI11" s="6">
+        <v>112812.0</v>
+      </c>
+      <c r="BJ11" s="6">
         <v>112145.0</v>
       </c>
-      <c r="BJ11" s="6">
+      <c r="BK11" s="6">
         <v>116506.0</v>
       </c>
-      <c r="BK11" s="6">
+      <c r="BL11" s="6">
         <v>113698.0</v>
       </c>
-      <c r="BL11" s="6">
+      <c r="BM11" s="6">
         <v>113203.0</v>
       </c>
-      <c r="BM11" s="6">
+      <c r="BN11" s="6">
         <v>112446.0</v>
       </c>
-      <c r="BN11" s="6">
+      <c r="BO11" s="6">
         <v>111905.0</v>
       </c>
-      <c r="BO11" s="6">
+      <c r="BP11" s="6">
         <v>111600.0</v>
       </c>
-      <c r="BP11" s="6">
+      <c r="BQ11" s="6">
         <v>111360.0</v>
       </c>
-      <c r="BQ11" s="6">
+      <c r="BR11" s="6">
         <v>110501.0</v>
       </c>
-      <c r="BR11" s="6">
+      <c r="BS11" s="6">
         <v>109986.0</v>
       </c>
-      <c r="BS11" s="6">
+      <c r="BT11" s="6">
         <v>110802.0</v>
       </c>
-      <c r="BT11" s="6">
+      <c r="BU11" s="6">
         <v>110771.0</v>
       </c>
-      <c r="BU11" s="6">
+      <c r="BV11" s="6">
         <v>110806.0</v>
       </c>
-      <c r="BV11" s="6">
+      <c r="BW11" s="6">
         <v>114268.0</v>
       </c>
-      <c r="BW11" s="6">
+      <c r="BX11" s="6">
         <v>111566.0</v>
       </c>
-      <c r="BX11" s="6">
+      <c r="BY11" s="6">
         <v>111064.0</v>
       </c>
-      <c r="BY11" s="6">
+      <c r="BZ11" s="6">
         <v>110557.0</v>
       </c>
-      <c r="BZ11" s="6">
+      <c r="CA11" s="6">
         <v>110172.0</v>
       </c>
-      <c r="CA11" s="6">
+      <c r="CB11" s="6">
         <v>109992.0</v>
       </c>
-      <c r="CB11" s="6">
+      <c r="CC11" s="6">
         <v>109911.0</v>
       </c>
-      <c r="CC11" s="6">
+      <c r="CD11" s="6">
         <v>109497.0</v>
       </c>
-      <c r="CD11" s="6">
+      <c r="CE11" s="6">
         <v>109147.0</v>
       </c>
-      <c r="CE11" s="6">
+      <c r="CF11" s="6">
         <v>108685.0</v>
       </c>
-      <c r="CF11" s="6">
+      <c r="CG11" s="6">
         <v>108159.0</v>
       </c>
-      <c r="CG11" s="6">
+      <c r="CH11" s="6">
         <v>108173.0</v>
       </c>
     </row>
-    <row r="12" spans="1:85">
+    <row r="12" spans="1:86">
       <c r="C12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D12" s="6">
-        <v>3006241552.0</v>
+        <v>3003623756.0</v>
       </c>
       <c r="E12" s="6">
-        <v>2803321911.0</v>
+        <v>3011085296.0</v>
       </c>
       <c r="F12" s="6">
-        <v>2860737614.0</v>
+        <v>2802533861.0</v>
       </c>
       <c r="G12" s="6">
-        <v>3121144280.0</v>
+        <v>2860935261.0</v>
       </c>
       <c r="H12" s="6">
-        <v>3231400510.0</v>
+        <v>3120519780.0</v>
       </c>
       <c r="I12" s="6">
-        <v>2970799748.0</v>
+        <v>3230461040.0</v>
       </c>
       <c r="J12" s="6">
-        <v>3005162138.0</v>
+        <v>2970282001.0</v>
       </c>
       <c r="K12" s="6">
-        <v>2846170114.0</v>
+        <v>3004557662.0</v>
       </c>
       <c r="L12" s="6">
-        <v>2803975613.0</v>
+        <v>2844919973.0</v>
       </c>
       <c r="M12" s="6">
-        <v>1422429656.0</v>
+        <v>2803362630.0</v>
       </c>
       <c r="N12" s="6">
-        <v>4440774285.0</v>
+        <v>1421989946.0</v>
       </c>
       <c r="O12" s="6">
-        <v>2728172696.0</v>
+        <v>4440811225.0</v>
       </c>
       <c r="P12" s="6">
-        <v>2757956914.0</v>
+        <v>2728174036.0</v>
       </c>
       <c r="Q12" s="6">
-        <v>2545060050.0</v>
+        <v>2757888075.0</v>
       </c>
       <c r="R12" s="6">
-        <v>2628991357.0</v>
+        <v>2544935656.0</v>
       </c>
       <c r="S12" s="6">
-        <v>2812314092.0</v>
+        <v>2628890168.0</v>
       </c>
       <c r="T12" s="6">
-        <v>2937176504.0</v>
+        <v>2812207799.0</v>
       </c>
       <c r="U12" s="6">
-        <v>2731382218.0</v>
+        <v>2937025866.0</v>
       </c>
       <c r="V12" s="6">
-        <v>2710826996.0</v>
+        <v>2731247005.0</v>
       </c>
       <c r="W12" s="6">
-        <v>2642644358.0</v>
+        <v>2710616950.0</v>
       </c>
       <c r="X12" s="6">
-        <v>2563285984.0</v>
+        <v>2642488768.0</v>
       </c>
       <c r="Y12" s="6">
-        <v>1278805233.0</v>
+        <v>2563173062.0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3995615604.0</v>
+        <v>1278679714.0</v>
       </c>
       <c r="AA12" s="6">
-        <v>2451449775.0</v>
+        <v>3995554687.0</v>
       </c>
       <c r="AB12" s="6">
-        <v>2470281843.0</v>
+        <v>2451387094.0</v>
       </c>
       <c r="AC12" s="6">
-        <v>2311872274.0</v>
+        <v>2470234682.0</v>
       </c>
       <c r="AD12" s="6">
-        <v>2356709601.0</v>
+        <v>2311830498.0</v>
       </c>
       <c r="AE12" s="6">
-        <v>2512551697.0</v>
+        <v>2356670190.0</v>
       </c>
       <c r="AF12" s="6">
-        <v>2679510137.0</v>
+        <v>2512515334.0</v>
       </c>
       <c r="AG12" s="6">
-        <v>2400372191.0</v>
+        <v>2679441016.0</v>
       </c>
       <c r="AH12" s="6">
-        <v>2414907409.0</v>
+        <v>2400300891.0</v>
       </c>
       <c r="AI12" s="6">
-        <v>2357555766.0</v>
+        <v>2414834970.0</v>
       </c>
       <c r="AJ12" s="6">
-        <v>2274904801.0</v>
+        <v>2357496554.0</v>
       </c>
       <c r="AK12" s="6">
-        <v>1148726034.0</v>
+        <v>2274866635.0</v>
       </c>
       <c r="AL12" s="6">
-        <v>3528632829.0</v>
+        <v>1148704201.0</v>
       </c>
       <c r="AM12" s="6">
-        <v>2166519161.0</v>
+        <v>3528549712.0</v>
       </c>
       <c r="AN12" s="6">
-        <v>2163097151.0</v>
+        <v>2166410779.0</v>
       </c>
       <c r="AO12" s="6">
-        <v>2077758025.0</v>
+        <v>2163017042.0</v>
       </c>
       <c r="AP12" s="6">
-        <v>2057562574.0</v>
+        <v>2077690856.0</v>
       </c>
       <c r="AQ12" s="6">
-        <v>2180829859.0</v>
+        <v>2057515233.0</v>
       </c>
       <c r="AR12" s="6">
-        <v>2343307568.0</v>
+        <v>2180788362.0</v>
       </c>
       <c r="AS12" s="6">
-        <v>2144518374.0</v>
+        <v>2343263428.0</v>
       </c>
       <c r="AT12" s="6">
-        <v>2116643540.0</v>
+        <v>2144488133.0</v>
       </c>
       <c r="AU12" s="6">
-        <v>2031721204.0</v>
+        <v>2116624842.0</v>
       </c>
       <c r="AV12" s="6">
-        <v>1964605039.0</v>
+        <v>2031687795.0</v>
       </c>
       <c r="AW12" s="6">
-        <v>987451429.0</v>
+        <v>1964586792.0</v>
       </c>
       <c r="AX12" s="6">
-        <v>3113336515.0</v>
+        <v>987437976.0</v>
       </c>
       <c r="AY12" s="6">
+        <v>3113339445.0</v>
+      </c>
+      <c r="AZ12" s="6">
         <v>1878434710.0</v>
       </c>
-      <c r="AZ12" s="6">
+      <c r="BA12" s="6">
         <v>1877584112.0</v>
       </c>
-      <c r="BA12" s="6">
+      <c r="BB12" s="6">
         <v>1791976607.0</v>
       </c>
-      <c r="BB12" s="6">
+      <c r="BC12" s="6">
         <v>1786917119.0</v>
       </c>
-      <c r="BC12" s="6">
+      <c r="BD12" s="6">
         <v>1915576903.0</v>
       </c>
-      <c r="BD12" s="6">
+      <c r="BE12" s="6">
         <v>2004702730.0</v>
       </c>
-      <c r="BE12" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="BF12" s="6">
+        <v>1819290121.0</v>
+      </c>
+      <c r="BG12" s="6">
         <v>1820793279.0</v>
       </c>
-      <c r="BG12" s="6">
+      <c r="BH12" s="6">
         <v>1744701957.0</v>
       </c>
-      <c r="BH12" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="BI12" s="6">
-        <v>840476729.0</v>
+        <v>1671180690.0</v>
       </c>
       <c r="BJ12" s="6">
+        <v>840476079.0</v>
+      </c>
+      <c r="BK12" s="6">
         <v>2701344500.0</v>
       </c>
-      <c r="BK12" s="6">
+      <c r="BL12" s="6">
         <v>1665222223.0</v>
       </c>
-      <c r="BL12" s="6">
+      <c r="BM12" s="6">
         <v>1673379411.0</v>
       </c>
-      <c r="BM12" s="6">
+      <c r="BN12" s="6">
         <v>1559411877.0</v>
       </c>
-      <c r="BN12" s="6">
+      <c r="BO12" s="6">
         <v>1564916487.0</v>
       </c>
-      <c r="BO12" s="6">
+      <c r="BP12" s="6">
         <v>1699933131.0</v>
       </c>
-      <c r="BP12" s="6">
+      <c r="BQ12" s="6">
         <v>1688804659.0</v>
       </c>
-      <c r="BQ12" s="6">
+      <c r="BR12" s="6">
         <v>1491040918.0</v>
       </c>
-      <c r="BR12" s="6">
+      <c r="BS12" s="6">
         <v>1583114833.0</v>
       </c>
-      <c r="BS12" s="6">
+      <c r="BT12" s="6">
         <v>1607239471.0</v>
       </c>
-      <c r="BT12" s="6">
+      <c r="BU12" s="6">
         <v>1592785059.0</v>
       </c>
-      <c r="BU12" s="6">
+      <c r="BV12" s="6">
         <v>797550138.0</v>
       </c>
-      <c r="BV12" s="6">
+      <c r="BW12" s="6">
         <v>2452845032.0</v>
       </c>
-      <c r="BW12" s="6">
+      <c r="BX12" s="6">
         <v>1531444073.0</v>
       </c>
-      <c r="BX12" s="6">
+      <c r="BY12" s="6">
         <v>1535184601.0</v>
       </c>
-      <c r="BY12" s="6">
+      <c r="BZ12" s="6">
         <v>1430602292.0</v>
       </c>
-      <c r="BZ12" s="6">
+      <c r="CA12" s="6">
         <v>1741121814.0</v>
       </c>
-      <c r="CA12" s="6">
+      <c r="CB12" s="6">
         <v>1561888927.0</v>
       </c>
-      <c r="CB12" s="6">
+      <c r="CC12" s="6">
         <v>1664600708.0</v>
       </c>
-      <c r="CC12" s="6">
+      <c r="CD12" s="6">
         <v>1533720139.0</v>
       </c>
-      <c r="CD12" s="6">
+      <c r="CE12" s="6">
         <v>1517940995.0</v>
       </c>
-      <c r="CE12" s="6">
+      <c r="CF12" s="6">
         <v>1446913709.0</v>
       </c>
-      <c r="CF12" s="6">
+      <c r="CG12" s="6">
         <v>1423827434.0</v>
       </c>
-      <c r="CG12" s="6">
+      <c r="CH12" s="6">
         <v>565121353.0</v>
       </c>
     </row>
-    <row r="13" spans="1:85">
+    <row r="13" spans="1:86">
       <c r="C13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D13" s="6">
-        <v>533176180.0</v>
+        <v>534422471.0</v>
       </c>
       <c r="E13" s="6">
-        <v>494338696.0</v>
+        <v>534105126.0</v>
       </c>
       <c r="F13" s="6">
-        <v>506895331.0</v>
+        <v>494367041.0</v>
       </c>
       <c r="G13" s="6">
-        <v>546715612.0</v>
+        <v>506958782.0</v>
       </c>
       <c r="H13" s="6">
-        <v>568328176.0</v>
+        <v>546570095.0</v>
       </c>
       <c r="I13" s="6">
-        <v>520291114.0</v>
+        <v>568272869.0</v>
       </c>
       <c r="J13" s="6">
-        <v>524781549.0</v>
+        <v>520152777.0</v>
       </c>
       <c r="K13" s="6">
-        <v>493857890.0</v>
+        <v>524640510.0</v>
       </c>
       <c r="L13" s="6">
-        <v>487159498.0</v>
+        <v>493620607.0</v>
       </c>
       <c r="M13" s="6">
-        <v>237979828.0</v>
+        <v>487034680.0</v>
       </c>
       <c r="N13" s="6">
-        <v>805105786.0</v>
+        <v>237874844.0</v>
       </c>
       <c r="O13" s="6">
-        <v>480305329.0</v>
+        <v>805122829.0</v>
       </c>
       <c r="P13" s="6">
-        <v>482044559.0</v>
+        <v>480310920.0</v>
       </c>
       <c r="Q13" s="6">
-        <v>444195518.0</v>
+        <v>482032507.0</v>
       </c>
       <c r="R13" s="6">
-        <v>459775555.0</v>
+        <v>444173701.0</v>
       </c>
       <c r="S13" s="6">
-        <v>485747680.0</v>
+        <v>459760325.0</v>
       </c>
       <c r="T13" s="6">
-        <v>509741814.0</v>
+        <v>485734472.0</v>
       </c>
       <c r="U13" s="6">
-        <v>470794982.0</v>
+        <v>509722200.0</v>
       </c>
       <c r="V13" s="6">
-        <v>468276328.0</v>
+        <v>470775003.0</v>
       </c>
       <c r="W13" s="6">
-        <v>451727498.0</v>
+        <v>468246855.0</v>
       </c>
       <c r="X13" s="6">
-        <v>438889545.0</v>
+        <v>451709209.0</v>
       </c>
       <c r="Y13" s="6">
-        <v>212039781.0</v>
+        <v>438879304.0</v>
       </c>
       <c r="Z13" s="6">
-        <v>724726535.0</v>
+        <v>212028738.0</v>
       </c>
       <c r="AA13" s="6">
-        <v>430761942.0</v>
+        <v>724718064.0</v>
       </c>
       <c r="AB13" s="6">
-        <v>432044109.0</v>
+        <v>430748360.0</v>
       </c>
       <c r="AC13" s="6">
-        <v>405615937.0</v>
+        <v>432033447.0</v>
       </c>
       <c r="AD13" s="6">
-        <v>410057337.0</v>
+        <v>405606876.0</v>
       </c>
       <c r="AE13" s="6">
-        <v>435680602.0</v>
+        <v>410046542.0</v>
       </c>
       <c r="AF13" s="6">
-        <v>463557162.0</v>
+        <v>435672338.0</v>
       </c>
       <c r="AG13" s="6">
-        <v>411382988.0</v>
+        <v>463544964.0</v>
       </c>
       <c r="AH13" s="6">
-        <v>415359284.0</v>
+        <v>411370393.0</v>
       </c>
       <c r="AI13" s="6">
-        <v>401336269.0</v>
+        <v>415345553.0</v>
       </c>
       <c r="AJ13" s="6">
-        <v>388185579.0</v>
+        <v>401324216.0</v>
       </c>
       <c r="AK13" s="6">
-        <v>190869769.0</v>
+        <v>388176086.0</v>
       </c>
       <c r="AL13" s="6">
-        <v>636500095.0</v>
+        <v>190865283.0</v>
       </c>
       <c r="AM13" s="6">
-        <v>375890472.0</v>
+        <v>636487215.0</v>
       </c>
       <c r="AN13" s="6">
-        <v>374694947.0</v>
+        <v>375870996.0</v>
       </c>
       <c r="AO13" s="6">
-        <v>360133375.0</v>
+        <v>374681524.0</v>
       </c>
       <c r="AP13" s="6">
-        <v>353901265.0</v>
+        <v>360122139.0</v>
       </c>
       <c r="AQ13" s="6">
-        <v>374206563.0</v>
+        <v>353892822.0</v>
       </c>
       <c r="AR13" s="6">
-        <v>402567242.0</v>
+        <v>374199815.0</v>
       </c>
       <c r="AS13" s="6">
-        <v>370993649.0</v>
+        <v>402559864.0</v>
       </c>
       <c r="AT13" s="6">
-        <v>366433332.0</v>
+        <v>370989092.0</v>
       </c>
       <c r="AU13" s="6">
-        <v>346597386.0</v>
+        <v>366430203.0</v>
       </c>
       <c r="AV13" s="6">
-        <v>336661989.0</v>
+        <v>346591657.0</v>
       </c>
       <c r="AW13" s="6">
-        <v>163715882.0</v>
+        <v>336659623.0</v>
       </c>
       <c r="AX13" s="6">
-        <v>560004620.0</v>
+        <v>163713697.0</v>
       </c>
       <c r="AY13" s="6">
-        <v>325271644.0</v>
+        <v>560006146.0</v>
       </c>
       <c r="AZ13" s="6">
-        <v>325040991.0</v>
+        <v>325271624.0</v>
       </c>
       <c r="BA13" s="6">
-        <v>309653653.0</v>
+        <v>325040971.0</v>
       </c>
       <c r="BB13" s="6">
-        <v>308468636.0</v>
+        <v>309653634.0</v>
       </c>
       <c r="BC13" s="6">
-        <v>327423151.0</v>
+        <v>308468616.0</v>
       </c>
       <c r="BD13" s="6">
-        <v>340615704.0</v>
+        <v>327423131.0</v>
       </c>
       <c r="BE13" s="6">
-        <v>308790640.0</v>
+        <v>340615685.0</v>
       </c>
       <c r="BF13" s="6">
-        <v>309988314.0</v>
+        <v>308790533.0</v>
       </c>
       <c r="BG13" s="6">
-        <v>293947058.0</v>
+        <v>309988294.0</v>
       </c>
       <c r="BH13" s="6">
-        <v>282509586.0</v>
+        <v>293947038.0</v>
       </c>
       <c r="BI13" s="6">
-        <v>135600758.0</v>
+        <v>282508913.0</v>
       </c>
       <c r="BJ13" s="6">
+        <v>135600688.0</v>
+      </c>
+      <c r="BK13" s="6">
         <v>471606013.0</v>
       </c>
-      <c r="BK13" s="6">
+      <c r="BL13" s="6">
         <v>281304632.0</v>
       </c>
-      <c r="BL13" s="6">
+      <c r="BM13" s="6">
         <v>282250541.0</v>
       </c>
-      <c r="BM13" s="6">
+      <c r="BN13" s="6">
         <v>259382204.0</v>
       </c>
-      <c r="BN13" s="6">
+      <c r="BO13" s="6">
         <v>262732272.0</v>
       </c>
-      <c r="BO13" s="6">
+      <c r="BP13" s="6">
         <v>287372768.0</v>
       </c>
-      <c r="BP13" s="6">
+      <c r="BQ13" s="6">
         <v>285436801.0</v>
       </c>
-      <c r="BQ13" s="6">
+      <c r="BR13" s="6">
         <v>252267795.0</v>
       </c>
-      <c r="BR13" s="6">
+      <c r="BS13" s="6">
         <v>267569725.0</v>
       </c>
-      <c r="BS13" s="6">
+      <c r="BT13" s="6">
         <v>271389574.0</v>
       </c>
-      <c r="BT13" s="6">
+      <c r="BU13" s="6">
         <v>270742199.0</v>
       </c>
-      <c r="BU13" s="6">
+      <c r="BV13" s="6">
         <v>128942125.0</v>
       </c>
-      <c r="BV13" s="6">
+      <c r="BW13" s="6">
         <v>437999850.0</v>
       </c>
-      <c r="BW13" s="6">
+      <c r="BX13" s="6">
         <v>265464849.0</v>
       </c>
-      <c r="BX13" s="6">
+      <c r="BY13" s="6">
         <v>265652987.0</v>
       </c>
-      <c r="BY13" s="6">
+      <c r="BZ13" s="6">
         <v>246445984.0</v>
       </c>
-      <c r="BZ13" s="6">
+      <c r="CA13" s="6">
         <v>253689153.0</v>
       </c>
-      <c r="CA13" s="6">
+      <c r="CB13" s="6">
         <v>266927146.0</v>
       </c>
-      <c r="CB13" s="6">
+      <c r="CC13" s="6">
         <v>286288249.0</v>
       </c>
-      <c r="CC13" s="6">
+      <c r="CD13" s="6">
         <v>262653419.0</v>
       </c>
-      <c r="CD13" s="6">
+      <c r="CE13" s="6">
         <v>259373199.0</v>
       </c>
-      <c r="CE13" s="6">
+      <c r="CF13" s="6">
         <v>244548948.0</v>
       </c>
-      <c r="CF13" s="6">
+      <c r="CG13" s="6">
         <v>242611248.0</v>
       </c>
-      <c r="CG13" s="6">
+      <c r="CH13" s="6">
         <v>74219976.0</v>
       </c>
     </row>
-    <row r="14" spans="1:85">
+    <row r="14" spans="1:86">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Vilniaus apskritis</t>
           </r>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D14" s="6">
-        <v>48418.0</v>
+        <v>48455.0</v>
       </c>
       <c r="E14" s="6">
-        <v>48608.0</v>
+        <v>48737.0</v>
       </c>
       <c r="F14" s="6">
-        <v>48617.0</v>
+        <v>48744.0</v>
       </c>
       <c r="G14" s="6">
-        <v>48640.0</v>
+        <v>48704.0</v>
       </c>
       <c r="H14" s="6">
-        <v>48825.0</v>
+        <v>48722.0</v>
       </c>
       <c r="I14" s="6">
-        <v>48769.0</v>
+        <v>48893.0</v>
       </c>
       <c r="J14" s="6">
-        <v>48806.0</v>
+        <v>48829.0</v>
       </c>
       <c r="K14" s="6">
-        <v>48757.0</v>
+        <v>48854.0</v>
       </c>
       <c r="L14" s="6">
-        <v>48710.0</v>
+        <v>48792.0</v>
       </c>
       <c r="M14" s="6">
-        <v>48831.0</v>
+        <v>48744.0</v>
       </c>
       <c r="N14" s="6">
-        <v>50003.0</v>
+        <v>48864.0</v>
       </c>
       <c r="O14" s="6">
-        <v>49408.0</v>
+        <v>50030.0</v>
       </c>
       <c r="P14" s="6">
-        <v>49356.0</v>
+        <v>49426.0</v>
       </c>
       <c r="Q14" s="6">
-        <v>49284.0</v>
+        <v>49373.0</v>
       </c>
       <c r="R14" s="6">
-        <v>49246.0</v>
+        <v>49301.0</v>
       </c>
       <c r="S14" s="6">
-        <v>49292.0</v>
+        <v>49265.0</v>
       </c>
       <c r="T14" s="6">
-        <v>49294.0</v>
+        <v>49310.0</v>
       </c>
       <c r="U14" s="6">
-        <v>49370.0</v>
+        <v>49314.0</v>
       </c>
       <c r="V14" s="6">
-        <v>49408.0</v>
+        <v>49385.0</v>
       </c>
       <c r="W14" s="6">
-        <v>49334.0</v>
+        <v>49423.0</v>
       </c>
       <c r="X14" s="6">
-        <v>49235.0</v>
+        <v>49352.0</v>
       </c>
       <c r="Y14" s="6">
-        <v>49360.0</v>
+        <v>49253.0</v>
       </c>
       <c r="Z14" s="6">
-        <v>50298.0</v>
+        <v>49374.0</v>
       </c>
       <c r="AA14" s="6">
-        <v>49684.0</v>
+        <v>50315.0</v>
       </c>
       <c r="AB14" s="6">
-        <v>49367.0</v>
+        <v>49700.0</v>
       </c>
       <c r="AC14" s="6">
-        <v>49165.0</v>
+        <v>49381.0</v>
       </c>
       <c r="AD14" s="6">
-        <v>48923.0</v>
+        <v>49179.0</v>
       </c>
       <c r="AE14" s="6">
-        <v>48882.0</v>
+        <v>48935.0</v>
       </c>
       <c r="AF14" s="6">
-        <v>48882.0</v>
+        <v>48895.0</v>
       </c>
       <c r="AG14" s="6">
-        <v>48773.0</v>
+        <v>48898.0</v>
       </c>
       <c r="AH14" s="6">
-        <v>48603.0</v>
+        <v>48786.0</v>
       </c>
       <c r="AI14" s="6">
-        <v>48613.0</v>
+        <v>48616.0</v>
       </c>
       <c r="AJ14" s="6">
-        <v>48341.0</v>
+        <v>48628.0</v>
       </c>
       <c r="AK14" s="6">
-        <v>48380.0</v>
+        <v>48356.0</v>
       </c>
       <c r="AL14" s="6">
-        <v>49179.0</v>
+        <v>48394.0</v>
       </c>
       <c r="AM14" s="6">
-        <v>48569.0</v>
+        <v>49198.0</v>
       </c>
       <c r="AN14" s="6">
-        <v>48448.0</v>
+        <v>48584.0</v>
       </c>
       <c r="AO14" s="6">
-        <v>48335.0</v>
+        <v>48460.0</v>
       </c>
       <c r="AP14" s="6">
-        <v>48245.0</v>
+        <v>48349.0</v>
       </c>
       <c r="AQ14" s="6">
-        <v>48191.0</v>
+        <v>48258.0</v>
       </c>
       <c r="AR14" s="6">
-        <v>48165.0</v>
+        <v>48204.0</v>
       </c>
       <c r="AS14" s="6">
-        <v>47985.0</v>
+        <v>48176.0</v>
       </c>
       <c r="AT14" s="6">
-        <v>47791.0</v>
+        <v>47996.0</v>
       </c>
       <c r="AU14" s="6">
-        <v>47711.0</v>
+        <v>47802.0</v>
       </c>
       <c r="AV14" s="6">
-        <v>47568.0</v>
+        <v>47722.0</v>
       </c>
       <c r="AW14" s="6">
-        <v>47612.0</v>
+        <v>47579.0</v>
       </c>
       <c r="AX14" s="6">
-        <v>48287.0</v>
+        <v>47625.0</v>
       </c>
       <c r="AY14" s="6">
-        <v>47588.0</v>
+        <v>48303.0</v>
       </c>
       <c r="AZ14" s="6">
-        <v>47460.0</v>
+        <v>47597.0</v>
       </c>
       <c r="BA14" s="6">
-        <v>47295.0</v>
+        <v>47472.0</v>
       </c>
       <c r="BB14" s="6">
-        <v>47029.0</v>
+        <v>47305.0</v>
       </c>
       <c r="BC14" s="6">
-        <v>46992.0</v>
+        <v>47039.0</v>
       </c>
       <c r="BD14" s="6">
-        <v>46874.0</v>
+        <v>47003.0</v>
       </c>
       <c r="BE14" s="6">
-        <v>46617.0</v>
+        <v>46884.0</v>
       </c>
       <c r="BF14" s="6">
-        <v>46359.0</v>
+        <v>46627.0</v>
       </c>
       <c r="BG14" s="6">
-        <v>46109.0</v>
+        <v>46368.0</v>
       </c>
       <c r="BH14" s="6">
-        <v>45655.0</v>
+        <v>46118.0</v>
       </c>
       <c r="BI14" s="6">
-        <v>45462.0</v>
+        <v>45663.0</v>
       </c>
       <c r="BJ14" s="6">
+        <v>45470.0</v>
+      </c>
+      <c r="BK14" s="6">
         <v>46237.0</v>
       </c>
-      <c r="BK14" s="6">
+      <c r="BL14" s="6">
         <v>45622.0</v>
       </c>
-      <c r="BL14" s="6">
+      <c r="BM14" s="6">
         <v>45482.0</v>
       </c>
-      <c r="BM14" s="6">
+      <c r="BN14" s="6">
         <v>45242.0</v>
       </c>
-      <c r="BN14" s="6">
+      <c r="BO14" s="6">
         <v>44981.0</v>
       </c>
-      <c r="BO14" s="6">
+      <c r="BP14" s="6">
         <v>44871.0</v>
       </c>
-      <c r="BP14" s="6">
+      <c r="BQ14" s="6">
         <v>44769.0</v>
       </c>
-      <c r="BQ14" s="6">
+      <c r="BR14" s="6">
         <v>44553.0</v>
       </c>
-      <c r="BR14" s="6">
+      <c r="BS14" s="6">
         <v>44444.0</v>
       </c>
-      <c r="BS14" s="6">
+      <c r="BT14" s="6">
         <v>44726.0</v>
       </c>
-      <c r="BT14" s="6">
+      <c r="BU14" s="6">
         <v>44688.0</v>
       </c>
-      <c r="BU14" s="6">
+      <c r="BV14" s="6">
         <v>44662.0</v>
       </c>
-      <c r="BV14" s="6">
+      <c r="BW14" s="6">
         <v>44974.0</v>
       </c>
-      <c r="BW14" s="6">
+      <c r="BX14" s="6">
         <v>44503.0</v>
       </c>
-      <c r="BX14" s="6">
+      <c r="BY14" s="6">
         <v>44406.0</v>
       </c>
-      <c r="BY14" s="6">
+      <c r="BZ14" s="6">
         <v>44195.0</v>
       </c>
-      <c r="BZ14" s="6">
+      <c r="CA14" s="6">
         <v>44026.0</v>
       </c>
-      <c r="CA14" s="6">
+      <c r="CB14" s="6">
         <v>43971.0</v>
       </c>
-      <c r="CB14" s="6">
+      <c r="CC14" s="6">
         <v>43903.0</v>
       </c>
-      <c r="CC14" s="6">
+      <c r="CD14" s="6">
         <v>43819.0</v>
       </c>
-      <c r="CD14" s="6">
+      <c r="CE14" s="6">
         <v>43754.0</v>
       </c>
-      <c r="CE14" s="6">
+      <c r="CF14" s="6">
         <v>43571.0</v>
       </c>
-      <c r="CF14" s="6">
+      <c r="CG14" s="6">
         <v>43391.0</v>
       </c>
-      <c r="CG14" s="6">
+      <c r="CH14" s="6">
         <v>43363.0</v>
       </c>
     </row>
-    <row r="15" spans="1:85">
+    <row r="15" spans="1:86">
       <c r="C15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D15" s="6">
-        <v>1481572673.0</v>
+        <v>1474680041.0</v>
       </c>
       <c r="E15" s="6">
-        <v>1390738423.0</v>
+        <v>1484339636.0</v>
       </c>
       <c r="F15" s="6">
-        <v>1428417403.0</v>
+        <v>1389290828.0</v>
       </c>
       <c r="G15" s="6">
-        <v>1558829310.0</v>
+        <v>1427429054.0</v>
       </c>
       <c r="H15" s="6">
-        <v>1534492471.0</v>
+        <v>1558011975.0</v>
       </c>
       <c r="I15" s="6">
-        <v>1473569000.0</v>
+        <v>1533247568.0</v>
       </c>
       <c r="J15" s="6">
-        <v>1511322764.0</v>
+        <v>1472825583.0</v>
       </c>
       <c r="K15" s="6">
-        <v>1439635055.0</v>
+        <v>1510771900.0</v>
       </c>
       <c r="L15" s="6">
-        <v>1397443792.0</v>
+        <v>1438840223.0</v>
       </c>
       <c r="M15" s="6">
-        <v>754410430.0</v>
+        <v>1396830804.0</v>
       </c>
       <c r="N15" s="6">
-        <v>2168096546.0</v>
+        <v>754146316.0</v>
       </c>
       <c r="O15" s="6">
-        <v>1352218315.0</v>
+        <v>2167240609.0</v>
       </c>
       <c r="P15" s="6">
-        <v>1371211699.0</v>
+        <v>1351719315.0</v>
       </c>
       <c r="Q15" s="6">
-        <v>1271776506.0</v>
+        <v>1370630034.0</v>
       </c>
       <c r="R15" s="6">
-        <v>1322266878.0</v>
+        <v>1271190257.0</v>
       </c>
       <c r="S15" s="6">
-        <v>1417323493.0</v>
+        <v>1321685250.0</v>
       </c>
       <c r="T15" s="6">
-        <v>1416474151.0</v>
+        <v>1416715295.0</v>
       </c>
       <c r="U15" s="6">
-        <v>1382942693.0</v>
+        <v>1415909499.0</v>
       </c>
       <c r="V15" s="6">
-        <v>1375712765.0</v>
+        <v>1382327741.0</v>
       </c>
       <c r="W15" s="6">
-        <v>1346832768.0</v>
+        <v>1375160030.0</v>
       </c>
       <c r="X15" s="6">
-        <v>1291617223.0</v>
+        <v>1346324313.0</v>
       </c>
       <c r="Y15" s="6">
-        <v>687393231.0</v>
+        <v>1291153644.0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1969947611.0</v>
+        <v>687215222.0</v>
       </c>
       <c r="AA15" s="6">
-        <v>1224593034.0</v>
+        <v>1969206258.0</v>
       </c>
       <c r="AB15" s="6">
-        <v>1230969922.0</v>
+        <v>1224107930.0</v>
       </c>
       <c r="AC15" s="6">
-        <v>1163431854.0</v>
+        <v>1230485802.0</v>
       </c>
       <c r="AD15" s="6">
-        <v>1196819463.0</v>
+        <v>1162917799.0</v>
       </c>
       <c r="AE15" s="6">
-        <v>1268224353.0</v>
+        <v>1196310184.0</v>
       </c>
       <c r="AF15" s="6">
-        <v>1300258297.0</v>
+        <v>1267702922.0</v>
       </c>
       <c r="AG15" s="6">
-        <v>1210215830.0</v>
+        <v>1299797193.0</v>
       </c>
       <c r="AH15" s="6">
-        <v>1223023579.0</v>
+        <v>1209766733.0</v>
       </c>
       <c r="AI15" s="6">
-        <v>1218349607.0</v>
+        <v>1222589650.0</v>
       </c>
       <c r="AJ15" s="6">
-        <v>1148627721.0</v>
+        <v>1217938037.0</v>
       </c>
       <c r="AK15" s="6">
-        <v>616994742.0</v>
+        <v>1148285740.0</v>
       </c>
       <c r="AL15" s="6">
-        <v>1723310531.0</v>
+        <v>616817986.0</v>
       </c>
       <c r="AM15" s="6">
-        <v>1086479412.0</v>
+        <v>1722671922.0</v>
       </c>
       <c r="AN15" s="6">
-        <v>1074579379.0</v>
+        <v>1086025108.0</v>
       </c>
       <c r="AO15" s="6">
-        <v>1045999470.0</v>
+        <v>1074176461.0</v>
       </c>
       <c r="AP15" s="6">
-        <v>1039238352.0</v>
+        <v>1045573143.0</v>
       </c>
       <c r="AQ15" s="6">
-        <v>1067234788.0</v>
+        <v>1038835763.0</v>
       </c>
       <c r="AR15" s="6">
-        <v>1128094573.0</v>
+        <v>1066850792.0</v>
       </c>
       <c r="AS15" s="6">
-        <v>1065407712.0</v>
+        <v>1127710446.0</v>
       </c>
       <c r="AT15" s="6">
-        <v>1057151653.0</v>
+        <v>1065000165.0</v>
       </c>
       <c r="AU15" s="6">
-        <v>1025066737.0</v>
+        <v>1056780188.0</v>
       </c>
       <c r="AV15" s="6">
-        <v>975246400.0</v>
+        <v>1024722355.0</v>
       </c>
       <c r="AW15" s="6">
-        <v>533419221.0</v>
+        <v>974910047.0</v>
       </c>
       <c r="AX15" s="6">
-        <v>1496791803.0</v>
+        <v>533284558.0</v>
       </c>
       <c r="AY15" s="6">
-        <v>922213916.0</v>
+        <v>1496329626.0</v>
       </c>
       <c r="AZ15" s="6">
-        <v>922172907.0</v>
+        <v>921923729.0</v>
       </c>
       <c r="BA15" s="6">
-        <v>892207200.0</v>
+        <v>921866721.0</v>
       </c>
       <c r="BB15" s="6">
-        <v>882138309.0</v>
+        <v>891884624.0</v>
       </c>
       <c r="BC15" s="6">
-        <v>922400463.0</v>
+        <v>881816275.0</v>
       </c>
       <c r="BD15" s="6">
-        <v>955402896.0</v>
+        <v>922070944.0</v>
       </c>
       <c r="BE15" s="6">
-        <v>887598451.0</v>
+        <v>955063238.0</v>
       </c>
       <c r="BF15" s="6">
-        <v>899979408.0</v>
+        <v>887320567.0</v>
       </c>
       <c r="BG15" s="6">
-        <v>862854892.0</v>
+        <v>899698636.0</v>
       </c>
       <c r="BH15" s="6">
-        <v>817890813.0</v>
+        <v>862568701.0</v>
       </c>
       <c r="BI15" s="6">
-        <v>447023348.0</v>
+        <v>817648479.0</v>
       </c>
       <c r="BJ15" s="6">
+        <v>446909474.0</v>
+      </c>
+      <c r="BK15" s="6">
         <v>1273616841.0</v>
       </c>
-      <c r="BK15" s="6">
+      <c r="BL15" s="6">
         <v>803895291.0</v>
       </c>
-      <c r="BL15" s="6">
+      <c r="BM15" s="6">
         <v>813033269.0</v>
       </c>
-      <c r="BM15" s="6">
+      <c r="BN15" s="6">
         <v>762143062.0</v>
       </c>
-      <c r="BN15" s="6">
+      <c r="BO15" s="6">
         <v>759628185.0</v>
       </c>
-      <c r="BO15" s="6">
+      <c r="BP15" s="6">
         <v>818575924.0</v>
       </c>
-      <c r="BP15" s="6">
+      <c r="BQ15" s="6">
         <v>808082869.0</v>
       </c>
-      <c r="BQ15" s="6">
+      <c r="BR15" s="6">
         <v>736892842.0</v>
       </c>
-      <c r="BR15" s="6">
+      <c r="BS15" s="6">
         <v>787453751.0</v>
       </c>
-      <c r="BS15" s="6">
+      <c r="BT15" s="6">
         <v>793383606.0</v>
       </c>
-      <c r="BT15" s="6">
+      <c r="BU15" s="6">
         <v>780374548.0</v>
       </c>
-      <c r="BU15" s="6">
+      <c r="BV15" s="6">
         <v>427804413.0</v>
       </c>
-      <c r="BV15" s="6">
+      <c r="BW15" s="6">
         <v>1170017296.0</v>
       </c>
-      <c r="BW15" s="6">
+      <c r="BX15" s="6">
         <v>739888137.0</v>
       </c>
-      <c r="BX15" s="6">
+      <c r="BY15" s="6">
         <v>745809020.0</v>
       </c>
-      <c r="BY15" s="6">
+      <c r="BZ15" s="6">
         <v>699506019.0</v>
       </c>
-      <c r="BZ15" s="6">
+      <c r="CA15" s="6">
         <v>995371667.0</v>
       </c>
-      <c r="CA15" s="6">
+      <c r="CB15" s="6">
         <v>750252113.0</v>
       </c>
-      <c r="CB15" s="6">
+      <c r="CC15" s="6">
         <v>788708505.0</v>
       </c>
-      <c r="CC15" s="6">
+      <c r="CD15" s="6">
         <v>752229356.0</v>
       </c>
-      <c r="CD15" s="6">
+      <c r="CE15" s="6">
         <v>749497588.0</v>
       </c>
-      <c r="CE15" s="6">
+      <c r="CF15" s="6">
         <v>718727308.0</v>
       </c>
-      <c r="CF15" s="6">
+      <c r="CG15" s="6">
         <v>697476812.0</v>
       </c>
-      <c r="CG15" s="6">
+      <c r="CH15" s="6">
         <v>303606778.0</v>
       </c>
     </row>
-    <row r="16" spans="1:85">
+    <row r="16" spans="1:86">
       <c r="C16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D16" s="6">
-        <v>271739331.0</v>
+        <v>272087537.0</v>
       </c>
       <c r="E16" s="6">
-        <v>254042474.0</v>
+        <v>272352839.0</v>
       </c>
       <c r="F16" s="6">
-        <v>261806039.0</v>
+        <v>253956570.0</v>
       </c>
       <c r="G16" s="6">
-        <v>283722555.0</v>
+        <v>261680898.0</v>
       </c>
       <c r="H16" s="6">
-        <v>279642395.0</v>
+        <v>283561310.0</v>
       </c>
       <c r="I16" s="6">
-        <v>267602839.0</v>
+        <v>279520365.0</v>
       </c>
       <c r="J16" s="6">
-        <v>273690040.0</v>
+        <v>267452195.0</v>
       </c>
       <c r="K16" s="6">
-        <v>260229852.0</v>
+        <v>273574177.0</v>
       </c>
       <c r="L16" s="6">
-        <v>251572075.0</v>
+        <v>260073635.0</v>
       </c>
       <c r="M16" s="6">
-        <v>130467775.0</v>
+        <v>251449477.0</v>
       </c>
       <c r="N16" s="6">
-        <v>408026766.0</v>
+        <v>130426898.0</v>
       </c>
       <c r="O16" s="6">
-        <v>247443884.0</v>
+        <v>407856912.0</v>
       </c>
       <c r="P16" s="6">
-        <v>249075955.0</v>
+        <v>247346928.0</v>
       </c>
       <c r="Q16" s="6">
-        <v>231446183.0</v>
+        <v>248963885.0</v>
       </c>
       <c r="R16" s="6">
-        <v>240365219.0</v>
+        <v>231337868.0</v>
       </c>
       <c r="S16" s="6">
-        <v>255165371.0</v>
+        <v>240255649.0</v>
       </c>
       <c r="T16" s="6">
-        <v>255591590.0</v>
+        <v>255052595.0</v>
       </c>
       <c r="U16" s="6">
-        <v>248578873.0</v>
+        <v>255483567.0</v>
       </c>
       <c r="V16" s="6">
-        <v>247396158.0</v>
+        <v>248462724.0</v>
       </c>
       <c r="W16" s="6">
-        <v>240913252.0</v>
+        <v>247290801.0</v>
       </c>
       <c r="X16" s="6">
-        <v>230739444.0</v>
+        <v>240817168.0</v>
       </c>
       <c r="Y16" s="6">
-        <v>118160286.0</v>
+        <v>230652964.0</v>
       </c>
       <c r="Z16" s="6">
-        <v>371753955.0</v>
+        <v>118130481.0</v>
       </c>
       <c r="AA16" s="6">
-        <v>224003164.0</v>
+        <v>371609373.0</v>
       </c>
       <c r="AB16" s="6">
-        <v>224181891.0</v>
+        <v>223909452.0</v>
       </c>
       <c r="AC16" s="6">
-        <v>212513528.0</v>
+        <v>224090074.0</v>
       </c>
       <c r="AD16" s="6">
-        <v>216888444.0</v>
+        <v>212416659.0</v>
       </c>
       <c r="AE16" s="6">
-        <v>229084774.0</v>
+        <v>216792396.0</v>
       </c>
       <c r="AF16" s="6">
-        <v>234417167.0</v>
+        <v>228984765.0</v>
       </c>
       <c r="AG16" s="6">
-        <v>216564126.0</v>
+        <v>234329295.0</v>
       </c>
       <c r="AH16" s="6">
-        <v>219410220.0</v>
+        <v>216480267.0</v>
       </c>
       <c r="AI16" s="6">
-        <v>217314428.0</v>
+        <v>219326868.0</v>
       </c>
       <c r="AJ16" s="6">
-        <v>204915440.0</v>
+        <v>217238095.0</v>
       </c>
       <c r="AK16" s="6">
-        <v>106277237.0</v>
+        <v>204849874.0</v>
       </c>
       <c r="AL16" s="6">
-        <v>325261540.0</v>
+        <v>106245994.0</v>
       </c>
       <c r="AM16" s="6">
-        <v>197087289.0</v>
+        <v>325140655.0</v>
       </c>
       <c r="AN16" s="6">
-        <v>194032531.0</v>
+        <v>197002582.0</v>
       </c>
       <c r="AO16" s="6">
-        <v>189102000.0</v>
+        <v>193958470.0</v>
       </c>
       <c r="AP16" s="6">
-        <v>186603796.0</v>
+        <v>189025530.0</v>
       </c>
       <c r="AQ16" s="6">
-        <v>191602612.0</v>
+        <v>186530615.0</v>
       </c>
       <c r="AR16" s="6">
-        <v>201530915.0</v>
+        <v>191534792.0</v>
       </c>
       <c r="AS16" s="6">
-        <v>191168674.0</v>
+        <v>201460966.0</v>
       </c>
       <c r="AT16" s="6">
-        <v>190001947.0</v>
+        <v>191095817.0</v>
       </c>
       <c r="AU16" s="6">
-        <v>182535489.0</v>
+        <v>189934584.0</v>
       </c>
       <c r="AV16" s="6">
-        <v>174168893.0</v>
+        <v>182472336.0</v>
       </c>
       <c r="AW16" s="6">
-        <v>90717010.0</v>
+        <v>174107232.0</v>
       </c>
       <c r="AX16" s="6">
-        <v>281123156.0</v>
+        <v>90696049.0</v>
       </c>
       <c r="AY16" s="6">
-        <v>166313642.0</v>
+        <v>281038333.0</v>
       </c>
       <c r="AZ16" s="6">
-        <v>166459908.0</v>
+        <v>166259888.0</v>
       </c>
       <c r="BA16" s="6">
-        <v>160277150.0</v>
+        <v>166403883.0</v>
       </c>
       <c r="BB16" s="6">
-        <v>158494470.0</v>
+        <v>160217684.0</v>
       </c>
       <c r="BC16" s="6">
-        <v>164663535.0</v>
+        <v>158437409.0</v>
       </c>
       <c r="BD16" s="6">
-        <v>168982260.0</v>
+        <v>164603658.0</v>
       </c>
       <c r="BE16" s="6">
-        <v>156812696.0</v>
+        <v>168919918.0</v>
       </c>
       <c r="BF16" s="6">
-        <v>159669877.0</v>
+        <v>156762453.0</v>
       </c>
       <c r="BG16" s="6">
-        <v>151714946.0</v>
+        <v>159619569.0</v>
       </c>
       <c r="BH16" s="6">
-        <v>144195207.0</v>
+        <v>151663030.0</v>
       </c>
       <c r="BI16" s="6">
-        <v>74315223.0</v>
+        <v>144150721.0</v>
       </c>
       <c r="BJ16" s="6">
+        <v>74296781.0</v>
+      </c>
+      <c r="BK16" s="6">
         <v>232496802.0</v>
       </c>
-      <c r="BK16" s="6">
+      <c r="BL16" s="6">
         <v>141539884.0</v>
       </c>
-      <c r="BL16" s="6">
+      <c r="BM16" s="6">
         <v>143019938.0</v>
       </c>
-      <c r="BM16" s="6">
+      <c r="BN16" s="6">
         <v>131539057.0</v>
       </c>
-      <c r="BN16" s="6">
+      <c r="BO16" s="6">
         <v>133370098.0</v>
       </c>
-      <c r="BO16" s="6">
+      <c r="BP16" s="6">
         <v>144344765.0</v>
       </c>
-      <c r="BP16" s="6">
+      <c r="BQ16" s="6">
         <v>142327094.0</v>
       </c>
-      <c r="BQ16" s="6">
+      <c r="BR16" s="6">
         <v>130086199.0</v>
       </c>
-      <c r="BR16" s="6">
+      <c r="BS16" s="6">
         <v>139385242.0</v>
       </c>
-      <c r="BS16" s="6">
+      <c r="BT16" s="6">
         <v>139621126.0</v>
       </c>
-      <c r="BT16" s="6">
+      <c r="BU16" s="6">
         <v>138161936.0</v>
       </c>
-      <c r="BU16" s="6">
+      <c r="BV16" s="6">
         <v>71148932.0</v>
       </c>
-      <c r="BV16" s="6">
+      <c r="BW16" s="6">
         <v>216985483.0</v>
       </c>
-      <c r="BW16" s="6">
+      <c r="BX16" s="6">
         <v>132500731.0</v>
       </c>
-      <c r="BX16" s="6">
+      <c r="BY16" s="6">
         <v>133715195.0</v>
       </c>
-      <c r="BY16" s="6">
+      <c r="BZ16" s="6">
         <v>124707203.0</v>
       </c>
-      <c r="BZ16" s="6">
+      <c r="CA16" s="6">
         <v>128606517.0</v>
       </c>
-      <c r="CA16" s="6">
+      <c r="CB16" s="6">
         <v>132913356.0</v>
       </c>
-      <c r="CB16" s="6">
+      <c r="CC16" s="6">
         <v>140726393.0</v>
       </c>
-      <c r="CC16" s="6">
+      <c r="CD16" s="6">
         <v>133621730.0</v>
       </c>
-      <c r="CD16" s="6">
+      <c r="CE16" s="6">
         <v>132969998.0</v>
       </c>
-      <c r="CE16" s="6">
+      <c r="CF16" s="6">
         <v>126248611.0</v>
       </c>
-      <c r="CF16" s="6">
+      <c r="CG16" s="6">
         <v>123567248.0</v>
       </c>
-      <c r="CG16" s="6">
+      <c r="CH16" s="6">
         <v>42215472.0</v>
       </c>
     </row>
-    <row r="17" spans="1:85">
+    <row r="17" spans="1:86">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kauno apskritis</t>
           </r>
         </is>
       </c>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D17" s="6">
-        <v>24526.0</v>
+        <v>24566.0</v>
       </c>
       <c r="E17" s="6">
-        <v>24564.0</v>
+        <v>24683.0</v>
       </c>
       <c r="F17" s="6">
-        <v>24569.0</v>
+        <v>24630.0</v>
       </c>
       <c r="G17" s="6">
-        <v>24586.0</v>
+        <v>24616.0</v>
       </c>
       <c r="H17" s="6">
-        <v>24583.0</v>
+        <v>24628.0</v>
       </c>
       <c r="I17" s="6">
-        <v>24572.0</v>
+        <v>24624.0</v>
       </c>
       <c r="J17" s="6">
-        <v>24562.0</v>
+        <v>24601.0</v>
       </c>
       <c r="K17" s="6">
-        <v>24524.0</v>
+        <v>24589.0</v>
       </c>
       <c r="L17" s="6">
-        <v>24441.0</v>
+        <v>24553.0</v>
       </c>
       <c r="M17" s="6">
+        <v>24462.0</v>
+      </c>
+      <c r="N17" s="6">
+        <v>24516.0</v>
+      </c>
+      <c r="O17" s="6">
+        <v>25621.0</v>
+      </c>
+      <c r="P17" s="6">
+        <v>24990.0</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>24940.0</v>
+      </c>
+      <c r="R17" s="6">
+        <v>24866.0</v>
+      </c>
+      <c r="S17" s="6">
+        <v>24853.0</v>
+      </c>
+      <c r="T17" s="6">
+        <v>24825.0</v>
+      </c>
+      <c r="U17" s="6">
+        <v>24805.0</v>
+      </c>
+      <c r="V17" s="6">
+        <v>24718.0</v>
+      </c>
+      <c r="W17" s="6">
+        <v>24656.0</v>
+      </c>
+      <c r="X17" s="6">
+        <v>24585.0</v>
+      </c>
+      <c r="Y17" s="6">
+        <v>24497.0</v>
+      </c>
+      <c r="Z17" s="6">
+        <v>24580.0</v>
+      </c>
+      <c r="AA17" s="6">
+        <v>25547.0</v>
+      </c>
+      <c r="AB17" s="6">
+        <v>24943.0</v>
+      </c>
+      <c r="AC17" s="6">
+        <v>24885.0</v>
+      </c>
+      <c r="AD17" s="6">
+        <v>24781.0</v>
+      </c>
+      <c r="AE17" s="6">
+        <v>24695.0</v>
+      </c>
+      <c r="AF17" s="6">
+        <v>24671.0</v>
+      </c>
+      <c r="AG17" s="6">
+        <v>24747.0</v>
+      </c>
+      <c r="AH17" s="6">
+        <v>24612.0</v>
+      </c>
+      <c r="AI17" s="6">
+        <v>24533.0</v>
+      </c>
+      <c r="AJ17" s="6">
         <v>24498.0</v>
       </c>
-      <c r="N17" s="6">
-[...67 lines deleted...]
-      </c>
       <c r="AK17" s="6">
-        <v>24432.0</v>
+        <v>24402.0</v>
       </c>
       <c r="AL17" s="6">
-        <v>25274.0</v>
+        <v>24440.0</v>
       </c>
       <c r="AM17" s="6">
-        <v>24636.0</v>
+        <v>25284.0</v>
       </c>
       <c r="AN17" s="6">
-        <v>24559.0</v>
+        <v>24644.0</v>
       </c>
       <c r="AO17" s="6">
-        <v>24440.0</v>
+        <v>24568.0</v>
       </c>
       <c r="AP17" s="6">
-        <v>24385.0</v>
+        <v>24449.0</v>
       </c>
       <c r="AQ17" s="6">
-        <v>24345.0</v>
+        <v>24394.0</v>
       </c>
       <c r="AR17" s="6">
-        <v>24384.0</v>
+        <v>24354.0</v>
       </c>
       <c r="AS17" s="6">
-        <v>24236.0</v>
+        <v>24394.0</v>
       </c>
       <c r="AT17" s="6">
-        <v>24196.0</v>
+        <v>24246.0</v>
       </c>
       <c r="AU17" s="6">
-        <v>24092.0</v>
+        <v>24206.0</v>
       </c>
       <c r="AV17" s="6">
-        <v>24061.0</v>
+        <v>24103.0</v>
       </c>
       <c r="AW17" s="6">
-        <v>24081.0</v>
+        <v>24070.0</v>
       </c>
       <c r="AX17" s="6">
-        <v>24874.0</v>
+        <v>24088.0</v>
       </c>
       <c r="AY17" s="6">
-        <v>24215.0</v>
+        <v>24881.0</v>
       </c>
       <c r="AZ17" s="6">
-        <v>24119.0</v>
+        <v>24224.0</v>
       </c>
       <c r="BA17" s="6">
-        <v>24019.0</v>
+        <v>24127.0</v>
       </c>
       <c r="BB17" s="6">
-        <v>23928.0</v>
+        <v>24027.0</v>
       </c>
       <c r="BC17" s="6">
-        <v>23855.0</v>
+        <v>23934.0</v>
       </c>
       <c r="BD17" s="6">
-        <v>23843.0</v>
+        <v>23860.0</v>
       </c>
       <c r="BE17" s="6">
-        <v>23587.0</v>
+        <v>23848.0</v>
       </c>
       <c r="BF17" s="6">
-        <v>23444.0</v>
+        <v>23591.0</v>
       </c>
       <c r="BG17" s="6">
-        <v>23338.0</v>
+        <v>23448.0</v>
       </c>
       <c r="BH17" s="6">
-        <v>23056.0</v>
+        <v>23341.0</v>
       </c>
       <c r="BI17" s="6">
-        <v>22876.0</v>
+        <v>23061.0</v>
       </c>
       <c r="BJ17" s="6">
+        <v>22880.0</v>
+      </c>
+      <c r="BK17" s="6">
         <v>23803.0</v>
       </c>
-      <c r="BK17" s="6">
+      <c r="BL17" s="6">
         <v>23208.0</v>
       </c>
-      <c r="BL17" s="6">
+      <c r="BM17" s="6">
         <v>23135.0</v>
       </c>
-      <c r="BM17" s="6">
+      <c r="BN17" s="6">
         <v>22990.0</v>
       </c>
-      <c r="BN17" s="6">
+      <c r="BO17" s="6">
         <v>22835.0</v>
       </c>
-      <c r="BO17" s="6">
+      <c r="BP17" s="6">
         <v>22766.0</v>
       </c>
-      <c r="BP17" s="6">
+      <c r="BQ17" s="6">
         <v>22726.0</v>
       </c>
-      <c r="BQ17" s="6">
+      <c r="BR17" s="6">
         <v>22505.0</v>
       </c>
-      <c r="BR17" s="6">
+      <c r="BS17" s="6">
         <v>22385.0</v>
       </c>
-      <c r="BS17" s="6">
+      <c r="BT17" s="6">
         <v>22587.0</v>
       </c>
-      <c r="BT17" s="6">
+      <c r="BU17" s="6">
         <v>22568.0</v>
       </c>
-      <c r="BU17" s="6">
+      <c r="BV17" s="6">
         <v>22552.0</v>
       </c>
-      <c r="BV17" s="6">
+      <c r="BW17" s="6">
         <v>23287.0</v>
       </c>
-      <c r="BW17" s="6">
+      <c r="BX17" s="6">
         <v>22677.0</v>
       </c>
-      <c r="BX17" s="6">
+      <c r="BY17" s="6">
         <v>22583.0</v>
       </c>
-      <c r="BY17" s="6">
+      <c r="BZ17" s="6">
         <v>22490.0</v>
       </c>
-      <c r="BZ17" s="6">
+      <c r="CA17" s="6">
         <v>22377.0</v>
       </c>
-      <c r="CA17" s="6">
+      <c r="CB17" s="6">
         <v>22334.0</v>
       </c>
-      <c r="CB17" s="6">
+      <c r="CC17" s="6">
         <v>22354.0</v>
       </c>
-      <c r="CC17" s="6">
+      <c r="CD17" s="6">
         <v>22277.0</v>
       </c>
-      <c r="CD17" s="6">
+      <c r="CE17" s="6">
         <v>22210.0</v>
       </c>
-      <c r="CE17" s="6">
+      <c r="CF17" s="6">
         <v>22118.0</v>
       </c>
-      <c r="CF17" s="6">
+      <c r="CG17" s="6">
         <v>22008.0</v>
       </c>
-      <c r="CG17" s="6">
+      <c r="CH17" s="6">
         <v>21999.0</v>
       </c>
     </row>
-    <row r="18" spans="1:85">
+    <row r="18" spans="1:86">
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D18" s="6">
-        <v>608067268.0</v>
+        <v>611509870.0</v>
       </c>
       <c r="E18" s="6">
-        <v>565320337.0</v>
+        <v>609140797.0</v>
       </c>
       <c r="F18" s="6">
-        <v>576981812.0</v>
+        <v>565828413.0</v>
       </c>
       <c r="G18" s="6">
-        <v>629923001.0</v>
+        <v>577485704.0</v>
       </c>
       <c r="H18" s="6">
-        <v>659233023.0</v>
+        <v>630519644.0</v>
       </c>
       <c r="I18" s="6">
-        <v>601467515.0</v>
+        <v>659818102.0</v>
       </c>
       <c r="J18" s="6">
-        <v>600711418.0</v>
+        <v>601982522.0</v>
       </c>
       <c r="K18" s="6">
-        <v>566319810.0</v>
+        <v>601144610.0</v>
       </c>
       <c r="L18" s="6">
-        <v>569422147.0</v>
+        <v>566741360.0</v>
       </c>
       <c r="M18" s="6">
-        <v>258111472.0</v>
+        <v>569851790.0</v>
       </c>
       <c r="N18" s="6">
-        <v>940930748.0</v>
+        <v>258104346.0</v>
       </c>
       <c r="O18" s="6">
-        <v>553950944.0</v>
+        <v>941883178.0</v>
       </c>
       <c r="P18" s="6">
-        <v>554327945.0</v>
+        <v>554415078.0</v>
       </c>
       <c r="Q18" s="6">
-        <v>506740696.0</v>
+        <v>554817637.0</v>
       </c>
       <c r="R18" s="6">
-        <v>527341127.0</v>
+        <v>507148795.0</v>
       </c>
       <c r="S18" s="6">
-        <v>565902016.0</v>
+        <v>527812516.0</v>
       </c>
       <c r="T18" s="6">
-        <v>589721512.0</v>
+        <v>566353905.0</v>
       </c>
       <c r="U18" s="6">
-        <v>539021230.0</v>
+        <v>590125674.0</v>
       </c>
       <c r="V18" s="6">
-        <v>537552006.0</v>
+        <v>539461678.0</v>
       </c>
       <c r="W18" s="6">
-        <v>521663545.0</v>
+        <v>537899108.0</v>
       </c>
       <c r="X18" s="6">
-        <v>511161686.0</v>
+        <v>522005810.0</v>
       </c>
       <c r="Y18" s="6">
-        <v>229870239.0</v>
+        <v>511497181.0</v>
       </c>
       <c r="Z18" s="6">
-        <v>828380657.0</v>
+        <v>229825997.0</v>
       </c>
       <c r="AA18" s="6">
-        <v>493191453.0</v>
+        <v>829168065.0</v>
       </c>
       <c r="AB18" s="6">
-        <v>494810456.0</v>
+        <v>493617061.0</v>
       </c>
       <c r="AC18" s="6">
-        <v>458900259.0</v>
+        <v>495229926.0</v>
       </c>
       <c r="AD18" s="6">
-        <v>466902014.0</v>
+        <v>459324164.0</v>
       </c>
       <c r="AE18" s="6">
-        <v>499507853.0</v>
+        <v>467323701.0</v>
       </c>
       <c r="AF18" s="6">
-        <v>529982862.0</v>
+        <v>499945660.0</v>
       </c>
       <c r="AG18" s="6">
-        <v>470190055.0</v>
+        <v>530350243.0</v>
       </c>
       <c r="AH18" s="6">
-        <v>474193713.0</v>
+        <v>470537556.0</v>
       </c>
       <c r="AI18" s="6">
-        <v>453074766.0</v>
+        <v>474534983.0</v>
       </c>
       <c r="AJ18" s="6">
-        <v>449274030.0</v>
+        <v>453368993.0</v>
       </c>
       <c r="AK18" s="6">
-        <v>210141833.0</v>
+        <v>449577319.0</v>
       </c>
       <c r="AL18" s="6">
-        <v>730121947.0</v>
+        <v>210170818.0</v>
       </c>
       <c r="AM18" s="6">
-        <v>430241653.0</v>
+        <v>730746686.0</v>
       </c>
       <c r="AN18" s="6">
-        <v>432891096.0</v>
+        <v>430562628.0</v>
       </c>
       <c r="AO18" s="6">
-        <v>412651618.0</v>
+        <v>433208302.0</v>
       </c>
       <c r="AP18" s="6">
-        <v>407669255.0</v>
+        <v>412987659.0</v>
       </c>
       <c r="AQ18" s="6">
-        <v>451901460.0</v>
+        <v>407995313.0</v>
       </c>
       <c r="AR18" s="6">
-        <v>469008927.0</v>
+        <v>452213254.0</v>
       </c>
       <c r="AS18" s="6">
-        <v>430857066.0</v>
+        <v>469325890.0</v>
       </c>
       <c r="AT18" s="6">
-        <v>422756697.0</v>
+        <v>431200914.0</v>
       </c>
       <c r="AU18" s="6">
-        <v>401801125.0</v>
+        <v>423058763.0</v>
       </c>
       <c r="AV18" s="6">
-        <v>397193357.0</v>
+        <v>402074985.0</v>
       </c>
       <c r="AW18" s="6">
-        <v>174604710.0</v>
+        <v>397457328.0</v>
       </c>
       <c r="AX18" s="6">
-        <v>654422616.0</v>
+        <v>174640101.0</v>
       </c>
       <c r="AY18" s="6">
-        <v>377054365.0</v>
+        <v>654921843.0</v>
       </c>
       <c r="AZ18" s="6">
-        <v>376354426.0</v>
+        <v>377322224.0</v>
       </c>
       <c r="BA18" s="6">
-        <v>353892287.0</v>
+        <v>376626755.0</v>
       </c>
       <c r="BB18" s="6">
-        <v>358109009.0</v>
+        <v>354186233.0</v>
       </c>
       <c r="BC18" s="6">
-        <v>397042796.0</v>
+        <v>358392184.0</v>
       </c>
       <c r="BD18" s="6">
-        <v>397672920.0</v>
+        <v>397340673.0</v>
       </c>
       <c r="BE18" s="6">
-        <v>362331607.0</v>
+        <v>397972228.0</v>
       </c>
       <c r="BF18" s="6">
-        <v>359555231.0</v>
+        <v>362556258.0</v>
       </c>
       <c r="BG18" s="6">
-        <v>345870506.0</v>
+        <v>359781074.0</v>
       </c>
       <c r="BH18" s="6">
-        <v>331391584.0</v>
+        <v>346078931.0</v>
       </c>
       <c r="BI18" s="6">
-        <v>144250243.0</v>
+        <v>331592168.0</v>
       </c>
       <c r="BJ18" s="6">
+        <v>144280705.0</v>
+      </c>
+      <c r="BK18" s="6">
         <v>567782924.0</v>
       </c>
-      <c r="BK18" s="6">
+      <c r="BL18" s="6">
         <v>336026725.0</v>
       </c>
-      <c r="BL18" s="6">
+      <c r="BM18" s="6">
         <v>332151671.0</v>
       </c>
-      <c r="BM18" s="6">
+      <c r="BN18" s="6">
         <v>308430157.0</v>
       </c>
-      <c r="BN18" s="6">
+      <c r="BO18" s="6">
         <v>310000871.0</v>
       </c>
-      <c r="BO18" s="6">
+      <c r="BP18" s="6">
         <v>345817514.0</v>
       </c>
-      <c r="BP18" s="6">
+      <c r="BQ18" s="6">
         <v>330056773.0</v>
       </c>
-      <c r="BQ18" s="6">
+      <c r="BR18" s="6">
         <v>292202065.0</v>
       </c>
-      <c r="BR18" s="6">
+      <c r="BS18" s="6">
         <v>306344807.0</v>
       </c>
-      <c r="BS18" s="6">
+      <c r="BT18" s="6">
         <v>316301983.0</v>
       </c>
-      <c r="BT18" s="6">
+      <c r="BU18" s="6">
         <v>316740586.0</v>
       </c>
-      <c r="BU18" s="6">
+      <c r="BV18" s="6">
         <v>135710697.0</v>
       </c>
-      <c r="BV18" s="6">
+      <c r="BW18" s="6">
         <v>510946571.0</v>
       </c>
-      <c r="BW18" s="6">
+      <c r="BX18" s="6">
         <v>308845608.0</v>
       </c>
-      <c r="BX18" s="6">
+      <c r="BY18" s="6">
         <v>305097057.0</v>
       </c>
-      <c r="BY18" s="6">
+      <c r="BZ18" s="6">
         <v>282648229.0</v>
       </c>
-      <c r="BZ18" s="6">
+      <c r="CA18" s="6">
         <v>290522832.0</v>
       </c>
-      <c r="CA18" s="6">
+      <c r="CB18" s="6">
         <v>317766031.0</v>
       </c>
-      <c r="CB18" s="6">
+      <c r="CC18" s="6">
         <v>330837034.0</v>
       </c>
-      <c r="CC18" s="6">
+      <c r="CD18" s="6">
         <v>301679869.0</v>
       </c>
-      <c r="CD18" s="6">
+      <c r="CE18" s="6">
         <v>296550950.0</v>
       </c>
-      <c r="CE18" s="6">
+      <c r="CF18" s="6">
         <v>283576155.0</v>
       </c>
-      <c r="CF18" s="6">
+      <c r="CG18" s="6">
         <v>282146229.0</v>
       </c>
-      <c r="CG18" s="6">
+      <c r="CH18" s="6">
         <v>95691874.0</v>
       </c>
     </row>
-    <row r="19" spans="1:85">
+    <row r="19" spans="1:86">
       <c r="C19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D19" s="6">
-        <v>108037883.0</v>
+        <v>109436661.0</v>
       </c>
       <c r="E19" s="6">
-        <v>99725481.0</v>
+        <v>108189296.0</v>
       </c>
       <c r="F19" s="6">
-        <v>102480605.0</v>
+        <v>99831762.0</v>
       </c>
       <c r="G19" s="6">
-        <v>110943046.0</v>
+        <v>102575871.0</v>
       </c>
       <c r="H19" s="6">
-        <v>116738032.0</v>
+        <v>111050676.0</v>
       </c>
       <c r="I19" s="6">
-        <v>105442859.0</v>
+        <v>116858269.0</v>
       </c>
       <c r="J19" s="6">
-        <v>105213878.0</v>
+        <v>105542558.0</v>
       </c>
       <c r="K19" s="6">
-        <v>98252528.0</v>
+        <v>105296723.0</v>
       </c>
       <c r="L19" s="6">
-        <v>99389634.0</v>
+        <v>98332217.0</v>
       </c>
       <c r="M19" s="6">
-        <v>43075591.0</v>
+        <v>99466702.0</v>
       </c>
       <c r="N19" s="6">
-        <v>171685243.0</v>
+        <v>43065682.0</v>
       </c>
       <c r="O19" s="6">
-        <v>98055742.0</v>
+        <v>171867952.0</v>
       </c>
       <c r="P19" s="6">
-        <v>97239126.0</v>
+        <v>98141860.0</v>
       </c>
       <c r="Q19" s="6">
-        <v>88446646.0</v>
+        <v>97330598.0</v>
       </c>
       <c r="R19" s="6">
-        <v>92762786.0</v>
+        <v>88530368.0</v>
       </c>
       <c r="S19" s="6">
-        <v>98355553.0</v>
+        <v>92854799.0</v>
       </c>
       <c r="T19" s="6">
-        <v>102825224.0</v>
+        <v>98442306.0</v>
       </c>
       <c r="U19" s="6">
-        <v>93106954.0</v>
+        <v>102907326.0</v>
       </c>
       <c r="V19" s="6">
-        <v>93051727.0</v>
+        <v>93193036.0</v>
       </c>
       <c r="W19" s="6">
-        <v>89284002.0</v>
+        <v>93124872.0</v>
       </c>
       <c r="X19" s="6">
-        <v>87565936.0</v>
+        <v>89353235.0</v>
       </c>
       <c r="Y19" s="6">
-        <v>38031617.0</v>
+        <v>87634094.0</v>
       </c>
       <c r="Z19" s="6">
-        <v>150767962.0</v>
+        <v>38027826.0</v>
       </c>
       <c r="AA19" s="6">
-        <v>87006896.0</v>
+        <v>150917980.0</v>
       </c>
       <c r="AB19" s="6">
-        <v>86587965.0</v>
+        <v>87086427.0</v>
       </c>
       <c r="AC19" s="6">
-        <v>80419521.0</v>
+        <v>86665341.0</v>
       </c>
       <c r="AD19" s="6">
-        <v>81433633.0</v>
+        <v>80497987.0</v>
       </c>
       <c r="AE19" s="6">
-        <v>87060348.0</v>
+        <v>81509517.0</v>
       </c>
       <c r="AF19" s="6">
-        <v>91699450.0</v>
+        <v>87140748.0</v>
       </c>
       <c r="AG19" s="6">
-        <v>80615432.0</v>
+        <v>91765155.0</v>
       </c>
       <c r="AH19" s="6">
-        <v>81484785.0</v>
+        <v>80675513.0</v>
       </c>
       <c r="AI19" s="6">
-        <v>77033562.0</v>
+        <v>81544377.0</v>
       </c>
       <c r="AJ19" s="6">
-        <v>76530991.0</v>
+        <v>77082694.0</v>
       </c>
       <c r="AK19" s="6">
-        <v>35120135.0</v>
+        <v>76582186.0</v>
       </c>
       <c r="AL19" s="6">
-        <v>131642196.0</v>
+        <v>35119572.0</v>
       </c>
       <c r="AM19" s="6">
-        <v>74842625.0</v>
+        <v>131756472.0</v>
       </c>
       <c r="AN19" s="6">
-        <v>75099597.0</v>
+        <v>74897946.0</v>
       </c>
       <c r="AO19" s="6">
-        <v>71608290.0</v>
+        <v>75152636.0</v>
       </c>
       <c r="AP19" s="6">
-        <v>70387729.0</v>
+        <v>71663585.0</v>
       </c>
       <c r="AQ19" s="6">
-        <v>77936976.0</v>
+        <v>70440790.0</v>
       </c>
       <c r="AR19" s="6">
-        <v>80828773.0</v>
+        <v>77985510.0</v>
       </c>
       <c r="AS19" s="6">
-        <v>75064486.0</v>
+        <v>80879482.0</v>
       </c>
       <c r="AT19" s="6">
-        <v>73160037.0</v>
+        <v>75120330.0</v>
       </c>
       <c r="AU19" s="6">
-        <v>68576758.0</v>
+        <v>73209320.0</v>
       </c>
       <c r="AV19" s="6">
-        <v>68096323.0</v>
+        <v>68621472.0</v>
       </c>
       <c r="AW19" s="6">
-        <v>29177976.0</v>
+        <v>68139413.0</v>
       </c>
       <c r="AX19" s="6">
-        <v>117800782.0</v>
+        <v>29178120.0</v>
       </c>
       <c r="AY19" s="6">
-        <v>65345197.0</v>
+        <v>117887569.0</v>
       </c>
       <c r="AZ19" s="6">
-        <v>65174099.0</v>
+        <v>65389098.0</v>
       </c>
       <c r="BA19" s="6">
-        <v>61317346.0</v>
+        <v>65218429.0</v>
       </c>
       <c r="BB19" s="6">
-        <v>61943855.0</v>
+        <v>61366768.0</v>
       </c>
       <c r="BC19" s="6">
-        <v>68152610.0</v>
+        <v>61989599.0</v>
       </c>
       <c r="BD19" s="6">
-        <v>67756962.0</v>
+        <v>68201161.0</v>
       </c>
       <c r="BE19" s="6">
-        <v>61702713.0</v>
+        <v>67806437.0</v>
       </c>
       <c r="BF19" s="6">
-        <v>61026088.0</v>
+        <v>61738281.0</v>
       </c>
       <c r="BG19" s="6">
-        <v>58302142.0</v>
+        <v>61061852.0</v>
       </c>
       <c r="BH19" s="6">
-        <v>55908482.0</v>
+        <v>58334798.0</v>
       </c>
       <c r="BI19" s="6">
-        <v>23372309.0</v>
+        <v>55940281.0</v>
       </c>
       <c r="BJ19" s="6">
+        <v>23372373.0</v>
+      </c>
+      <c r="BK19" s="6">
         <v>99415992.0</v>
       </c>
-      <c r="BK19" s="6">
+      <c r="BL19" s="6">
         <v>57024504.0</v>
       </c>
-      <c r="BL19" s="6">
+      <c r="BM19" s="6">
         <v>55874553.0</v>
       </c>
-      <c r="BM19" s="6">
+      <c r="BN19" s="6">
         <v>51451320.0</v>
       </c>
-      <c r="BN19" s="6">
+      <c r="BO19" s="6">
         <v>52091507.0</v>
       </c>
-      <c r="BO19" s="6">
+      <c r="BP19" s="6">
         <v>58686900.0</v>
       </c>
-      <c r="BP19" s="6">
+      <c r="BQ19" s="6">
         <v>55772388.0</v>
       </c>
-      <c r="BQ19" s="6">
+      <c r="BR19" s="6">
         <v>49323026.0</v>
       </c>
-      <c r="BR19" s="6">
+      <c r="BS19" s="6">
         <v>51382711.0</v>
       </c>
-      <c r="BS19" s="6">
+      <c r="BT19" s="6">
         <v>53445887.0</v>
       </c>
-      <c r="BT19" s="6">
+      <c r="BU19" s="6">
         <v>53772055.0</v>
       </c>
-      <c r="BU19" s="6">
+      <c r="BV19" s="6">
         <v>22011501.0</v>
       </c>
-      <c r="BV19" s="6">
+      <c r="BW19" s="6">
         <v>91340100.0</v>
       </c>
-      <c r="BW19" s="6">
+      <c r="BX19" s="6">
         <v>53752164.0</v>
       </c>
-      <c r="BX19" s="6">
+      <c r="BY19" s="6">
         <v>52843371.0</v>
       </c>
-      <c r="BY19" s="6">
+      <c r="BZ19" s="6">
         <v>48764932.0</v>
       </c>
-      <c r="BZ19" s="6">
+      <c r="CA19" s="6">
         <v>50379243.0</v>
       </c>
-      <c r="CA19" s="6">
+      <c r="CB19" s="6">
         <v>54772332.0</v>
       </c>
-      <c r="CB19" s="6">
+      <c r="CC19" s="6">
         <v>57088613.0</v>
       </c>
-      <c r="CC19" s="6">
+      <c r="CD19" s="6">
         <v>51642773.0</v>
       </c>
-      <c r="CD19" s="6">
+      <c r="CE19" s="6">
         <v>50520093.0</v>
       </c>
-      <c r="CE19" s="6">
+      <c r="CF19" s="6">
         <v>47929660.0</v>
       </c>
-      <c r="CF19" s="6">
+      <c r="CG19" s="6">
         <v>48047956.0</v>
       </c>
-      <c r="CG19" s="6">
+      <c r="CH19" s="6">
         <v>12186513.0</v>
       </c>
     </row>
-    <row r="20" spans="1:85">
+    <row r="20" spans="1:86">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Klaipėdos apskritis</t>
           </r>
         </is>
       </c>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D20" s="6">
-        <v>13675.0</v>
+        <v>13695.0</v>
       </c>
       <c r="E20" s="6">
-        <v>13795.0</v>
+        <v>13788.0</v>
       </c>
       <c r="F20" s="6">
+        <v>13842.0</v>
+      </c>
+      <c r="G20" s="6">
+        <v>13864.0</v>
+      </c>
+      <c r="H20" s="6">
+        <v>13873.0</v>
+      </c>
+      <c r="I20" s="6">
+        <v>13858.0</v>
+      </c>
+      <c r="J20" s="6">
+        <v>13767.0</v>
+      </c>
+      <c r="K20" s="6">
+        <v>13725.0</v>
+      </c>
+      <c r="L20" s="6">
+        <v>13703.0</v>
+      </c>
+      <c r="M20" s="6">
+        <v>13695.0</v>
+      </c>
+      <c r="N20" s="6">
+        <v>13746.0</v>
+      </c>
+      <c r="O20" s="6">
+        <v>14336.0</v>
+      </c>
+      <c r="P20" s="6">
+        <v>13987.0</v>
+      </c>
+      <c r="Q20" s="6">
+        <v>14001.0</v>
+      </c>
+      <c r="R20" s="6">
+        <v>14005.0</v>
+      </c>
+      <c r="S20" s="6">
+        <v>14004.0</v>
+      </c>
+      <c r="T20" s="6">
+        <v>14017.0</v>
+      </c>
+      <c r="U20" s="6">
+        <v>14045.0</v>
+      </c>
+      <c r="V20" s="6">
+        <v>13968.0</v>
+      </c>
+      <c r="W20" s="6">
+        <v>13883.0</v>
+      </c>
+      <c r="X20" s="6">
+        <v>13853.0</v>
+      </c>
+      <c r="Y20" s="6">
+        <v>13812.0</v>
+      </c>
+      <c r="Z20" s="6">
+        <v>13820.0</v>
+      </c>
+      <c r="AA20" s="6">
+        <v>14274.0</v>
+      </c>
+      <c r="AB20" s="6">
+        <v>13948.0</v>
+      </c>
+      <c r="AC20" s="6">
+        <v>13966.0</v>
+      </c>
+      <c r="AD20" s="6">
+        <v>13976.0</v>
+      </c>
+      <c r="AE20" s="6">
+        <v>13981.0</v>
+      </c>
+      <c r="AF20" s="6">
+        <v>13980.0</v>
+      </c>
+      <c r="AG20" s="6">
+        <v>14014.0</v>
+      </c>
+      <c r="AH20" s="6">
+        <v>13873.0</v>
+      </c>
+      <c r="AI20" s="6">
+        <v>13785.0</v>
+      </c>
+      <c r="AJ20" s="6">
+        <v>13750.0</v>
+      </c>
+      <c r="AK20" s="6">
+        <v>13677.0</v>
+      </c>
+      <c r="AL20" s="6">
+        <v>13709.0</v>
+      </c>
+      <c r="AM20" s="6">
+        <v>14127.0</v>
+      </c>
+      <c r="AN20" s="6">
+        <v>13812.0</v>
+      </c>
+      <c r="AO20" s="6">
+        <v>13783.0</v>
+      </c>
+      <c r="AP20" s="6">
+        <v>13785.0</v>
+      </c>
+      <c r="AQ20" s="6">
         <v>13826.0</v>
       </c>
-      <c r="G20" s="6">
-[...109 lines deleted...]
-      </c>
       <c r="AR20" s="6">
-        <v>13777.0</v>
+        <v>13805.0</v>
       </c>
       <c r="AS20" s="6">
-        <v>13661.0</v>
+        <v>13780.0</v>
       </c>
       <c r="AT20" s="6">
-        <v>13579.0</v>
+        <v>13664.0</v>
       </c>
       <c r="AU20" s="6">
         <v>13582.0</v>
       </c>
       <c r="AV20" s="6">
-        <v>13496.0</v>
+        <v>13585.0</v>
       </c>
       <c r="AW20" s="6">
-        <v>13509.0</v>
+        <v>13498.0</v>
       </c>
       <c r="AX20" s="6">
-        <v>13941.0</v>
+        <v>13510.0</v>
       </c>
       <c r="AY20" s="6">
-        <v>13659.0</v>
+        <v>13943.0</v>
       </c>
       <c r="AZ20" s="6">
-        <v>13611.0</v>
+        <v>13664.0</v>
       </c>
       <c r="BA20" s="6">
-        <v>13603.0</v>
+        <v>13616.0</v>
       </c>
       <c r="BB20" s="6">
-        <v>13600.0</v>
+        <v>13606.0</v>
       </c>
       <c r="BC20" s="6">
-        <v>13594.0</v>
+        <v>13604.0</v>
       </c>
       <c r="BD20" s="6">
-        <v>13572.0</v>
+        <v>13601.0</v>
       </c>
       <c r="BE20" s="6">
-        <v>13381.0</v>
+        <v>13581.0</v>
       </c>
       <c r="BF20" s="6">
-        <v>13263.0</v>
+        <v>13388.0</v>
       </c>
       <c r="BG20" s="6">
-        <v>13209.0</v>
+        <v>13270.0</v>
       </c>
       <c r="BH20" s="6">
-        <v>13044.0</v>
+        <v>13216.0</v>
       </c>
       <c r="BI20" s="6">
-        <v>12892.0</v>
+        <v>13051.0</v>
       </c>
       <c r="BJ20" s="6">
+        <v>12898.0</v>
+      </c>
+      <c r="BK20" s="6">
         <v>13367.0</v>
       </c>
-      <c r="BK20" s="6">
+      <c r="BL20" s="6">
         <v>13088.0</v>
       </c>
-      <c r="BL20" s="6">
+      <c r="BM20" s="6">
         <v>13045.0</v>
       </c>
-      <c r="BM20" s="6">
+      <c r="BN20" s="6">
         <v>13027.0</v>
       </c>
-      <c r="BN20" s="6">
+      <c r="BO20" s="6">
         <v>12987.0</v>
       </c>
-      <c r="BO20" s="6">
+      <c r="BP20" s="6">
         <v>12963.0</v>
       </c>
-      <c r="BP20" s="6">
+      <c r="BQ20" s="6">
         <v>12957.0</v>
       </c>
-      <c r="BQ20" s="6">
+      <c r="BR20" s="6">
         <v>12748.0</v>
       </c>
-      <c r="BR20" s="6">
+      <c r="BS20" s="6">
         <v>12603.0</v>
       </c>
-      <c r="BS20" s="6">
+      <c r="BT20" s="6">
         <v>12755.0</v>
       </c>
-      <c r="BT20" s="6">
+      <c r="BU20" s="6">
         <v>12777.0</v>
       </c>
-      <c r="BU20" s="6">
+      <c r="BV20" s="6">
         <v>12780.0</v>
       </c>
-      <c r="BV20" s="6">
+      <c r="BW20" s="6">
         <v>13152.0</v>
       </c>
-      <c r="BW20" s="6">
+      <c r="BX20" s="6">
         <v>12825.0</v>
       </c>
-      <c r="BX20" s="6">
+      <c r="BY20" s="6">
         <v>12776.0</v>
       </c>
-      <c r="BY20" s="6">
+      <c r="BZ20" s="6">
         <v>12797.0</v>
       </c>
-      <c r="BZ20" s="6">
+      <c r="CA20" s="6">
         <v>12787.0</v>
       </c>
-      <c r="CA20" s="6">
+      <c r="CB20" s="6">
         <v>12781.0</v>
       </c>
-      <c r="CB20" s="6">
+      <c r="CC20" s="6">
         <v>12803.0</v>
       </c>
-      <c r="CC20" s="6">
+      <c r="CD20" s="6">
         <v>12683.0</v>
       </c>
-      <c r="CD20" s="6">
+      <c r="CE20" s="6">
         <v>12623.0</v>
       </c>
-      <c r="CE20" s="6">
+      <c r="CF20" s="6">
         <v>12619.0</v>
       </c>
-      <c r="CF20" s="6">
+      <c r="CG20" s="6">
         <v>12516.0</v>
       </c>
-      <c r="CG20" s="6">
+      <c r="CH20" s="6">
         <v>12505.0</v>
       </c>
     </row>
-    <row r="21" spans="1:85">
+    <row r="21" spans="1:86">
       <c r="C21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D21" s="6">
-        <v>276345968.0</v>
+        <v>276299996.0</v>
       </c>
       <c r="E21" s="6">
-        <v>257228864.0</v>
+        <v>276893185.0</v>
       </c>
       <c r="F21" s="6">
-        <v>263567897.0</v>
+        <v>257342510.0</v>
       </c>
       <c r="G21" s="6">
-        <v>278865701.0</v>
+        <v>263327518.0</v>
       </c>
       <c r="H21" s="6">
-        <v>309438148.0</v>
+        <v>278449046.0</v>
       </c>
       <c r="I21" s="6">
-        <v>270635833.0</v>
+        <v>309072490.0</v>
       </c>
       <c r="J21" s="6">
-        <v>269585203.0</v>
+        <v>270333934.0</v>
       </c>
       <c r="K21" s="6">
-        <v>253605717.0</v>
+        <v>269135483.0</v>
       </c>
       <c r="L21" s="6">
-        <v>249802633.0</v>
+        <v>252928185.0</v>
       </c>
       <c r="M21" s="6">
-        <v>125387998.0</v>
+        <v>249503588.0</v>
       </c>
       <c r="N21" s="6">
-        <v>405508094.0</v>
+        <v>125281410.0</v>
       </c>
       <c r="O21" s="6">
-        <v>247630502.0</v>
+        <v>405627380.0</v>
       </c>
       <c r="P21" s="6">
-        <v>249597459.0</v>
+        <v>247742430.0</v>
       </c>
       <c r="Q21" s="6">
-        <v>233026718.0</v>
+        <v>249693068.0</v>
       </c>
       <c r="R21" s="6">
-        <v>238122460.0</v>
+        <v>233130720.0</v>
       </c>
       <c r="S21" s="6">
-        <v>246762126.0</v>
+        <v>238243019.0</v>
       </c>
       <c r="T21" s="6">
-        <v>276258647.0</v>
+        <v>246870447.0</v>
       </c>
       <c r="U21" s="6">
-        <v>241005819.0</v>
+        <v>276369254.0</v>
       </c>
       <c r="V21" s="6">
-        <v>238750787.0</v>
+        <v>241123801.0</v>
       </c>
       <c r="W21" s="6">
-        <v>227299748.0</v>
+        <v>238837072.0</v>
       </c>
       <c r="X21" s="6">
-        <v>222019905.0</v>
+        <v>227410844.0</v>
       </c>
       <c r="Y21" s="6">
-        <v>107141496.0</v>
+        <v>222143612.0</v>
       </c>
       <c r="Z21" s="6">
-        <v>358080372.0</v>
+        <v>107252648.0</v>
       </c>
       <c r="AA21" s="6">
-        <v>216410854.0</v>
+        <v>358174326.0</v>
       </c>
       <c r="AB21" s="6">
-        <v>218828745.0</v>
+        <v>216520279.0</v>
       </c>
       <c r="AC21" s="6">
-        <v>204644148.0</v>
+        <v>218941148.0</v>
       </c>
       <c r="AD21" s="6">
-        <v>210072968.0</v>
+        <v>204755901.0</v>
       </c>
       <c r="AE21" s="6">
-        <v>220458404.0</v>
+        <v>210180233.0</v>
       </c>
       <c r="AF21" s="6">
-        <v>249374002.0</v>
+        <v>220566506.0</v>
       </c>
       <c r="AG21" s="6">
-        <v>211563443.0</v>
+        <v>249480175.0</v>
       </c>
       <c r="AH21" s="6">
-        <v>211746652.0</v>
+        <v>211678802.0</v>
       </c>
       <c r="AI21" s="6">
-        <v>201860405.0</v>
+        <v>211855647.0</v>
       </c>
       <c r="AJ21" s="6">
-        <v>197453884.0</v>
+        <v>201961892.0</v>
       </c>
       <c r="AK21" s="6">
-        <v>94899348.0</v>
+        <v>197563817.0</v>
       </c>
       <c r="AL21" s="6">
-        <v>322533118.0</v>
+        <v>95042822.0</v>
       </c>
       <c r="AM21" s="6">
-        <v>190480837.0</v>
+        <v>322640377.0</v>
       </c>
       <c r="AN21" s="6">
-        <v>189265494.0</v>
+        <v>190587376.0</v>
       </c>
       <c r="AO21" s="6">
-        <v>181576098.0</v>
+        <v>189363205.0</v>
       </c>
       <c r="AP21" s="6">
-        <v>182136083.0</v>
+        <v>181685578.0</v>
       </c>
       <c r="AQ21" s="6">
-        <v>191869564.0</v>
+        <v>182233139.0</v>
       </c>
       <c r="AR21" s="6">
-        <v>216410386.0</v>
+        <v>191972608.0</v>
       </c>
       <c r="AS21" s="6">
-        <v>189985428.0</v>
+        <v>216517147.0</v>
       </c>
       <c r="AT21" s="6">
-        <v>183110001.0</v>
+        <v>190084805.0</v>
       </c>
       <c r="AU21" s="6">
-        <v>179706560.0</v>
+        <v>183215483.0</v>
       </c>
       <c r="AV21" s="6">
-        <v>170169979.0</v>
+        <v>179804235.0</v>
       </c>
       <c r="AW21" s="6">
-        <v>79665405.0</v>
+        <v>170284863.0</v>
       </c>
       <c r="AX21" s="6">
-        <v>285457324.0</v>
+        <v>79757748.0</v>
       </c>
       <c r="AY21" s="6">
-        <v>166556322.0</v>
+        <v>285571240.0</v>
       </c>
       <c r="AZ21" s="6">
-        <v>165872677.0</v>
+        <v>166656982.0</v>
       </c>
       <c r="BA21" s="6">
-        <v>159613388.0</v>
+        <v>165980063.0</v>
       </c>
       <c r="BB21" s="6">
-        <v>162920853.0</v>
+        <v>159713213.0</v>
       </c>
       <c r="BC21" s="6">
-        <v>174375060.0</v>
+        <v>163027438.0</v>
       </c>
       <c r="BD21" s="6">
-        <v>187180929.0</v>
+        <v>174473856.0</v>
       </c>
       <c r="BE21" s="6">
-        <v>164101255.0</v>
+        <v>187286894.0</v>
       </c>
       <c r="BF21" s="6">
-        <v>164410121.0</v>
+        <v>164207949.0</v>
       </c>
       <c r="BG21" s="6">
-        <v>155849447.0</v>
+        <v>164517206.0</v>
       </c>
       <c r="BH21" s="6">
-        <v>149154508.0</v>
+        <v>155983022.0</v>
       </c>
       <c r="BI21" s="6">
-        <v>69889667.0</v>
+        <v>149254923.0</v>
       </c>
       <c r="BJ21" s="6">
+        <v>69983681.0</v>
+      </c>
+      <c r="BK21" s="6">
         <v>252062442.0</v>
       </c>
-      <c r="BK21" s="6">
+      <c r="BL21" s="6">
         <v>149975222.0</v>
       </c>
-      <c r="BL21" s="6">
+      <c r="BM21" s="6">
         <v>152915979.0</v>
       </c>
-      <c r="BM21" s="6">
+      <c r="BN21" s="6">
         <v>143275466.0</v>
       </c>
-      <c r="BN21" s="6">
+      <c r="BO21" s="6">
         <v>146636291.0</v>
       </c>
-      <c r="BO21" s="6">
+      <c r="BP21" s="6">
         <v>154702461.0</v>
       </c>
-      <c r="BP21" s="6">
+      <c r="BQ21" s="6">
         <v>156896390.0</v>
       </c>
-      <c r="BQ21" s="6">
+      <c r="BR21" s="6">
         <v>128156595.0</v>
       </c>
-      <c r="BR21" s="6">
+      <c r="BS21" s="6">
         <v>141011887.0</v>
       </c>
-      <c r="BS21" s="6">
+      <c r="BT21" s="6">
         <v>144712671.0</v>
       </c>
-      <c r="BT21" s="6">
+      <c r="BU21" s="6">
         <v>143727989.0</v>
       </c>
-      <c r="BU21" s="6">
+      <c r="BV21" s="6">
         <v>68023423.0</v>
       </c>
-      <c r="BV21" s="6">
+      <c r="BW21" s="6">
         <v>229658743.0</v>
       </c>
-      <c r="BW21" s="6">
+      <c r="BX21" s="6">
         <v>140529353.0</v>
       </c>
-      <c r="BX21" s="6">
+      <c r="BY21" s="6">
         <v>140433080.0</v>
       </c>
-      <c r="BY21" s="6">
+      <c r="BZ21" s="6">
         <v>131225283.0</v>
       </c>
-      <c r="BZ21" s="6">
+      <c r="CA21" s="6">
         <v>135708142.0</v>
       </c>
-      <c r="CA21" s="6">
+      <c r="CB21" s="6">
         <v>143016258.0</v>
       </c>
-      <c r="CB21" s="6">
+      <c r="CC21" s="6">
         <v>156625960.0</v>
       </c>
-      <c r="CC21" s="6">
+      <c r="CD21" s="6">
         <v>138925763.0</v>
       </c>
-      <c r="CD21" s="6">
+      <c r="CE21" s="6">
         <v>137639570.0</v>
       </c>
-      <c r="CE21" s="6">
+      <c r="CF21" s="6">
         <v>129773814.0</v>
       </c>
-      <c r="CF21" s="6">
+      <c r="CG21" s="6">
         <v>127828721.0</v>
       </c>
-      <c r="CG21" s="6">
+      <c r="CH21" s="6">
         <v>45883572.0</v>
       </c>
     </row>
-    <row r="22" spans="1:85">
+    <row r="22" spans="1:86">
       <c r="C22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D22" s="6">
-        <v>48329220.0</v>
+        <v>48630731.0</v>
       </c>
       <c r="E22" s="6">
-        <v>44717145.0</v>
+        <v>48450443.0</v>
       </c>
       <c r="F22" s="6">
-        <v>45778102.0</v>
+        <v>44722317.0</v>
       </c>
       <c r="G22" s="6">
-        <v>48324288.0</v>
+        <v>45731671.0</v>
       </c>
       <c r="H22" s="6">
-        <v>53749635.0</v>
+        <v>48231470.0</v>
       </c>
       <c r="I22" s="6">
-        <v>46648720.0</v>
+        <v>53677640.0</v>
       </c>
       <c r="J22" s="6">
-        <v>46627731.0</v>
+        <v>46582163.0</v>
       </c>
       <c r="K22" s="6">
-        <v>43365518.0</v>
+        <v>46540133.0</v>
       </c>
       <c r="L22" s="6">
-        <v>42887678.0</v>
+        <v>43228165.0</v>
       </c>
       <c r="M22" s="6">
-        <v>21063437.0</v>
+        <v>42826909.0</v>
       </c>
       <c r="N22" s="6">
-        <v>72472541.0</v>
+        <v>21022716.0</v>
       </c>
       <c r="O22" s="6">
-        <v>42790141.0</v>
+        <v>72500452.0</v>
       </c>
       <c r="P22" s="6">
-        <v>43073421.0</v>
+        <v>42812338.0</v>
       </c>
       <c r="Q22" s="6">
-        <v>39770182.0</v>
+        <v>43093675.0</v>
       </c>
       <c r="R22" s="6">
-        <v>40683993.0</v>
+        <v>39790743.0</v>
       </c>
       <c r="S22" s="6">
-        <v>41737151.0</v>
+        <v>40707392.0</v>
       </c>
       <c r="T22" s="6">
-        <v>47173386.0</v>
+        <v>41758379.0</v>
       </c>
       <c r="U22" s="6">
-        <v>40816970.0</v>
+        <v>47195027.0</v>
       </c>
       <c r="V22" s="6">
-        <v>40662684.0</v>
+        <v>40840011.0</v>
       </c>
       <c r="W22" s="6">
-        <v>38082817.0</v>
+        <v>40678533.0</v>
       </c>
       <c r="X22" s="6">
-        <v>37439719.0</v>
+        <v>38104457.0</v>
       </c>
       <c r="Y22" s="6">
-        <v>17760524.0</v>
+        <v>37464054.0</v>
       </c>
       <c r="Z22" s="6">
-        <v>63744926.0</v>
+        <v>17782717.0</v>
       </c>
       <c r="AA22" s="6">
-        <v>37273251.0</v>
+        <v>63764191.0</v>
       </c>
       <c r="AB22" s="6">
-        <v>37510570.0</v>
+        <v>37294638.0</v>
       </c>
       <c r="AC22" s="6">
-        <v>35129383.0</v>
+        <v>37532310.0</v>
       </c>
       <c r="AD22" s="6">
-        <v>35723921.0</v>
+        <v>35151151.0</v>
       </c>
       <c r="AE22" s="6">
-        <v>37430107.0</v>
+        <v>35745055.0</v>
       </c>
       <c r="AF22" s="6">
-        <v>42423390.0</v>
+        <v>37451372.0</v>
       </c>
       <c r="AG22" s="6">
-        <v>35569890.0</v>
+        <v>42444414.0</v>
       </c>
       <c r="AH22" s="6">
-        <v>35918829.0</v>
+        <v>35592839.0</v>
       </c>
       <c r="AI22" s="6">
-        <v>33567703.0</v>
+        <v>35940359.0</v>
       </c>
       <c r="AJ22" s="6">
-        <v>33168728.0</v>
+        <v>33587723.0</v>
       </c>
       <c r="AK22" s="6">
-        <v>15665959.0</v>
+        <v>33190600.0</v>
       </c>
       <c r="AL22" s="6">
-        <v>57012259.0</v>
+        <v>15694529.0</v>
       </c>
       <c r="AM22" s="6">
-        <v>32207299.0</v>
+        <v>57033753.0</v>
       </c>
       <c r="AN22" s="6">
-        <v>32272310.0</v>
+        <v>32228909.0</v>
       </c>
       <c r="AO22" s="6">
-        <v>30674051.0</v>
+        <v>32292054.0</v>
       </c>
       <c r="AP22" s="6">
-        <v>30498793.0</v>
+        <v>30695939.0</v>
       </c>
       <c r="AQ22" s="6">
-        <v>31958657.0</v>
+        <v>30518309.0</v>
       </c>
       <c r="AR22" s="6">
-        <v>36602876.0</v>
+        <v>31979178.0</v>
       </c>
       <c r="AS22" s="6">
-        <v>32259152.0</v>
+        <v>36624399.0</v>
       </c>
       <c r="AT22" s="6">
-        <v>31264719.0</v>
+        <v>32279153.0</v>
       </c>
       <c r="AU22" s="6">
-        <v>30018343.0</v>
+        <v>31285844.0</v>
       </c>
       <c r="AV22" s="6">
-        <v>28613050.0</v>
+        <v>30037863.0</v>
       </c>
       <c r="AW22" s="6">
-        <v>13312599.0</v>
+        <v>28636322.0</v>
       </c>
       <c r="AX22" s="6">
-        <v>50271216.0</v>
+        <v>13330986.0</v>
       </c>
       <c r="AY22" s="6">
-        <v>28285176.0</v>
+        <v>50293244.0</v>
       </c>
       <c r="AZ22" s="6">
-        <v>28024569.0</v>
+        <v>28305222.0</v>
       </c>
       <c r="BA22" s="6">
-        <v>27110079.0</v>
+        <v>28046066.0</v>
       </c>
       <c r="BB22" s="6">
-        <v>27436913.0</v>
+        <v>27129918.0</v>
       </c>
       <c r="BC22" s="6">
-        <v>28935141.0</v>
+        <v>27457917.0</v>
       </c>
       <c r="BD22" s="6">
-        <v>31403931.0</v>
+        <v>28954667.0</v>
       </c>
       <c r="BE22" s="6">
-        <v>27353730.0</v>
+        <v>31424698.0</v>
       </c>
       <c r="BF22" s="6">
-        <v>27585890.0</v>
+        <v>27374405.0</v>
       </c>
       <c r="BG22" s="6">
-        <v>25902549.0</v>
+        <v>27606689.0</v>
       </c>
       <c r="BH22" s="6">
-        <v>24793009.0</v>
+        <v>25928785.0</v>
       </c>
       <c r="BI22" s="6">
-        <v>11226749.0</v>
+        <v>24812651.0</v>
       </c>
       <c r="BJ22" s="6">
+        <v>11245217.0</v>
+      </c>
+      <c r="BK22" s="6">
         <v>43247383.0</v>
       </c>
-      <c r="BK22" s="6">
+      <c r="BL22" s="6">
         <v>25019596.0</v>
       </c>
-      <c r="BL22" s="6">
+      <c r="BM22" s="6">
         <v>25590701.0</v>
       </c>
-      <c r="BM22" s="6">
+      <c r="BN22" s="6">
         <v>23762209.0</v>
       </c>
-      <c r="BN22" s="6">
+      <c r="BO22" s="6">
         <v>23958304.0</v>
       </c>
-      <c r="BO22" s="6">
+      <c r="BP22" s="6">
         <v>25867894.0</v>
       </c>
-      <c r="BP22" s="6">
+      <c r="BQ22" s="6">
         <v>25991832.0</v>
       </c>
-      <c r="BQ22" s="6">
+      <c r="BR22" s="6">
         <v>21203647.0</v>
       </c>
-      <c r="BR22" s="6">
+      <c r="BS22" s="6">
         <v>23345902.0</v>
       </c>
-      <c r="BS22" s="6">
+      <c r="BT22" s="6">
         <v>24116087.0</v>
       </c>
-      <c r="BT22" s="6">
+      <c r="BU22" s="6">
         <v>24121200.0</v>
       </c>
-      <c r="BU22" s="6">
+      <c r="BV22" s="6">
         <v>11015732.0</v>
       </c>
-      <c r="BV22" s="6">
+      <c r="BW22" s="6">
         <v>40339983.0</v>
       </c>
-      <c r="BW22" s="6">
+      <c r="BX22" s="6">
         <v>24197022.0</v>
       </c>
-      <c r="BX22" s="6">
+      <c r="BY22" s="6">
         <v>24018609.0</v>
       </c>
-      <c r="BY22" s="6">
+      <c r="BZ22" s="6">
         <v>22230757.0</v>
       </c>
-      <c r="BZ22" s="6">
+      <c r="CA22" s="6">
         <v>23219080.0</v>
       </c>
-      <c r="CA22" s="6">
+      <c r="CB22" s="6">
         <v>24112930.0</v>
       </c>
-      <c r="CB22" s="6">
+      <c r="CC22" s="6">
         <v>26456998.0</v>
       </c>
-      <c r="CC22" s="6">
+      <c r="CD22" s="6">
         <v>23489382.0</v>
       </c>
-      <c r="CD22" s="6">
+      <c r="CE22" s="6">
         <v>23209803.0</v>
       </c>
-      <c r="CE22" s="6">
+      <c r="CF22" s="6">
         <v>21608117.0</v>
       </c>
-      <c r="CF22" s="6">
+      <c r="CG22" s="6">
         <v>21419918.0</v>
       </c>
-      <c r="CG22" s="6">
+      <c r="CH22" s="6">
         <v>5940031.0</v>
       </c>
     </row>
-    <row r="23" spans="1:85">
+    <row r="23" spans="1:86">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Šiaulių apskritis</t>
           </r>
         </is>
       </c>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D23" s="6">
-        <v>8049.0</v>
+        <v>8090.0</v>
       </c>
       <c r="E23" s="6">
-        <v>8019.0</v>
+        <v>8102.0</v>
       </c>
       <c r="F23" s="6">
-        <v>8007.0</v>
+        <v>8035.0</v>
       </c>
       <c r="G23" s="6">
-        <v>7993.0</v>
+        <v>8015.0</v>
       </c>
       <c r="H23" s="6">
-        <v>7993.0</v>
+        <v>8002.0</v>
       </c>
       <c r="I23" s="6">
+        <v>7999.0</v>
+      </c>
+      <c r="J23" s="6">
+        <v>8011.0</v>
+      </c>
+      <c r="K23" s="6">
         <v>8009.0</v>
       </c>
-      <c r="J23" s="6">
+      <c r="L23" s="6">
+        <v>7961.0</v>
+      </c>
+      <c r="M23" s="6">
+        <v>7977.0</v>
+      </c>
+      <c r="N23" s="6">
+        <v>7991.0</v>
+      </c>
+      <c r="O23" s="6">
+        <v>8563.0</v>
+      </c>
+      <c r="P23" s="6">
+        <v>8358.0</v>
+      </c>
+      <c r="Q23" s="6">
+        <v>8262.0</v>
+      </c>
+      <c r="R23" s="6">
+        <v>8175.0</v>
+      </c>
+      <c r="S23" s="6">
+        <v>8153.0</v>
+      </c>
+      <c r="T23" s="6">
+        <v>8156.0</v>
+      </c>
+      <c r="U23" s="6">
+        <v>8123.0</v>
+      </c>
+      <c r="V23" s="6">
+        <v>8117.0</v>
+      </c>
+      <c r="W23" s="6">
+        <v>8085.0</v>
+      </c>
+      <c r="X23" s="6">
+        <v>8024.0</v>
+      </c>
+      <c r="Y23" s="6">
+        <v>7982.0</v>
+      </c>
+      <c r="Z23" s="6">
+        <v>8048.0</v>
+      </c>
+      <c r="AA23" s="6">
+        <v>8590.0</v>
+      </c>
+      <c r="AB23" s="6">
+        <v>8359.0</v>
+      </c>
+      <c r="AC23" s="6">
+        <v>8276.0</v>
+      </c>
+      <c r="AD23" s="6">
+        <v>8206.0</v>
+      </c>
+      <c r="AE23" s="6">
+        <v>8193.0</v>
+      </c>
+      <c r="AF23" s="6">
+        <v>8183.0</v>
+      </c>
+      <c r="AG23" s="6">
+        <v>8191.0</v>
+      </c>
+      <c r="AH23" s="6">
+        <v>8163.0</v>
+      </c>
+      <c r="AI23" s="6">
+        <v>8121.0</v>
+      </c>
+      <c r="AJ23" s="6">
+        <v>8096.0</v>
+      </c>
+      <c r="AK23" s="6">
+        <v>8083.0</v>
+      </c>
+      <c r="AL23" s="6">
+        <v>8103.0</v>
+      </c>
+      <c r="AM23" s="6">
+        <v>8585.0</v>
+      </c>
+      <c r="AN23" s="6">
+        <v>8352.0</v>
+      </c>
+      <c r="AO23" s="6">
+        <v>8294.0</v>
+      </c>
+      <c r="AP23" s="6">
+        <v>8208.0</v>
+      </c>
+      <c r="AQ23" s="6">
+        <v>8187.0</v>
+      </c>
+      <c r="AR23" s="6">
+        <v>8157.0</v>
+      </c>
+      <c r="AS23" s="6">
+        <v>8161.0</v>
+      </c>
+      <c r="AT23" s="6">
+        <v>8142.0</v>
+      </c>
+      <c r="AU23" s="6">
+        <v>8100.0</v>
+      </c>
+      <c r="AV23" s="6">
+        <v>8059.0</v>
+      </c>
+      <c r="AW23" s="6">
+        <v>8024.0</v>
+      </c>
+      <c r="AX23" s="6">
         <v>8009.0</v>
       </c>
-      <c r="K23" s="6">
-[...118 lines deleted...]
-      </c>
       <c r="AY23" s="6">
+        <v>8484.0</v>
+      </c>
+      <c r="AZ23" s="6">
         <v>8283.0</v>
       </c>
-      <c r="AZ23" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="BA23" s="6">
-        <v>8111.0</v>
+        <v>8221.0</v>
       </c>
       <c r="BB23" s="6">
-        <v>8068.0</v>
+        <v>8113.0</v>
       </c>
       <c r="BC23" s="6">
-        <v>8040.0</v>
+        <v>8070.0</v>
       </c>
       <c r="BD23" s="6">
-        <v>8023.0</v>
+        <v>8042.0</v>
       </c>
       <c r="BE23" s="6">
-        <v>7978.0</v>
+        <v>8025.0</v>
       </c>
       <c r="BF23" s="6">
-        <v>7886.0</v>
+        <v>7980.0</v>
       </c>
       <c r="BG23" s="6">
-        <v>7824.0</v>
+        <v>7888.0</v>
       </c>
       <c r="BH23" s="6">
-        <v>7769.0</v>
+        <v>7826.0</v>
       </c>
       <c r="BI23" s="6">
-        <v>7695.0</v>
+        <v>7771.0</v>
       </c>
       <c r="BJ23" s="6">
+        <v>7698.0</v>
+      </c>
+      <c r="BK23" s="6">
         <v>8203.0</v>
       </c>
-      <c r="BK23" s="6">
+      <c r="BL23" s="6">
         <v>7955.0</v>
       </c>
-      <c r="BL23" s="6">
+      <c r="BM23" s="6">
         <v>7892.0</v>
       </c>
-      <c r="BM23" s="6">
+      <c r="BN23" s="6">
         <v>7812.0</v>
       </c>
-      <c r="BN23" s="6">
+      <c r="BO23" s="6">
         <v>7764.0</v>
       </c>
-      <c r="BO23" s="6">
+      <c r="BP23" s="6">
         <v>7732.0</v>
       </c>
-      <c r="BP23" s="6">
+      <c r="BQ23" s="6">
         <v>7712.0</v>
       </c>
-      <c r="BQ23" s="6">
+      <c r="BR23" s="6">
         <v>7667.0</v>
       </c>
-      <c r="BR23" s="6">
+      <c r="BS23" s="6">
         <v>7640.0</v>
       </c>
-      <c r="BS23" s="6">
+      <c r="BT23" s="6">
         <v>7674.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>7665.0</v>
       </c>
       <c r="BU23" s="6">
         <v>7665.0</v>
       </c>
       <c r="BV23" s="6">
+        <v>7665.0</v>
+      </c>
+      <c r="BW23" s="6">
         <v>8143.0</v>
       </c>
-      <c r="BW23" s="6">
+      <c r="BX23" s="6">
         <v>7886.0</v>
       </c>
-      <c r="BX23" s="6">
+      <c r="BY23" s="6">
         <v>7830.0</v>
       </c>
-      <c r="BY23" s="6">
+      <c r="BZ23" s="6">
         <v>7778.0</v>
       </c>
-      <c r="BZ23" s="6">
+      <c r="CA23" s="6">
         <v>7741.0</v>
       </c>
-      <c r="CA23" s="6">
+      <c r="CB23" s="6">
         <v>7717.0</v>
       </c>
-      <c r="CB23" s="6">
+      <c r="CC23" s="6">
         <v>7678.0</v>
       </c>
-      <c r="CC23" s="6">
+      <c r="CD23" s="6">
         <v>7658.0</v>
       </c>
-      <c r="CD23" s="6">
+      <c r="CE23" s="6">
         <v>7613.0</v>
       </c>
-      <c r="CE23" s="6">
+      <c r="CF23" s="6">
         <v>7554.0</v>
       </c>
-      <c r="CF23" s="6">
+      <c r="CG23" s="6">
         <v>7529.0</v>
       </c>
-      <c r="CG23" s="6">
+      <c r="CH23" s="6">
         <v>7530.0</v>
       </c>
     </row>
-    <row r="24" spans="1:85">
+    <row r="24" spans="1:86">
       <c r="C24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D24" s="6">
-        <v>175623763.0</v>
+        <v>182189130.0</v>
       </c>
       <c r="E24" s="6">
-        <v>165213374.0</v>
+        <v>175691912.0</v>
       </c>
       <c r="F24" s="6">
-        <v>162440606.0</v>
+        <v>165218181.0</v>
       </c>
       <c r="G24" s="6">
-        <v>176277358.0</v>
+        <v>163498069.0</v>
       </c>
       <c r="H24" s="6">
-        <v>194004467.0</v>
+        <v>176306170.0</v>
       </c>
       <c r="I24" s="6">
-        <v>172872396.0</v>
+        <v>194022052.0</v>
       </c>
       <c r="J24" s="6">
-        <v>172515844.0</v>
+        <v>172979682.0</v>
       </c>
       <c r="K24" s="6">
-        <v>161856953.0</v>
+        <v>172619784.0</v>
       </c>
       <c r="L24" s="6">
-        <v>159682152.0</v>
+        <v>161817179.0</v>
       </c>
       <c r="M24" s="6">
-        <v>81925310.0</v>
+        <v>159687830.0</v>
       </c>
       <c r="N24" s="6">
-        <v>251069512.0</v>
+        <v>81843907.0</v>
       </c>
       <c r="O24" s="6">
-        <v>158719201.0</v>
+        <v>251018956.0</v>
       </c>
       <c r="P24" s="6">
-        <v>158399724.0</v>
+        <v>158720704.0</v>
       </c>
       <c r="Q24" s="6">
-        <v>149683182.0</v>
+        <v>158397471.0</v>
       </c>
       <c r="R24" s="6">
-        <v>149264541.0</v>
+        <v>149678755.0</v>
       </c>
       <c r="S24" s="6">
-        <v>158326380.0</v>
+        <v>149255714.0</v>
       </c>
       <c r="T24" s="6">
-        <v>173270561.0</v>
+        <v>158323504.0</v>
       </c>
       <c r="U24" s="6">
-        <v>154638360.0</v>
+        <v>173272047.0</v>
       </c>
       <c r="V24" s="6">
-        <v>152774254.0</v>
+        <v>154648744.0</v>
       </c>
       <c r="W24" s="6">
-        <v>148286768.0</v>
+        <v>152770782.0</v>
       </c>
       <c r="X24" s="6">
-        <v>144938596.0</v>
+        <v>148271906.0</v>
       </c>
       <c r="Y24" s="6">
-        <v>72110881.0</v>
+        <v>144930184.0</v>
       </c>
       <c r="Z24" s="6">
-        <v>226249559.0</v>
+        <v>72090998.0</v>
       </c>
       <c r="AA24" s="6">
-        <v>139819560.0</v>
+        <v>226252624.0</v>
       </c>
       <c r="AB24" s="6">
-        <v>140952137.0</v>
+        <v>139818457.0</v>
       </c>
       <c r="AC24" s="6">
-        <v>133187578.0</v>
+        <v>140950727.0</v>
       </c>
       <c r="AD24" s="6">
-        <v>130169008.0</v>
+        <v>133187750.0</v>
       </c>
       <c r="AE24" s="6">
-        <v>143185419.0</v>
+        <v>130173177.0</v>
       </c>
       <c r="AF24" s="6">
-        <v>157584098.0</v>
+        <v>143182885.0</v>
       </c>
       <c r="AG24" s="6">
-        <v>138843124.0</v>
+        <v>157585904.0</v>
       </c>
       <c r="AH24" s="6">
-        <v>139581596.0</v>
+        <v>138843526.0</v>
       </c>
       <c r="AI24" s="6">
-        <v>131912654.0</v>
+        <v>139582368.0</v>
       </c>
       <c r="AJ24" s="6">
-        <v>130833993.0</v>
+        <v>131913765.0</v>
       </c>
       <c r="AK24" s="6">
-        <v>62454319.0</v>
+        <v>130834834.0</v>
       </c>
       <c r="AL24" s="6">
-        <v>205709217.0</v>
+        <v>62452062.0</v>
       </c>
       <c r="AM24" s="6">
-        <v>126337556.0</v>
+        <v>205714044.0</v>
       </c>
       <c r="AN24" s="6">
-        <v>126748363.0</v>
+        <v>126337925.0</v>
       </c>
       <c r="AO24" s="6">
-        <v>120269301.0</v>
+        <v>126748519.0</v>
       </c>
       <c r="AP24" s="6">
-        <v>119512920.0</v>
+        <v>120269791.0</v>
       </c>
       <c r="AQ24" s="6">
-        <v>126834378.0</v>
+        <v>119514155.0</v>
       </c>
       <c r="AR24" s="6">
-        <v>139993920.0</v>
+        <v>126835641.0</v>
       </c>
       <c r="AS24" s="6">
-        <v>124732476.0</v>
+        <v>139995260.0</v>
       </c>
       <c r="AT24" s="6">
-        <v>125740580.0</v>
+        <v>124733550.0</v>
       </c>
       <c r="AU24" s="6">
-        <v>115468727.0</v>
+        <v>125741852.0</v>
       </c>
       <c r="AV24" s="6">
-        <v>115072923.0</v>
+        <v>115471741.0</v>
       </c>
       <c r="AW24" s="6">
-        <v>53412723.0</v>
+        <v>115074616.0</v>
       </c>
       <c r="AX24" s="6">
-        <v>187581376.0</v>
+        <v>53410671.0</v>
       </c>
       <c r="AY24" s="6">
-        <v>114295918.0</v>
+        <v>187586153.0</v>
       </c>
       <c r="AZ24" s="6">
-        <v>111601216.0</v>
+        <v>114297286.0</v>
       </c>
       <c r="BA24" s="6">
-        <v>107104350.0</v>
+        <v>111604572.0</v>
       </c>
       <c r="BB24" s="6">
-        <v>105240429.0</v>
+        <v>107106432.0</v>
       </c>
       <c r="BC24" s="6">
-        <v>114818528.0</v>
+        <v>105241808.0</v>
       </c>
       <c r="BD24" s="6">
-        <v>124220599.0</v>
+        <v>114820177.0</v>
       </c>
       <c r="BE24" s="6">
-        <v>111899930.0</v>
+        <v>124223939.0</v>
       </c>
       <c r="BF24" s="6">
-        <v>108865360.0</v>
+        <v>111903426.0</v>
       </c>
       <c r="BG24" s="6">
-        <v>103654348.0</v>
+        <v>108869290.0</v>
       </c>
       <c r="BH24" s="6">
-        <v>101003012.0</v>
+        <v>103657231.0</v>
       </c>
       <c r="BI24" s="6">
-        <v>47197129.0</v>
+        <v>101003582.0</v>
       </c>
       <c r="BJ24" s="6">
+        <v>47195575.0</v>
+      </c>
+      <c r="BK24" s="6">
         <v>167915681.0</v>
       </c>
-      <c r="BK24" s="6">
+      <c r="BL24" s="6">
         <v>103117184.0</v>
       </c>
-      <c r="BL24" s="6">
+      <c r="BM24" s="6">
         <v>102307208.0</v>
       </c>
-      <c r="BM24" s="6">
+      <c r="BN24" s="6">
         <v>95514587.0</v>
       </c>
-      <c r="BN24" s="6">
+      <c r="BO24" s="6">
         <v>95532220.0</v>
       </c>
-      <c r="BO24" s="6">
+      <c r="BP24" s="6">
         <v>102936922.0</v>
       </c>
-      <c r="BP24" s="6">
+      <c r="BQ24" s="6">
         <v>105186888.0</v>
       </c>
-      <c r="BQ24" s="6">
+      <c r="BR24" s="6">
         <v>92471849.0</v>
       </c>
-      <c r="BR24" s="6">
+      <c r="BS24" s="6">
         <v>94927315.0</v>
       </c>
-      <c r="BS24" s="6">
+      <c r="BT24" s="6">
         <v>95660690.0</v>
       </c>
-      <c r="BT24" s="6">
+      <c r="BU24" s="6">
         <v>96422805.0</v>
       </c>
-      <c r="BU24" s="6">
+      <c r="BV24" s="6">
         <v>44212378.0</v>
       </c>
-      <c r="BV24" s="6">
+      <c r="BW24" s="6">
         <v>142768748.0</v>
       </c>
-      <c r="BW24" s="6">
+      <c r="BX24" s="6">
         <v>91935356.0</v>
       </c>
-      <c r="BX24" s="6">
+      <c r="BY24" s="6">
         <v>90616071.0</v>
       </c>
-      <c r="BY24" s="6">
+      <c r="BZ24" s="6">
         <v>85387773.0</v>
       </c>
-      <c r="BZ24" s="6">
+      <c r="CA24" s="6">
         <v>85619582.0</v>
       </c>
-      <c r="CA24" s="6">
+      <c r="CB24" s="6">
         <v>91574463.0</v>
       </c>
-      <c r="CB24" s="6">
+      <c r="CC24" s="6">
         <v>99278985.0</v>
       </c>
-      <c r="CC24" s="6">
+      <c r="CD24" s="6">
         <v>90044182.0</v>
       </c>
-      <c r="CD24" s="6">
+      <c r="CE24" s="6">
         <v>88252705.0</v>
       </c>
-      <c r="CE24" s="6">
+      <c r="CF24" s="6">
         <v>82279030.0</v>
       </c>
-      <c r="CF24" s="6">
+      <c r="CG24" s="6">
         <v>83759951.0</v>
       </c>
-      <c r="CG24" s="6">
+      <c r="CH24" s="6">
         <v>32808059.0</v>
       </c>
     </row>
-    <row r="25" spans="1:85">
+    <row r="25" spans="1:86">
       <c r="C25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D25" s="6">
-        <v>28843980.0</v>
+        <v>28963589.0</v>
       </c>
       <c r="E25" s="6">
-        <v>27002247.0</v>
+        <v>28850778.0</v>
       </c>
       <c r="F25" s="6">
-        <v>26632936.0</v>
+        <v>27002243.0</v>
       </c>
       <c r="G25" s="6">
-        <v>28457403.0</v>
+        <v>26780666.0</v>
       </c>
       <c r="H25" s="6">
-        <v>31742053.0</v>
+        <v>28459826.0</v>
       </c>
       <c r="I25" s="6">
-        <v>27753615.0</v>
+        <v>31743221.0</v>
       </c>
       <c r="J25" s="6">
-        <v>27926210.0</v>
+        <v>27754645.0</v>
       </c>
       <c r="K25" s="6">
-        <v>25347205.0</v>
+        <v>27925698.0</v>
       </c>
       <c r="L25" s="6">
-        <v>25428269.0</v>
+        <v>25346702.0</v>
       </c>
       <c r="M25" s="6">
-        <v>12070636.0</v>
+        <v>25428365.0</v>
       </c>
       <c r="N25" s="6">
-        <v>41414267.0</v>
+        <v>12053161.0</v>
       </c>
       <c r="O25" s="6">
-        <v>25405020.0</v>
+        <v>41406463.0</v>
       </c>
       <c r="P25" s="6">
-        <v>24989283.0</v>
+        <v>25409612.0</v>
       </c>
       <c r="Q25" s="6">
-        <v>23597971.0</v>
+        <v>24988460.0</v>
       </c>
       <c r="R25" s="6">
-        <v>23615343.0</v>
+        <v>23596951.0</v>
       </c>
       <c r="S25" s="6">
-        <v>24523147.0</v>
+        <v>23613440.0</v>
       </c>
       <c r="T25" s="6">
-        <v>27477779.0</v>
+        <v>24522443.0</v>
       </c>
       <c r="U25" s="6">
-        <v>23936710.0</v>
+        <v>27477822.0</v>
       </c>
       <c r="V25" s="6">
-        <v>23708598.0</v>
+        <v>23937113.0</v>
       </c>
       <c r="W25" s="6">
-        <v>22612281.0</v>
+        <v>23707880.0</v>
       </c>
       <c r="X25" s="6">
-        <v>22424234.0</v>
+        <v>22610791.0</v>
       </c>
       <c r="Y25" s="6">
-        <v>10431035.0</v>
+        <v>22423199.0</v>
       </c>
       <c r="Z25" s="6">
-        <v>37362002.0</v>
+        <v>10430046.0</v>
       </c>
       <c r="AA25" s="6">
-        <v>22269405.0</v>
+        <v>37361979.0</v>
       </c>
       <c r="AB25" s="6">
-        <v>22258444.0</v>
+        <v>22269254.0</v>
       </c>
       <c r="AC25" s="6">
-        <v>21234661.0</v>
+        <v>22258282.0</v>
       </c>
       <c r="AD25" s="6">
-        <v>20310385.0</v>
+        <v>21234591.0</v>
       </c>
       <c r="AE25" s="6">
-        <v>22603057.0</v>
+        <v>20310965.0</v>
       </c>
       <c r="AF25" s="6">
-        <v>24747493.0</v>
+        <v>22602367.0</v>
       </c>
       <c r="AG25" s="6">
-        <v>21419427.0</v>
+        <v>24747676.0</v>
       </c>
       <c r="AH25" s="6">
-        <v>21769257.0</v>
+        <v>21419364.0</v>
       </c>
       <c r="AI25" s="6">
-        <v>19915857.0</v>
+        <v>21769220.0</v>
       </c>
       <c r="AJ25" s="6">
-        <v>20156960.0</v>
+        <v>19915841.0</v>
       </c>
       <c r="AK25" s="6">
-        <v>9000425.0</v>
+        <v>20156934.0</v>
       </c>
       <c r="AL25" s="6">
-        <v>33696607.0</v>
+        <v>9000343.0</v>
       </c>
       <c r="AM25" s="6">
-        <v>19686611.0</v>
+        <v>33696811.0</v>
       </c>
       <c r="AN25" s="6">
-        <v>19819855.0</v>
+        <v>19686612.0</v>
       </c>
       <c r="AO25" s="6">
-        <v>18958810.0</v>
+        <v>19819812.0</v>
       </c>
       <c r="AP25" s="6">
-        <v>18679533.0</v>
+        <v>18958768.0</v>
       </c>
       <c r="AQ25" s="6">
-        <v>19841187.0</v>
+        <v>18679590.0</v>
       </c>
       <c r="AR25" s="6">
-        <v>21981859.0</v>
+        <v>19841269.0</v>
       </c>
       <c r="AS25" s="6">
-        <v>19745073.0</v>
+        <v>21981976.0</v>
       </c>
       <c r="AT25" s="6">
-        <v>20232176.0</v>
+        <v>19745089.0</v>
       </c>
       <c r="AU25" s="6">
-        <v>17708064.0</v>
+        <v>20232259.0</v>
       </c>
       <c r="AV25" s="6">
-        <v>17890505.0</v>
+        <v>17708478.0</v>
       </c>
       <c r="AW25" s="6">
-        <v>7836312.0</v>
+        <v>17890672.0</v>
       </c>
       <c r="AX25" s="6">
-        <v>30766653.0</v>
+        <v>7836159.0</v>
       </c>
       <c r="AY25" s="6">
-        <v>18072272.0</v>
+        <v>30767059.0</v>
       </c>
       <c r="AZ25" s="6">
-        <v>17573159.0</v>
+        <v>18072340.0</v>
       </c>
       <c r="BA25" s="6">
-        <v>16828532.0</v>
+        <v>17573543.0</v>
       </c>
       <c r="BB25" s="6">
-        <v>16684071.0</v>
+        <v>16828719.0</v>
       </c>
       <c r="BC25" s="6">
-        <v>18163859.0</v>
+        <v>16684131.0</v>
       </c>
       <c r="BD25" s="6">
-        <v>19149592.0</v>
+        <v>18163995.0</v>
       </c>
       <c r="BE25" s="6">
-        <v>17484033.0</v>
+        <v>19149962.0</v>
       </c>
       <c r="BF25" s="6">
-        <v>16937609.0</v>
+        <v>17484384.0</v>
       </c>
       <c r="BG25" s="6">
-        <v>15795700.0</v>
+        <v>16938036.0</v>
       </c>
       <c r="BH25" s="6">
-        <v>15509067.0</v>
+        <v>15795946.0</v>
       </c>
       <c r="BI25" s="6">
-        <v>6791872.0</v>
+        <v>15508911.0</v>
       </c>
       <c r="BJ25" s="6">
+        <v>6791715.0</v>
+      </c>
+      <c r="BK25" s="6">
         <v>26733314.0</v>
       </c>
-      <c r="BK25" s="6">
+      <c r="BL25" s="6">
         <v>15906419.0</v>
       </c>
-      <c r="BL25" s="6">
+      <c r="BM25" s="6">
         <v>15694545.0</v>
       </c>
-      <c r="BM25" s="6">
+      <c r="BN25" s="6">
         <v>14552067.0</v>
       </c>
-      <c r="BN25" s="6">
+      <c r="BO25" s="6">
         <v>14657531.0</v>
       </c>
-      <c r="BO25" s="6">
+      <c r="BP25" s="6">
         <v>15887366.0</v>
       </c>
-      <c r="BP25" s="6">
+      <c r="BQ25" s="6">
         <v>16222894.0</v>
       </c>
-      <c r="BQ25" s="6">
+      <c r="BR25" s="6">
         <v>14410158.0</v>
       </c>
-      <c r="BR25" s="6">
+      <c r="BS25" s="6">
         <v>14622747.0</v>
       </c>
-      <c r="BS25" s="6">
+      <c r="BT25" s="6">
         <v>14671643.0</v>
       </c>
-      <c r="BT25" s="6">
+      <c r="BU25" s="6">
         <v>14977169.0</v>
       </c>
-      <c r="BU25" s="6">
+      <c r="BV25" s="6">
         <v>6382670.0</v>
       </c>
-      <c r="BV25" s="6">
+      <c r="BW25" s="6">
         <v>23351610.0</v>
       </c>
-      <c r="BW25" s="6">
+      <c r="BX25" s="6">
         <v>14736568.0</v>
       </c>
-      <c r="BX25" s="6">
+      <c r="BY25" s="6">
         <v>14420680.0</v>
       </c>
-      <c r="BY25" s="6">
+      <c r="BZ25" s="6">
         <v>13656037.0</v>
       </c>
-      <c r="BZ25" s="6">
+      <c r="CA25" s="6">
         <v>13793032.0</v>
       </c>
-      <c r="CA25" s="6">
+      <c r="CB25" s="6">
         <v>14493658.0</v>
       </c>
-      <c r="CB25" s="6">
+      <c r="CC25" s="6">
         <v>15651143.0</v>
       </c>
-      <c r="CC25" s="6">
+      <c r="CD25" s="6">
         <v>14194608.0</v>
       </c>
-      <c r="CD25" s="6">
+      <c r="CE25" s="6">
         <v>13905512.0</v>
       </c>
-      <c r="CE25" s="6">
+      <c r="CF25" s="6">
         <v>12704471.0</v>
       </c>
-      <c r="CF25" s="6">
+      <c r="CG25" s="6">
         <v>13138474.0</v>
       </c>
-      <c r="CG25" s="6">
+      <c r="CH25" s="6">
         <v>3862496.0</v>
       </c>
     </row>
-    <row r="26" spans="1:85">
+    <row r="26" spans="1:86">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Alytaus apskritis</t>
           </r>
         </is>
       </c>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D26" s="6">
-        <v>4098.0</v>
+        <v>4069.0</v>
       </c>
       <c r="E26" s="6">
+        <v>4118.0</v>
+      </c>
+      <c r="F26" s="6">
+        <v>4123.0</v>
+      </c>
+      <c r="G26" s="6">
+        <v>4132.0</v>
+      </c>
+      <c r="H26" s="6">
+        <v>4148.0</v>
+      </c>
+      <c r="I26" s="6">
+        <v>4150.0</v>
+      </c>
+      <c r="J26" s="6">
+        <v>4126.0</v>
+      </c>
+      <c r="K26" s="6">
         <v>4111.0</v>
-      </c>
-[...16 lines deleted...]
-        <v>4100.0</v>
       </c>
       <c r="L26" s="6">
         <v>4104.0</v>
       </c>
       <c r="M26" s="6">
-        <v>4117.0</v>
+        <v>4108.0</v>
       </c>
       <c r="N26" s="6">
-        <v>4351.0</v>
+        <v>4121.0</v>
       </c>
       <c r="O26" s="6">
+        <v>4350.0</v>
+      </c>
+      <c r="P26" s="6">
         <v>4225.0</v>
       </c>
-      <c r="P26" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="Q26" s="6">
+        <v>4221.0</v>
+      </c>
+      <c r="R26" s="6">
         <v>4215.0</v>
       </c>
-      <c r="R26" s="6">
+      <c r="S26" s="6">
         <v>4208.0</v>
       </c>
-      <c r="S26" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="T26" s="6">
+        <v>4226.0</v>
+      </c>
+      <c r="U26" s="6">
+        <v>4233.0</v>
+      </c>
+      <c r="V26" s="6">
+        <v>4223.0</v>
+      </c>
+      <c r="W26" s="6">
+        <v>4220.0</v>
+      </c>
+      <c r="X26" s="6">
+        <v>4215.0</v>
+      </c>
+      <c r="Y26" s="6">
+        <v>4187.0</v>
+      </c>
+      <c r="Z26" s="6">
+        <v>4198.0</v>
+      </c>
+      <c r="AA26" s="6">
+        <v>4381.0</v>
+      </c>
+      <c r="AB26" s="6">
+        <v>4275.0</v>
+      </c>
+      <c r="AC26" s="6">
+        <v>4250.0</v>
+      </c>
+      <c r="AD26" s="6">
+        <v>4263.0</v>
+      </c>
+      <c r="AE26" s="6">
+        <v>4261.0</v>
+      </c>
+      <c r="AF26" s="6">
+        <v>4248.0</v>
+      </c>
+      <c r="AG26" s="6">
+        <v>4268.0</v>
+      </c>
+      <c r="AH26" s="6">
+        <v>4247.0</v>
+      </c>
+      <c r="AI26" s="6">
         <v>4234.0</v>
       </c>
-      <c r="U26" s="6">
-[...29 lines deleted...]
-      <c r="AE26" s="6">
+      <c r="AJ26" s="6">
+        <v>4215.0</v>
+      </c>
+      <c r="AK26" s="6">
+        <v>4191.0</v>
+      </c>
+      <c r="AL26" s="6">
+        <v>4190.0</v>
+      </c>
+      <c r="AM26" s="6">
+        <v>4363.0</v>
+      </c>
+      <c r="AN26" s="6">
+        <v>4242.0</v>
+      </c>
+      <c r="AO26" s="6">
         <v>4249.0</v>
       </c>
-      <c r="AF26" s="6">
-[...28 lines deleted...]
-      </c>
       <c r="AP26" s="6">
-        <v>4258.0</v>
+        <v>4251.0</v>
       </c>
       <c r="AQ26" s="6">
-        <v>4269.0</v>
+        <v>4256.0</v>
       </c>
       <c r="AR26" s="6">
-        <v>4261.0</v>
+        <v>4267.0</v>
       </c>
       <c r="AS26" s="6">
-        <v>4223.0</v>
+        <v>4259.0</v>
       </c>
       <c r="AT26" s="6">
-        <v>4192.0</v>
+        <v>4221.0</v>
       </c>
       <c r="AU26" s="6">
-        <v>4173.0</v>
+        <v>4190.0</v>
       </c>
       <c r="AV26" s="6">
-        <v>4159.0</v>
+        <v>4171.0</v>
       </c>
       <c r="AW26" s="6">
         <v>4158.0</v>
       </c>
       <c r="AX26" s="6">
-        <v>4282.0</v>
+        <v>4157.0</v>
       </c>
       <c r="AY26" s="6">
+        <v>4281.0</v>
+      </c>
+      <c r="AZ26" s="6">
         <v>4145.0</v>
       </c>
-      <c r="AZ26" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="BA26" s="6">
-        <v>4131.0</v>
+        <v>4130.0</v>
       </c>
       <c r="BB26" s="6">
-        <v>4111.0</v>
+        <v>4130.0</v>
       </c>
       <c r="BC26" s="6">
-        <v>4072.0</v>
+        <v>4110.0</v>
       </c>
       <c r="BD26" s="6">
         <v>4071.0</v>
       </c>
       <c r="BE26" s="6">
-        <v>4045.0</v>
+        <v>4070.0</v>
       </c>
       <c r="BF26" s="6">
-        <v>4035.0</v>
+        <v>4044.0</v>
       </c>
       <c r="BG26" s="6">
-        <v>4009.0</v>
+        <v>4034.0</v>
       </c>
       <c r="BH26" s="6">
-        <v>3965.0</v>
+        <v>4008.0</v>
       </c>
       <c r="BI26" s="6">
-        <v>3939.0</v>
+        <v>3964.0</v>
       </c>
       <c r="BJ26" s="6">
+        <v>3938.0</v>
+      </c>
+      <c r="BK26" s="6">
         <v>4109.0</v>
       </c>
-      <c r="BK26" s="6">
+      <c r="BL26" s="6">
         <v>3935.0</v>
       </c>
-      <c r="BL26" s="6">
+      <c r="BM26" s="6">
         <v>3916.0</v>
       </c>
-      <c r="BM26" s="6">
+      <c r="BN26" s="6">
         <v>3905.0</v>
       </c>
-      <c r="BN26" s="6">
+      <c r="BO26" s="6">
         <v>3897.0</v>
       </c>
-      <c r="BO26" s="6">
+      <c r="BP26" s="6">
         <v>3887.0</v>
       </c>
-      <c r="BP26" s="6">
+      <c r="BQ26" s="6">
         <v>3885.0</v>
       </c>
-      <c r="BQ26" s="6">
+      <c r="BR26" s="6">
         <v>3848.0</v>
       </c>
-      <c r="BR26" s="6">
+      <c r="BS26" s="6">
         <v>3820.0</v>
       </c>
-      <c r="BS26" s="6">
+      <c r="BT26" s="6">
         <v>3850.0</v>
       </c>
-      <c r="BT26" s="6">
+      <c r="BU26" s="6">
         <v>3836.0</v>
       </c>
-      <c r="BU26" s="6">
+      <c r="BV26" s="6">
         <v>3837.0</v>
       </c>
-      <c r="BV26" s="6">
+      <c r="BW26" s="6">
         <v>4013.0</v>
       </c>
-      <c r="BW26" s="6">
+      <c r="BX26" s="6">
         <v>3907.0</v>
       </c>
-      <c r="BX26" s="6">
+      <c r="BY26" s="6">
         <v>3891.0</v>
       </c>
-      <c r="BY26" s="6">
+      <c r="BZ26" s="6">
         <v>3880.0</v>
       </c>
-      <c r="BZ26" s="6">
+      <c r="CA26" s="6">
         <v>3864.0</v>
       </c>
-      <c r="CA26" s="6">
+      <c r="CB26" s="6">
         <v>3852.0</v>
       </c>
-      <c r="CB26" s="6">
+      <c r="CC26" s="6">
         <v>3850.0</v>
       </c>
-      <c r="CC26" s="6">
+      <c r="CD26" s="6">
         <v>3840.0</v>
       </c>
-      <c r="CD26" s="6">
+      <c r="CE26" s="6">
         <v>3799.0</v>
       </c>
-      <c r="CE26" s="6">
+      <c r="CF26" s="6">
         <v>3784.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3751.0</v>
       </c>
       <c r="CG26" s="6">
         <v>3751.0</v>
       </c>
+      <c r="CH26" s="6">
+        <v>3751.0</v>
+      </c>
     </row>
-    <row r="27" spans="1:85">
+    <row r="27" spans="1:86">
       <c r="C27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D27" s="6">
-        <v>67580623.0</v>
+        <v>65961296.0</v>
       </c>
       <c r="E27" s="6">
-        <v>61338551.0</v>
+        <v>67610990.0</v>
       </c>
       <c r="F27" s="6">
-        <v>62383950.0</v>
+        <v>61335457.0</v>
       </c>
       <c r="G27" s="6">
-        <v>67499081.0</v>
+        <v>62395051.0</v>
       </c>
       <c r="H27" s="6">
-        <v>77499481.0</v>
+        <v>67510072.0</v>
       </c>
       <c r="I27" s="6">
-        <v>66144588.0</v>
+        <v>77500465.0</v>
       </c>
       <c r="J27" s="6">
-        <v>64478511.0</v>
+        <v>66131352.0</v>
       </c>
       <c r="K27" s="6">
-        <v>62530217.0</v>
+        <v>64442525.0</v>
       </c>
       <c r="L27" s="6">
-        <v>63187543.0</v>
+        <v>62490005.0</v>
       </c>
       <c r="M27" s="6">
-        <v>28115795.0</v>
+        <v>63141097.0</v>
       </c>
       <c r="N27" s="6">
-        <v>99481359.0</v>
+        <v>28114657.0</v>
       </c>
       <c r="O27" s="6">
-        <v>59895414.0</v>
+        <v>99478420.0</v>
       </c>
       <c r="P27" s="6">
-        <v>61363721.0</v>
+        <v>59897180.0</v>
       </c>
       <c r="Q27" s="6">
-        <v>56018460.0</v>
+        <v>61360891.0</v>
       </c>
       <c r="R27" s="6">
-        <v>56582135.0</v>
+        <v>56014449.0</v>
       </c>
       <c r="S27" s="6">
-        <v>60315899.0</v>
+        <v>56577601.0</v>
       </c>
       <c r="T27" s="6">
-        <v>71200576.0</v>
+        <v>60311883.0</v>
       </c>
       <c r="U27" s="6">
-        <v>59491209.0</v>
+        <v>71196105.0</v>
       </c>
       <c r="V27" s="6">
-        <v>58771482.0</v>
+        <v>59487725.0</v>
       </c>
       <c r="W27" s="6">
-        <v>59031938.0</v>
+        <v>58766781.0</v>
       </c>
       <c r="X27" s="6">
-        <v>56503818.0</v>
+        <v>59028329.0</v>
       </c>
       <c r="Y27" s="6">
-        <v>25036382.0</v>
+        <v>56501276.0</v>
       </c>
       <c r="Z27" s="6">
-        <v>92701425.0</v>
+        <v>25033509.0</v>
       </c>
       <c r="AA27" s="6">
-        <v>53748802.0</v>
+        <v>92697240.0</v>
       </c>
       <c r="AB27" s="6">
-        <v>56412653.0</v>
+        <v>53746063.0</v>
       </c>
       <c r="AC27" s="6">
-        <v>51567211.0</v>
+        <v>56408086.0</v>
       </c>
       <c r="AD27" s="6">
-        <v>51253742.0</v>
+        <v>51563632.0</v>
       </c>
       <c r="AE27" s="6">
-        <v>54607177.0</v>
+        <v>51249529.0</v>
       </c>
       <c r="AF27" s="6">
-        <v>65863897.0</v>
+        <v>54603673.0</v>
       </c>
       <c r="AG27" s="6">
-        <v>55701617.0</v>
+        <v>65861809.0</v>
       </c>
       <c r="AH27" s="6">
-        <v>53046891.0</v>
+        <v>55700605.0</v>
       </c>
       <c r="AI27" s="6">
-        <v>52834400.0</v>
+        <v>53043501.0</v>
       </c>
       <c r="AJ27" s="6">
-        <v>51499080.0</v>
+        <v>52832376.0</v>
       </c>
       <c r="AK27" s="6">
-        <v>23031861.0</v>
+        <v>51496416.0</v>
       </c>
       <c r="AL27" s="6">
-        <v>83629250.0</v>
+        <v>23031591.0</v>
       </c>
       <c r="AM27" s="6">
-        <v>48913943.0</v>
+        <v>83628229.0</v>
       </c>
       <c r="AN27" s="6">
-        <v>50116756.0</v>
+        <v>48912479.0</v>
       </c>
       <c r="AO27" s="6">
-        <v>48562273.0</v>
+        <v>50114159.0</v>
       </c>
       <c r="AP27" s="6">
-        <v>45568809.0</v>
+        <v>48560027.0</v>
       </c>
       <c r="AQ27" s="6">
-        <v>50098028.0</v>
+        <v>45565431.0</v>
       </c>
       <c r="AR27" s="6">
-        <v>59480482.0</v>
+        <v>50093603.0</v>
       </c>
       <c r="AS27" s="6">
-        <v>50553316.0</v>
+        <v>59476916.0</v>
       </c>
       <c r="AT27" s="6">
-        <v>49407139.0</v>
+        <v>50552627.0</v>
       </c>
       <c r="AU27" s="6">
-        <v>48079630.0</v>
+        <v>49405597.0</v>
       </c>
       <c r="AV27" s="6">
-        <v>45664475.0</v>
+        <v>48078585.0</v>
       </c>
       <c r="AW27" s="6">
-        <v>19930894.0</v>
+        <v>45663555.0</v>
       </c>
       <c r="AX27" s="6">
-        <v>75332021.0</v>
+        <v>19929480.0</v>
       </c>
       <c r="AY27" s="6">
-        <v>44346408.0</v>
+        <v>75332118.0</v>
       </c>
       <c r="AZ27" s="6">
-        <v>46491194.0</v>
+        <v>44344906.0</v>
       </c>
       <c r="BA27" s="6">
-        <v>42128488.0</v>
+        <v>46489867.0</v>
       </c>
       <c r="BB27" s="6">
-        <v>41971377.0</v>
+        <v>42125700.0</v>
       </c>
       <c r="BC27" s="6">
-        <v>45431903.0</v>
+        <v>41967765.0</v>
       </c>
       <c r="BD27" s="6">
-        <v>52858531.0</v>
+        <v>45429694.0</v>
       </c>
       <c r="BE27" s="6">
-        <v>43447801.0</v>
+        <v>52857088.0</v>
       </c>
       <c r="BF27" s="6">
-        <v>42552851.0</v>
+        <v>43446805.0</v>
       </c>
       <c r="BG27" s="6">
-        <v>41309754.0</v>
+        <v>42550838.0</v>
       </c>
       <c r="BH27" s="6">
-        <v>39792795.0</v>
+        <v>41308949.0</v>
       </c>
       <c r="BI27" s="6">
-        <v>19167150.0</v>
+        <v>39790589.0</v>
       </c>
       <c r="BJ27" s="6">
+        <v>19164614.0</v>
+      </c>
+      <c r="BK27" s="6">
         <v>67237852.0</v>
       </c>
-      <c r="BK27" s="6">
+      <c r="BL27" s="6">
         <v>40711260.0</v>
       </c>
-      <c r="BL27" s="6">
+      <c r="BM27" s="6">
         <v>41384500.0</v>
       </c>
-      <c r="BM27" s="6">
+      <c r="BN27" s="6">
         <v>37225406.0</v>
       </c>
-      <c r="BN27" s="6">
+      <c r="BO27" s="6">
         <v>38257587.0</v>
       </c>
-      <c r="BO27" s="6">
+      <c r="BP27" s="6">
         <v>40971742.0</v>
       </c>
-      <c r="BP27" s="6">
+      <c r="BQ27" s="6">
         <v>41922659.0</v>
       </c>
-      <c r="BQ27" s="6">
+      <c r="BR27" s="6">
         <v>35892439.0</v>
       </c>
-      <c r="BR27" s="6">
+      <c r="BS27" s="6">
         <v>38201793.0</v>
       </c>
-      <c r="BS27" s="6">
+      <c r="BT27" s="6">
         <v>39031055.0</v>
       </c>
-      <c r="BT27" s="6">
+      <c r="BU27" s="6">
         <v>38908476.0</v>
       </c>
-      <c r="BU27" s="6">
+      <c r="BV27" s="6">
         <v>17810226.0</v>
       </c>
-      <c r="BV27" s="6">
+      <c r="BW27" s="6">
         <v>61019839.0</v>
       </c>
-      <c r="BW27" s="6">
+      <c r="BX27" s="6">
         <v>38079676.0</v>
       </c>
-      <c r="BX27" s="6">
+      <c r="BY27" s="6">
         <v>38955949.0</v>
       </c>
-      <c r="BY27" s="6">
+      <c r="BZ27" s="6">
         <v>35648410.0</v>
       </c>
-      <c r="BZ27" s="6">
+      <c r="CA27" s="6">
         <v>35824118.0</v>
       </c>
-      <c r="CA27" s="6">
+      <c r="CB27" s="6">
         <v>38812549.0</v>
       </c>
-      <c r="CB27" s="6">
+      <c r="CC27" s="6">
         <v>44698761.0</v>
       </c>
-      <c r="CC27" s="6">
+      <c r="CD27" s="6">
         <v>38573039.0</v>
       </c>
-      <c r="CD27" s="6">
+      <c r="CE27" s="6">
         <v>37045845.0</v>
       </c>
-      <c r="CE27" s="6">
+      <c r="CF27" s="6">
         <v>35466922.0</v>
       </c>
-      <c r="CF27" s="6">
+      <c r="CG27" s="6">
         <v>35518642.0</v>
       </c>
-      <c r="CG27" s="6">
+      <c r="CH27" s="6">
         <v>12683832.0</v>
       </c>
     </row>
-    <row r="28" spans="1:85">
+    <row r="28" spans="1:86">
       <c r="C28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D28" s="6">
-        <v>11012452.0</v>
+        <v>10736942.0</v>
       </c>
       <c r="E28" s="6">
-        <v>9685735.0</v>
+        <v>11015148.0</v>
       </c>
       <c r="F28" s="6">
-        <v>10127338.0</v>
+        <v>9684090.0</v>
       </c>
       <c r="G28" s="6">
-        <v>10772671.0</v>
+        <v>10128704.0</v>
       </c>
       <c r="H28" s="6">
-        <v>12567502.0</v>
+        <v>10774615.0</v>
       </c>
       <c r="I28" s="6">
-        <v>10564908.0</v>
+        <v>12567487.0</v>
       </c>
       <c r="J28" s="6">
-        <v>10214291.0</v>
+        <v>10563246.0</v>
       </c>
       <c r="K28" s="6">
-        <v>9766872.0</v>
+        <v>10209536.0</v>
       </c>
       <c r="L28" s="6">
-        <v>9858630.0</v>
+        <v>9761130.0</v>
       </c>
       <c r="M28" s="6">
-        <v>4128515.0</v>
+        <v>9852241.0</v>
       </c>
       <c r="N28" s="6">
-        <v>16266003.0</v>
+        <v>4128417.0</v>
       </c>
       <c r="O28" s="6">
-        <v>9429234.0</v>
+        <v>16265559.0</v>
       </c>
       <c r="P28" s="6">
-        <v>9651117.0</v>
+        <v>9430364.0</v>
       </c>
       <c r="Q28" s="6">
-        <v>8736942.0</v>
+        <v>9650560.0</v>
       </c>
       <c r="R28" s="6">
-        <v>8878742.0</v>
+        <v>8736238.0</v>
       </c>
       <c r="S28" s="6">
-        <v>9257562.0</v>
+        <v>8877995.0</v>
       </c>
       <c r="T28" s="6">
-        <v>11206135.0</v>
+        <v>9256909.0</v>
       </c>
       <c r="U28" s="6">
-        <v>9117669.0</v>
+        <v>11205492.0</v>
       </c>
       <c r="V28" s="6">
-        <v>9041591.0</v>
+        <v>9117208.0</v>
       </c>
       <c r="W28" s="6">
-        <v>8911350.0</v>
+        <v>9041009.0</v>
       </c>
       <c r="X28" s="6">
-        <v>8563613.0</v>
+        <v>8910884.0</v>
       </c>
       <c r="Y28" s="6">
-        <v>3589559.0</v>
+        <v>8563129.0</v>
       </c>
       <c r="Z28" s="6">
-        <v>15350113.0</v>
+        <v>3589071.0</v>
       </c>
       <c r="AA28" s="6">
-        <v>8446894.0</v>
+        <v>15349326.0</v>
       </c>
       <c r="AB28" s="6">
-        <v>8926824.0</v>
+        <v>8446273.0</v>
       </c>
       <c r="AC28" s="6">
-        <v>8098256.0</v>
+        <v>8926163.0</v>
       </c>
       <c r="AD28" s="6">
-        <v>8048459.0</v>
+        <v>8097632.0</v>
       </c>
       <c r="AE28" s="6">
-        <v>8337447.0</v>
+        <v>8047727.0</v>
       </c>
       <c r="AF28" s="6">
-        <v>10372417.0</v>
+        <v>8336747.0</v>
       </c>
       <c r="AG28" s="6">
-        <v>8546053.0</v>
+        <v>10371969.0</v>
       </c>
       <c r="AH28" s="6">
-        <v>8097453.0</v>
+        <v>8545613.0</v>
       </c>
       <c r="AI28" s="6">
-        <v>7935927.0</v>
+        <v>8096822.0</v>
       </c>
       <c r="AJ28" s="6">
-        <v>7783486.0</v>
+        <v>7935538.0</v>
       </c>
       <c r="AK28" s="6">
-        <v>3286007.0</v>
+        <v>7782980.0</v>
       </c>
       <c r="AL28" s="6">
-        <v>13584318.0</v>
+        <v>3285704.0</v>
       </c>
       <c r="AM28" s="6">
-        <v>7532428.0</v>
+        <v>13583917.0</v>
       </c>
       <c r="AN28" s="6">
-        <v>7755472.0</v>
+        <v>7532068.0</v>
       </c>
       <c r="AO28" s="6">
-        <v>7493688.0</v>
+        <v>7755051.0</v>
       </c>
       <c r="AP28" s="6">
-        <v>6926478.0</v>
+        <v>7493248.0</v>
       </c>
       <c r="AQ28" s="6">
-        <v>7585222.0</v>
+        <v>6925842.0</v>
       </c>
       <c r="AR28" s="6">
-        <v>9254921.0</v>
+        <v>7584454.0</v>
       </c>
       <c r="AS28" s="6">
-        <v>7939120.0</v>
+        <v>9254202.0</v>
       </c>
       <c r="AT28" s="6">
-        <v>7807341.0</v>
+        <v>7938790.0</v>
       </c>
       <c r="AU28" s="6">
-        <v>7393245.0</v>
+        <v>7806909.0</v>
       </c>
       <c r="AV28" s="6">
-        <v>7022209.0</v>
+        <v>7392925.0</v>
       </c>
       <c r="AW28" s="6">
-        <v>2887989.0</v>
+        <v>7021919.0</v>
       </c>
       <c r="AX28" s="6">
-        <v>12222483.0</v>
+        <v>2887689.0</v>
       </c>
       <c r="AY28" s="6">
-        <v>6891618.0</v>
+        <v>12222160.0</v>
       </c>
       <c r="AZ28" s="6">
-        <v>7347549.0</v>
+        <v>6891275.0</v>
       </c>
       <c r="BA28" s="6">
-        <v>6590100.0</v>
+        <v>7347188.0</v>
       </c>
       <c r="BB28" s="6">
-        <v>6565142.0</v>
+        <v>6589288.0</v>
       </c>
       <c r="BC28" s="6">
-        <v>6872155.0</v>
+        <v>6564210.0</v>
       </c>
       <c r="BD28" s="6">
-        <v>8229442.0</v>
+        <v>6871607.0</v>
       </c>
       <c r="BE28" s="6">
-        <v>6656211.0</v>
+        <v>8229046.0</v>
       </c>
       <c r="BF28" s="6">
-        <v>6553172.0</v>
+        <v>6655944.0</v>
       </c>
       <c r="BG28" s="6">
-        <v>6269701.0</v>
+        <v>6552775.0</v>
       </c>
       <c r="BH28" s="6">
-        <v>6061169.0</v>
+        <v>6269471.0</v>
       </c>
       <c r="BI28" s="6">
-        <v>2714183.0</v>
+        <v>6060804.0</v>
       </c>
       <c r="BJ28" s="6">
+        <v>2713833.0</v>
+      </c>
+      <c r="BK28" s="6">
         <v>10691397.0</v>
       </c>
-      <c r="BK28" s="6">
+      <c r="BL28" s="6">
         <v>6191904.0</v>
       </c>
-      <c r="BL28" s="6">
+      <c r="BM28" s="6">
         <v>6302771.0</v>
       </c>
-      <c r="BM28" s="6">
+      <c r="BN28" s="6">
         <v>5565061.0</v>
       </c>
-      <c r="BN28" s="6">
+      <c r="BO28" s="6">
         <v>5780798.0</v>
       </c>
-      <c r="BO28" s="6">
+      <c r="BP28" s="6">
         <v>6178047.0</v>
       </c>
-      <c r="BP28" s="6">
+      <c r="BQ28" s="6">
         <v>6443789.0</v>
       </c>
-      <c r="BQ28" s="6">
+      <c r="BR28" s="6">
         <v>5438589.0</v>
       </c>
-      <c r="BR28" s="6">
+      <c r="BS28" s="6">
         <v>5814602.0</v>
       </c>
-      <c r="BS28" s="6">
+      <c r="BT28" s="6">
         <v>6007996.0</v>
       </c>
-      <c r="BT28" s="6">
+      <c r="BU28" s="6">
         <v>6058522.0</v>
       </c>
-      <c r="BU28" s="6">
+      <c r="BV28" s="6">
         <v>2573793.0</v>
       </c>
-      <c r="BV28" s="6">
+      <c r="BW28" s="6">
         <v>10198634.0</v>
       </c>
-      <c r="BW28" s="6">
+      <c r="BX28" s="6">
         <v>6102746.0</v>
       </c>
-      <c r="BX28" s="6">
+      <c r="BY28" s="6">
         <v>6301431.0</v>
       </c>
-      <c r="BY28" s="6">
+      <c r="BZ28" s="6">
         <v>5665890.0</v>
       </c>
-      <c r="BZ28" s="6">
+      <c r="CA28" s="6">
         <v>5798309.0</v>
       </c>
-      <c r="CA28" s="6">
+      <c r="CB28" s="6">
         <v>6072475.0</v>
       </c>
-      <c r="CB28" s="6">
+      <c r="CC28" s="6">
         <v>7159804.0</v>
       </c>
-      <c r="CC28" s="6">
+      <c r="CD28" s="6">
         <v>6107533.0</v>
       </c>
-      <c r="CD28" s="6">
+      <c r="CE28" s="6">
         <v>5873770.0</v>
       </c>
-      <c r="CE28" s="6">
+      <c r="CF28" s="6">
         <v>5457579.0</v>
       </c>
-      <c r="CF28" s="6">
+      <c r="CG28" s="6">
         <v>5535402.0</v>
       </c>
-      <c r="CG28" s="6">
+      <c r="CH28" s="6">
         <v>1421050.0</v>
       </c>
     </row>
-    <row r="29" spans="1:85">
+    <row r="29" spans="1:86">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Telšių apskritis</t>
           </r>
         </is>
       </c>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D29" s="6">
-        <v>3935.0</v>
+        <v>3931.0</v>
       </c>
       <c r="E29" s="6">
-        <v>3939.0</v>
+        <v>3960.0</v>
       </c>
       <c r="F29" s="6">
-        <v>3949.0</v>
+        <v>3944.0</v>
       </c>
       <c r="G29" s="6">
-        <v>3952.0</v>
+        <v>3950.0</v>
       </c>
       <c r="H29" s="6">
         <v>3956.0</v>
       </c>
       <c r="I29" s="6">
-        <v>3951.0</v>
+        <v>3958.0</v>
       </c>
       <c r="J29" s="6">
-        <v>3951.0</v>
+        <v>3952.0</v>
       </c>
       <c r="K29" s="6">
+        <v>3952.0</v>
+      </c>
+      <c r="L29" s="6">
         <v>3942.0</v>
       </c>
-      <c r="L29" s="6">
+      <c r="M29" s="6">
         <v>3924.0</v>
       </c>
-      <c r="M29" s="6">
+      <c r="N29" s="6">
+        <v>3936.0</v>
+      </c>
+      <c r="O29" s="6">
+        <v>4244.0</v>
+      </c>
+      <c r="P29" s="6">
+        <v>4066.0</v>
+      </c>
+      <c r="Q29" s="6">
+        <v>4079.0</v>
+      </c>
+      <c r="R29" s="6">
+        <v>4034.0</v>
+      </c>
+      <c r="S29" s="6">
+        <v>4020.0</v>
+      </c>
+      <c r="T29" s="6">
+        <v>4024.0</v>
+      </c>
+      <c r="U29" s="6">
+        <v>4022.0</v>
+      </c>
+      <c r="V29" s="6">
+        <v>4018.0</v>
+      </c>
+      <c r="W29" s="6">
+        <v>4004.0</v>
+      </c>
+      <c r="X29" s="6">
+        <v>3991.0</v>
+      </c>
+      <c r="Y29" s="6">
+        <v>3977.0</v>
+      </c>
+      <c r="Z29" s="6">
+        <v>3995.0</v>
+      </c>
+      <c r="AA29" s="6">
+        <v>4232.0</v>
+      </c>
+      <c r="AB29" s="6">
+        <v>4059.0</v>
+      </c>
+      <c r="AC29" s="6">
+        <v>4060.0</v>
+      </c>
+      <c r="AD29" s="6">
+        <v>4029.0</v>
+      </c>
+      <c r="AE29" s="6">
+        <v>4023.0</v>
+      </c>
+      <c r="AF29" s="6">
+        <v>4045.0</v>
+      </c>
+      <c r="AG29" s="6">
+        <v>4049.0</v>
+      </c>
+      <c r="AH29" s="6">
+        <v>4038.0</v>
+      </c>
+      <c r="AI29" s="6">
+        <v>4015.0</v>
+      </c>
+      <c r="AJ29" s="6">
+        <v>4009.0</v>
+      </c>
+      <c r="AK29" s="6">
+        <v>3997.0</v>
+      </c>
+      <c r="AL29" s="6">
+        <v>4008.0</v>
+      </c>
+      <c r="AM29" s="6">
+        <v>4220.0</v>
+      </c>
+      <c r="AN29" s="6">
+        <v>4089.0</v>
+      </c>
+      <c r="AO29" s="6">
+        <v>4071.0</v>
+      </c>
+      <c r="AP29" s="6">
+        <v>4026.0</v>
+      </c>
+      <c r="AQ29" s="6">
+        <v>4017.0</v>
+      </c>
+      <c r="AR29" s="6">
+        <v>4011.0</v>
+      </c>
+      <c r="AS29" s="6">
+        <v>4006.0</v>
+      </c>
+      <c r="AT29" s="6">
+        <v>3983.0</v>
+      </c>
+      <c r="AU29" s="6">
+        <v>3984.0</v>
+      </c>
+      <c r="AV29" s="6">
+        <v>3967.0</v>
+      </c>
+      <c r="AW29" s="6">
+        <v>3959.0</v>
+      </c>
+      <c r="AX29" s="6">
+        <v>3975.0</v>
+      </c>
+      <c r="AY29" s="6">
+        <v>4235.0</v>
+      </c>
+      <c r="AZ29" s="6">
+        <v>4043.0</v>
+      </c>
+      <c r="BA29" s="6">
+        <v>4043.0</v>
+      </c>
+      <c r="BB29" s="6">
+        <v>4029.0</v>
+      </c>
+      <c r="BC29" s="6">
+        <v>4018.0</v>
+      </c>
+      <c r="BD29" s="6">
+        <v>4009.0</v>
+      </c>
+      <c r="BE29" s="6">
+        <v>4002.0</v>
+      </c>
+      <c r="BF29" s="6">
+        <v>3963.0</v>
+      </c>
+      <c r="BG29" s="6">
         <v>3937.0</v>
       </c>
-      <c r="N29" s="6">
-[...136 lines deleted...]
-      </c>
       <c r="BH29" s="6">
-        <v>3889.0</v>
+        <v>3912.0</v>
       </c>
       <c r="BI29" s="6">
-        <v>3874.0</v>
+        <v>3883.0</v>
       </c>
       <c r="BJ29" s="6">
+        <v>3868.0</v>
+      </c>
+      <c r="BK29" s="6">
         <v>4093.0</v>
       </c>
-      <c r="BK29" s="6">
+      <c r="BL29" s="6">
         <v>3946.0</v>
       </c>
-      <c r="BL29" s="6">
+      <c r="BM29" s="6">
         <v>3936.0</v>
       </c>
-      <c r="BM29" s="6">
+      <c r="BN29" s="6">
         <v>3909.0</v>
       </c>
-      <c r="BN29" s="6">
+      <c r="BO29" s="6">
         <v>3919.0</v>
       </c>
-      <c r="BO29" s="6">
+      <c r="BP29" s="6">
         <v>3909.0</v>
       </c>
-      <c r="BP29" s="6">
+      <c r="BQ29" s="6">
         <v>3898.0</v>
       </c>
-      <c r="BQ29" s="6">
+      <c r="BR29" s="6">
         <v>3878.0</v>
       </c>
-      <c r="BR29" s="6">
+      <c r="BS29" s="6">
         <v>3848.0</v>
       </c>
-      <c r="BS29" s="6">
+      <c r="BT29" s="6">
         <v>3864.0</v>
       </c>
-      <c r="BT29" s="6">
+      <c r="BU29" s="6">
         <v>3876.0</v>
       </c>
-      <c r="BU29" s="6">
+      <c r="BV29" s="6">
         <v>3875.0</v>
       </c>
-      <c r="BV29" s="6">
+      <c r="BW29" s="6">
         <v>4100.0</v>
       </c>
-      <c r="BW29" s="6">
+      <c r="BX29" s="6">
         <v>3921.0</v>
       </c>
-      <c r="BX29" s="6">
+      <c r="BY29" s="6">
         <v>3896.0</v>
       </c>
-      <c r="BY29" s="6">
+      <c r="BZ29" s="6">
         <v>3883.0</v>
       </c>
-      <c r="BZ29" s="6">
+      <c r="CA29" s="6">
         <v>3879.0</v>
       </c>
-      <c r="CA29" s="6">
+      <c r="CB29" s="6">
         <v>3883.0</v>
       </c>
-      <c r="CB29" s="6">
+      <c r="CC29" s="6">
         <v>3895.0</v>
       </c>
-      <c r="CC29" s="6">
+      <c r="CD29" s="6">
         <v>3870.0</v>
       </c>
-      <c r="CD29" s="6">
+      <c r="CE29" s="6">
         <v>3869.0</v>
       </c>
-      <c r="CE29" s="6">
+      <c r="CF29" s="6">
         <v>3860.0</v>
       </c>
-      <c r="CF29" s="6">
+      <c r="CG29" s="6">
         <v>3846.0</v>
       </c>
-      <c r="CG29" s="6">
+      <c r="CH29" s="6">
         <v>3858.0</v>
       </c>
     </row>
-    <row r="30" spans="1:85">
+    <row r="30" spans="1:86">
       <c r="C30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D30" s="6">
-        <v>88064874.0</v>
+        <v>86670158.0</v>
       </c>
       <c r="E30" s="6">
-        <v>78863157.0</v>
+        <v>88149862.0</v>
       </c>
       <c r="F30" s="6">
-        <v>82397244.0</v>
+        <v>78867483.0</v>
       </c>
       <c r="G30" s="6">
-        <v>87919754.0</v>
+        <v>82267204.0</v>
       </c>
       <c r="H30" s="6">
-        <v>98772705.0</v>
+        <v>87913331.0</v>
       </c>
       <c r="I30" s="6">
-        <v>84709180.0</v>
+        <v>98763880.0</v>
       </c>
       <c r="J30" s="6">
-        <v>82487282.0</v>
+        <v>84693188.0</v>
       </c>
       <c r="K30" s="6">
-        <v>77804610.0</v>
+        <v>82467510.0</v>
       </c>
       <c r="L30" s="6">
-        <v>80696663.0</v>
+        <v>77759569.0</v>
       </c>
       <c r="M30" s="6">
-        <v>41858695.0</v>
+        <v>80683833.0</v>
       </c>
       <c r="N30" s="6">
-        <v>124080866.0</v>
+        <v>41853129.0</v>
       </c>
       <c r="O30" s="6">
-        <v>79306053.0</v>
+        <v>124080743.0</v>
       </c>
       <c r="P30" s="6">
-        <v>78300180.0</v>
+        <v>79306236.0</v>
       </c>
       <c r="Q30" s="6">
-        <v>71571276.0</v>
+        <v>78312830.0</v>
       </c>
       <c r="R30" s="6">
-        <v>74793879.0</v>
+        <v>71565976.0</v>
       </c>
       <c r="S30" s="6">
-        <v>78939256.0</v>
+        <v>74783324.0</v>
       </c>
       <c r="T30" s="6">
-        <v>89543667.0</v>
+        <v>78948416.0</v>
       </c>
       <c r="U30" s="6">
-        <v>75598702.0</v>
+        <v>89525963.0</v>
       </c>
       <c r="V30" s="6">
-        <v>75107393.0</v>
+        <v>75580165.0</v>
       </c>
       <c r="W30" s="6">
-        <v>73491594.0</v>
+        <v>75089319.0</v>
       </c>
       <c r="X30" s="6">
-        <v>75337527.0</v>
+        <v>73472685.0</v>
       </c>
       <c r="Y30" s="6">
-        <v>37877385.0</v>
+        <v>75321432.0</v>
       </c>
       <c r="Z30" s="6">
-        <v>112168264.0</v>
+        <v>37867752.0</v>
       </c>
       <c r="AA30" s="6">
-        <v>70537235.0</v>
+        <v>112139779.0</v>
       </c>
       <c r="AB30" s="6">
-        <v>70412194.0</v>
+        <v>70518906.0</v>
       </c>
       <c r="AC30" s="6">
-        <v>65061283.0</v>
+        <v>70408733.0</v>
       </c>
       <c r="AD30" s="6">
-        <v>66089157.0</v>
+        <v>65063480.0</v>
       </c>
       <c r="AE30" s="6">
-        <v>70783137.0</v>
+        <v>66093873.0</v>
       </c>
       <c r="AF30" s="6">
-        <v>80456653.0</v>
+        <v>70786791.0</v>
       </c>
       <c r="AG30" s="6">
-        <v>66996191.0</v>
+        <v>80436727.0</v>
       </c>
       <c r="AH30" s="6">
-        <v>67132919.0</v>
+        <v>66977576.0</v>
       </c>
       <c r="AI30" s="6">
-        <v>64093537.0</v>
+        <v>67112479.0</v>
       </c>
       <c r="AJ30" s="6">
-        <v>65174493.0</v>
+        <v>64073174.0</v>
       </c>
       <c r="AK30" s="6">
-        <v>33824560.0</v>
+        <v>65155666.0</v>
       </c>
       <c r="AL30" s="6">
-        <v>100784130.0</v>
+        <v>33811957.0</v>
       </c>
       <c r="AM30" s="6">
-        <v>61699491.0</v>
+        <v>100759550.0</v>
       </c>
       <c r="AN30" s="6">
-        <v>61788963.0</v>
+        <v>61688080.0</v>
       </c>
       <c r="AO30" s="6">
-        <v>60587361.0</v>
+        <v>61772166.0</v>
       </c>
       <c r="AP30" s="6">
-        <v>57682097.0</v>
+        <v>60569057.0</v>
       </c>
       <c r="AQ30" s="6">
-        <v>64431015.0</v>
+        <v>57663009.0</v>
       </c>
       <c r="AR30" s="6">
-        <v>72501557.0</v>
+        <v>64413580.0</v>
       </c>
       <c r="AS30" s="6">
-        <v>61108656.0</v>
+        <v>72484194.0</v>
       </c>
       <c r="AT30" s="6">
-        <v>60118422.0</v>
+        <v>61097641.0</v>
       </c>
       <c r="AU30" s="6">
-        <v>56549106.0</v>
+        <v>60111475.0</v>
       </c>
       <c r="AV30" s="6">
-        <v>55911042.0</v>
+        <v>56533946.0</v>
       </c>
       <c r="AW30" s="6">
-        <v>31214140.0</v>
+        <v>55895812.0</v>
       </c>
       <c r="AX30" s="6">
-        <v>88743124.0</v>
+        <v>31203463.0</v>
       </c>
       <c r="AY30" s="6">
-        <v>55274464.0</v>
+        <v>88725746.0</v>
       </c>
       <c r="AZ30" s="6">
-        <v>54592372.0</v>
+        <v>55256508.0</v>
       </c>
       <c r="BA30" s="6">
-        <v>51000697.0</v>
+        <v>54577210.0</v>
       </c>
       <c r="BB30" s="6">
-        <v>51797544.0</v>
+        <v>50986742.0</v>
       </c>
       <c r="BC30" s="6">
-        <v>55866021.0</v>
+        <v>51783576.0</v>
       </c>
       <c r="BD30" s="6">
-        <v>61833687.0</v>
+        <v>55853994.0</v>
       </c>
       <c r="BE30" s="6">
-        <v>54596283.0</v>
+        <v>61821525.0</v>
       </c>
       <c r="BF30" s="6">
-        <v>52400211.0</v>
+        <v>54583267.0</v>
       </c>
       <c r="BG30" s="6">
-        <v>49795934.0</v>
+        <v>52392324.0</v>
       </c>
       <c r="BH30" s="6">
-        <v>49189960.0</v>
+        <v>49788277.0</v>
       </c>
       <c r="BI30" s="6">
-        <v>26724090.0</v>
+        <v>49182941.0</v>
       </c>
       <c r="BJ30" s="6">
+        <v>26713655.0</v>
+      </c>
+      <c r="BK30" s="6">
         <v>78334768.0</v>
       </c>
-      <c r="BK30" s="6">
+      <c r="BL30" s="6">
         <v>49518427.0</v>
       </c>
-      <c r="BL30" s="6">
+      <c r="BM30" s="6">
         <v>50154542.0</v>
       </c>
-      <c r="BM30" s="6">
+      <c r="BN30" s="6">
         <v>45310861.0</v>
       </c>
-      <c r="BN30" s="6">
+      <c r="BO30" s="6">
         <v>47217756.0</v>
       </c>
-      <c r="BO30" s="6">
+      <c r="BP30" s="6">
         <v>51518379.0</v>
       </c>
-      <c r="BP30" s="6">
+      <c r="BQ30" s="6">
         <v>53100646.0</v>
       </c>
-      <c r="BQ30" s="6">
+      <c r="BR30" s="6">
         <v>45677600.0</v>
       </c>
-      <c r="BR30" s="6">
+      <c r="BS30" s="6">
         <v>46111270.0</v>
       </c>
-      <c r="BS30" s="6">
+      <c r="BT30" s="6">
         <v>46750279.0</v>
       </c>
-      <c r="BT30" s="6">
+      <c r="BU30" s="6">
         <v>47757336.0</v>
       </c>
-      <c r="BU30" s="6">
+      <c r="BV30" s="6">
         <v>25366806.0</v>
       </c>
-      <c r="BV30" s="6">
+      <c r="BW30" s="6">
         <v>71697663.0</v>
       </c>
-      <c r="BW30" s="6">
+      <c r="BX30" s="6">
         <v>46813931.0</v>
       </c>
-      <c r="BX30" s="6">
+      <c r="BY30" s="6">
         <v>45794216.0</v>
       </c>
-      <c r="BY30" s="6">
+      <c r="BZ30" s="6">
         <v>42303141.0</v>
       </c>
-      <c r="BZ30" s="6">
+      <c r="CA30" s="6">
         <v>43626520.0</v>
       </c>
-      <c r="CA30" s="6">
+      <c r="CB30" s="6">
         <v>47731649.0</v>
       </c>
-      <c r="CB30" s="6">
+      <c r="CC30" s="6">
         <v>51865891.0</v>
       </c>
-      <c r="CC30" s="6">
+      <c r="CD30" s="6">
         <v>45701845.0</v>
       </c>
-      <c r="CD30" s="6">
+      <c r="CE30" s="6">
         <v>44354822.0</v>
       </c>
-      <c r="CE30" s="6">
+      <c r="CF30" s="6">
         <v>41989501.0</v>
       </c>
-      <c r="CF30" s="6">
+      <c r="CG30" s="6">
         <v>42471425.0</v>
       </c>
-      <c r="CG30" s="6">
+      <c r="CH30" s="6">
         <v>15438966.0</v>
       </c>
     </row>
-    <row r="31" spans="1:85">
+    <row r="31" spans="1:86">
       <c r="C31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D31" s="6">
-        <v>14954151.0</v>
+        <v>14752333.0</v>
       </c>
       <c r="E31" s="6">
-        <v>13261193.0</v>
+        <v>14949405.0</v>
       </c>
       <c r="F31" s="6">
-        <v>13786380.0</v>
+        <v>13260336.0</v>
       </c>
       <c r="G31" s="6">
-        <v>14714801.0</v>
+        <v>13780740.0</v>
       </c>
       <c r="H31" s="6">
-        <v>16554646.0</v>
+        <v>14713675.0</v>
       </c>
       <c r="I31" s="6">
-        <v>14085256.0</v>
+        <v>16552985.0</v>
       </c>
       <c r="J31" s="6">
-        <v>13478117.0</v>
+        <v>14083679.0</v>
       </c>
       <c r="K31" s="6">
-        <v>12648544.0</v>
+        <v>13476700.0</v>
       </c>
       <c r="L31" s="6">
-        <v>13183270.0</v>
+        <v>12643199.0</v>
       </c>
       <c r="M31" s="6">
-        <v>6837503.0</v>
+        <v>13183575.0</v>
       </c>
       <c r="N31" s="6">
-        <v>21128341.0</v>
+        <v>6837465.0</v>
       </c>
       <c r="O31" s="6">
-        <v>13228289.0</v>
+        <v>21131641.0</v>
       </c>
       <c r="P31" s="6">
-        <v>12885518.0</v>
+        <v>13230296.0</v>
       </c>
       <c r="Q31" s="6">
-        <v>11782682.0</v>
+        <v>12889556.0</v>
       </c>
       <c r="R31" s="6">
-        <v>12314279.0</v>
+        <v>11781659.0</v>
       </c>
       <c r="S31" s="6">
-        <v>12786308.0</v>
+        <v>12313825.0</v>
       </c>
       <c r="T31" s="6">
-        <v>14722194.0</v>
+        <v>12789597.0</v>
       </c>
       <c r="U31" s="6">
-        <v>12069841.0</v>
+        <v>14720991.0</v>
       </c>
       <c r="V31" s="6">
-        <v>12153328.0</v>
+        <v>12068754.0</v>
       </c>
       <c r="W31" s="6">
-        <v>11633855.0</v>
+        <v>12152060.0</v>
       </c>
       <c r="X31" s="6">
-        <v>12068198.0</v>
+        <v>11632567.0</v>
       </c>
       <c r="Y31" s="6">
-        <v>6104183.0</v>
+        <v>12067308.0</v>
       </c>
       <c r="Z31" s="6">
-        <v>19017882.0</v>
+        <v>6103505.0</v>
       </c>
       <c r="AA31" s="6">
-        <v>11629751.0</v>
+        <v>19015778.0</v>
       </c>
       <c r="AB31" s="6">
-        <v>11615184.0</v>
+        <v>11628304.0</v>
       </c>
       <c r="AC31" s="6">
-        <v>10666480.0</v>
+        <v>11615823.0</v>
       </c>
       <c r="AD31" s="6">
-        <v>10707961.0</v>
+        <v>10668076.0</v>
       </c>
       <c r="AE31" s="6">
-        <v>11492373.0</v>
+        <v>10708863.0</v>
       </c>
       <c r="AF31" s="6">
-        <v>13121951.0</v>
+        <v>11493555.0</v>
       </c>
       <c r="AG31" s="6">
-        <v>10649122.0</v>
+        <v>13120297.0</v>
       </c>
       <c r="AH31" s="6">
-        <v>10687931.0</v>
+        <v>10647747.0</v>
       </c>
       <c r="AI31" s="6">
-        <v>10067088.0</v>
+        <v>10686260.0</v>
       </c>
       <c r="AJ31" s="6">
-        <v>10165551.0</v>
+        <v>10065463.0</v>
       </c>
       <c r="AK31" s="6">
-        <v>5445573.0</v>
+        <v>10164058.0</v>
       </c>
       <c r="AL31" s="6">
-        <v>16860291.0</v>
+        <v>5444603.0</v>
       </c>
       <c r="AM31" s="6">
-        <v>9899840.0</v>
+        <v>16858335.0</v>
       </c>
       <c r="AN31" s="6">
-        <v>9994352.0</v>
+        <v>9898751.0</v>
       </c>
       <c r="AO31" s="6">
-        <v>9779268.0</v>
+        <v>9992968.0</v>
       </c>
       <c r="AP31" s="6">
-        <v>9141964.0</v>
+        <v>9777756.0</v>
       </c>
       <c r="AQ31" s="6">
-        <v>10340192.0</v>
+        <v>9140247.0</v>
       </c>
       <c r="AR31" s="6">
-        <v>11808229.0</v>
+        <v>10338750.0</v>
       </c>
       <c r="AS31" s="6">
-        <v>9891234.0</v>
+        <v>11806746.0</v>
       </c>
       <c r="AT31" s="6">
-        <v>9646489.0</v>
+        <v>9890686.0</v>
       </c>
       <c r="AU31" s="6">
-        <v>8925033.0</v>
+        <v>9646539.0</v>
       </c>
       <c r="AV31" s="6">
-        <v>8832103.0</v>
+        <v>8923530.0</v>
       </c>
       <c r="AW31" s="6">
-        <v>5084135.0</v>
+        <v>8830774.0</v>
       </c>
       <c r="AX31" s="6">
-        <v>14856114.0</v>
+        <v>5082998.0</v>
       </c>
       <c r="AY31" s="6">
-        <v>8985080.0</v>
+        <v>14854453.0</v>
       </c>
       <c r="AZ31" s="6">
-        <v>8830522.0</v>
+        <v>8983052.0</v>
       </c>
       <c r="BA31" s="6">
-        <v>8290893.0</v>
+        <v>8828952.0</v>
       </c>
       <c r="BB31" s="6">
-        <v>8340446.0</v>
+        <v>8289502.0</v>
       </c>
       <c r="BC31" s="6">
-        <v>8903504.0</v>
+        <v>8339063.0</v>
       </c>
       <c r="BD31" s="6">
-        <v>9911236.0</v>
+        <v>8902366.0</v>
       </c>
       <c r="BE31" s="6">
-        <v>8652203.0</v>
+        <v>9910088.0</v>
       </c>
       <c r="BF31" s="6">
-        <v>8297780.0</v>
+        <v>8650955.0</v>
       </c>
       <c r="BG31" s="6">
-        <v>7745975.0</v>
+        <v>8297175.0</v>
       </c>
       <c r="BH31" s="6">
-        <v>7803966.0</v>
+        <v>7745294.0</v>
       </c>
       <c r="BI31" s="6">
-        <v>4281294.0</v>
+        <v>7803336.0</v>
       </c>
       <c r="BJ31" s="6">
+        <v>4280287.0</v>
+      </c>
+      <c r="BK31" s="6">
         <v>12544676.0</v>
       </c>
-      <c r="BK31" s="6">
+      <c r="BL31" s="6">
         <v>7761641.0</v>
       </c>
-      <c r="BL31" s="6">
+      <c r="BM31" s="6">
         <v>7915053.0</v>
       </c>
-      <c r="BM31" s="6">
+      <c r="BN31" s="6">
         <v>7068582.0</v>
       </c>
-      <c r="BN31" s="6">
+      <c r="BO31" s="6">
         <v>7429311.0</v>
       </c>
-      <c r="BO31" s="6">
+      <c r="BP31" s="6">
         <v>8140955.0</v>
       </c>
-      <c r="BP31" s="6">
+      <c r="BQ31" s="6">
         <v>8521207.0</v>
       </c>
-      <c r="BQ31" s="6">
+      <c r="BR31" s="6">
         <v>7285121.0</v>
       </c>
-      <c r="BR31" s="6">
+      <c r="BS31" s="6">
         <v>7163752.0</v>
       </c>
-      <c r="BS31" s="6">
+      <c r="BT31" s="6">
         <v>7392907.0</v>
       </c>
-      <c r="BT31" s="6">
+      <c r="BU31" s="6">
         <v>7585513.0</v>
       </c>
-      <c r="BU31" s="6">
+      <c r="BV31" s="6">
         <v>4071593.0</v>
       </c>
-      <c r="BV31" s="6">
+      <c r="BW31" s="6">
         <v>11995476.0</v>
       </c>
-      <c r="BW31" s="6">
+      <c r="BX31" s="6">
         <v>7679604.0</v>
       </c>
-      <c r="BX31" s="6">
+      <c r="BY31" s="6">
         <v>7442086.0</v>
       </c>
-      <c r="BY31" s="6">
+      <c r="BZ31" s="6">
         <v>6895810.0</v>
       </c>
-      <c r="BZ31" s="6">
+      <c r="CA31" s="6">
         <v>7152959.0</v>
       </c>
-      <c r="CA31" s="6">
+      <c r="CB31" s="6">
         <v>7657920.0</v>
       </c>
-      <c r="CB31" s="6">
+      <c r="CC31" s="6">
         <v>8417920.0</v>
       </c>
-      <c r="CC31" s="6">
+      <c r="CD31" s="6">
         <v>7366583.0</v>
       </c>
-      <c r="CD31" s="6">
+      <c r="CE31" s="6">
         <v>7096481.0</v>
       </c>
-      <c r="CE31" s="6">
+      <c r="CF31" s="6">
         <v>6633847.0</v>
       </c>
-      <c r="CF31" s="6">
+      <c r="CG31" s="6">
         <v>6803285.0</v>
       </c>
-      <c r="CG31" s="6">
+      <c r="CH31" s="6">
         <v>1774111.0</v>
       </c>
     </row>
-    <row r="32" spans="1:85">
+    <row r="32" spans="1:86">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Panevėžio apskritis</t>
           </r>
         </is>
       </c>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D32" s="6">
-        <v>6758.0</v>
+        <v>6784.0</v>
       </c>
       <c r="E32" s="6">
+        <v>6803.0</v>
+      </c>
+      <c r="F32" s="6">
+        <v>6700.0</v>
+      </c>
+      <c r="G32" s="6">
+        <v>6712.0</v>
+      </c>
+      <c r="H32" s="6">
+        <v>6681.0</v>
+      </c>
+      <c r="I32" s="6">
+        <v>6690.0</v>
+      </c>
+      <c r="J32" s="6">
+        <v>6688.0</v>
+      </c>
+      <c r="K32" s="6">
+        <v>6684.0</v>
+      </c>
+      <c r="L32" s="6">
+        <v>6670.0</v>
+      </c>
+      <c r="M32" s="6">
+        <v>6666.0</v>
+      </c>
+      <c r="N32" s="6">
         <v>6696.0</v>
       </c>
-      <c r="F32" s="6">
-[...25 lines deleted...]
-      </c>
       <c r="O32" s="6">
-        <v>7033.0</v>
+        <v>7335.0</v>
       </c>
       <c r="P32" s="6">
-        <v>6945.0</v>
+        <v>7026.0</v>
       </c>
       <c r="Q32" s="6">
-        <v>6822.0</v>
+        <v>6937.0</v>
       </c>
       <c r="R32" s="6">
+        <v>6815.0</v>
+      </c>
+      <c r="S32" s="6">
+        <v>6805.0</v>
+      </c>
+      <c r="T32" s="6">
+        <v>6808.0</v>
+      </c>
+      <c r="U32" s="6">
+        <v>6826.0</v>
+      </c>
+      <c r="V32" s="6">
+        <v>6813.0</v>
+      </c>
+      <c r="W32" s="6">
         <v>6812.0</v>
       </c>
-      <c r="S32" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="X32" s="6">
-        <v>6785.0</v>
+        <v>6787.0</v>
       </c>
       <c r="Y32" s="6">
-        <v>6789.0</v>
+        <v>6779.0</v>
       </c>
       <c r="Z32" s="6">
-        <v>7450.0</v>
+        <v>6782.0</v>
       </c>
       <c r="AA32" s="6">
-        <v>7115.0</v>
+        <v>7441.0</v>
       </c>
       <c r="AB32" s="6">
-        <v>6982.0</v>
+        <v>7107.0</v>
       </c>
       <c r="AC32" s="6">
-        <v>6925.0</v>
+        <v>6974.0</v>
       </c>
       <c r="AD32" s="6">
-        <v>6938.0</v>
+        <v>6917.0</v>
       </c>
       <c r="AE32" s="6">
-        <v>6918.0</v>
+        <v>6930.0</v>
       </c>
       <c r="AF32" s="6">
-        <v>6935.0</v>
+        <v>6910.0</v>
       </c>
       <c r="AG32" s="6">
-        <v>6895.0</v>
+        <v>6927.0</v>
       </c>
       <c r="AH32" s="6">
-        <v>6873.0</v>
+        <v>6887.0</v>
       </c>
       <c r="AI32" s="6">
-        <v>6846.0</v>
+        <v>6866.0</v>
       </c>
       <c r="AJ32" s="6">
-        <v>6820.0</v>
+        <v>6841.0</v>
       </c>
       <c r="AK32" s="6">
-        <v>6848.0</v>
+        <v>6814.0</v>
       </c>
       <c r="AL32" s="6">
-        <v>7424.0</v>
+        <v>6842.0</v>
       </c>
       <c r="AM32" s="6">
+        <v>7417.0</v>
+      </c>
+      <c r="AN32" s="6">
+        <v>7133.0</v>
+      </c>
+      <c r="AO32" s="6">
+        <v>7024.0</v>
+      </c>
+      <c r="AP32" s="6">
+        <v>6944.0</v>
+      </c>
+      <c r="AQ32" s="6">
+        <v>6910.0</v>
+      </c>
+      <c r="AR32" s="6">
+        <v>6897.0</v>
+      </c>
+      <c r="AS32" s="6">
+        <v>6892.0</v>
+      </c>
+      <c r="AT32" s="6">
+        <v>6874.0</v>
+      </c>
+      <c r="AU32" s="6">
+        <v>6842.0</v>
+      </c>
+      <c r="AV32" s="6">
+        <v>6819.0</v>
+      </c>
+      <c r="AW32" s="6">
+        <v>6809.0</v>
+      </c>
+      <c r="AX32" s="6">
+        <v>6844.0</v>
+      </c>
+      <c r="AY32" s="6">
+        <v>7378.0</v>
+      </c>
+      <c r="AZ32" s="6">
+        <v>7078.0</v>
+      </c>
+      <c r="BA32" s="6">
+        <v>6950.0</v>
+      </c>
+      <c r="BB32" s="6">
+        <v>6849.0</v>
+      </c>
+      <c r="BC32" s="6">
+        <v>6806.0</v>
+      </c>
+      <c r="BD32" s="6">
+        <v>6786.0</v>
+      </c>
+      <c r="BE32" s="6">
+        <v>6771.0</v>
+      </c>
+      <c r="BF32" s="6">
+        <v>6712.0</v>
+      </c>
+      <c r="BG32" s="6">
+        <v>6678.0</v>
+      </c>
+      <c r="BH32" s="6">
+        <v>6625.0</v>
+      </c>
+      <c r="BI32" s="6">
+        <v>6565.0</v>
+      </c>
+      <c r="BJ32" s="6">
+        <v>6556.0</v>
+      </c>
+      <c r="BK32" s="6">
+        <v>7149.0</v>
+      </c>
+      <c r="BL32" s="6">
+        <v>6813.0</v>
+      </c>
+      <c r="BM32" s="6">
+        <v>6735.0</v>
+      </c>
+      <c r="BN32" s="6">
+        <v>6631.0</v>
+      </c>
+      <c r="BO32" s="6">
+        <v>6601.0</v>
+      </c>
+      <c r="BP32" s="6">
+        <v>6597.0</v>
+      </c>
+      <c r="BQ32" s="6">
+        <v>6587.0</v>
+      </c>
+      <c r="BR32" s="6">
+        <v>6551.0</v>
+      </c>
+      <c r="BS32" s="6">
+        <v>6528.0</v>
+      </c>
+      <c r="BT32" s="6">
+        <v>6573.0</v>
+      </c>
+      <c r="BU32" s="6">
+        <v>6572.0</v>
+      </c>
+      <c r="BV32" s="6">
+        <v>6616.0</v>
+      </c>
+      <c r="BW32" s="6">
         <v>7139.0</v>
       </c>
-      <c r="AN32" s="6">
-[...104 lines deleted...]
-      <c r="BW32" s="6">
+      <c r="BX32" s="6">
         <v>6774.0</v>
       </c>
-      <c r="BX32" s="6">
+      <c r="BY32" s="6">
         <v>6707.0</v>
       </c>
-      <c r="BY32" s="6">
+      <c r="BZ32" s="6">
         <v>6654.0</v>
       </c>
-      <c r="BZ32" s="6">
+      <c r="CA32" s="6">
         <v>6620.0</v>
       </c>
-      <c r="CA32" s="6">
+      <c r="CB32" s="6">
         <v>6602.0</v>
       </c>
-      <c r="CB32" s="6">
+      <c r="CC32" s="6">
         <v>6599.0</v>
       </c>
-      <c r="CC32" s="6">
+      <c r="CD32" s="6">
         <v>6545.0</v>
       </c>
-      <c r="CD32" s="6">
+      <c r="CE32" s="6">
         <v>6533.0</v>
       </c>
-      <c r="CE32" s="6">
+      <c r="CF32" s="6">
         <v>6482.0</v>
       </c>
-      <c r="CF32" s="6">
+      <c r="CG32" s="6">
         <v>6464.0</v>
       </c>
-      <c r="CG32" s="6">
+      <c r="CH32" s="6">
         <v>6514.0</v>
       </c>
     </row>
-    <row r="33" spans="1:85">
+    <row r="33" spans="1:86">
       <c r="C33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D33" s="6">
-        <v>128046394.0</v>
+        <v>125412830.0</v>
       </c>
       <c r="E33" s="6">
-        <v>116218777.0</v>
+        <v>128125822.0</v>
       </c>
       <c r="F33" s="6">
-        <v>117417394.0</v>
+        <v>116129168.0</v>
       </c>
       <c r="G33" s="6">
-        <v>129951323.0</v>
+        <v>117367876.0</v>
       </c>
       <c r="H33" s="6">
-        <v>146683560.0</v>
+        <v>129866997.0</v>
       </c>
       <c r="I33" s="6">
-        <v>126146533.0</v>
+        <v>146693776.0</v>
       </c>
       <c r="J33" s="6">
-        <v>124318569.0</v>
+        <v>126065878.0</v>
       </c>
       <c r="K33" s="6">
-        <v>117737387.0</v>
+        <v>124248709.0</v>
       </c>
       <c r="L33" s="6">
-        <v>118065418.0</v>
+        <v>117678902.0</v>
       </c>
       <c r="M33" s="6">
-        <v>52090595.0</v>
+        <v>117999378.0</v>
       </c>
       <c r="N33" s="6">
-        <v>193965011.0</v>
+        <v>52084671.0</v>
       </c>
       <c r="O33" s="6">
-        <v>114207581.0</v>
+        <v>193908495.0</v>
       </c>
       <c r="P33" s="6">
-        <v>118721328.0</v>
+        <v>114145634.0</v>
       </c>
       <c r="Q33" s="6">
-        <v>105971704.0</v>
+        <v>118662871.0</v>
       </c>
       <c r="R33" s="6">
-        <v>109166051.0</v>
+        <v>105949073.0</v>
       </c>
       <c r="S33" s="6">
-        <v>118333676.0</v>
+        <v>109096199.0</v>
       </c>
       <c r="T33" s="6">
-        <v>134579618.0</v>
+        <v>118267246.0</v>
       </c>
       <c r="U33" s="6">
-        <v>117305806.0</v>
+        <v>134511642.0</v>
       </c>
       <c r="V33" s="6">
-        <v>112260009.0</v>
+        <v>117248715.0</v>
       </c>
       <c r="W33" s="6">
-        <v>112335631.0</v>
+        <v>112209040.0</v>
       </c>
       <c r="X33" s="6">
-        <v>111152002.0</v>
+        <v>112293172.0</v>
       </c>
       <c r="Y33" s="6">
-        <v>47758523.0</v>
+        <v>111085727.0</v>
       </c>
       <c r="Z33" s="6">
-        <v>177282307.0</v>
+        <v>47754435.0</v>
       </c>
       <c r="AA33" s="6">
-        <v>106194307.0</v>
+        <v>177191718.0</v>
       </c>
       <c r="AB33" s="6">
-        <v>111545311.0</v>
+        <v>106125520.0</v>
       </c>
       <c r="AC33" s="6">
-        <v>98932708.0</v>
+        <v>111485499.0</v>
       </c>
       <c r="AD33" s="6">
-        <v>99790548.0</v>
+        <v>98884051.0</v>
       </c>
       <c r="AE33" s="6">
-        <v>108795027.0</v>
+        <v>99727560.0</v>
       </c>
       <c r="AF33" s="6">
-        <v>126752099.0</v>
+        <v>108745391.0</v>
       </c>
       <c r="AG33" s="6">
-        <v>106093876.0</v>
+        <v>126704739.0</v>
       </c>
       <c r="AH33" s="6">
-        <v>105263012.0</v>
+        <v>106050146.0</v>
       </c>
       <c r="AI33" s="6">
-        <v>100412387.0</v>
+        <v>105219921.0</v>
       </c>
       <c r="AJ33" s="6">
-        <v>99213615.0</v>
+        <v>100418796.0</v>
       </c>
       <c r="AK33" s="6">
-        <v>43323468.0</v>
+        <v>99152856.0</v>
       </c>
       <c r="AL33" s="6">
-        <v>157423518.0</v>
+        <v>43323766.0</v>
       </c>
       <c r="AM33" s="6">
-        <v>95590274.0</v>
+        <v>157336890.0</v>
       </c>
       <c r="AN33" s="6">
-        <v>99829265.0</v>
+        <v>95555597.0</v>
       </c>
       <c r="AO33" s="6">
-        <v>87003931.0</v>
+        <v>99795491.0</v>
       </c>
       <c r="AP33" s="6">
-        <v>88476360.0</v>
+        <v>86970864.0</v>
       </c>
       <c r="AQ33" s="6">
-        <v>97481892.0</v>
+        <v>88447345.0</v>
       </c>
       <c r="AR33" s="6">
-        <v>110376971.0</v>
+        <v>97452311.0</v>
       </c>
       <c r="AS33" s="6">
-        <v>95311611.0</v>
+        <v>110339042.0</v>
       </c>
       <c r="AT33" s="6">
-        <v>92909018.0</v>
+        <v>95279937.0</v>
       </c>
       <c r="AU33" s="6">
-        <v>86350208.0</v>
+        <v>92880172.0</v>
       </c>
       <c r="AV33" s="6">
-        <v>86984156.0</v>
+        <v>86323583.0</v>
       </c>
       <c r="AW33" s="6">
-        <v>39353356.0</v>
+        <v>86957960.0</v>
       </c>
       <c r="AX33" s="6">
-        <v>140863434.0</v>
+        <v>39348606.0</v>
       </c>
       <c r="AY33" s="6">
-        <v>85343390.0</v>
+        <v>140807923.0</v>
       </c>
       <c r="AZ33" s="6">
-        <v>85987893.0</v>
+        <v>85314565.0</v>
       </c>
       <c r="BA33" s="6">
-        <v>78420053.0</v>
+        <v>85961568.0</v>
       </c>
       <c r="BB33" s="6">
-        <v>78263184.0</v>
+        <v>78394011.0</v>
       </c>
       <c r="BC33" s="6">
-        <v>86913852.0</v>
+        <v>78242471.0</v>
       </c>
       <c r="BD33" s="6">
-        <v>93744043.0</v>
+        <v>86884426.0</v>
       </c>
       <c r="BE33" s="6">
-        <v>82716147.0</v>
+        <v>93712495.0</v>
       </c>
       <c r="BF33" s="6">
-        <v>80695521.0</v>
+        <v>82689366.0</v>
       </c>
       <c r="BG33" s="6">
-        <v>77876760.0</v>
+        <v>80670242.0</v>
       </c>
       <c r="BH33" s="6">
-        <v>77069358.0</v>
+        <v>77852082.0</v>
       </c>
       <c r="BI33" s="6">
-        <v>35716054.0</v>
+        <v>77042321.0</v>
       </c>
       <c r="BJ33" s="6">
+        <v>35712757.0</v>
+      </c>
+      <c r="BK33" s="6">
         <v>125956809.0</v>
       </c>
-      <c r="BK33" s="6">
+      <c r="BL33" s="6">
         <v>76699974.0</v>
       </c>
-      <c r="BL33" s="6">
+      <c r="BM33" s="6">
         <v>77212777.0</v>
       </c>
-      <c r="BM33" s="6">
+      <c r="BN33" s="6">
         <v>70846745.0</v>
       </c>
-      <c r="BN33" s="6">
+      <c r="BO33" s="6">
         <v>70962055.0</v>
       </c>
-      <c r="BO33" s="6">
+      <c r="BP33" s="6">
         <v>77514763.0</v>
       </c>
-      <c r="BP33" s="6">
+      <c r="BQ33" s="6">
         <v>81491907.0</v>
       </c>
-      <c r="BQ33" s="6">
+      <c r="BR33" s="6">
         <v>67806641.0</v>
       </c>
-      <c r="BR33" s="6">
+      <c r="BS33" s="6">
         <v>70288853.0</v>
       </c>
-      <c r="BS33" s="6">
+      <c r="BT33" s="6">
         <v>71838202.0</v>
       </c>
-      <c r="BT33" s="6">
+      <c r="BU33" s="6">
         <v>70473405.0</v>
       </c>
-      <c r="BU33" s="6">
+      <c r="BV33" s="6">
         <v>32540977.0</v>
       </c>
-      <c r="BV33" s="6">
+      <c r="BW33" s="6">
         <v>114856301.0</v>
       </c>
-      <c r="BW33" s="6">
+      <c r="BX33" s="6">
         <v>71152261.0</v>
       </c>
-      <c r="BX33" s="6">
+      <c r="BY33" s="6">
         <v>73055706.0</v>
       </c>
-      <c r="BY33" s="6">
+      <c r="BZ33" s="6">
         <v>65703435.0</v>
       </c>
-      <c r="BZ33" s="6">
+      <c r="CA33" s="6">
         <v>66242952.0</v>
       </c>
-      <c r="CA33" s="6">
+      <c r="CB33" s="6">
         <v>73597565.0</v>
       </c>
-      <c r="CB33" s="6">
+      <c r="CC33" s="6">
         <v>82364130.0</v>
       </c>
-      <c r="CC33" s="6">
+      <c r="CD33" s="6">
         <v>71642065.0</v>
       </c>
-      <c r="CD33" s="6">
+      <c r="CE33" s="6">
         <v>70598692.0</v>
       </c>
-      <c r="CE33" s="6">
+      <c r="CF33" s="6">
         <v>66000131.0</v>
       </c>
-      <c r="CF33" s="6">
+      <c r="CG33" s="6">
         <v>66630728.0</v>
       </c>
-      <c r="CG33" s="6">
+      <c r="CH33" s="6">
         <v>23625466.0</v>
       </c>
     </row>
-    <row r="34" spans="1:85">
+    <row r="34" spans="1:86">
       <c r="C34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D34" s="6">
-        <v>20883391.0</v>
+        <v>20474068.0</v>
       </c>
       <c r="E34" s="6">
-        <v>18791744.0</v>
+        <v>20896758.0</v>
       </c>
       <c r="F34" s="6">
-        <v>19145383.0</v>
+        <v>18778892.0</v>
       </c>
       <c r="G34" s="6">
-        <v>20706308.0</v>
+        <v>19139557.0</v>
       </c>
       <c r="H34" s="6">
-        <v>23570723.0</v>
+        <v>20693931.0</v>
       </c>
       <c r="I34" s="6">
-        <v>20239044.0</v>
+        <v>23573886.0</v>
       </c>
       <c r="J34" s="6">
-        <v>19704953.0</v>
+        <v>20225138.0</v>
       </c>
       <c r="K34" s="6">
-        <v>18215598.0</v>
+        <v>19693837.0</v>
       </c>
       <c r="L34" s="6">
-        <v>18654231.0</v>
+        <v>18206137.0</v>
       </c>
       <c r="M34" s="6">
-        <v>7720667.0</v>
+        <v>18643491.0</v>
       </c>
       <c r="N34" s="6">
-        <v>32185948.0</v>
+        <v>7720063.0</v>
       </c>
       <c r="O34" s="6">
-        <v>18236862.0</v>
+        <v>32179400.0</v>
       </c>
       <c r="P34" s="6">
-        <v>18908324.0</v>
+        <v>18227184.0</v>
       </c>
       <c r="Q34" s="6">
-        <v>16842605.0</v>
+        <v>18898080.0</v>
       </c>
       <c r="R34" s="6">
-        <v>17386292.0</v>
+        <v>16832218.0</v>
       </c>
       <c r="S34" s="6">
-        <v>18245695.0</v>
+        <v>17373209.0</v>
       </c>
       <c r="T34" s="6">
-        <v>21352957.0</v>
+        <v>18235589.0</v>
       </c>
       <c r="U34" s="6">
-        <v>18254988.0</v>
+        <v>21341328.0</v>
       </c>
       <c r="V34" s="6">
-        <v>17311415.0</v>
+        <v>18244824.0</v>
       </c>
       <c r="W34" s="6">
-        <v>17077053.0</v>
+        <v>17303099.0</v>
       </c>
       <c r="X34" s="6">
-        <v>17129267.0</v>
+        <v>17070734.0</v>
       </c>
       <c r="Y34" s="6">
-        <v>6967850.0</v>
+        <v>17118176.0</v>
       </c>
       <c r="Z34" s="6">
-        <v>29454195.0</v>
+        <v>6967731.0</v>
       </c>
       <c r="AA34" s="6">
-        <v>16957062.0</v>
+        <v>29438038.0</v>
       </c>
       <c r="AB34" s="6">
-        <v>17933093.0</v>
+        <v>16943207.0</v>
       </c>
       <c r="AC34" s="6">
-        <v>15967245.0</v>
+        <v>17920509.0</v>
       </c>
       <c r="AD34" s="6">
-        <v>15819948.0</v>
+        <v>15958306.0</v>
       </c>
       <c r="AE34" s="6">
-        <v>16929371.0</v>
+        <v>15808533.0</v>
       </c>
       <c r="AF34" s="6">
-        <v>20141019.0</v>
+        <v>16920955.0</v>
       </c>
       <c r="AG34" s="6">
-        <v>16489008.0</v>
+        <v>20133245.0</v>
       </c>
       <c r="AH34" s="6">
-        <v>16311317.0</v>
+        <v>16481932.0</v>
       </c>
       <c r="AI34" s="6">
-        <v>15281107.0</v>
+        <v>16305034.0</v>
       </c>
       <c r="AJ34" s="6">
-        <v>15245983.0</v>
+        <v>15282101.0</v>
       </c>
       <c r="AK34" s="6">
-        <v>6332821.0</v>
+        <v>15234585.0</v>
       </c>
       <c r="AL34" s="6">
-        <v>25860224.0</v>
+        <v>6332955.0</v>
       </c>
       <c r="AM34" s="6">
-        <v>15141167.0</v>
+        <v>25846095.0</v>
       </c>
       <c r="AN34" s="6">
-        <v>15955869.0</v>
+        <v>15137098.0</v>
       </c>
       <c r="AO34" s="6">
-        <v>13849981.0</v>
+        <v>15952175.0</v>
       </c>
       <c r="AP34" s="6">
-        <v>13824865.0</v>
+        <v>13846475.0</v>
       </c>
       <c r="AQ34" s="6">
-        <v>14982235.0</v>
+        <v>13821584.0</v>
       </c>
       <c r="AR34" s="6">
-        <v>17584677.0</v>
+        <v>14979140.0</v>
       </c>
       <c r="AS34" s="6">
-        <v>15151811.0</v>
+        <v>17580339.0</v>
       </c>
       <c r="AT34" s="6">
-        <v>14694891.0</v>
+        <v>15148031.0</v>
       </c>
       <c r="AU34" s="6">
-        <v>13312993.0</v>
+        <v>14691229.0</v>
       </c>
       <c r="AV34" s="6">
-        <v>13627345.0</v>
+        <v>13309743.0</v>
       </c>
       <c r="AW34" s="6">
-        <v>6010900.0</v>
+        <v>13624255.0</v>
       </c>
       <c r="AX34" s="6">
-        <v>23225641.0</v>
+        <v>6010637.0</v>
       </c>
       <c r="AY34" s="6">
-        <v>13650429.0</v>
+        <v>23217476.0</v>
       </c>
       <c r="AZ34" s="6">
-        <v>13759163.0</v>
+        <v>13646844.0</v>
       </c>
       <c r="BA34" s="6">
-        <v>12506767.0</v>
+        <v>13755842.0</v>
       </c>
       <c r="BB34" s="6">
-        <v>12405586.0</v>
+        <v>12503543.0</v>
       </c>
       <c r="BC34" s="6">
-        <v>13500192.0</v>
+        <v>12402764.0</v>
       </c>
       <c r="BD34" s="6">
-        <v>14738241.0</v>
+        <v>13496575.0</v>
       </c>
       <c r="BE34" s="6">
-        <v>12878833.0</v>
+        <v>14734316.0</v>
       </c>
       <c r="BF34" s="6">
-        <v>12639928.0</v>
+        <v>12875438.0</v>
       </c>
       <c r="BG34" s="6">
-        <v>11949815.0</v>
+        <v>12636650.0</v>
       </c>
       <c r="BH34" s="6">
-        <v>12006711.0</v>
+        <v>11946664.0</v>
       </c>
       <c r="BI34" s="6">
-        <v>5320085.0</v>
+        <v>12003658.0</v>
       </c>
       <c r="BJ34" s="6">
+        <v>5319878.0</v>
+      </c>
+      <c r="BK34" s="6">
         <v>20197359.0</v>
       </c>
-      <c r="BK34" s="6">
+      <c r="BL34" s="6">
         <v>11852592.0</v>
       </c>
-      <c r="BL34" s="6">
+      <c r="BM34" s="6">
         <v>12015491.0</v>
       </c>
-      <c r="BM34" s="6">
+      <c r="BN34" s="6">
         <v>11013500.0</v>
       </c>
-      <c r="BN34" s="6">
+      <c r="BO34" s="6">
         <v>10911303.0</v>
       </c>
-      <c r="BO34" s="6">
+      <c r="BP34" s="6">
         <v>11888951.0</v>
       </c>
-      <c r="BP34" s="6">
+      <c r="BQ34" s="6">
         <v>12837199.0</v>
       </c>
-      <c r="BQ34" s="6">
+      <c r="BR34" s="6">
         <v>10484248.0</v>
       </c>
-      <c r="BR34" s="6">
+      <c r="BS34" s="6">
         <v>10766987.0</v>
       </c>
-      <c r="BS34" s="6">
+      <c r="BT34" s="6">
         <v>11052868.0</v>
       </c>
-      <c r="BT34" s="6">
+      <c r="BU34" s="6">
         <v>10878375.0</v>
       </c>
-      <c r="BU34" s="6">
+      <c r="BV34" s="6">
         <v>4799293.0</v>
       </c>
-      <c r="BV34" s="6">
+      <c r="BW34" s="6">
         <v>19152178.0</v>
       </c>
-      <c r="BW34" s="6">
+      <c r="BX34" s="6">
         <v>11530326.0</v>
       </c>
-      <c r="BX34" s="6">
+      <c r="BY34" s="6">
         <v>11834413.0</v>
       </c>
-      <c r="BY34" s="6">
+      <c r="BZ34" s="6">
         <v>10618262.0</v>
       </c>
-      <c r="BZ34" s="6">
+      <c r="CA34" s="6">
         <v>10776996.0</v>
       </c>
-      <c r="CA34" s="6">
+      <c r="CB34" s="6">
         <v>11536517.0</v>
       </c>
-      <c r="CB34" s="6">
+      <c r="CC34" s="6">
         <v>13354714.0</v>
       </c>
-      <c r="CC34" s="6">
+      <c r="CD34" s="6">
         <v>11406793.0</v>
       </c>
-      <c r="CD34" s="6">
+      <c r="CE34" s="6">
         <v>11201176.0</v>
       </c>
-      <c r="CE34" s="6">
+      <c r="CF34" s="6">
         <v>10339012.0</v>
       </c>
-      <c r="CF34" s="6">
+      <c r="CG34" s="6">
         <v>10430478.0</v>
       </c>
-      <c r="CG34" s="6">
+      <c r="CH34" s="6">
         <v>2668032.0</v>
       </c>
     </row>
-    <row r="35" spans="1:85">
+    <row r="35" spans="1:86">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Utenos apskritis</t>
           </r>
         </is>
       </c>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D35" s="6">
-        <v>3045.0</v>
+        <v>3032.0</v>
       </c>
       <c r="E35" s="6">
-        <v>3034.0</v>
+        <v>3066.0</v>
       </c>
       <c r="F35" s="6">
-        <v>3054.0</v>
+        <v>3043.0</v>
       </c>
       <c r="G35" s="6">
-        <v>3058.0</v>
+        <v>3060.0</v>
       </c>
       <c r="H35" s="6">
-        <v>3070.0</v>
+        <v>3062.0</v>
       </c>
       <c r="I35" s="6">
-        <v>3045.0</v>
+        <v>3072.0</v>
       </c>
       <c r="J35" s="6">
-        <v>3031.0</v>
+        <v>3047.0</v>
       </c>
       <c r="K35" s="6">
-        <v>3004.0</v>
+        <v>3033.0</v>
       </c>
       <c r="L35" s="6">
-        <v>3009.0</v>
+        <v>3006.0</v>
       </c>
       <c r="M35" s="6">
-        <v>3011.0</v>
+        <v>3012.0</v>
       </c>
       <c r="N35" s="6">
-        <v>3255.0</v>
+        <v>3012.0</v>
       </c>
       <c r="O35" s="6">
+        <v>3256.0</v>
+      </c>
+      <c r="P35" s="6">
+        <v>3129.0</v>
+      </c>
+      <c r="Q35" s="6">
+        <v>3160.0</v>
+      </c>
+      <c r="R35" s="6">
         <v>3127.0</v>
       </c>
-      <c r="P35" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="S35" s="6">
-        <v>3150.0</v>
+        <v>3143.0</v>
       </c>
       <c r="T35" s="6">
+        <v>3151.0</v>
+      </c>
+      <c r="U35" s="6">
+        <v>3171.0</v>
+      </c>
+      <c r="V35" s="6">
         <v>3170.0</v>
       </c>
-      <c r="U35" s="6">
+      <c r="W35" s="6">
         <v>3169.0</v>
       </c>
-      <c r="V35" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="X35" s="6">
-        <v>3147.0</v>
+        <v>3149.0</v>
       </c>
       <c r="Y35" s="6">
-        <v>3159.0</v>
+        <v>3149.0</v>
       </c>
       <c r="Z35" s="6">
-        <v>3384.0</v>
+        <v>3160.0</v>
       </c>
       <c r="AA35" s="6">
-        <v>3257.0</v>
+        <v>3385.0</v>
       </c>
       <c r="AB35" s="6">
-        <v>3266.0</v>
+        <v>3258.0</v>
       </c>
       <c r="AC35" s="6">
-        <v>3230.0</v>
+        <v>3267.0</v>
       </c>
       <c r="AD35" s="6">
+        <v>3231.0</v>
+      </c>
+      <c r="AE35" s="6">
+        <v>3217.0</v>
+      </c>
+      <c r="AF35" s="6">
         <v>3216.0</v>
       </c>
-      <c r="AE35" s="6">
-[...2 lines deleted...]
-      <c r="AF35" s="6">
+      <c r="AG35" s="6">
         <v>3234.0</v>
       </c>
-      <c r="AG35" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AH35" s="6">
+        <v>3216.0</v>
+      </c>
+      <c r="AI35" s="6">
         <v>3196.0</v>
       </c>
-      <c r="AI35" s="6">
+      <c r="AJ35" s="6">
         <v>3152.0</v>
       </c>
-      <c r="AJ35" s="6">
+      <c r="AK35" s="6">
         <v>3149.0</v>
       </c>
-      <c r="AK35" s="6">
+      <c r="AL35" s="6">
         <v>3164.0</v>
       </c>
-      <c r="AL35" s="6">
+      <c r="AM35" s="6">
         <v>3391.0</v>
       </c>
-      <c r="AM35" s="6">
+      <c r="AN35" s="6">
         <v>3278.0</v>
       </c>
-      <c r="AN35" s="6">
+      <c r="AO35" s="6">
         <v>3256.0</v>
       </c>
-      <c r="AO35" s="6">
+      <c r="AP35" s="6">
         <v>3264.0</v>
       </c>
-      <c r="AP35" s="6">
+      <c r="AQ35" s="6">
         <v>3240.0</v>
       </c>
-      <c r="AQ35" s="6">
+      <c r="AR35" s="6">
         <v>3256.0</v>
       </c>
-      <c r="AR35" s="6">
+      <c r="AS35" s="6">
         <v>3244.0</v>
       </c>
-      <c r="AS35" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AT35" s="6">
+        <v>3221.0</v>
+      </c>
+      <c r="AU35" s="6">
         <v>3181.0</v>
       </c>
-      <c r="AU35" s="6">
+      <c r="AV35" s="6">
         <v>3162.0</v>
       </c>
-      <c r="AV35" s="6">
+      <c r="AW35" s="6">
         <v>3155.0</v>
       </c>
-      <c r="AW35" s="6">
+      <c r="AX35" s="6">
         <v>3157.0</v>
       </c>
-      <c r="AX35" s="6">
+      <c r="AY35" s="6">
         <v>3347.0</v>
       </c>
-      <c r="AY35" s="6">
+      <c r="AZ35" s="6">
         <v>3201.0</v>
       </c>
-      <c r="AZ35" s="6">
+      <c r="BA35" s="6">
         <v>3191.0</v>
       </c>
-      <c r="BA35" s="6">
+      <c r="BB35" s="6">
         <v>3181.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3163.0</v>
       </c>
       <c r="BC35" s="6">
         <v>3163.0</v>
       </c>
       <c r="BD35" s="6">
-        <v>3140.0</v>
+        <v>3163.0</v>
       </c>
       <c r="BE35" s="6">
+        <v>3139.0</v>
+      </c>
+      <c r="BF35" s="6">
         <v>3125.0</v>
       </c>
-      <c r="BF35" s="6">
+      <c r="BG35" s="6">
         <v>3070.0</v>
       </c>
-      <c r="BG35" s="6">
+      <c r="BH35" s="6">
         <v>3044.0</v>
       </c>
-      <c r="BH35" s="6">
+      <c r="BI35" s="6">
         <v>3012.0</v>
       </c>
-      <c r="BI35" s="6">
+      <c r="BJ35" s="6">
         <v>2992.0</v>
       </c>
-      <c r="BJ35" s="6">
+      <c r="BK35" s="6">
         <v>3233.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>3051.0</v>
       </c>
       <c r="BL35" s="6">
         <v>3051.0</v>
       </c>
       <c r="BM35" s="6">
+        <v>3051.0</v>
+      </c>
+      <c r="BN35" s="6">
         <v>3018.0</v>
       </c>
-      <c r="BN35" s="6">
+      <c r="BO35" s="6">
         <v>3020.0</v>
       </c>
-      <c r="BO35" s="6">
+      <c r="BP35" s="6">
         <v>3012.0</v>
       </c>
-      <c r="BP35" s="6">
+      <c r="BQ35" s="6">
         <v>3003.0</v>
       </c>
-      <c r="BQ35" s="6">
+      <c r="BR35" s="6">
         <v>2967.0</v>
       </c>
-      <c r="BR35" s="6">
+      <c r="BS35" s="6">
         <v>2956.0</v>
       </c>
-      <c r="BS35" s="6">
+      <c r="BT35" s="6">
         <v>2976.0</v>
       </c>
-      <c r="BT35" s="6">
+      <c r="BU35" s="6">
         <v>2989.0</v>
       </c>
-      <c r="BU35" s="6">
+      <c r="BV35" s="6">
         <v>2981.0</v>
       </c>
-      <c r="BV35" s="6">
+      <c r="BW35" s="6">
         <v>3165.0</v>
       </c>
-      <c r="BW35" s="6">
+      <c r="BX35" s="6">
         <v>3050.0</v>
       </c>
-      <c r="BX35" s="6">
+      <c r="BY35" s="6">
         <v>3023.0</v>
       </c>
-      <c r="BY35" s="6">
+      <c r="BZ35" s="6">
         <v>3001.0</v>
       </c>
-      <c r="BZ35" s="6">
+      <c r="CA35" s="6">
         <v>3014.0</v>
       </c>
-      <c r="CA35" s="6">
+      <c r="CB35" s="6">
         <v>3004.0</v>
       </c>
-      <c r="CB35" s="6">
+      <c r="CC35" s="6">
         <v>3006.0</v>
       </c>
-      <c r="CC35" s="6">
+      <c r="CD35" s="6">
         <v>2994.0</v>
       </c>
-      <c r="CD35" s="6">
+      <c r="CE35" s="6">
         <v>2953.0</v>
       </c>
-      <c r="CE35" s="6">
+      <c r="CF35" s="6">
         <v>2942.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2932.0</v>
       </c>
       <c r="CG35" s="6">
         <v>2932.0</v>
       </c>
+      <c r="CH35" s="6">
+        <v>2932.0</v>
+      </c>
     </row>
-    <row r="36" spans="1:85">
+    <row r="36" spans="1:86">
       <c r="C36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D36" s="6">
-        <v>61284632.0</v>
+        <v>61767659.0</v>
       </c>
       <c r="E36" s="6">
-        <v>57212110.0</v>
+        <v>61348063.0</v>
       </c>
       <c r="F36" s="6">
-        <v>56617784.0</v>
+        <v>57221460.0</v>
       </c>
       <c r="G36" s="6">
-        <v>72943183.0</v>
+        <v>56655605.0</v>
       </c>
       <c r="H36" s="6">
-        <v>71563800.0</v>
+        <v>72998447.0</v>
       </c>
       <c r="I36" s="6">
-        <v>60104470.0</v>
+        <v>71566875.0</v>
       </c>
       <c r="J36" s="6">
-        <v>64881755.0</v>
+        <v>60115478.0</v>
       </c>
       <c r="K36" s="6">
-        <v>56956604.0</v>
+        <v>64879489.0</v>
       </c>
       <c r="L36" s="6">
-        <v>57078505.0</v>
+        <v>56950054.0</v>
       </c>
       <c r="M36" s="6">
-        <v>26318619.0</v>
+        <v>57083904.0</v>
       </c>
       <c r="N36" s="6">
-        <v>90683250.0</v>
+        <v>26347437.0</v>
       </c>
       <c r="O36" s="6">
-        <v>55650456.0</v>
+        <v>90653705.0</v>
       </c>
       <c r="P36" s="6">
-        <v>56365034.0</v>
+        <v>55658218.0</v>
       </c>
       <c r="Q36" s="6">
-        <v>50817491.0</v>
+        <v>56362056.0</v>
       </c>
       <c r="R36" s="6">
-        <v>51870318.0</v>
+        <v>50822318.0</v>
       </c>
       <c r="S36" s="6">
-        <v>58416479.0</v>
+        <v>51870274.0</v>
       </c>
       <c r="T36" s="6">
-        <v>64882673.0</v>
+        <v>58440091.0</v>
       </c>
       <c r="U36" s="6">
-        <v>55742290.0</v>
+        <v>64891903.0</v>
       </c>
       <c r="V36" s="6">
-        <v>56678452.0</v>
+        <v>55748852.0</v>
       </c>
       <c r="W36" s="6">
-        <v>53362357.0</v>
+        <v>56682149.0</v>
       </c>
       <c r="X36" s="6">
-        <v>52340981.0</v>
+        <v>53366812.0</v>
       </c>
       <c r="Y36" s="6">
-        <v>24189177.0</v>
+        <v>52347500.0</v>
       </c>
       <c r="Z36" s="6">
-        <v>81819784.0</v>
+        <v>24218312.0</v>
       </c>
       <c r="AA36" s="6">
-        <v>50675987.0</v>
+        <v>81792131.0</v>
       </c>
       <c r="AB36" s="6">
-        <v>50622881.0</v>
+        <v>50672815.0</v>
       </c>
       <c r="AC36" s="6">
-        <v>46619163.0</v>
+        <v>50619959.0</v>
       </c>
       <c r="AD36" s="6">
-        <v>47286915.0</v>
+        <v>46628735.0</v>
       </c>
       <c r="AE36" s="6">
-        <v>51645037.0</v>
+        <v>47310577.0</v>
       </c>
       <c r="AF36" s="6">
-        <v>60065304.0</v>
+        <v>51655184.0</v>
       </c>
       <c r="AG36" s="6">
-        <v>49429076.0</v>
+        <v>60068080.0</v>
       </c>
       <c r="AH36" s="6">
-        <v>50013146.0</v>
+        <v>49429470.0</v>
       </c>
       <c r="AI36" s="6">
-        <v>47865275.0</v>
+        <v>50010943.0</v>
       </c>
       <c r="AJ36" s="6">
-        <v>46852957.0</v>
+        <v>47859755.0</v>
       </c>
       <c r="AK36" s="6">
-        <v>22707756.0</v>
+        <v>46845034.0</v>
       </c>
       <c r="AL36" s="6">
-        <v>74411730.0</v>
+        <v>22708578.0</v>
       </c>
       <c r="AM36" s="6">
-        <v>45190556.0</v>
+        <v>74383796.0</v>
       </c>
       <c r="AN36" s="6">
-        <v>45194546.0</v>
+        <v>45177907.0</v>
       </c>
       <c r="AO36" s="6">
-        <v>43152526.0</v>
+        <v>45177164.0</v>
       </c>
       <c r="AP36" s="6">
-        <v>42550278.0</v>
+        <v>43140061.0</v>
       </c>
       <c r="AQ36" s="6">
-        <v>47587477.0</v>
+        <v>42553307.0</v>
       </c>
       <c r="AR36" s="6">
-        <v>55226236.0</v>
+        <v>47585236.0</v>
       </c>
       <c r="AS36" s="6">
-        <v>46144933.0</v>
+        <v>55224825.0</v>
       </c>
       <c r="AT36" s="6">
-        <v>46359609.0</v>
+        <v>46140565.0</v>
       </c>
       <c r="AU36" s="6">
-        <v>42856128.0</v>
+        <v>46357455.0</v>
       </c>
       <c r="AV36" s="6">
-        <v>42905996.0</v>
+        <v>42856425.0</v>
       </c>
       <c r="AW36" s="6">
-        <v>20754356.0</v>
+        <v>42904135.0</v>
       </c>
       <c r="AX36" s="6">
-        <v>66710888.0</v>
+        <v>20772156.0</v>
       </c>
       <c r="AY36" s="6">
-        <v>40949505.0</v>
+        <v>66667472.0</v>
       </c>
       <c r="AZ36" s="6">
-        <v>41132931.0</v>
+        <v>40937327.0</v>
       </c>
       <c r="BA36" s="6">
-        <v>39354971.0</v>
+        <v>41116633.0</v>
       </c>
       <c r="BB36" s="6">
-        <v>38918171.0</v>
+        <v>39339990.0</v>
       </c>
       <c r="BC36" s="6">
-        <v>43614883.0</v>
+        <v>38904897.0</v>
       </c>
       <c r="BD36" s="6">
-        <v>48935411.0</v>
+        <v>43607141.0</v>
       </c>
       <c r="BE36" s="6">
-        <v>41702245.0</v>
+        <v>48929269.0</v>
       </c>
       <c r="BF36" s="6">
-        <v>42022500.0</v>
+        <v>41702095.0</v>
       </c>
       <c r="BG36" s="6">
-        <v>39465645.0</v>
+        <v>42019413.0</v>
       </c>
       <c r="BH36" s="6">
-        <v>39646465.0</v>
+        <v>39455500.0</v>
       </c>
       <c r="BI36" s="6">
-        <v>19080410.0</v>
+        <v>39636260.0</v>
       </c>
       <c r="BJ36" s="6">
+        <v>19091943.0</v>
+      </c>
+      <c r="BK36" s="6">
         <v>61662061.0</v>
       </c>
-      <c r="BK36" s="6">
+      <c r="BL36" s="6">
         <v>38806345.0</v>
       </c>
-      <c r="BL36" s="6">
+      <c r="BM36" s="6">
         <v>38247988.0</v>
       </c>
-      <c r="BM36" s="6">
+      <c r="BN36" s="6">
         <v>35843698.0</v>
       </c>
-      <c r="BN36" s="6">
+      <c r="BO36" s="6">
         <v>36036186.0</v>
       </c>
-      <c r="BO36" s="6">
+      <c r="BP36" s="6">
         <v>40504838.0</v>
       </c>
-      <c r="BP36" s="6">
+      <c r="BQ36" s="6">
         <v>42129842.0</v>
       </c>
-      <c r="BQ36" s="6">
+      <c r="BR36" s="6">
         <v>34370196.0</v>
       </c>
-      <c r="BR36" s="6">
+      <c r="BS36" s="6">
         <v>38560013.0</v>
       </c>
-      <c r="BS36" s="6">
+      <c r="BT36" s="6">
         <v>37140921.0</v>
       </c>
-      <c r="BT36" s="6">
+      <c r="BU36" s="6">
         <v>36706529.0</v>
       </c>
-      <c r="BU36" s="6">
+      <c r="BV36" s="6">
         <v>17885334.0</v>
       </c>
-      <c r="BV36" s="6">
+      <c r="BW36" s="6">
         <v>56009362.0</v>
       </c>
-      <c r="BW36" s="6">
+      <c r="BX36" s="6">
         <v>35055598.0</v>
       </c>
-      <c r="BX36" s="6">
+      <c r="BY36" s="6">
         <v>35687415.0</v>
       </c>
-      <c r="BY36" s="6">
+      <c r="BZ36" s="6">
         <v>32782517.0</v>
       </c>
-      <c r="BZ36" s="6">
+      <c r="CA36" s="6">
         <v>33228756.0</v>
       </c>
-      <c r="CA36" s="6">
+      <c r="CB36" s="6">
         <v>37793410.0</v>
       </c>
-      <c r="CB36" s="6">
+      <c r="CC36" s="6">
         <v>41118460.0</v>
       </c>
-      <c r="CC36" s="6">
+      <c r="CD36" s="6">
         <v>35846149.0</v>
       </c>
-      <c r="CD36" s="6">
+      <c r="CE36" s="6">
         <v>36349288.0</v>
       </c>
-      <c r="CE36" s="6">
+      <c r="CF36" s="6">
         <v>33344067.0</v>
       </c>
-      <c r="CF36" s="6">
+      <c r="CG36" s="6">
         <v>33538018.0</v>
       </c>
-      <c r="CG36" s="6">
+      <c r="CH36" s="6">
         <v>13962520.0</v>
       </c>
     </row>
-    <row r="37" spans="1:85">
+    <row r="37" spans="1:86">
       <c r="C37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D37" s="6">
-        <v>9957252.0</v>
+        <v>10085641.0</v>
       </c>
       <c r="E37" s="6">
-        <v>9238334.0</v>
+        <v>9967788.0</v>
       </c>
       <c r="F37" s="6">
-        <v>9180874.0</v>
+        <v>9237215.0</v>
       </c>
       <c r="G37" s="6">
-        <v>10110036.0</v>
+        <v>9185503.0</v>
       </c>
       <c r="H37" s="6">
-        <v>11643006.0</v>
+        <v>10119264.0</v>
       </c>
       <c r="I37" s="6">
-        <v>9616556.0</v>
+        <v>11644464.0</v>
       </c>
       <c r="J37" s="6">
-        <v>9754352.0</v>
+        <v>9619155.0</v>
       </c>
       <c r="K37" s="6">
-        <v>8900986.0</v>
+        <v>9754555.0</v>
       </c>
       <c r="L37" s="6">
-        <v>9072999.0</v>
+        <v>8900180.0</v>
       </c>
       <c r="M37" s="6">
-        <v>4156911.0</v>
+        <v>9073261.0</v>
       </c>
       <c r="N37" s="6">
-        <v>14892811.0</v>
+        <v>4161362.0</v>
       </c>
       <c r="O37" s="6">
-        <v>8818575.0</v>
+        <v>14886781.0</v>
       </c>
       <c r="P37" s="6">
-        <v>8900894.0</v>
+        <v>8818365.0</v>
       </c>
       <c r="Q37" s="6">
-        <v>7975572.0</v>
+        <v>8899099.0</v>
       </c>
       <c r="R37" s="6">
-        <v>8154335.0</v>
+        <v>7973445.0</v>
       </c>
       <c r="S37" s="6">
-        <v>8943834.0</v>
+        <v>8151618.0</v>
       </c>
       <c r="T37" s="6">
-        <v>10221413.0</v>
+        <v>8945987.0</v>
       </c>
       <c r="U37" s="6">
-        <v>8618298.0</v>
+        <v>10222626.0</v>
       </c>
       <c r="V37" s="6">
-        <v>8883047.0</v>
+        <v>8618774.0</v>
       </c>
       <c r="W37" s="6">
-        <v>8064068.0</v>
+        <v>8883056.0</v>
       </c>
       <c r="X37" s="6">
-        <v>8092764.0</v>
+        <v>8063892.0</v>
       </c>
       <c r="Y37" s="6">
-        <v>3747735.0</v>
+        <v>8092849.0</v>
       </c>
       <c r="Z37" s="6">
-        <v>13259276.0</v>
+        <v>3751324.0</v>
       </c>
       <c r="AA37" s="6">
-        <v>8017433.0</v>
+        <v>13253167.0</v>
       </c>
       <c r="AB37" s="6">
-        <v>8011209.0</v>
+        <v>8015050.0</v>
       </c>
       <c r="AC37" s="6">
-        <v>7376335.0</v>
+        <v>8008873.0</v>
       </c>
       <c r="AD37" s="6">
-        <v>7365170.0</v>
+        <v>7375011.0</v>
       </c>
       <c r="AE37" s="6">
-        <v>7971395.0</v>
+        <v>7367408.0</v>
       </c>
       <c r="AF37" s="6">
-        <v>9462593.0</v>
+        <v>7972308.0</v>
       </c>
       <c r="AG37" s="6">
-        <v>7602078.0</v>
+        <v>9463183.0</v>
       </c>
       <c r="AH37" s="6">
-        <v>7741612.0</v>
+        <v>7602435.0</v>
       </c>
       <c r="AI37" s="6">
-        <v>7220950.0</v>
+        <v>7741398.0</v>
       </c>
       <c r="AJ37" s="6">
-        <v>7273011.0</v>
+        <v>7220204.0</v>
       </c>
       <c r="AK37" s="6">
-        <v>3572398.0</v>
+        <v>7271965.0</v>
       </c>
       <c r="AL37" s="6">
-        <v>11934504.0</v>
+        <v>3572606.0</v>
       </c>
       <c r="AM37" s="6">
-        <v>7052237.0</v>
+        <v>11928886.0</v>
       </c>
       <c r="AN37" s="6">
-        <v>7073595.0</v>
+        <v>7049066.0</v>
       </c>
       <c r="AO37" s="6">
-        <v>6784375.0</v>
+        <v>7070039.0</v>
       </c>
       <c r="AP37" s="6">
-        <v>6556875.0</v>
+        <v>6780702.0</v>
       </c>
       <c r="AQ37" s="6">
-        <v>7255409.0</v>
+        <v>6557419.0</v>
       </c>
       <c r="AR37" s="6">
-        <v>8744697.0</v>
+        <v>7255261.0</v>
       </c>
       <c r="AS37" s="6">
-        <v>7297006.0</v>
+        <v>8744879.0</v>
       </c>
       <c r="AT37" s="6">
-        <v>7360415.0</v>
+        <v>7296591.0</v>
       </c>
       <c r="AU37" s="6">
-        <v>6593246.0</v>
+        <v>7360437.0</v>
       </c>
       <c r="AV37" s="6">
-        <v>6837885.0</v>
+        <v>6593805.0</v>
       </c>
       <c r="AW37" s="6">
-        <v>3321652.0</v>
+        <v>6837817.0</v>
       </c>
       <c r="AX37" s="6">
-        <v>10806623.0</v>
+        <v>3324444.0</v>
       </c>
       <c r="AY37" s="6">
-        <v>6480714.0</v>
+        <v>10799139.0</v>
       </c>
       <c r="AZ37" s="6">
-        <v>6499334.0</v>
+        <v>6478823.0</v>
       </c>
       <c r="BA37" s="6">
-        <v>6214976.0</v>
+        <v>6496676.0</v>
       </c>
       <c r="BB37" s="6">
-        <v>6143720.0</v>
+        <v>6212410.0</v>
       </c>
       <c r="BC37" s="6">
-        <v>6768255.0</v>
+        <v>6141407.0</v>
       </c>
       <c r="BD37" s="6">
-        <v>7664816.0</v>
+        <v>6767449.0</v>
       </c>
       <c r="BE37" s="6">
-        <v>6483552.0</v>
+        <v>7664326.0</v>
       </c>
       <c r="BF37" s="6">
-        <v>6524418.0</v>
+        <v>6484219.0</v>
       </c>
       <c r="BG37" s="6">
-        <v>6059501.0</v>
+        <v>6524357.0</v>
       </c>
       <c r="BH37" s="6">
-        <v>6243671.0</v>
+        <v>6058271.0</v>
       </c>
       <c r="BI37" s="6">
-        <v>3010881.0</v>
+        <v>6242362.0</v>
       </c>
       <c r="BJ37" s="6">
+        <v>3013018.0</v>
+      </c>
+      <c r="BK37" s="6">
         <v>9681964.0</v>
       </c>
-      <c r="BK37" s="6">
+      <c r="BL37" s="6">
         <v>6009164.0</v>
       </c>
-      <c r="BL37" s="6">
+      <c r="BM37" s="6">
         <v>5942767.0</v>
       </c>
-      <c r="BM37" s="6">
+      <c r="BN37" s="6">
         <v>5424655.0</v>
       </c>
-      <c r="BN37" s="6">
+      <c r="BO37" s="6">
         <v>5508357.0</v>
       </c>
-      <c r="BO37" s="6">
+      <c r="BP37" s="6">
         <v>6232800.0</v>
       </c>
-      <c r="BP37" s="6">
+      <c r="BQ37" s="6">
         <v>6599787.0</v>
       </c>
-      <c r="BQ37" s="6">
+      <c r="BR37" s="6">
         <v>5330069.0</v>
       </c>
-      <c r="BR37" s="6">
+      <c r="BS37" s="6">
         <v>6053269.0</v>
       </c>
-      <c r="BS37" s="6">
+      <c r="BT37" s="6">
         <v>5686603.0</v>
       </c>
-      <c r="BT37" s="6">
+      <c r="BU37" s="6">
         <v>5809370.0</v>
       </c>
-      <c r="BU37" s="6">
+      <c r="BV37" s="6">
         <v>2782763.0</v>
       </c>
-      <c r="BV37" s="6">
+      <c r="BW37" s="6">
         <v>9172489.0</v>
       </c>
-      <c r="BW37" s="6">
+      <c r="BX37" s="6">
         <v>5668379.0</v>
       </c>
-      <c r="BX37" s="6">
+      <c r="BY37" s="6">
         <v>5711839.0</v>
       </c>
-      <c r="BY37" s="6">
+      <c r="BZ37" s="6">
         <v>5210432.0</v>
       </c>
-      <c r="BZ37" s="6">
+      <c r="CA37" s="6">
         <v>5310150.0</v>
       </c>
-      <c r="CA37" s="6">
+      <c r="CB37" s="6">
         <v>6018596.0</v>
       </c>
-      <c r="CB37" s="6">
+      <c r="CC37" s="6">
         <v>6545608.0</v>
       </c>
-      <c r="CC37" s="6">
+      <c r="CD37" s="6">
         <v>5676351.0</v>
       </c>
-      <c r="CD37" s="6">
+      <c r="CE37" s="6">
         <v>5721208.0</v>
       </c>
-      <c r="CE37" s="6">
+      <c r="CF37" s="6">
         <v>5146977.0</v>
       </c>
-      <c r="CF37" s="6">
+      <c r="CG37" s="6">
         <v>5336214.0</v>
       </c>
-      <c r="CG37" s="6">
+      <c r="CH37" s="6">
         <v>1695988.0</v>
       </c>
     </row>
-    <row r="38" spans="1:85">
+    <row r="38" spans="1:86">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Marijampolės apskritis</t>
           </r>
         </is>
       </c>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D38" s="6">
-        <v>3588.0</v>
+        <v>3622.0</v>
       </c>
       <c r="E38" s="6">
-        <v>3544.0</v>
+        <v>3615.0</v>
       </c>
       <c r="F38" s="6">
-        <v>3565.0</v>
+        <v>3550.0</v>
       </c>
       <c r="G38" s="6">
-        <v>3553.0</v>
+        <v>3568.0</v>
       </c>
       <c r="H38" s="6">
-        <v>3542.0</v>
+        <v>3557.0</v>
       </c>
       <c r="I38" s="6">
-        <v>3538.0</v>
+        <v>3547.0</v>
       </c>
       <c r="J38" s="6">
-        <v>3535.0</v>
+        <v>3541.0</v>
       </c>
       <c r="K38" s="6">
-        <v>3515.0</v>
+        <v>3536.0</v>
       </c>
       <c r="L38" s="6">
+        <v>3514.0</v>
+      </c>
+      <c r="M38" s="6">
         <v>3504.0</v>
       </c>
-      <c r="M38" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="N38" s="6">
-        <v>3951.0</v>
+        <v>3527.0</v>
       </c>
       <c r="O38" s="6">
-        <v>3765.0</v>
+        <v>3947.0</v>
       </c>
       <c r="P38" s="6">
-        <v>3697.0</v>
+        <v>3763.0</v>
       </c>
       <c r="Q38" s="6">
+        <v>3694.0</v>
+      </c>
+      <c r="R38" s="6">
+        <v>3608.0</v>
+      </c>
+      <c r="S38" s="6">
         <v>3611.0</v>
       </c>
-      <c r="R38" s="6">
-[...2 lines deleted...]
-      <c r="S38" s="6">
+      <c r="T38" s="6">
+        <v>3594.0</v>
+      </c>
+      <c r="U38" s="6">
+        <v>3595.0</v>
+      </c>
+      <c r="V38" s="6">
+        <v>3590.0</v>
+      </c>
+      <c r="W38" s="6">
+        <v>3582.0</v>
+      </c>
+      <c r="X38" s="6">
+        <v>3574.0</v>
+      </c>
+      <c r="Y38" s="6">
+        <v>3569.0</v>
+      </c>
+      <c r="Z38" s="6">
+        <v>3577.0</v>
+      </c>
+      <c r="AA38" s="6">
+        <v>3975.0</v>
+      </c>
+      <c r="AB38" s="6">
+        <v>3779.0</v>
+      </c>
+      <c r="AC38" s="6">
+        <v>3675.0</v>
+      </c>
+      <c r="AD38" s="6">
+        <v>3610.0</v>
+      </c>
+      <c r="AE38" s="6">
+        <v>3598.0</v>
+      </c>
+      <c r="AF38" s="6">
+        <v>3596.0</v>
+      </c>
+      <c r="AG38" s="6">
+        <v>3586.0</v>
+      </c>
+      <c r="AH38" s="6">
+        <v>3578.0</v>
+      </c>
+      <c r="AI38" s="6">
+        <v>3555.0</v>
+      </c>
+      <c r="AJ38" s="6">
+        <v>3564.0</v>
+      </c>
+      <c r="AK38" s="6">
+        <v>3530.0</v>
+      </c>
+      <c r="AL38" s="6">
+        <v>3539.0</v>
+      </c>
+      <c r="AM38" s="6">
+        <v>3880.0</v>
+      </c>
+      <c r="AN38" s="6">
+        <v>3757.0</v>
+      </c>
+      <c r="AO38" s="6">
+        <v>3653.0</v>
+      </c>
+      <c r="AP38" s="6">
+        <v>3592.0</v>
+      </c>
+      <c r="AQ38" s="6">
         <v>3597.0</v>
       </c>
-      <c r="T38" s="6">
-[...53 lines deleted...]
-      <c r="AL38" s="6">
+      <c r="AR38" s="6">
+        <v>3575.0</v>
+      </c>
+      <c r="AS38" s="6">
+        <v>3578.0</v>
+      </c>
+      <c r="AT38" s="6">
+        <v>3569.0</v>
+      </c>
+      <c r="AU38" s="6">
+        <v>3537.0</v>
+      </c>
+      <c r="AV38" s="6">
+        <v>3540.0</v>
+      </c>
+      <c r="AW38" s="6">
+        <v>3545.0</v>
+      </c>
+      <c r="AX38" s="6">
+        <v>3552.0</v>
+      </c>
+      <c r="AY38" s="6">
         <v>3886.0</v>
       </c>
-      <c r="AM38" s="6">
-[...26 lines deleted...]
-      <c r="AV38" s="6">
+      <c r="AZ38" s="6">
+        <v>3727.0</v>
+      </c>
+      <c r="BA38" s="6">
+        <v>3625.0</v>
+      </c>
+      <c r="BB38" s="6">
+        <v>3574.0</v>
+      </c>
+      <c r="BC38" s="6">
+        <v>3551.0</v>
+      </c>
+      <c r="BD38" s="6">
+        <v>3533.0</v>
+      </c>
+      <c r="BE38" s="6">
+        <v>3512.0</v>
+      </c>
+      <c r="BF38" s="6">
+        <v>3488.0</v>
+      </c>
+      <c r="BG38" s="6">
+        <v>3455.0</v>
+      </c>
+      <c r="BH38" s="6">
+        <v>3431.0</v>
+      </c>
+      <c r="BI38" s="6">
+        <v>3385.0</v>
+      </c>
+      <c r="BJ38" s="6">
+        <v>3381.0</v>
+      </c>
+      <c r="BK38" s="6">
+        <v>3727.0</v>
+      </c>
+      <c r="BL38" s="6">
         <v>3549.0</v>
       </c>
-      <c r="AW38" s="6">
-[...44 lines deleted...]
-      <c r="BL38" s="6">
+      <c r="BM38" s="6">
         <v>3484.0</v>
       </c>
-      <c r="BM38" s="6">
+      <c r="BN38" s="6">
         <v>3428.0</v>
       </c>
-      <c r="BN38" s="6">
+      <c r="BO38" s="6">
         <v>3407.0</v>
       </c>
-      <c r="BO38" s="6">
+      <c r="BP38" s="6">
         <v>3383.0</v>
       </c>
-      <c r="BP38" s="6">
+      <c r="BQ38" s="6">
         <v>3358.0</v>
       </c>
-      <c r="BQ38" s="6">
+      <c r="BR38" s="6">
         <v>3344.0</v>
       </c>
-      <c r="BR38" s="6">
+      <c r="BS38" s="6">
         <v>3317.0</v>
       </c>
-      <c r="BS38" s="6">
+      <c r="BT38" s="6">
         <v>3335.0</v>
       </c>
-      <c r="BT38" s="6">
+      <c r="BU38" s="6">
         <v>3331.0</v>
       </c>
-      <c r="BU38" s="6">
+      <c r="BV38" s="6">
         <v>3355.0</v>
       </c>
-      <c r="BV38" s="6">
+      <c r="BW38" s="6">
         <v>3690.0</v>
       </c>
-      <c r="BW38" s="6">
+      <c r="BX38" s="6">
         <v>3493.0</v>
       </c>
-      <c r="BX38" s="6">
+      <c r="BY38" s="6">
         <v>3432.0</v>
       </c>
-      <c r="BY38" s="6">
+      <c r="BZ38" s="6">
         <v>3379.0</v>
       </c>
-      <c r="BZ38" s="6">
+      <c r="CA38" s="6">
         <v>3358.0</v>
       </c>
-      <c r="CA38" s="6">
+      <c r="CB38" s="6">
         <v>3349.0</v>
       </c>
-      <c r="CB38" s="6">
+      <c r="CC38" s="6">
         <v>3330.0</v>
       </c>
-      <c r="CC38" s="6">
+      <c r="CD38" s="6">
         <v>3325.0</v>
       </c>
-      <c r="CD38" s="6">
+      <c r="CE38" s="6">
         <v>3320.0</v>
       </c>
-      <c r="CE38" s="6">
+      <c r="CF38" s="6">
         <v>3294.0</v>
       </c>
-      <c r="CF38" s="6">
+      <c r="CG38" s="6">
         <v>3280.0</v>
       </c>
-      <c r="CG38" s="6">
+      <c r="CH38" s="6">
         <v>3281.0</v>
       </c>
     </row>
-    <row r="39" spans="1:85">
+    <row r="39" spans="1:86">
       <c r="C39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D39" s="6">
-        <v>69989991.0</v>
+        <v>70438766.0</v>
       </c>
       <c r="E39" s="6">
-        <v>65271133.0</v>
+        <v>70078305.0</v>
       </c>
       <c r="F39" s="6">
-        <v>64289895.0</v>
+        <v>65375247.0</v>
       </c>
       <c r="G39" s="6">
-        <v>69208128.0</v>
+        <v>64282633.0</v>
       </c>
       <c r="H39" s="6">
-        <v>81909642.0</v>
+        <v>69196580.0</v>
       </c>
       <c r="I39" s="6">
-        <v>67332635.0</v>
+        <v>81948459.0</v>
       </c>
       <c r="J39" s="6">
-        <v>67834581.0</v>
+        <v>67334989.0</v>
       </c>
       <c r="K39" s="6">
-        <v>63947703.0</v>
+        <v>67822879.0</v>
       </c>
       <c r="L39" s="6">
-        <v>64541383.0</v>
+        <v>63936777.0</v>
       </c>
       <c r="M39" s="6">
-        <v>30536606.0</v>
+        <v>64524392.0</v>
       </c>
       <c r="N39" s="6">
-        <v>101915534.0</v>
+        <v>30537693.0</v>
       </c>
       <c r="O39" s="6">
-        <v>63516900.0</v>
+        <v>101887751.0</v>
       </c>
       <c r="P39" s="6">
-        <v>63914199.0</v>
+        <v>63500553.0</v>
       </c>
       <c r="Q39" s="6">
-        <v>58229750.0</v>
+        <v>63900275.0</v>
       </c>
       <c r="R39" s="6">
-        <v>59570344.0</v>
+        <v>58218438.0</v>
       </c>
       <c r="S39" s="6">
-        <v>63194357.0</v>
+        <v>59560778.0</v>
       </c>
       <c r="T39" s="6">
-        <v>72765300.0</v>
+        <v>63183895.0</v>
       </c>
       <c r="U39" s="6">
-        <v>63484510.0</v>
+        <v>72750074.0</v>
       </c>
       <c r="V39" s="6">
-        <v>60433743.0</v>
+        <v>63474712.0</v>
       </c>
       <c r="W39" s="6">
-        <v>59546472.0</v>
+        <v>60423189.0</v>
       </c>
       <c r="X39" s="6">
-        <v>59124572.0</v>
+        <v>59528595.0</v>
       </c>
       <c r="Y39" s="6">
-        <v>27190811.0</v>
+        <v>59108249.0</v>
       </c>
       <c r="Z39" s="6">
-        <v>92597619.0</v>
+        <v>27183734.0</v>
       </c>
       <c r="AA39" s="6">
-        <v>58306903.0</v>
+        <v>92557191.0</v>
       </c>
       <c r="AB39" s="6">
-        <v>57798984.0</v>
+        <v>58292986.0</v>
       </c>
       <c r="AC39" s="6">
-        <v>53898828.0</v>
+        <v>57783172.0</v>
       </c>
       <c r="AD39" s="6">
-        <v>53120150.0</v>
+        <v>53882070.0</v>
       </c>
       <c r="AE39" s="6">
-        <v>56682175.0</v>
+        <v>53101818.0</v>
       </c>
       <c r="AF39" s="6">
-        <v>66329827.0</v>
+        <v>56668993.0</v>
       </c>
       <c r="AG39" s="6">
-        <v>55183161.0</v>
+        <v>66318527.0</v>
       </c>
       <c r="AH39" s="6">
-        <v>54800690.0</v>
+        <v>55166278.0</v>
       </c>
       <c r="AI39" s="6">
-        <v>52698204.0</v>
+        <v>54787086.0</v>
       </c>
       <c r="AJ39" s="6">
-        <v>52195532.0</v>
+        <v>52682383.0</v>
       </c>
       <c r="AK39" s="6">
-        <v>24490158.0</v>
+        <v>52181735.0</v>
       </c>
       <c r="AL39" s="6">
-        <v>81531594.0</v>
+        <v>24487036.0</v>
       </c>
       <c r="AM39" s="6">
-        <v>49788815.0</v>
+        <v>81501676.0</v>
       </c>
       <c r="AN39" s="6">
-        <v>50315883.0</v>
+        <v>49774102.0</v>
       </c>
       <c r="AO39" s="6">
-        <v>48419405.0</v>
+        <v>50301065.0</v>
       </c>
       <c r="AP39" s="6">
-        <v>46328871.0</v>
+        <v>48405771.0</v>
       </c>
       <c r="AQ39" s="6">
-        <v>51449114.0</v>
+        <v>46315566.0</v>
       </c>
       <c r="AR39" s="6">
-        <v>57733259.0</v>
+        <v>51435920.0</v>
       </c>
       <c r="AS39" s="6">
-        <v>50279708.0</v>
+        <v>57715197.0</v>
       </c>
       <c r="AT39" s="6">
-        <v>49180271.0</v>
+        <v>50265304.0</v>
       </c>
       <c r="AU39" s="6">
-        <v>46861707.0</v>
+        <v>49168056.0</v>
       </c>
       <c r="AV39" s="6">
-        <v>46780979.0</v>
+        <v>46847260.0</v>
       </c>
       <c r="AW39" s="6">
-        <v>21560450.0</v>
+        <v>46768882.0</v>
       </c>
       <c r="AX39" s="6">
-        <v>74476389.0</v>
+        <v>21555424.0</v>
       </c>
       <c r="AY39" s="6">
-        <v>44696857.0</v>
+        <v>74448822.0</v>
       </c>
       <c r="AZ39" s="6">
-        <v>45363736.0</v>
+        <v>44681982.0</v>
       </c>
       <c r="BA39" s="6">
-        <v>42588371.0</v>
+        <v>45350330.0</v>
       </c>
       <c r="BB39" s="6">
-        <v>42881209.0</v>
+        <v>42576170.0</v>
       </c>
       <c r="BC39" s="6">
-        <v>46491554.0</v>
+        <v>42867672.0</v>
       </c>
       <c r="BD39" s="6">
-        <v>51961089.0</v>
+        <v>46478551.0</v>
       </c>
       <c r="BE39" s="6">
-        <v>44552652.0</v>
+        <v>51947794.0</v>
       </c>
       <c r="BF39" s="6">
-        <v>43841126.0</v>
+        <v>44539945.0</v>
       </c>
       <c r="BG39" s="6">
-        <v>42221380.0</v>
+        <v>43827258.0</v>
       </c>
       <c r="BH39" s="6">
-        <v>40798887.0</v>
+        <v>42209687.0</v>
       </c>
       <c r="BI39" s="6">
-        <v>19322780.0</v>
+        <v>40788198.0</v>
       </c>
       <c r="BJ39" s="6">
+        <v>19317820.0</v>
+      </c>
+      <c r="BK39" s="6">
         <v>68416447.0</v>
       </c>
-      <c r="BK39" s="6">
+      <c r="BL39" s="6">
         <v>41028940.0</v>
       </c>
-      <c r="BL39" s="6">
+      <c r="BM39" s="6">
         <v>41253471.0</v>
       </c>
-      <c r="BM39" s="6">
+      <c r="BN39" s="6">
         <v>38181468.0</v>
       </c>
-      <c r="BN39" s="6">
+      <c r="BO39" s="6">
         <v>37829399.0</v>
       </c>
-      <c r="BO39" s="6">
+      <c r="BP39" s="6">
         <v>41911704.0</v>
       </c>
-      <c r="BP39" s="6">
+      <c r="BQ39" s="6">
         <v>44190705.0</v>
       </c>
-      <c r="BQ39" s="6">
+      <c r="BR39" s="6">
         <v>36243302.0</v>
       </c>
-      <c r="BR39" s="6">
+      <c r="BS39" s="6">
         <v>38088626.0</v>
       </c>
-      <c r="BS39" s="6">
+      <c r="BT39" s="6">
         <v>38961909.0</v>
       </c>
-      <c r="BT39" s="6">
+      <c r="BU39" s="6">
         <v>38669424.0</v>
       </c>
-      <c r="BU39" s="6">
+      <c r="BV39" s="6">
         <v>18264414.0</v>
       </c>
-      <c r="BV39" s="6">
+      <c r="BW39" s="6">
         <v>59990163.0</v>
       </c>
-      <c r="BW39" s="6">
+      <c r="BX39" s="6">
         <v>37186777.0</v>
       </c>
-      <c r="BX39" s="6">
+      <c r="BY39" s="6">
         <v>37710786.0</v>
       </c>
-      <c r="BY39" s="6">
+      <c r="BZ39" s="6">
         <v>34701932.0</v>
       </c>
-      <c r="BZ39" s="6">
+      <c r="CA39" s="6">
         <v>34687711.0</v>
       </c>
-      <c r="CA39" s="6">
+      <c r="CB39" s="6">
         <v>38291906.0</v>
       </c>
-      <c r="CB39" s="6">
+      <c r="CC39" s="6">
         <v>43429814.0</v>
       </c>
-      <c r="CC39" s="6">
+      <c r="CD39" s="6">
         <v>36971092.0</v>
       </c>
-      <c r="CD39" s="6">
+      <c r="CE39" s="6">
         <v>35922500.0</v>
       </c>
-      <c r="CE39" s="6">
+      <c r="CF39" s="6">
         <v>34865416.0</v>
       </c>
-      <c r="CF39" s="6">
+      <c r="CG39" s="6">
         <v>33864494.0</v>
       </c>
-      <c r="CG39" s="6">
+      <c r="CH39" s="6">
         <v>14231523.0</v>
       </c>
     </row>
-    <row r="40" spans="1:85">
+    <row r="40" spans="1:86">
       <c r="C40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D40" s="6">
-        <v>11108497.0</v>
+        <v>11225783.0</v>
       </c>
       <c r="E40" s="6">
-        <v>10258111.0</v>
+        <v>11117723.0</v>
       </c>
       <c r="F40" s="6">
-        <v>10227360.0</v>
+        <v>10277978.0</v>
       </c>
       <c r="G40" s="6">
-        <v>10788668.0</v>
+        <v>10225679.0</v>
       </c>
       <c r="H40" s="6">
-        <v>12975971.0</v>
+        <v>10786667.0</v>
       </c>
       <c r="I40" s="6">
-        <v>10505116.0</v>
+        <v>12983457.0</v>
       </c>
       <c r="J40" s="6">
-        <v>10509855.0</v>
+        <v>10505187.0</v>
       </c>
       <c r="K40" s="6">
-        <v>9782891.0</v>
+        <v>10508243.0</v>
       </c>
       <c r="L40" s="6">
-        <v>10021974.0</v>
+        <v>9780624.0</v>
       </c>
       <c r="M40" s="6">
-        <v>4479032.0</v>
+        <v>10018798.0</v>
       </c>
       <c r="N40" s="6">
-        <v>16404025.0</v>
+        <v>4479023.0</v>
       </c>
       <c r="O40" s="6">
-        <v>9863909.0</v>
+        <v>16399333.0</v>
       </c>
       <c r="P40" s="6">
-        <v>9863709.0</v>
+        <v>9861050.0</v>
       </c>
       <c r="Q40" s="6">
-        <v>8994782.0</v>
+        <v>9861661.0</v>
       </c>
       <c r="R40" s="6">
-        <v>9184707.0</v>
+        <v>8993197.0</v>
       </c>
       <c r="S40" s="6">
-        <v>9527055.0</v>
+        <v>9183531.0</v>
       </c>
       <c r="T40" s="6">
-        <v>11375149.0</v>
+        <v>9525579.0</v>
       </c>
       <c r="U40" s="6">
-        <v>9649550.0</v>
+        <v>11372715.0</v>
       </c>
       <c r="V40" s="6">
-        <v>9153393.0</v>
+        <v>9648068.0</v>
       </c>
       <c r="W40" s="6">
-        <v>8820121.0</v>
+        <v>9151770.0</v>
       </c>
       <c r="X40" s="6">
-        <v>8821706.0</v>
+        <v>8817437.0</v>
       </c>
       <c r="Y40" s="6">
-        <v>3978403.0</v>
+        <v>8819346.0</v>
       </c>
       <c r="Z40" s="6">
-        <v>14873938.0</v>
+        <v>3977448.0</v>
       </c>
       <c r="AA40" s="6">
-        <v>9110875.0</v>
+        <v>14867277.0</v>
       </c>
       <c r="AB40" s="6">
-        <v>8949223.0</v>
+        <v>9108987.0</v>
       </c>
       <c r="AC40" s="6">
-        <v>8404891.0</v>
+        <v>8947011.0</v>
       </c>
       <c r="AD40" s="6">
-        <v>8165003.0</v>
+        <v>8402495.0</v>
       </c>
       <c r="AE40" s="6">
-        <v>8684547.0</v>
+        <v>8162317.0</v>
       </c>
       <c r="AF40" s="6">
-        <v>10356875.0</v>
+        <v>8682957.0</v>
       </c>
       <c r="AG40" s="6">
-        <v>8319143.0</v>
+        <v>10355546.0</v>
       </c>
       <c r="AH40" s="6">
-        <v>8307792.0</v>
+        <v>8316622.0</v>
       </c>
       <c r="AI40" s="6">
-        <v>7770576.0</v>
+        <v>8305910.0</v>
       </c>
       <c r="AJ40" s="6">
-        <v>7814399.0</v>
+        <v>7768313.0</v>
       </c>
       <c r="AK40" s="6">
-        <v>3542716.0</v>
+        <v>7812528.0</v>
       </c>
       <c r="AL40" s="6">
-        <v>12859636.0</v>
+        <v>3542557.0</v>
       </c>
       <c r="AM40" s="6">
-        <v>7547610.0</v>
+        <v>12855004.0</v>
       </c>
       <c r="AN40" s="6">
-        <v>7707564.0</v>
+        <v>7545326.0</v>
       </c>
       <c r="AO40" s="6">
-        <v>7381468.0</v>
+        <v>7705260.0</v>
       </c>
       <c r="AP40" s="6">
-        <v>7031441.0</v>
+        <v>7379441.0</v>
       </c>
       <c r="AQ40" s="6">
-        <v>7793858.0</v>
+        <v>7029355.0</v>
       </c>
       <c r="AR40" s="6">
-        <v>8905302.0</v>
+        <v>7791985.0</v>
       </c>
       <c r="AS40" s="6">
-        <v>7795780.0</v>
+        <v>8902626.0</v>
       </c>
       <c r="AT40" s="6">
-        <v>7587126.0</v>
+        <v>7793797.0</v>
       </c>
       <c r="AU40" s="6">
-        <v>7104344.0</v>
+        <v>7585341.0</v>
       </c>
       <c r="AV40" s="6">
-        <v>7153030.0</v>
+        <v>7102367.0</v>
       </c>
       <c r="AW40" s="6">
-        <v>3208382.0</v>
+        <v>7151188.0</v>
       </c>
       <c r="AX40" s="6">
-        <v>12083545.0</v>
+        <v>3207768.0</v>
       </c>
       <c r="AY40" s="6">
-        <v>6938691.0</v>
+        <v>12079279.0</v>
       </c>
       <c r="AZ40" s="6">
-        <v>7053763.0</v>
+        <v>6936757.0</v>
       </c>
       <c r="BA40" s="6">
-        <v>6530337.0</v>
+        <v>7051967.0</v>
       </c>
       <c r="BB40" s="6">
-        <v>6661959.0</v>
+        <v>6528627.0</v>
       </c>
       <c r="BC40" s="6">
-        <v>7138167.0</v>
+        <v>6660068.0</v>
       </c>
       <c r="BD40" s="6">
-        <v>7950344.0</v>
+        <v>7136396.0</v>
       </c>
       <c r="BE40" s="6">
-        <v>6776709.0</v>
+        <v>7948491.0</v>
       </c>
       <c r="BF40" s="6">
-        <v>6699364.0</v>
+        <v>6774968.0</v>
       </c>
       <c r="BG40" s="6">
-        <v>6321720.0</v>
+        <v>6697431.0</v>
       </c>
       <c r="BH40" s="6">
-        <v>6188870.0</v>
+        <v>6320196.0</v>
       </c>
       <c r="BI40" s="6">
-        <v>2726349.0</v>
+        <v>6187475.0</v>
       </c>
       <c r="BJ40" s="6">
+        <v>2725774.0</v>
+      </c>
+      <c r="BK40" s="6">
         <v>10749539.0</v>
       </c>
-      <c r="BK40" s="6">
+      <c r="BL40" s="6">
         <v>6213489.0</v>
       </c>
-      <c r="BL40" s="6">
+      <c r="BM40" s="6">
         <v>6209917.0</v>
       </c>
-      <c r="BM40" s="6">
+      <c r="BN40" s="6">
         <v>5653315.0</v>
       </c>
-      <c r="BN40" s="6">
+      <c r="BO40" s="6">
         <v>5677426.0</v>
       </c>
-      <c r="BO40" s="6">
+      <c r="BP40" s="6">
         <v>6306345.0</v>
       </c>
-      <c r="BP40" s="6">
+      <c r="BQ40" s="6">
         <v>6780183.0</v>
       </c>
-      <c r="BQ40" s="6">
+      <c r="BR40" s="6">
         <v>5495744.0</v>
       </c>
-      <c r="BR40" s="6">
+      <c r="BS40" s="6">
         <v>5752436.0</v>
       </c>
-      <c r="BS40" s="6">
+      <c r="BT40" s="6">
         <v>5887838.0</v>
       </c>
-      <c r="BT40" s="6">
+      <c r="BU40" s="6">
         <v>5932764.0</v>
       </c>
-      <c r="BU40" s="6">
+      <c r="BV40" s="6">
         <v>2680216.0</v>
       </c>
-      <c r="BV40" s="6">
+      <c r="BW40" s="6">
         <v>9787823.0</v>
       </c>
-      <c r="BW40" s="6">
+      <c r="BX40" s="6">
         <v>5902110.0</v>
       </c>
-      <c r="BX40" s="6">
+      <c r="BY40" s="6">
         <v>5968370.0</v>
       </c>
-      <c r="BY40" s="6">
+      <c r="BZ40" s="6">
         <v>5485955.0</v>
       </c>
-      <c r="BZ40" s="6">
+      <c r="CA40" s="6">
         <v>5530201.0</v>
       </c>
-      <c r="CA40" s="6">
+      <c r="CB40" s="6">
         <v>5814651.0</v>
       </c>
-      <c r="CB40" s="6">
+      <c r="CC40" s="6">
         <v>6886508.0</v>
       </c>
-      <c r="CC40" s="6">
+      <c r="CD40" s="6">
         <v>5770882.0</v>
       </c>
-      <c r="CD40" s="6">
+      <c r="CE40" s="6">
         <v>5540761.0</v>
       </c>
-      <c r="CE40" s="6">
+      <c r="CF40" s="6">
         <v>5342165.0</v>
       </c>
-      <c r="CF40" s="6">
+      <c r="CG40" s="6">
         <v>5226538.0</v>
       </c>
-      <c r="CG40" s="6">
+      <c r="CH40" s="6">
         <v>1598687.0</v>
       </c>
     </row>
-    <row r="41" spans="1:85">
+    <row r="41" spans="1:86">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Tauragės apskritis</t>
           </r>
         </is>
       </c>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D41" s="6">
-        <v>2570.0</v>
+        <v>2577.0</v>
       </c>
       <c r="E41" s="6">
-        <v>2574.0</v>
+        <v>2581.0</v>
       </c>
       <c r="F41" s="6">
-        <v>2574.0</v>
+        <v>2576.0</v>
       </c>
       <c r="G41" s="6">
-        <v>2567.0</v>
+        <v>2576.0</v>
       </c>
       <c r="H41" s="6">
-        <v>2564.0</v>
+        <v>2569.0</v>
       </c>
       <c r="I41" s="6">
-        <v>2559.0</v>
+        <v>2565.0</v>
       </c>
       <c r="J41" s="6">
         <v>2560.0</v>
       </c>
       <c r="K41" s="6">
-        <v>2547.0</v>
+        <v>2560.0</v>
       </c>
       <c r="L41" s="6">
+        <v>2549.0</v>
+      </c>
+      <c r="M41" s="6">
         <v>2551.0</v>
       </c>
-      <c r="M41" s="6">
+      <c r="N41" s="6">
+        <v>2559.0</v>
+      </c>
+      <c r="O41" s="6">
+        <v>2693.0</v>
+      </c>
+      <c r="P41" s="6">
+        <v>2625.0</v>
+      </c>
+      <c r="Q41" s="6">
+        <v>2608.0</v>
+      </c>
+      <c r="R41" s="6">
+        <v>2591.0</v>
+      </c>
+      <c r="S41" s="6">
+        <v>2604.0</v>
+      </c>
+      <c r="T41" s="6">
+        <v>2609.0</v>
+      </c>
+      <c r="U41" s="6">
+        <v>2605.0</v>
+      </c>
+      <c r="V41" s="6">
+        <v>2588.0</v>
+      </c>
+      <c r="W41" s="6">
+        <v>2585.0</v>
+      </c>
+      <c r="X41" s="6">
+        <v>2558.0</v>
+      </c>
+      <c r="Y41" s="6">
+        <v>2549.0</v>
+      </c>
+      <c r="Z41" s="6">
+        <v>2555.0</v>
+      </c>
+      <c r="AA41" s="6">
+        <v>2703.0</v>
+      </c>
+      <c r="AB41" s="6">
+        <v>2612.0</v>
+      </c>
+      <c r="AC41" s="6">
+        <v>2592.0</v>
+      </c>
+      <c r="AD41" s="6">
+        <v>2587.0</v>
+      </c>
+      <c r="AE41" s="6">
+        <v>2594.0</v>
+      </c>
+      <c r="AF41" s="6">
+        <v>2585.0</v>
+      </c>
+      <c r="AG41" s="6">
+        <v>2594.0</v>
+      </c>
+      <c r="AH41" s="6">
+        <v>2578.0</v>
+      </c>
+      <c r="AI41" s="6">
+        <v>2577.0</v>
+      </c>
+      <c r="AJ41" s="6">
         <v>2560.0</v>
       </c>
-      <c r="N41" s="6">
-[...67 lines deleted...]
-      </c>
       <c r="AK41" s="6">
-        <v>2572.0</v>
+        <v>2562.0</v>
       </c>
       <c r="AL41" s="6">
-        <v>2676.0</v>
+        <v>2567.0</v>
       </c>
       <c r="AM41" s="6">
-        <v>2612.0</v>
+        <v>2671.0</v>
       </c>
       <c r="AN41" s="6">
-        <v>2606.0</v>
+        <v>2607.0</v>
       </c>
       <c r="AO41" s="6">
         <v>2601.0</v>
       </c>
       <c r="AP41" s="6">
-        <v>2595.0</v>
+        <v>2596.0</v>
       </c>
       <c r="AQ41" s="6">
         <v>2590.0</v>
       </c>
       <c r="AR41" s="6">
-        <v>2599.0</v>
+        <v>2585.0</v>
       </c>
       <c r="AS41" s="6">
-        <v>2580.0</v>
+        <v>2595.0</v>
       </c>
       <c r="AT41" s="6">
-        <v>2579.0</v>
+        <v>2576.0</v>
       </c>
       <c r="AU41" s="6">
+        <v>2575.0</v>
+      </c>
+      <c r="AV41" s="6">
+        <v>2559.0</v>
+      </c>
+      <c r="AW41" s="6">
+        <v>2561.0</v>
+      </c>
+      <c r="AX41" s="6">
         <v>2563.0</v>
       </c>
-      <c r="AV41" s="6">
-[...7 lines deleted...]
-      </c>
       <c r="AY41" s="6">
-        <v>2621.0</v>
+        <v>2676.0</v>
       </c>
       <c r="AZ41" s="6">
-        <v>2597.0</v>
+        <v>2616.0</v>
       </c>
       <c r="BA41" s="6">
-        <v>2600.0</v>
+        <v>2591.0</v>
       </c>
       <c r="BB41" s="6">
-        <v>2589.0</v>
+        <v>2595.0</v>
       </c>
       <c r="BC41" s="6">
-        <v>2568.0</v>
+        <v>2585.0</v>
       </c>
       <c r="BD41" s="6">
-        <v>2558.0</v>
+        <v>2563.0</v>
       </c>
       <c r="BE41" s="6">
-        <v>2517.0</v>
+        <v>2554.0</v>
       </c>
       <c r="BF41" s="6">
-        <v>2501.0</v>
+        <v>2513.0</v>
       </c>
       <c r="BG41" s="6">
-        <v>2493.0</v>
+        <v>2496.0</v>
       </c>
       <c r="BH41" s="6">
-        <v>2461.0</v>
+        <v>2488.0</v>
       </c>
       <c r="BI41" s="6">
-        <v>2467.0</v>
+        <v>2457.0</v>
       </c>
       <c r="BJ41" s="6">
+        <v>2464.0</v>
+      </c>
+      <c r="BK41" s="6">
         <v>2585.0</v>
       </c>
-      <c r="BK41" s="6">
+      <c r="BL41" s="6">
         <v>2531.0</v>
       </c>
-      <c r="BL41" s="6">
+      <c r="BM41" s="6">
         <v>2527.0</v>
       </c>
-      <c r="BM41" s="6">
+      <c r="BN41" s="6">
         <v>2484.0</v>
       </c>
-      <c r="BN41" s="6">
+      <c r="BO41" s="6">
         <v>2494.0</v>
       </c>
-      <c r="BO41" s="6">
+      <c r="BP41" s="6">
         <v>2480.0</v>
       </c>
-      <c r="BP41" s="6">
+      <c r="BQ41" s="6">
         <v>2465.0</v>
       </c>
-      <c r="BQ41" s="6">
+      <c r="BR41" s="6">
         <v>2440.0</v>
       </c>
-      <c r="BR41" s="6">
+      <c r="BS41" s="6">
         <v>2445.0</v>
       </c>
-      <c r="BS41" s="6">
+      <c r="BT41" s="6">
         <v>2462.0</v>
       </c>
-      <c r="BT41" s="6">
+      <c r="BU41" s="6">
         <v>2469.0</v>
       </c>
-      <c r="BU41" s="6">
+      <c r="BV41" s="6">
         <v>2483.0</v>
       </c>
-      <c r="BV41" s="6">
+      <c r="BW41" s="6">
         <v>2604.0</v>
       </c>
-      <c r="BW41" s="6">
+      <c r="BX41" s="6">
         <v>2529.0</v>
       </c>
-      <c r="BX41" s="6">
+      <c r="BY41" s="6">
         <v>2519.0</v>
       </c>
-      <c r="BY41" s="6">
+      <c r="BZ41" s="6">
         <v>2499.0</v>
       </c>
-      <c r="BZ41" s="6">
+      <c r="CA41" s="6">
         <v>2505.0</v>
       </c>
-      <c r="CA41" s="6">
+      <c r="CB41" s="6">
         <v>2498.0</v>
       </c>
-      <c r="CB41" s="6">
+      <c r="CC41" s="6">
         <v>2492.0</v>
       </c>
-      <c r="CC41" s="6">
+      <c r="CD41" s="6">
         <v>2485.0</v>
       </c>
-      <c r="CD41" s="6">
+      <c r="CE41" s="6">
         <v>2472.0</v>
       </c>
-      <c r="CE41" s="6">
+      <c r="CF41" s="6">
         <v>2460.0</v>
       </c>
-      <c r="CF41" s="6">
+      <c r="CG41" s="6">
         <v>2441.0</v>
       </c>
-      <c r="CG41" s="6">
+      <c r="CH41" s="6">
         <v>2439.0</v>
       </c>
     </row>
-    <row r="42" spans="1:85">
+    <row r="42" spans="1:86">
       <c r="C42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D42" s="6">
-        <v>49665366.0</v>
+        <v>48694011.0</v>
       </c>
       <c r="E42" s="6">
-        <v>45917187.0</v>
+        <v>49706724.0</v>
       </c>
       <c r="F42" s="6">
-        <v>46223627.0</v>
+        <v>45925113.0</v>
       </c>
       <c r="G42" s="6">
-        <v>49727441.0</v>
+        <v>46226549.0</v>
       </c>
       <c r="H42" s="6">
-        <v>57803214.0</v>
+        <v>49747518.0</v>
       </c>
       <c r="I42" s="6">
-        <v>47817598.0</v>
+        <v>57827373.0</v>
       </c>
       <c r="J42" s="6">
-        <v>47026210.0</v>
+        <v>47819393.0</v>
       </c>
       <c r="K42" s="6">
-        <v>45776058.0</v>
+        <v>47024771.0</v>
       </c>
       <c r="L42" s="6">
-        <v>44055378.0</v>
+        <v>45777720.0</v>
       </c>
       <c r="M42" s="6">
-        <v>23674136.0</v>
+        <v>44056014.0</v>
       </c>
       <c r="N42" s="6">
-        <v>65043364.0</v>
+        <v>23676380.0</v>
       </c>
       <c r="O42" s="6">
-        <v>43077331.0</v>
+        <v>65031988.0</v>
       </c>
       <c r="P42" s="6">
-        <v>45755626.0</v>
+        <v>43068689.0</v>
       </c>
       <c r="Q42" s="6">
-        <v>41224269.0</v>
+        <v>45750941.0</v>
       </c>
       <c r="R42" s="6">
-        <v>40013624.0</v>
+        <v>41216874.0</v>
       </c>
       <c r="S42" s="6">
-        <v>44800410.0</v>
+        <v>40005494.0</v>
       </c>
       <c r="T42" s="6">
-        <v>48479801.0</v>
+        <v>44793116.0</v>
       </c>
       <c r="U42" s="6">
-        <v>42151598.0</v>
+        <v>48473705.0</v>
       </c>
       <c r="V42" s="6">
-        <v>42786105.0</v>
+        <v>42144873.0</v>
       </c>
       <c r="W42" s="6">
-        <v>40793537.0</v>
+        <v>42779480.0</v>
       </c>
       <c r="X42" s="6">
-        <v>39089674.0</v>
+        <v>40786302.0</v>
       </c>
       <c r="Y42" s="6">
+        <v>39084257.0</v>
+      </c>
+      <c r="Z42" s="6">
         <v>20237108.0</v>
       </c>
-      <c r="Z42" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AA42" s="6">
-        <v>37971642.0</v>
+        <v>56375357.0</v>
       </c>
       <c r="AB42" s="6">
-        <v>37928558.0</v>
+        <v>37967077.0</v>
       </c>
       <c r="AC42" s="6">
-        <v>35629242.0</v>
+        <v>37921630.0</v>
       </c>
       <c r="AD42" s="6">
-        <v>35205638.0</v>
+        <v>35622916.0</v>
       </c>
       <c r="AE42" s="6">
-        <v>38663116.0</v>
+        <v>35199537.0</v>
       </c>
       <c r="AF42" s="6">
-        <v>42843099.0</v>
+        <v>38657330.0</v>
       </c>
       <c r="AG42" s="6">
-        <v>36155820.0</v>
+        <v>42837618.0</v>
       </c>
       <c r="AH42" s="6">
-        <v>36105211.0</v>
+        <v>36150198.0</v>
       </c>
       <c r="AI42" s="6">
-        <v>34454531.0</v>
+        <v>36098392.0</v>
       </c>
       <c r="AJ42" s="6">
-        <v>33779495.0</v>
+        <v>34447383.0</v>
       </c>
       <c r="AK42" s="6">
-        <v>16857988.0</v>
+        <v>33773217.0</v>
       </c>
       <c r="AL42" s="6">
-        <v>49177792.0</v>
+        <v>16857584.0</v>
       </c>
       <c r="AM42" s="6">
-        <v>31796626.0</v>
+        <v>49166542.0</v>
       </c>
       <c r="AN42" s="6">
-        <v>32367407.0</v>
+        <v>31789576.0</v>
       </c>
       <c r="AO42" s="6">
-        <v>29536042.0</v>
+        <v>32360511.0</v>
       </c>
       <c r="AP42" s="6">
-        <v>28399549.0</v>
+        <v>29528906.0</v>
       </c>
       <c r="AQ42" s="6">
-        <v>31942143.0</v>
+        <v>28392204.0</v>
       </c>
       <c r="AR42" s="6">
-        <v>34481257.0</v>
+        <v>31935416.0</v>
       </c>
       <c r="AS42" s="6">
-        <v>30137467.0</v>
+        <v>34474512.0</v>
       </c>
       <c r="AT42" s="6">
-        <v>29910150.0</v>
+        <v>30132625.0</v>
       </c>
       <c r="AU42" s="6">
-        <v>28981278.0</v>
+        <v>29905800.0</v>
       </c>
       <c r="AV42" s="6">
-        <v>28675734.0</v>
+        <v>28974680.0</v>
       </c>
       <c r="AW42" s="6">
-        <v>13536174.0</v>
+        <v>28669594.0</v>
       </c>
       <c r="AX42" s="6">
-        <v>42957540.0</v>
+        <v>13535771.0</v>
       </c>
       <c r="AY42" s="6">
-        <v>27703565.0</v>
+        <v>42948503.0</v>
       </c>
       <c r="AZ42" s="6">
-        <v>28014761.0</v>
+        <v>27699199.0</v>
       </c>
       <c r="BA42" s="6">
-        <v>25666801.0</v>
+        <v>28010393.0</v>
       </c>
       <c r="BB42" s="6">
-        <v>24677034.0</v>
+        <v>25663492.0</v>
       </c>
       <c r="BC42" s="6">
-        <v>28621843.0</v>
+        <v>24673031.0</v>
       </c>
       <c r="BD42" s="6">
-        <v>30892625.0</v>
+        <v>28617447.0</v>
       </c>
       <c r="BE42" s="6">
-        <v>26344810.0</v>
+        <v>30888259.0</v>
       </c>
       <c r="BF42" s="6">
-        <v>26470949.0</v>
+        <v>26340443.0</v>
       </c>
       <c r="BG42" s="6">
-        <v>25803292.0</v>
+        <v>26466997.0</v>
       </c>
       <c r="BH42" s="6">
-        <v>25247634.0</v>
+        <v>25799576.0</v>
       </c>
       <c r="BI42" s="6">
+        <v>25241230.0</v>
+      </c>
+      <c r="BJ42" s="6">
         <v>12105856.0</v>
       </c>
-      <c r="BJ42" s="6">
+      <c r="BK42" s="6">
         <v>38358675.0</v>
       </c>
-      <c r="BK42" s="6">
+      <c r="BL42" s="6">
         <v>25442856.0</v>
       </c>
-      <c r="BL42" s="6">
+      <c r="BM42" s="6">
         <v>24718006.0</v>
       </c>
-      <c r="BM42" s="6">
+      <c r="BN42" s="6">
         <v>22640428.0</v>
       </c>
-      <c r="BN42" s="6">
+      <c r="BO42" s="6">
         <v>22815937.0</v>
       </c>
-      <c r="BO42" s="6">
+      <c r="BP42" s="6">
         <v>25478884.0</v>
       </c>
-      <c r="BP42" s="6">
+      <c r="BQ42" s="6">
         <v>25745979.0</v>
       </c>
-      <c r="BQ42" s="6">
+      <c r="BR42" s="6">
         <v>21327389.0</v>
       </c>
-      <c r="BR42" s="6">
+      <c r="BS42" s="6">
         <v>22126519.0</v>
       </c>
-      <c r="BS42" s="6">
+      <c r="BT42" s="6">
         <v>23458154.0</v>
       </c>
-      <c r="BT42" s="6">
+      <c r="BU42" s="6">
         <v>23003961.0</v>
       </c>
-      <c r="BU42" s="6">
+      <c r="BV42" s="6">
         <v>9931470.0</v>
       </c>
-      <c r="BV42" s="6">
+      <c r="BW42" s="6">
         <v>35879020.0</v>
       </c>
-      <c r="BW42" s="6">
+      <c r="BX42" s="6">
         <v>21956815.0</v>
       </c>
-      <c r="BX42" s="6">
+      <c r="BY42" s="6">
         <v>22024288.0</v>
       </c>
-      <c r="BY42" s="6">
+      <c r="BZ42" s="6">
         <v>20694994.0</v>
       </c>
-      <c r="BZ42" s="6">
+      <c r="CA42" s="6">
         <v>20288974.0</v>
       </c>
-      <c r="CA42" s="6">
+      <c r="CB42" s="6">
         <v>23052423.0</v>
       </c>
-      <c r="CB42" s="6">
+      <c r="CC42" s="6">
         <v>25672607.0</v>
       </c>
-      <c r="CC42" s="6">
+      <c r="CD42" s="6">
         <v>22106217.0</v>
       </c>
-      <c r="CD42" s="6">
+      <c r="CE42" s="6">
         <v>21728475.0</v>
       </c>
-      <c r="CE42" s="6">
+      <c r="CF42" s="6">
         <v>20890805.0</v>
       </c>
-      <c r="CF42" s="6">
+      <c r="CG42" s="6">
         <v>20591854.0</v>
       </c>
-      <c r="CG42" s="6">
+      <c r="CH42" s="6">
         <v>7188764.0</v>
       </c>
     </row>
-    <row r="43" spans="1:85">
+    <row r="43" spans="1:86">
       <c r="C43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D43" s="6">
-        <v>8310022.0</v>
+        <v>8029186.0</v>
       </c>
       <c r="E43" s="6">
-        <v>7616233.0</v>
+        <v>8314948.0</v>
       </c>
       <c r="F43" s="6">
-        <v>7730314.0</v>
+        <v>7615638.0</v>
       </c>
       <c r="G43" s="6">
-        <v>8175836.0</v>
+        <v>7729493.0</v>
       </c>
       <c r="H43" s="6">
-        <v>9144213.0</v>
+        <v>8178662.0</v>
       </c>
       <c r="I43" s="6">
-        <v>7832201.0</v>
+        <v>9151095.0</v>
       </c>
       <c r="J43" s="6">
-        <v>7662122.0</v>
+        <v>7824812.0</v>
       </c>
       <c r="K43" s="6">
-        <v>7347896.0</v>
+        <v>7660909.0</v>
       </c>
       <c r="L43" s="6">
-        <v>7090736.0</v>
+        <v>7348618.0</v>
       </c>
       <c r="M43" s="6">
-        <v>3979762.0</v>
+        <v>7091862.0</v>
       </c>
       <c r="N43" s="6">
-        <v>10629842.0</v>
+        <v>3980056.0</v>
       </c>
       <c r="O43" s="6">
-        <v>7033672.0</v>
+        <v>10628337.0</v>
       </c>
       <c r="P43" s="6">
-        <v>7457212.0</v>
+        <v>7032924.0</v>
       </c>
       <c r="Q43" s="6">
-        <v>6601954.0</v>
+        <v>7456935.0</v>
       </c>
       <c r="R43" s="6">
-        <v>6429859.0</v>
+        <v>6601015.0</v>
       </c>
       <c r="S43" s="6">
-        <v>7206005.0</v>
+        <v>6428868.0</v>
       </c>
       <c r="T43" s="6">
-        <v>7795987.0</v>
+        <v>7205088.0</v>
       </c>
       <c r="U43" s="6">
-        <v>6645130.0</v>
+        <v>7795304.0</v>
       </c>
       <c r="V43" s="6">
-        <v>6914386.0</v>
+        <v>6644490.0</v>
       </c>
       <c r="W43" s="6">
-        <v>6328698.0</v>
+        <v>6913775.0</v>
       </c>
       <c r="X43" s="6">
-        <v>6044664.0</v>
+        <v>6328045.0</v>
       </c>
       <c r="Y43" s="6">
+        <v>6044185.0</v>
+      </c>
+      <c r="Z43" s="6">
         <v>3268589.0</v>
       </c>
-      <c r="Z43" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AA43" s="6">
-        <v>6047211.0</v>
+        <v>9140954.0</v>
       </c>
       <c r="AB43" s="6">
-        <v>6069706.0</v>
+        <v>6046769.0</v>
       </c>
       <c r="AC43" s="6">
-        <v>5805637.0</v>
+        <v>6069062.0</v>
       </c>
       <c r="AD43" s="6">
-        <v>5594415.0</v>
+        <v>5804968.0</v>
       </c>
       <c r="AE43" s="6">
-        <v>6087183.0</v>
+        <v>5593762.0</v>
       </c>
       <c r="AF43" s="6">
-        <v>6814809.0</v>
+        <v>6086564.0</v>
       </c>
       <c r="AG43" s="6">
-        <v>5608709.0</v>
+        <v>6814185.0</v>
       </c>
       <c r="AH43" s="6">
-        <v>5630090.0</v>
+        <v>5608061.0</v>
       </c>
       <c r="AI43" s="6">
-        <v>5229071.0</v>
+        <v>5629306.0</v>
       </c>
       <c r="AJ43" s="6">
-        <v>5131030.0</v>
+        <v>5228243.0</v>
       </c>
       <c r="AK43" s="6">
-        <v>2626500.0</v>
+        <v>5130376.0</v>
       </c>
       <c r="AL43" s="6">
-        <v>7788520.0</v>
+        <v>2626419.0</v>
       </c>
       <c r="AM43" s="6">
-        <v>4893364.0</v>
+        <v>7787286.0</v>
       </c>
       <c r="AN43" s="6">
-        <v>4983801.0</v>
+        <v>4892639.0</v>
       </c>
       <c r="AO43" s="6">
-        <v>4501444.0</v>
+        <v>4983060.0</v>
       </c>
       <c r="AP43" s="6">
-        <v>4249789.0</v>
+        <v>4500696.0</v>
       </c>
       <c r="AQ43" s="6">
-        <v>4910215.0</v>
+        <v>4249073.0</v>
       </c>
       <c r="AR43" s="6">
-        <v>5324992.0</v>
+        <v>4909476.0</v>
       </c>
       <c r="AS43" s="6">
-        <v>4681313.0</v>
+        <v>5324249.0</v>
       </c>
       <c r="AT43" s="6">
-        <v>4678190.0</v>
+        <v>4680807.0</v>
       </c>
       <c r="AU43" s="6">
-        <v>4429872.0</v>
+        <v>4677740.0</v>
       </c>
       <c r="AV43" s="6">
-        <v>4420646.0</v>
+        <v>4429137.0</v>
       </c>
       <c r="AW43" s="6">
-        <v>2158927.0</v>
+        <v>4420031.0</v>
       </c>
       <c r="AX43" s="6">
-        <v>6848406.0</v>
+        <v>2158847.0</v>
       </c>
       <c r="AY43" s="6">
-        <v>4308825.0</v>
+        <v>6847432.0</v>
       </c>
       <c r="AZ43" s="6">
-        <v>4318926.0</v>
+        <v>4308325.0</v>
       </c>
       <c r="BA43" s="6">
-        <v>3987474.0</v>
+        <v>4318426.0</v>
       </c>
       <c r="BB43" s="6">
-        <v>3792474.0</v>
+        <v>3987176.0</v>
       </c>
       <c r="BC43" s="6">
-        <v>4325732.0</v>
+        <v>3792047.0</v>
       </c>
       <c r="BD43" s="6">
-        <v>4828880.0</v>
+        <v>4325256.0</v>
       </c>
       <c r="BE43" s="6">
-        <v>3989961.0</v>
+        <v>4828404.0</v>
       </c>
       <c r="BF43" s="6">
-        <v>4054187.0</v>
+        <v>3989485.0</v>
       </c>
       <c r="BG43" s="6">
-        <v>3885009.0</v>
+        <v>4053761.0</v>
       </c>
       <c r="BH43" s="6">
-        <v>3799432.0</v>
+        <v>3884583.0</v>
       </c>
       <c r="BI43" s="6">
+        <v>3798715.0</v>
+      </c>
+      <c r="BJ43" s="6">
         <v>1841813.0</v>
       </c>
-      <c r="BJ43" s="6">
+      <c r="BK43" s="6">
         <v>5847588.0</v>
       </c>
-      <c r="BK43" s="6">
+      <c r="BL43" s="6">
         <v>3785440.0</v>
       </c>
-      <c r="BL43" s="6">
+      <c r="BM43" s="6">
         <v>3684806.0</v>
       </c>
-      <c r="BM43" s="6">
+      <c r="BN43" s="6">
         <v>3352439.0</v>
       </c>
-      <c r="BN43" s="6">
+      <c r="BO43" s="6">
         <v>3347636.0</v>
       </c>
-      <c r="BO43" s="6">
+      <c r="BP43" s="6">
         <v>3838745.0</v>
       </c>
-      <c r="BP43" s="6">
+      <c r="BQ43" s="6">
         <v>3940428.0</v>
       </c>
-      <c r="BQ43" s="6">
+      <c r="BR43" s="6">
         <v>3210994.0</v>
       </c>
-      <c r="BR43" s="6">
+      <c r="BS43" s="6">
         <v>3282076.0</v>
       </c>
-      <c r="BS43" s="6">
+      <c r="BT43" s="6">
         <v>3506618.0</v>
       </c>
-      <c r="BT43" s="6">
+      <c r="BU43" s="6">
         <v>3445294.0</v>
       </c>
-      <c r="BU43" s="6">
+      <c r="BV43" s="6">
         <v>1475633.0</v>
       </c>
-      <c r="BV43" s="6">
+      <c r="BW43" s="6">
         <v>5675970.0</v>
       </c>
-      <c r="BW43" s="6">
+      <c r="BX43" s="6">
         <v>3395146.0</v>
       </c>
-      <c r="BX43" s="6">
+      <c r="BY43" s="6">
         <v>3396909.0</v>
       </c>
-      <c r="BY43" s="6">
+      <c r="BZ43" s="6">
         <v>3210654.0</v>
       </c>
-      <c r="BZ43" s="6">
+      <c r="CA43" s="6">
         <v>3122613.0</v>
       </c>
-      <c r="CA43" s="6">
+      <c r="CB43" s="6">
         <v>3534659.0</v>
       </c>
-      <c r="CB43" s="6">
+      <c r="CC43" s="6">
         <v>4000496.0</v>
       </c>
-      <c r="CC43" s="6">
+      <c r="CD43" s="6">
         <v>3376731.0</v>
       </c>
-      <c r="CD43" s="6">
+      <c r="CE43" s="6">
         <v>3334344.0</v>
       </c>
-      <c r="CE43" s="6">
+      <c r="CF43" s="6">
         <v>3138456.0</v>
       </c>
-      <c r="CF43" s="6">
+      <c r="CG43" s="6">
         <v>3105683.0</v>
       </c>
-      <c r="CG43" s="6">
+      <c r="CH43" s="6">
         <v>857595.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A2:CG2"/>
-[...2 lines deleted...]
-    <mergeCell ref="B8:CG8"/>
+    <mergeCell ref="A2:CH2"/>
+    <mergeCell ref="B4:CH4"/>
+    <mergeCell ref="B5:CH5"/>
+    <mergeCell ref="B8:CH8"/>
     <mergeCell ref="A11:A13"/>
     <mergeCell ref="B11:B13"/>
     <mergeCell ref="A14:A16"/>
     <mergeCell ref="B14:B16"/>
     <mergeCell ref="A17:A19"/>
     <mergeCell ref="B17:B19"/>
     <mergeCell ref="A20:A22"/>
     <mergeCell ref="B20:B22"/>
     <mergeCell ref="A23:A25"/>
     <mergeCell ref="B23:B25"/>
     <mergeCell ref="A26:A28"/>
     <mergeCell ref="B26:B28"/>
     <mergeCell ref="A29:A31"/>
     <mergeCell ref="B29:B31"/>
     <mergeCell ref="A32:A34"/>
     <mergeCell ref="B32:B34"/>
     <mergeCell ref="A35:A37"/>
     <mergeCell ref="B35:B37"/>
     <mergeCell ref="A38:A40"/>
     <mergeCell ref="B38:B40"/>
     <mergeCell ref="A41:A43"/>
     <mergeCell ref="B41:B43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>