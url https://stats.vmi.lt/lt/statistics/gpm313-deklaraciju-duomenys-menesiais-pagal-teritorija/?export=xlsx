--- v2 (2026-01-22)
+++ v3 (2026-03-14)
@@ -12,88 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="gpm313-deklaraciju-duomenys-me" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">GPM313 deklaracijų duomenys - mėnesiais pagal teritoriją</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2026-01-05</t>
+    <t>2026-03-03</t>
   </si>
   <si>
     <t>Savivaldybė</t>
   </si>
   <si>
     <t>Visa apskritis</t>
   </si>
   <si>
     <t>Regionas</t>
   </si>
   <si>
     <t>Išmokos</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2026-01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-12</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-11</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
@@ -1807,10608 +1835,10838 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:CH43"/>
+  <dimension ref="A1:CJ43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="CH43" sqref="CH43"/>
+      <selection activeCell="CJ43" sqref="CJ43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="2" spans="1:86">
+    <row r="2" spans="1:88">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM313 deklaracijų duomenys - mėnesiais pagal teritoriją</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="4" spans="1:86">
+    <row r="4" spans="1:88">
       <c r="A4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:86">
+    <row r="5" spans="1:88">
       <c r="A5" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:86">
+    <row r="8" spans="1:88">
       <c r="A8" t="s">
         <v>5</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="10" spans="1:86">
+    <row r="10" spans="1:88">
       <c r="A10" s="3" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2026-01</t>
+          </r>
+        </is>
+      </c>
+      <c r="E10" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025-12</t>
+          </r>
+        </is>
+      </c>
+      <c r="F10" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2025-11</t>
           </r>
         </is>
       </c>
-      <c r="E10" s="4" t="inlineStr">
+      <c r="G10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-10</t>
           </r>
         </is>
       </c>
-      <c r="F10" s="4" t="inlineStr">
+      <c r="H10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-09</t>
           </r>
         </is>
       </c>
-      <c r="G10" s="4" t="inlineStr">
+      <c r="I10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
-      <c r="H10" s="4" t="inlineStr">
+      <c r="J10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
-      <c r="I10" s="4" t="inlineStr">
+      <c r="K10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
-      <c r="J10" s="4" t="inlineStr">
+      <c r="L10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-05</t>
           </r>
         </is>
       </c>
-      <c r="K10" s="4" t="inlineStr">
+      <c r="M10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-04</t>
           </r>
         </is>
       </c>
-      <c r="L10" s="4" t="inlineStr">
+      <c r="N10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-03</t>
           </r>
         </is>
       </c>
-      <c r="M10" s="4" t="inlineStr">
+      <c r="O10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-02</t>
           </r>
         </is>
       </c>
-      <c r="N10" s="4" t="inlineStr">
+      <c r="P10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-01</t>
           </r>
         </is>
       </c>
-      <c r="O10" s="4" t="inlineStr">
+      <c r="Q10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-12</t>
           </r>
         </is>
       </c>
-      <c r="P10" s="4" t="inlineStr">
+      <c r="R10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-11</t>
           </r>
         </is>
       </c>
-      <c r="Q10" s="4" t="inlineStr">
+      <c r="S10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-10</t>
           </r>
         </is>
       </c>
-      <c r="R10" s="4" t="inlineStr">
+      <c r="T10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-09</t>
           </r>
         </is>
       </c>
-      <c r="S10" s="4" t="inlineStr">
+      <c r="U10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-08</t>
           </r>
         </is>
       </c>
-      <c r="T10" s="4" t="inlineStr">
+      <c r="V10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-07</t>
           </r>
         </is>
       </c>
-      <c r="U10" s="4" t="inlineStr">
+      <c r="W10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-06</t>
           </r>
         </is>
       </c>
-      <c r="V10" s="4" t="inlineStr">
+      <c r="X10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-05</t>
           </r>
         </is>
       </c>
-      <c r="W10" s="4" t="inlineStr">
+      <c r="Y10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-04</t>
           </r>
         </is>
       </c>
-      <c r="X10" s="4" t="inlineStr">
+      <c r="Z10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-03</t>
           </r>
         </is>
       </c>
-      <c r="Y10" s="4" t="inlineStr">
+      <c r="AA10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-02</t>
           </r>
         </is>
       </c>
-      <c r="Z10" s="4" t="inlineStr">
+      <c r="AB10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024-01</t>
           </r>
         </is>
       </c>
-      <c r="AA10" s="4" t="inlineStr">
+      <c r="AC10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-12</t>
           </r>
         </is>
       </c>
-      <c r="AB10" s="4" t="inlineStr">
+      <c r="AD10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-11</t>
           </r>
         </is>
       </c>
-      <c r="AC10" s="4" t="inlineStr">
+      <c r="AE10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-10</t>
           </r>
         </is>
       </c>
-      <c r="AD10" s="4" t="inlineStr">
+      <c r="AF10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-09</t>
           </r>
         </is>
       </c>
-      <c r="AE10" s="4" t="inlineStr">
+      <c r="AG10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-08</t>
           </r>
         </is>
       </c>
-      <c r="AF10" s="4" t="inlineStr">
+      <c r="AH10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-07</t>
           </r>
         </is>
       </c>
-      <c r="AG10" s="4" t="inlineStr">
+      <c r="AI10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-06</t>
           </r>
         </is>
       </c>
-      <c r="AH10" s="4" t="inlineStr">
+      <c r="AJ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-05</t>
           </r>
         </is>
       </c>
-      <c r="AI10" s="4" t="inlineStr">
+      <c r="AK10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-04</t>
           </r>
         </is>
       </c>
-      <c r="AJ10" s="4" t="inlineStr">
+      <c r="AL10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-03</t>
           </r>
         </is>
       </c>
-      <c r="AK10" s="4" t="inlineStr">
+      <c r="AM10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-02</t>
           </r>
         </is>
       </c>
-      <c r="AL10" s="4" t="inlineStr">
+      <c r="AN10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2023-01</t>
           </r>
         </is>
       </c>
-      <c r="AM10" s="4" t="inlineStr">
+      <c r="AO10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-12</t>
           </r>
         </is>
       </c>
-      <c r="AN10" s="4" t="inlineStr">
+      <c r="AP10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-11</t>
           </r>
         </is>
       </c>
-      <c r="AO10" s="4" t="inlineStr">
+      <c r="AQ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-10</t>
           </r>
         </is>
       </c>
-      <c r="AP10" s="4" t="inlineStr">
+      <c r="AR10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-09</t>
           </r>
         </is>
       </c>
-      <c r="AQ10" s="4" t="inlineStr">
+      <c r="AS10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-08</t>
           </r>
         </is>
       </c>
-      <c r="AR10" s="4" t="inlineStr">
+      <c r="AT10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-07</t>
           </r>
         </is>
       </c>
-      <c r="AS10" s="4" t="inlineStr">
+      <c r="AU10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-06</t>
           </r>
         </is>
       </c>
-      <c r="AT10" s="4" t="inlineStr">
+      <c r="AV10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-05</t>
           </r>
         </is>
       </c>
-      <c r="AU10" s="4" t="inlineStr">
+      <c r="AW10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-04</t>
           </r>
         </is>
       </c>
-      <c r="AV10" s="4" t="inlineStr">
+      <c r="AX10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-03</t>
           </r>
         </is>
       </c>
-      <c r="AW10" s="4" t="inlineStr">
+      <c r="AY10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-02</t>
           </r>
         </is>
       </c>
-      <c r="AX10" s="4" t="inlineStr">
+      <c r="AZ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2022-01</t>
           </r>
         </is>
       </c>
-      <c r="AY10" s="4" t="inlineStr">
+      <c r="BA10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-12</t>
           </r>
         </is>
       </c>
-      <c r="AZ10" s="4" t="inlineStr">
+      <c r="BB10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-11</t>
           </r>
         </is>
       </c>
-      <c r="BA10" s="4" t="inlineStr">
+      <c r="BC10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-10</t>
           </r>
         </is>
       </c>
-      <c r="BB10" s="4" t="inlineStr">
+      <c r="BD10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-09</t>
           </r>
         </is>
       </c>
-      <c r="BC10" s="4" t="inlineStr">
+      <c r="BE10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-08</t>
           </r>
         </is>
       </c>
-      <c r="BD10" s="4" t="inlineStr">
+      <c r="BF10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-07</t>
           </r>
         </is>
       </c>
-      <c r="BE10" s="4" t="inlineStr">
+      <c r="BG10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-06</t>
           </r>
         </is>
       </c>
-      <c r="BF10" s="4" t="inlineStr">
+      <c r="BH10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-05</t>
           </r>
         </is>
       </c>
-      <c r="BG10" s="4" t="inlineStr">
+      <c r="BI10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-04</t>
           </r>
         </is>
       </c>
-      <c r="BH10" s="4" t="inlineStr">
+      <c r="BJ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-03</t>
           </r>
         </is>
       </c>
-      <c r="BI10" s="4" t="inlineStr">
+      <c r="BK10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-02</t>
           </r>
         </is>
       </c>
-      <c r="BJ10" s="4" t="inlineStr">
+      <c r="BL10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2021-01</t>
           </r>
         </is>
       </c>
-      <c r="BK10" s="4" t="inlineStr">
+      <c r="BM10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-12</t>
           </r>
         </is>
       </c>
-      <c r="BL10" s="4" t="inlineStr">
+      <c r="BN10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-11</t>
           </r>
         </is>
       </c>
-      <c r="BM10" s="4" t="inlineStr">
+      <c r="BO10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-10</t>
           </r>
         </is>
       </c>
-      <c r="BN10" s="4" t="inlineStr">
+      <c r="BP10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-09</t>
           </r>
         </is>
       </c>
-      <c r="BO10" s="4" t="inlineStr">
+      <c r="BQ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-08</t>
           </r>
         </is>
       </c>
-      <c r="BP10" s="4" t="inlineStr">
+      <c r="BR10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-07</t>
           </r>
         </is>
       </c>
-      <c r="BQ10" s="4" t="inlineStr">
+      <c r="BS10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-06</t>
           </r>
         </is>
       </c>
-      <c r="BR10" s="4" t="inlineStr">
+      <c r="BT10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-05</t>
           </r>
         </is>
       </c>
-      <c r="BS10" s="4" t="inlineStr">
+      <c r="BU10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-04</t>
           </r>
         </is>
       </c>
-      <c r="BT10" s="4" t="inlineStr">
+      <c r="BV10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-03</t>
           </r>
         </is>
       </c>
-      <c r="BU10" s="4" t="inlineStr">
+      <c r="BW10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-02</t>
           </r>
         </is>
       </c>
-      <c r="BV10" s="4" t="inlineStr">
+      <c r="BX10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2020-01</t>
           </r>
         </is>
       </c>
-      <c r="BW10" s="4" t="inlineStr">
+      <c r="BY10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-12</t>
           </r>
         </is>
       </c>
-      <c r="BX10" s="4" t="inlineStr">
+      <c r="BZ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-11</t>
           </r>
         </is>
       </c>
-      <c r="BY10" s="4" t="inlineStr">
+      <c r="CA10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-10</t>
           </r>
         </is>
       </c>
-      <c r="BZ10" s="4" t="inlineStr">
+      <c r="CB10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-09</t>
           </r>
         </is>
       </c>
-      <c r="CA10" s="4" t="inlineStr">
+      <c r="CC10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-08</t>
           </r>
         </is>
       </c>
-      <c r="CB10" s="4" t="inlineStr">
+      <c r="CD10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-07</t>
           </r>
         </is>
       </c>
-      <c r="CC10" s="4" t="inlineStr">
+      <c r="CE10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-06</t>
           </r>
         </is>
       </c>
-      <c r="CD10" s="4" t="inlineStr">
+      <c r="CF10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-05</t>
           </r>
         </is>
       </c>
-      <c r="CE10" s="4" t="inlineStr">
+      <c r="CG10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-04</t>
           </r>
         </is>
       </c>
-      <c r="CF10" s="4" t="inlineStr">
+      <c r="CH10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-03</t>
           </r>
         </is>
       </c>
-      <c r="CG10" s="4" t="inlineStr">
+      <c r="CI10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-02</t>
           </r>
         </is>
       </c>
-      <c r="CH10" s="4" t="inlineStr">
+      <c r="CJ10" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2019-01</t>
           </r>
         </is>
       </c>
     </row>
-    <row r="11" spans="1:86">
+    <row r="11" spans="1:88">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa Lietuva</t>
           </r>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D11" s="6">
-        <v>118821.0</v>
+        <v>116909.0</v>
       </c>
       <c r="E11" s="6">
-        <v>119453.0</v>
+        <v>122955.0</v>
       </c>
       <c r="F11" s="6">
-        <v>119187.0</v>
+        <v>120805.0</v>
       </c>
       <c r="G11" s="6">
-        <v>119197.0</v>
+        <v>120726.0</v>
       </c>
       <c r="H11" s="6">
-        <v>119198.0</v>
+        <v>120168.0</v>
       </c>
       <c r="I11" s="6">
-        <v>119356.0</v>
+        <v>120035.0</v>
       </c>
       <c r="J11" s="6">
-        <v>119122.0</v>
+        <v>120008.0</v>
       </c>
       <c r="K11" s="6">
-        <v>119053.0</v>
+        <v>120095.0</v>
       </c>
       <c r="L11" s="6">
-        <v>118794.0</v>
+        <v>119832.0</v>
       </c>
       <c r="M11" s="6">
-        <v>118643.0</v>
+        <v>119709.0</v>
       </c>
       <c r="N11" s="6">
-        <v>118968.0</v>
+        <v>119391.0</v>
       </c>
       <c r="O11" s="6">
-        <v>124375.0</v>
+        <v>119208.0</v>
       </c>
       <c r="P11" s="6">
-        <v>121595.0</v>
+        <v>119497.0</v>
       </c>
       <c r="Q11" s="6">
-        <v>121275.0</v>
+        <v>124414.0</v>
       </c>
       <c r="R11" s="6">
-        <v>120737.0</v>
+        <v>121612.0</v>
       </c>
       <c r="S11" s="6">
-        <v>120666.0</v>
+        <v>121288.0</v>
       </c>
       <c r="T11" s="6">
-        <v>120720.0</v>
+        <v>120747.0</v>
       </c>
       <c r="U11" s="6">
-        <v>120739.0</v>
+        <v>120680.0</v>
       </c>
       <c r="V11" s="6">
-        <v>120590.0</v>
+        <v>120729.0</v>
       </c>
       <c r="W11" s="6">
-        <v>120419.0</v>
+        <v>120747.0</v>
       </c>
       <c r="X11" s="6">
-        <v>120088.0</v>
+        <v>120597.0</v>
       </c>
       <c r="Y11" s="6">
-        <v>119754.0</v>
+        <v>120422.0</v>
       </c>
       <c r="Z11" s="6">
-        <v>120089.0</v>
+        <v>120098.0</v>
       </c>
       <c r="AA11" s="6">
-        <v>124843.0</v>
+        <v>119763.0</v>
       </c>
       <c r="AB11" s="6">
-        <v>122040.0</v>
+        <v>120096.0</v>
       </c>
       <c r="AC11" s="6">
-        <v>121326.0</v>
+        <v>124853.0</v>
       </c>
       <c r="AD11" s="6">
-        <v>120779.0</v>
+        <v>122043.0</v>
       </c>
       <c r="AE11" s="6">
-        <v>120427.0</v>
+        <v>121330.0</v>
       </c>
       <c r="AF11" s="6">
-        <v>120329.0</v>
+        <v>120780.0</v>
       </c>
       <c r="AG11" s="6">
-        <v>120508.0</v>
+        <v>120429.0</v>
       </c>
       <c r="AH11" s="6">
-        <v>119978.0</v>
+        <v>120333.0</v>
       </c>
       <c r="AI11" s="6">
-        <v>119498.0</v>
+        <v>120512.0</v>
       </c>
       <c r="AJ11" s="6">
-        <v>119313.0</v>
+        <v>119982.0</v>
       </c>
       <c r="AK11" s="6">
+        <v>119500.0</v>
+      </c>
+      <c r="AL11" s="6">
+        <v>119318.0</v>
+      </c>
+      <c r="AM11" s="6">
         <v>118761.0</v>
       </c>
-      <c r="AL11" s="6">
+      <c r="AN11" s="6">
         <v>118956.0</v>
       </c>
-      <c r="AM11" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="AO11" s="6">
-        <v>119959.0</v>
+        <v>123138.0</v>
       </c>
       <c r="AP11" s="6">
-        <v>119464.0</v>
+        <v>120501.0</v>
       </c>
       <c r="AQ11" s="6">
-        <v>119275.0</v>
+        <v>119960.0</v>
       </c>
       <c r="AR11" s="6">
+        <v>119466.0</v>
+      </c>
+      <c r="AS11" s="6">
+        <v>119276.0</v>
+      </c>
+      <c r="AT11" s="6">
         <v>119111.0</v>
       </c>
-      <c r="AS11" s="6">
+      <c r="AU11" s="6">
         <v>119085.0</v>
       </c>
-      <c r="AT11" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="AV11" s="6">
-        <v>117687.0</v>
+        <v>118494.0</v>
       </c>
       <c r="AW11" s="6">
+        <v>118000.0</v>
+      </c>
+      <c r="AX11" s="6">
+        <v>117689.0</v>
+      </c>
+      <c r="AY11" s="6">
         <v>117358.0</v>
       </c>
-      <c r="AX11" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="AZ11" s="6">
+        <v>117481.0</v>
+      </c>
+      <c r="BA11" s="6">
+        <v>121415.0</v>
+      </c>
+      <c r="BB11" s="6">
         <v>118578.0</v>
       </c>
-      <c r="BA11" s="6">
+      <c r="BC11" s="6">
         <v>117966.0</v>
       </c>
-      <c r="BB11" s="6">
+      <c r="BD11" s="6">
         <v>117409.0</v>
       </c>
-      <c r="BC11" s="6">
+      <c r="BE11" s="6">
         <v>116880.0</v>
       </c>
-      <c r="BD11" s="6">
+      <c r="BF11" s="6">
         <v>116631.0</v>
       </c>
-      <c r="BE11" s="6">
+      <c r="BG11" s="6">
         <v>116386.0</v>
       </c>
-      <c r="BF11" s="6">
+      <c r="BH11" s="6">
         <v>115431.0</v>
       </c>
-      <c r="BG11" s="6">
+      <c r="BI11" s="6">
         <v>114644.0</v>
       </c>
-      <c r="BH11" s="6">
+      <c r="BJ11" s="6">
         <v>114009.0</v>
       </c>
-      <c r="BI11" s="6">
+      <c r="BK11" s="6">
         <v>112812.0</v>
       </c>
-      <c r="BJ11" s="6">
+      <c r="BL11" s="6">
         <v>112145.0</v>
       </c>
-      <c r="BK11" s="6">
+      <c r="BM11" s="6">
         <v>116506.0</v>
       </c>
-      <c r="BL11" s="6">
+      <c r="BN11" s="6">
         <v>113698.0</v>
       </c>
-      <c r="BM11" s="6">
+      <c r="BO11" s="6">
         <v>113203.0</v>
       </c>
-      <c r="BN11" s="6">
+      <c r="BP11" s="6">
         <v>112446.0</v>
       </c>
-      <c r="BO11" s="6">
+      <c r="BQ11" s="6">
         <v>111905.0</v>
       </c>
-      <c r="BP11" s="6">
+      <c r="BR11" s="6">
         <v>111600.0</v>
       </c>
-      <c r="BQ11" s="6">
+      <c r="BS11" s="6">
         <v>111360.0</v>
       </c>
-      <c r="BR11" s="6">
+      <c r="BT11" s="6">
         <v>110501.0</v>
       </c>
-      <c r="BS11" s="6">
+      <c r="BU11" s="6">
         <v>109986.0</v>
       </c>
-      <c r="BT11" s="6">
+      <c r="BV11" s="6">
         <v>110802.0</v>
       </c>
-      <c r="BU11" s="6">
+      <c r="BW11" s="6">
         <v>110771.0</v>
       </c>
-      <c r="BV11" s="6">
+      <c r="BX11" s="6">
         <v>110806.0</v>
       </c>
-      <c r="BW11" s="6">
+      <c r="BY11" s="6">
         <v>114268.0</v>
       </c>
-      <c r="BX11" s="6">
+      <c r="BZ11" s="6">
         <v>111566.0</v>
       </c>
-      <c r="BY11" s="6">
+      <c r="CA11" s="6">
         <v>111064.0</v>
       </c>
-      <c r="BZ11" s="6">
+      <c r="CB11" s="6">
         <v>110557.0</v>
       </c>
-      <c r="CA11" s="6">
+      <c r="CC11" s="6">
         <v>110172.0</v>
       </c>
-      <c r="CB11" s="6">
+      <c r="CD11" s="6">
         <v>109992.0</v>
       </c>
-      <c r="CC11" s="6">
+      <c r="CE11" s="6">
         <v>109911.0</v>
       </c>
-      <c r="CD11" s="6">
+      <c r="CF11" s="6">
         <v>109497.0</v>
       </c>
-      <c r="CE11" s="6">
+      <c r="CG11" s="6">
         <v>109147.0</v>
       </c>
-      <c r="CF11" s="6">
+      <c r="CH11" s="6">
         <v>108685.0</v>
       </c>
-      <c r="CG11" s="6">
+      <c r="CI11" s="6">
         <v>108159.0</v>
       </c>
-      <c r="CH11" s="6">
+      <c r="CJ11" s="6">
         <v>108173.0</v>
       </c>
     </row>
-    <row r="12" spans="1:86">
+    <row r="12" spans="1:88">
       <c r="C12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D12" s="6">
-        <v>3003623756.0</v>
+        <v>1528824241.0</v>
       </c>
       <c r="E12" s="6">
-        <v>3011085296.0</v>
+        <v>4847250702.0</v>
       </c>
       <c r="F12" s="6">
-        <v>2802533861.0</v>
+        <v>3002136093.0</v>
       </c>
       <c r="G12" s="6">
-        <v>2860935261.0</v>
+        <v>3008127995.0</v>
       </c>
       <c r="H12" s="6">
-        <v>3120519780.0</v>
+        <v>2798400200.0</v>
       </c>
       <c r="I12" s="6">
-        <v>3230461040.0</v>
+        <v>2862285822.0</v>
       </c>
       <c r="J12" s="6">
-        <v>2970282001.0</v>
+        <v>3108510616.0</v>
       </c>
       <c r="K12" s="6">
-        <v>3004557662.0</v>
+        <v>3224720310.0</v>
       </c>
       <c r="L12" s="6">
-        <v>2844919973.0</v>
+        <v>2964225798.0</v>
       </c>
       <c r="M12" s="6">
-        <v>2803362630.0</v>
+        <v>3003046135.0</v>
       </c>
       <c r="N12" s="6">
-        <v>1421989946.0</v>
+        <v>2843336459.0</v>
       </c>
       <c r="O12" s="6">
-        <v>4440811225.0</v>
+        <v>2798989187.0</v>
       </c>
       <c r="P12" s="6">
-        <v>2728174036.0</v>
+        <v>1420968663.0</v>
       </c>
       <c r="Q12" s="6">
-        <v>2757888075.0</v>
+        <v>4440758290.0</v>
       </c>
       <c r="R12" s="6">
-        <v>2544935656.0</v>
+        <v>2728069623.0</v>
       </c>
       <c r="S12" s="6">
-        <v>2628890168.0</v>
+        <v>2757821642.0</v>
       </c>
       <c r="T12" s="6">
-        <v>2812207799.0</v>
+        <v>2544784324.0</v>
       </c>
       <c r="U12" s="6">
-        <v>2937025866.0</v>
+        <v>2628823203.0</v>
       </c>
       <c r="V12" s="6">
-        <v>2731247005.0</v>
+        <v>2812193950.0</v>
       </c>
       <c r="W12" s="6">
-        <v>2710616950.0</v>
+        <v>2936975430.0</v>
       </c>
       <c r="X12" s="6">
-        <v>2642488768.0</v>
+        <v>2731240920.0</v>
       </c>
       <c r="Y12" s="6">
-        <v>2563173062.0</v>
+        <v>2710532724.0</v>
       </c>
       <c r="Z12" s="6">
-        <v>1278679714.0</v>
+        <v>2642493970.0</v>
       </c>
       <c r="AA12" s="6">
-        <v>3995554687.0</v>
+        <v>2563145707.0</v>
       </c>
       <c r="AB12" s="6">
-        <v>2451387094.0</v>
+        <v>1278559833.0</v>
       </c>
       <c r="AC12" s="6">
-        <v>2470234682.0</v>
+        <v>3995603404.0</v>
       </c>
       <c r="AD12" s="6">
-        <v>2311830498.0</v>
+        <v>2451364616.0</v>
       </c>
       <c r="AE12" s="6">
-        <v>2356670190.0</v>
+        <v>2470210779.0</v>
       </c>
       <c r="AF12" s="6">
-        <v>2512515334.0</v>
+        <v>2312121397.0</v>
       </c>
       <c r="AG12" s="6">
-        <v>2679441016.0</v>
+        <v>2356641640.0</v>
       </c>
       <c r="AH12" s="6">
-        <v>2400300891.0</v>
+        <v>2512467557.0</v>
       </c>
       <c r="AI12" s="6">
-        <v>2414834970.0</v>
+        <v>2679422776.0</v>
       </c>
       <c r="AJ12" s="6">
-        <v>2357496554.0</v>
+        <v>2400277547.0</v>
       </c>
       <c r="AK12" s="6">
-        <v>2274866635.0</v>
+        <v>2414808627.0</v>
       </c>
       <c r="AL12" s="6">
-        <v>1148704201.0</v>
+        <v>2357474192.0</v>
       </c>
       <c r="AM12" s="6">
-        <v>3528549712.0</v>
+        <v>2274668493.0</v>
       </c>
       <c r="AN12" s="6">
-        <v>2166410779.0</v>
+        <v>1148709219.0</v>
       </c>
       <c r="AO12" s="6">
-        <v>2163017042.0</v>
+        <v>3528487458.0</v>
       </c>
       <c r="AP12" s="6">
-        <v>2077690856.0</v>
+        <v>2166368503.0</v>
       </c>
       <c r="AQ12" s="6">
-        <v>2057515233.0</v>
+        <v>2162978774.0</v>
       </c>
       <c r="AR12" s="6">
-        <v>2180788362.0</v>
+        <v>2077657389.0</v>
       </c>
       <c r="AS12" s="6">
-        <v>2343263428.0</v>
+        <v>2057489066.0</v>
       </c>
       <c r="AT12" s="6">
-        <v>2144488133.0</v>
+        <v>2180737177.0</v>
       </c>
       <c r="AU12" s="6">
-        <v>2116624842.0</v>
+        <v>2343211483.0</v>
       </c>
       <c r="AV12" s="6">
-        <v>2031687795.0</v>
+        <v>2144440588.0</v>
       </c>
       <c r="AW12" s="6">
-        <v>1964586792.0</v>
+        <v>2116605220.0</v>
       </c>
       <c r="AX12" s="6">
-        <v>987437976.0</v>
+        <v>2031672041.0</v>
       </c>
       <c r="AY12" s="6">
-        <v>3113339445.0</v>
+        <v>1964568303.0</v>
       </c>
       <c r="AZ12" s="6">
-        <v>1878434710.0</v>
+        <v>987424506.0</v>
       </c>
       <c r="BA12" s="6">
-        <v>1877584112.0</v>
+        <v>3113317014.0</v>
       </c>
       <c r="BB12" s="6">
-        <v>1791976607.0</v>
+        <v>1878424919.0</v>
       </c>
       <c r="BC12" s="6">
-        <v>1786917119.0</v>
+        <v>1877575282.0</v>
       </c>
       <c r="BD12" s="6">
-        <v>1915576903.0</v>
+        <v>1791970928.0</v>
       </c>
       <c r="BE12" s="6">
+        <v>1786911752.0</v>
+      </c>
+      <c r="BF12" s="6">
+        <v>1915576827.0</v>
+      </c>
+      <c r="BG12" s="6">
         <v>2004702730.0</v>
       </c>
-      <c r="BF12" s="6">
+      <c r="BH12" s="6">
         <v>1819290121.0</v>
       </c>
-      <c r="BG12" s="6">
+      <c r="BI12" s="6">
         <v>1820793279.0</v>
       </c>
-      <c r="BH12" s="6">
+      <c r="BJ12" s="6">
         <v>1744701957.0</v>
       </c>
-      <c r="BI12" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="BK12" s="6">
+        <v>1671181690.0</v>
+      </c>
+      <c r="BL12" s="6">
+        <v>840476929.0</v>
+      </c>
+      <c r="BM12" s="6">
         <v>2701344500.0</v>
       </c>
-      <c r="BL12" s="6">
+      <c r="BN12" s="6">
         <v>1665222223.0</v>
       </c>
-      <c r="BM12" s="6">
+      <c r="BO12" s="6">
         <v>1673379411.0</v>
       </c>
-      <c r="BN12" s="6">
+      <c r="BP12" s="6">
         <v>1559411877.0</v>
       </c>
-      <c r="BO12" s="6">
+      <c r="BQ12" s="6">
         <v>1564916487.0</v>
       </c>
-      <c r="BP12" s="6">
+      <c r="BR12" s="6">
         <v>1699933131.0</v>
       </c>
-      <c r="BQ12" s="6">
+      <c r="BS12" s="6">
         <v>1688804659.0</v>
       </c>
-      <c r="BR12" s="6">
+      <c r="BT12" s="6">
         <v>1491040918.0</v>
       </c>
-      <c r="BS12" s="6">
+      <c r="BU12" s="6">
         <v>1583114833.0</v>
       </c>
-      <c r="BT12" s="6">
+      <c r="BV12" s="6">
         <v>1607239471.0</v>
       </c>
-      <c r="BU12" s="6">
+      <c r="BW12" s="6">
         <v>1592785059.0</v>
       </c>
-      <c r="BV12" s="6">
+      <c r="BX12" s="6">
         <v>797550138.0</v>
       </c>
-      <c r="BW12" s="6">
+      <c r="BY12" s="6">
         <v>2452845032.0</v>
       </c>
-      <c r="BX12" s="6">
+      <c r="BZ12" s="6">
         <v>1531444073.0</v>
       </c>
-      <c r="BY12" s="6">
+      <c r="CA12" s="6">
         <v>1535184601.0</v>
       </c>
-      <c r="BZ12" s="6">
+      <c r="CB12" s="6">
         <v>1430602292.0</v>
       </c>
-      <c r="CA12" s="6">
+      <c r="CC12" s="6">
         <v>1741121814.0</v>
       </c>
-      <c r="CB12" s="6">
+      <c r="CD12" s="6">
         <v>1561888927.0</v>
       </c>
-      <c r="CC12" s="6">
+      <c r="CE12" s="6">
         <v>1664600708.0</v>
       </c>
-      <c r="CD12" s="6">
+      <c r="CF12" s="6">
         <v>1533720139.0</v>
       </c>
-      <c r="CE12" s="6">
+      <c r="CG12" s="6">
         <v>1517940995.0</v>
       </c>
-      <c r="CF12" s="6">
+      <c r="CH12" s="6">
         <v>1446913709.0</v>
       </c>
-      <c r="CG12" s="6">
+      <c r="CI12" s="6">
         <v>1423827434.0</v>
       </c>
-      <c r="CH12" s="6">
+      <c r="CJ12" s="6">
         <v>565121353.0</v>
       </c>
     </row>
-    <row r="13" spans="1:86">
+    <row r="13" spans="1:88">
       <c r="C13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D13" s="6">
-        <v>534422471.0</v>
+        <v>256750020.0</v>
       </c>
       <c r="E13" s="6">
-        <v>534105126.0</v>
+        <v>888910981.0</v>
       </c>
       <c r="F13" s="6">
-        <v>494367041.0</v>
+        <v>535907358.0</v>
       </c>
       <c r="G13" s="6">
-        <v>506958782.0</v>
+        <v>534629981.0</v>
       </c>
       <c r="H13" s="6">
-        <v>546570095.0</v>
+        <v>494886869.0</v>
       </c>
       <c r="I13" s="6">
-        <v>568272869.0</v>
+        <v>507404894.0</v>
       </c>
       <c r="J13" s="6">
-        <v>520152777.0</v>
+        <v>547146718.0</v>
       </c>
       <c r="K13" s="6">
-        <v>524640510.0</v>
+        <v>568617285.0</v>
       </c>
       <c r="L13" s="6">
-        <v>493620607.0</v>
+        <v>520410453.0</v>
       </c>
       <c r="M13" s="6">
-        <v>487034680.0</v>
+        <v>525375884.0</v>
       </c>
       <c r="N13" s="6">
-        <v>237874844.0</v>
+        <v>493861384.0</v>
       </c>
       <c r="O13" s="6">
-        <v>805122829.0</v>
+        <v>487254002.0</v>
       </c>
       <c r="P13" s="6">
-        <v>480310920.0</v>
+        <v>238155966.0</v>
       </c>
       <c r="Q13" s="6">
-        <v>482032507.0</v>
+        <v>805139729.0</v>
       </c>
       <c r="R13" s="6">
-        <v>444173701.0</v>
+        <v>480297295.0</v>
       </c>
       <c r="S13" s="6">
-        <v>459760325.0</v>
+        <v>482022749.0</v>
       </c>
       <c r="T13" s="6">
-        <v>485734472.0</v>
+        <v>444157129.0</v>
       </c>
       <c r="U13" s="6">
-        <v>509722200.0</v>
+        <v>459752733.0</v>
       </c>
       <c r="V13" s="6">
-        <v>470775003.0</v>
+        <v>485731480.0</v>
       </c>
       <c r="W13" s="6">
-        <v>468246855.0</v>
+        <v>509715289.0</v>
       </c>
       <c r="X13" s="6">
-        <v>451709209.0</v>
+        <v>470773442.0</v>
       </c>
       <c r="Y13" s="6">
-        <v>438879304.0</v>
+        <v>468232323.0</v>
       </c>
       <c r="Z13" s="6">
-        <v>212028738.0</v>
+        <v>451711889.0</v>
       </c>
       <c r="AA13" s="6">
-        <v>724718064.0</v>
+        <v>438874703.0</v>
       </c>
       <c r="AB13" s="6">
-        <v>430748360.0</v>
+        <v>212013102.0</v>
       </c>
       <c r="AC13" s="6">
-        <v>432033447.0</v>
+        <v>724729951.0</v>
       </c>
       <c r="AD13" s="6">
-        <v>405606876.0</v>
+        <v>430746280.0</v>
       </c>
       <c r="AE13" s="6">
-        <v>410046542.0</v>
+        <v>432030611.0</v>
       </c>
       <c r="AF13" s="6">
-        <v>435672338.0</v>
+        <v>405662537.0</v>
       </c>
       <c r="AG13" s="6">
-        <v>463544964.0</v>
+        <v>410044425.0</v>
       </c>
       <c r="AH13" s="6">
-        <v>411370393.0</v>
+        <v>435667820.0</v>
       </c>
       <c r="AI13" s="6">
-        <v>415345553.0</v>
+        <v>463543862.0</v>
       </c>
       <c r="AJ13" s="6">
-        <v>401324216.0</v>
+        <v>411368408.0</v>
       </c>
       <c r="AK13" s="6">
-        <v>388176086.0</v>
+        <v>415343869.0</v>
       </c>
       <c r="AL13" s="6">
-        <v>190865283.0</v>
+        <v>401323775.0</v>
       </c>
       <c r="AM13" s="6">
-        <v>636487215.0</v>
+        <v>388175984.0</v>
       </c>
       <c r="AN13" s="6">
-        <v>375870996.0</v>
+        <v>190866543.0</v>
       </c>
       <c r="AO13" s="6">
-        <v>374681524.0</v>
+        <v>636478685.0</v>
       </c>
       <c r="AP13" s="6">
-        <v>360122139.0</v>
+        <v>375865379.0</v>
       </c>
       <c r="AQ13" s="6">
-        <v>353892822.0</v>
+        <v>374677173.0</v>
       </c>
       <c r="AR13" s="6">
-        <v>374199815.0</v>
+        <v>360118806.0</v>
       </c>
       <c r="AS13" s="6">
-        <v>402559864.0</v>
+        <v>353890368.0</v>
       </c>
       <c r="AT13" s="6">
-        <v>370989092.0</v>
+        <v>374197504.0</v>
       </c>
       <c r="AU13" s="6">
-        <v>366430203.0</v>
+        <v>402557171.0</v>
       </c>
       <c r="AV13" s="6">
-        <v>346591657.0</v>
+        <v>370986562.0</v>
       </c>
       <c r="AW13" s="6">
-        <v>336659623.0</v>
+        <v>366427897.0</v>
       </c>
       <c r="AX13" s="6">
-        <v>163713697.0</v>
+        <v>346589907.0</v>
       </c>
       <c r="AY13" s="6">
-        <v>560006146.0</v>
+        <v>336657341.0</v>
       </c>
       <c r="AZ13" s="6">
-        <v>325271624.0</v>
+        <v>163712798.0</v>
       </c>
       <c r="BA13" s="6">
-        <v>325040971.0</v>
+        <v>560004459.0</v>
       </c>
       <c r="BB13" s="6">
-        <v>309653634.0</v>
+        <v>325270807.0</v>
       </c>
       <c r="BC13" s="6">
-        <v>308468616.0</v>
+        <v>325040316.0</v>
       </c>
       <c r="BD13" s="6">
-        <v>327423131.0</v>
+        <v>309653226.0</v>
       </c>
       <c r="BE13" s="6">
+        <v>308467968.0</v>
+      </c>
+      <c r="BF13" s="6">
+        <v>327423192.0</v>
+      </c>
+      <c r="BG13" s="6">
         <v>340615685.0</v>
       </c>
-      <c r="BF13" s="6">
+      <c r="BH13" s="6">
         <v>308790533.0</v>
       </c>
-      <c r="BG13" s="6">
+      <c r="BI13" s="6">
         <v>309988294.0</v>
       </c>
-      <c r="BH13" s="6">
+      <c r="BJ13" s="6">
         <v>293947038.0</v>
       </c>
-      <c r="BI13" s="6">
+      <c r="BK13" s="6">
         <v>282508913.0</v>
       </c>
-      <c r="BJ13" s="6">
-[...2 lines deleted...]
-      <c r="BK13" s="6">
+      <c r="BL13" s="6">
+        <v>135600739.0</v>
+      </c>
+      <c r="BM13" s="6">
         <v>471606013.0</v>
       </c>
-      <c r="BL13" s="6">
+      <c r="BN13" s="6">
         <v>281304632.0</v>
       </c>
-      <c r="BM13" s="6">
+      <c r="BO13" s="6">
         <v>282250541.0</v>
       </c>
-      <c r="BN13" s="6">
+      <c r="BP13" s="6">
         <v>259382204.0</v>
       </c>
-      <c r="BO13" s="6">
+      <c r="BQ13" s="6">
         <v>262732272.0</v>
       </c>
-      <c r="BP13" s="6">
+      <c r="BR13" s="6">
         <v>287372768.0</v>
       </c>
-      <c r="BQ13" s="6">
+      <c r="BS13" s="6">
         <v>285436801.0</v>
       </c>
-      <c r="BR13" s="6">
+      <c r="BT13" s="6">
         <v>252267795.0</v>
       </c>
-      <c r="BS13" s="6">
+      <c r="BU13" s="6">
         <v>267569725.0</v>
       </c>
-      <c r="BT13" s="6">
+      <c r="BV13" s="6">
         <v>271389574.0</v>
       </c>
-      <c r="BU13" s="6">
+      <c r="BW13" s="6">
         <v>270742199.0</v>
       </c>
-      <c r="BV13" s="6">
+      <c r="BX13" s="6">
         <v>128942125.0</v>
       </c>
-      <c r="BW13" s="6">
+      <c r="BY13" s="6">
         <v>437999850.0</v>
       </c>
-      <c r="BX13" s="6">
+      <c r="BZ13" s="6">
         <v>265464849.0</v>
       </c>
-      <c r="BY13" s="6">
+      <c r="CA13" s="6">
         <v>265652987.0</v>
       </c>
-      <c r="BZ13" s="6">
+      <c r="CB13" s="6">
         <v>246445984.0</v>
       </c>
-      <c r="CA13" s="6">
+      <c r="CC13" s="6">
         <v>253689153.0</v>
       </c>
-      <c r="CB13" s="6">
+      <c r="CD13" s="6">
         <v>266927146.0</v>
       </c>
-      <c r="CC13" s="6">
+      <c r="CE13" s="6">
         <v>286288249.0</v>
       </c>
-      <c r="CD13" s="6">
+      <c r="CF13" s="6">
         <v>262653419.0</v>
       </c>
-      <c r="CE13" s="6">
+      <c r="CG13" s="6">
         <v>259373199.0</v>
       </c>
-      <c r="CF13" s="6">
+      <c r="CH13" s="6">
         <v>244548948.0</v>
       </c>
-      <c r="CG13" s="6">
+      <c r="CI13" s="6">
         <v>242611248.0</v>
       </c>
-      <c r="CH13" s="6">
+      <c r="CJ13" s="6">
         <v>74219976.0</v>
       </c>
     </row>
-    <row r="14" spans="1:86">
+    <row r="14" spans="1:88">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Vilniaus apskritis</t>
           </r>
         </is>
       </c>
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D14" s="6">
-        <v>48455.0</v>
+        <v>47907.0</v>
       </c>
       <c r="E14" s="6">
-        <v>48737.0</v>
+        <v>49387.0</v>
       </c>
       <c r="F14" s="6">
-        <v>48744.0</v>
+        <v>49065.0</v>
       </c>
       <c r="G14" s="6">
-        <v>48704.0</v>
+        <v>49086.0</v>
       </c>
       <c r="H14" s="6">
-        <v>48722.0</v>
+        <v>49054.0</v>
       </c>
       <c r="I14" s="6">
-        <v>48893.0</v>
+        <v>48943.0</v>
       </c>
       <c r="J14" s="6">
-        <v>48829.0</v>
+        <v>48950.0</v>
       </c>
       <c r="K14" s="6">
-        <v>48854.0</v>
+        <v>49096.0</v>
       </c>
       <c r="L14" s="6">
-        <v>48792.0</v>
+        <v>49044.0</v>
       </c>
       <c r="M14" s="6">
-        <v>48744.0</v>
+        <v>49041.0</v>
       </c>
       <c r="N14" s="6">
-        <v>48864.0</v>
+        <v>48965.0</v>
       </c>
       <c r="O14" s="6">
-        <v>50030.0</v>
+        <v>48905.0</v>
       </c>
       <c r="P14" s="6">
-        <v>49426.0</v>
+        <v>49021.0</v>
       </c>
       <c r="Q14" s="6">
-        <v>49373.0</v>
+        <v>50022.0</v>
       </c>
       <c r="R14" s="6">
-        <v>49301.0</v>
+        <v>49409.0</v>
       </c>
       <c r="S14" s="6">
-        <v>49265.0</v>
+        <v>49352.0</v>
       </c>
       <c r="T14" s="6">
-        <v>49310.0</v>
+        <v>49281.0</v>
       </c>
       <c r="U14" s="6">
-        <v>49314.0</v>
+        <v>49245.0</v>
       </c>
       <c r="V14" s="6">
-        <v>49385.0</v>
+        <v>49287.0</v>
       </c>
       <c r="W14" s="6">
-        <v>49423.0</v>
+        <v>49292.0</v>
       </c>
       <c r="X14" s="6">
-        <v>49352.0</v>
+        <v>49359.0</v>
       </c>
       <c r="Y14" s="6">
-        <v>49253.0</v>
+        <v>49396.0</v>
       </c>
       <c r="Z14" s="6">
-        <v>49374.0</v>
+        <v>49329.0</v>
       </c>
       <c r="AA14" s="6">
-        <v>50315.0</v>
+        <v>49230.0</v>
       </c>
       <c r="AB14" s="6">
-        <v>49700.0</v>
+        <v>49347.0</v>
       </c>
       <c r="AC14" s="6">
-        <v>49381.0</v>
+        <v>50290.0</v>
       </c>
       <c r="AD14" s="6">
-        <v>49179.0</v>
+        <v>49675.0</v>
       </c>
       <c r="AE14" s="6">
-        <v>48935.0</v>
+        <v>49363.0</v>
       </c>
       <c r="AF14" s="6">
-        <v>48895.0</v>
+        <v>49156.0</v>
       </c>
       <c r="AG14" s="6">
-        <v>48898.0</v>
+        <v>48917.0</v>
       </c>
       <c r="AH14" s="6">
-        <v>48786.0</v>
+        <v>48878.0</v>
       </c>
       <c r="AI14" s="6">
-        <v>48616.0</v>
+        <v>48881.0</v>
       </c>
       <c r="AJ14" s="6">
-        <v>48628.0</v>
+        <v>48769.0</v>
       </c>
       <c r="AK14" s="6">
-        <v>48356.0</v>
+        <v>48604.0</v>
       </c>
       <c r="AL14" s="6">
-        <v>48394.0</v>
+        <v>48617.0</v>
       </c>
       <c r="AM14" s="6">
-        <v>49198.0</v>
+        <v>48340.0</v>
       </c>
       <c r="AN14" s="6">
-        <v>48584.0</v>
+        <v>48382.0</v>
       </c>
       <c r="AO14" s="6">
-        <v>48460.0</v>
+        <v>49180.0</v>
       </c>
       <c r="AP14" s="6">
-        <v>48349.0</v>
+        <v>48566.0</v>
       </c>
       <c r="AQ14" s="6">
-        <v>48258.0</v>
+        <v>48441.0</v>
       </c>
       <c r="AR14" s="6">
-        <v>48204.0</v>
+        <v>48333.0</v>
       </c>
       <c r="AS14" s="6">
-        <v>48176.0</v>
+        <v>48242.0</v>
       </c>
       <c r="AT14" s="6">
-        <v>47996.0</v>
+        <v>48189.0</v>
       </c>
       <c r="AU14" s="6">
-        <v>47802.0</v>
+        <v>48161.0</v>
       </c>
       <c r="AV14" s="6">
-        <v>47722.0</v>
+        <v>47983.0</v>
       </c>
       <c r="AW14" s="6">
-        <v>47579.0</v>
+        <v>47789.0</v>
       </c>
       <c r="AX14" s="6">
-        <v>47625.0</v>
+        <v>47708.0</v>
       </c>
       <c r="AY14" s="6">
-        <v>48303.0</v>
+        <v>47564.0</v>
       </c>
       <c r="AZ14" s="6">
-        <v>47597.0</v>
+        <v>47609.0</v>
       </c>
       <c r="BA14" s="6">
-        <v>47472.0</v>
+        <v>48293.0</v>
       </c>
       <c r="BB14" s="6">
-        <v>47305.0</v>
+        <v>47589.0</v>
       </c>
       <c r="BC14" s="6">
-        <v>47039.0</v>
+        <v>47465.0</v>
       </c>
       <c r="BD14" s="6">
-        <v>47003.0</v>
+        <v>47296.0</v>
       </c>
       <c r="BE14" s="6">
-        <v>46884.0</v>
+        <v>47032.0</v>
       </c>
       <c r="BF14" s="6">
-        <v>46627.0</v>
+        <v>46995.0</v>
       </c>
       <c r="BG14" s="6">
-        <v>46368.0</v>
+        <v>46875.0</v>
       </c>
       <c r="BH14" s="6">
-        <v>46118.0</v>
+        <v>46618.0</v>
       </c>
       <c r="BI14" s="6">
-        <v>45663.0</v>
+        <v>46359.0</v>
       </c>
       <c r="BJ14" s="6">
-        <v>45470.0</v>
+        <v>46110.0</v>
       </c>
       <c r="BK14" s="6">
+        <v>45654.0</v>
+      </c>
+      <c r="BL14" s="6">
+        <v>45461.0</v>
+      </c>
+      <c r="BM14" s="6">
         <v>46237.0</v>
       </c>
-      <c r="BL14" s="6">
+      <c r="BN14" s="6">
         <v>45622.0</v>
       </c>
-      <c r="BM14" s="6">
+      <c r="BO14" s="6">
         <v>45482.0</v>
       </c>
-      <c r="BN14" s="6">
+      <c r="BP14" s="6">
         <v>45242.0</v>
       </c>
-      <c r="BO14" s="6">
+      <c r="BQ14" s="6">
         <v>44981.0</v>
       </c>
-      <c r="BP14" s="6">
+      <c r="BR14" s="6">
         <v>44871.0</v>
       </c>
-      <c r="BQ14" s="6">
+      <c r="BS14" s="6">
         <v>44769.0</v>
       </c>
-      <c r="BR14" s="6">
+      <c r="BT14" s="6">
         <v>44553.0</v>
       </c>
-      <c r="BS14" s="6">
+      <c r="BU14" s="6">
         <v>44444.0</v>
       </c>
-      <c r="BT14" s="6">
+      <c r="BV14" s="6">
         <v>44726.0</v>
       </c>
-      <c r="BU14" s="6">
+      <c r="BW14" s="6">
         <v>44688.0</v>
       </c>
-      <c r="BV14" s="6">
+      <c r="BX14" s="6">
         <v>44662.0</v>
       </c>
-      <c r="BW14" s="6">
+      <c r="BY14" s="6">
         <v>44974.0</v>
       </c>
-      <c r="BX14" s="6">
+      <c r="BZ14" s="6">
         <v>44503.0</v>
       </c>
-      <c r="BY14" s="6">
+      <c r="CA14" s="6">
         <v>44406.0</v>
       </c>
-      <c r="BZ14" s="6">
+      <c r="CB14" s="6">
         <v>44195.0</v>
       </c>
-      <c r="CA14" s="6">
+      <c r="CC14" s="6">
         <v>44026.0</v>
       </c>
-      <c r="CB14" s="6">
+      <c r="CD14" s="6">
         <v>43971.0</v>
       </c>
-      <c r="CC14" s="6">
+      <c r="CE14" s="6">
         <v>43903.0</v>
       </c>
-      <c r="CD14" s="6">
+      <c r="CF14" s="6">
         <v>43819.0</v>
       </c>
-      <c r="CE14" s="6">
+      <c r="CG14" s="6">
         <v>43754.0</v>
       </c>
-      <c r="CF14" s="6">
+      <c r="CH14" s="6">
         <v>43571.0</v>
       </c>
-      <c r="CG14" s="6">
+      <c r="CI14" s="6">
         <v>43391.0</v>
       </c>
-      <c r="CH14" s="6">
+      <c r="CJ14" s="6">
         <v>43363.0</v>
       </c>
     </row>
-    <row r="15" spans="1:86">
+    <row r="15" spans="1:88">
       <c r="C15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D15" s="6">
-        <v>1474680041.0</v>
+        <v>786931952.0</v>
       </c>
       <c r="E15" s="6">
-        <v>1484339636.0</v>
+        <v>2365905660.0</v>
       </c>
       <c r="F15" s="6">
-        <v>1389290828.0</v>
+        <v>1477080210.0</v>
       </c>
       <c r="G15" s="6">
-        <v>1427429054.0</v>
+        <v>1482733038.0</v>
       </c>
       <c r="H15" s="6">
-        <v>1558011975.0</v>
+        <v>1385359082.0</v>
       </c>
       <c r="I15" s="6">
-        <v>1533247568.0</v>
+        <v>1429225439.0</v>
       </c>
       <c r="J15" s="6">
-        <v>1472825583.0</v>
+        <v>1556756314.0</v>
       </c>
       <c r="K15" s="6">
-        <v>1510771900.0</v>
+        <v>1533436459.0</v>
       </c>
       <c r="L15" s="6">
-        <v>1438840223.0</v>
+        <v>1469766012.0</v>
       </c>
       <c r="M15" s="6">
-        <v>1396830804.0</v>
+        <v>1512778138.0</v>
       </c>
       <c r="N15" s="6">
-        <v>754146316.0</v>
+        <v>1439128207.0</v>
       </c>
       <c r="O15" s="6">
-        <v>2167240609.0</v>
+        <v>1393568723.0</v>
       </c>
       <c r="P15" s="6">
-        <v>1351719315.0</v>
+        <v>753213197.0</v>
       </c>
       <c r="Q15" s="6">
-        <v>1370630034.0</v>
+        <v>2166586376.0</v>
       </c>
       <c r="R15" s="6">
-        <v>1271190257.0</v>
+        <v>1350966406.0</v>
       </c>
       <c r="S15" s="6">
-        <v>1321685250.0</v>
+        <v>1369959860.0</v>
       </c>
       <c r="T15" s="6">
-        <v>1416715295.0</v>
+        <v>1270363009.0</v>
       </c>
       <c r="U15" s="6">
-        <v>1415909499.0</v>
+        <v>1320921358.0</v>
       </c>
       <c r="V15" s="6">
-        <v>1382327741.0</v>
+        <v>1416112665.0</v>
       </c>
       <c r="W15" s="6">
-        <v>1375160030.0</v>
+        <v>1415260319.0</v>
       </c>
       <c r="X15" s="6">
-        <v>1346324313.0</v>
+        <v>1381722411.0</v>
       </c>
       <c r="Y15" s="6">
-        <v>1291153644.0</v>
+        <v>1374525514.0</v>
       </c>
       <c r="Z15" s="6">
-        <v>687215222.0</v>
+        <v>1345663771.0</v>
       </c>
       <c r="AA15" s="6">
-        <v>1969206258.0</v>
+        <v>1290567026.0</v>
       </c>
       <c r="AB15" s="6">
-        <v>1224107930.0</v>
+        <v>686798219.0</v>
       </c>
       <c r="AC15" s="6">
-        <v>1230485802.0</v>
+        <v>1968520928.0</v>
       </c>
       <c r="AD15" s="6">
-        <v>1162917799.0</v>
+        <v>1223598530.0</v>
       </c>
       <c r="AE15" s="6">
-        <v>1196310184.0</v>
+        <v>1229846646.0</v>
       </c>
       <c r="AF15" s="6">
-        <v>1267702922.0</v>
+        <v>1162281129.0</v>
       </c>
       <c r="AG15" s="6">
-        <v>1299797193.0</v>
+        <v>1195698421.0</v>
       </c>
       <c r="AH15" s="6">
-        <v>1209766733.0</v>
+        <v>1267105409.0</v>
       </c>
       <c r="AI15" s="6">
-        <v>1222589650.0</v>
+        <v>1299211466.0</v>
       </c>
       <c r="AJ15" s="6">
-        <v>1217938037.0</v>
+        <v>1209068878.0</v>
       </c>
       <c r="AK15" s="6">
-        <v>1148285740.0</v>
+        <v>1221986539.0</v>
       </c>
       <c r="AL15" s="6">
-        <v>616817986.0</v>
+        <v>1217314462.0</v>
       </c>
       <c r="AM15" s="6">
-        <v>1722671922.0</v>
+        <v>1147693342.0</v>
       </c>
       <c r="AN15" s="6">
-        <v>1086025108.0</v>
+        <v>616218498.0</v>
       </c>
       <c r="AO15" s="6">
-        <v>1074176461.0</v>
+        <v>1722097486.0</v>
       </c>
       <c r="AP15" s="6">
-        <v>1045573143.0</v>
+        <v>1085472569.0</v>
       </c>
       <c r="AQ15" s="6">
-        <v>1038835763.0</v>
+        <v>1073634481.0</v>
       </c>
       <c r="AR15" s="6">
-        <v>1066850792.0</v>
+        <v>1045013718.0</v>
       </c>
       <c r="AS15" s="6">
-        <v>1127710446.0</v>
+        <v>1038289238.0</v>
       </c>
       <c r="AT15" s="6">
-        <v>1065000165.0</v>
+        <v>1066379168.0</v>
       </c>
       <c r="AU15" s="6">
-        <v>1056780188.0</v>
+        <v>1127242562.0</v>
       </c>
       <c r="AV15" s="6">
-        <v>1024722355.0</v>
+        <v>1064451597.0</v>
       </c>
       <c r="AW15" s="6">
-        <v>974910047.0</v>
+        <v>1056227850.0</v>
       </c>
       <c r="AX15" s="6">
-        <v>533284558.0</v>
+        <v>1024184503.0</v>
       </c>
       <c r="AY15" s="6">
-        <v>1496329626.0</v>
+        <v>974416150.0</v>
       </c>
       <c r="AZ15" s="6">
-        <v>921923729.0</v>
+        <v>533026953.0</v>
       </c>
       <c r="BA15" s="6">
-        <v>921866721.0</v>
+        <v>1495879403.0</v>
       </c>
       <c r="BB15" s="6">
-        <v>891884624.0</v>
+        <v>921705916.0</v>
       </c>
       <c r="BC15" s="6">
-        <v>881816275.0</v>
+        <v>921665577.0</v>
       </c>
       <c r="BD15" s="6">
-        <v>922070944.0</v>
+        <v>891702336.0</v>
       </c>
       <c r="BE15" s="6">
-        <v>955063238.0</v>
+        <v>881567400.0</v>
       </c>
       <c r="BF15" s="6">
-        <v>887320567.0</v>
+        <v>921885796.0</v>
       </c>
       <c r="BG15" s="6">
-        <v>899698636.0</v>
+        <v>954907765.0</v>
       </c>
       <c r="BH15" s="6">
-        <v>862568701.0</v>
+        <v>887165926.0</v>
       </c>
       <c r="BI15" s="6">
-        <v>817648479.0</v>
+        <v>899552179.0</v>
       </c>
       <c r="BJ15" s="6">
-        <v>446909474.0</v>
+        <v>862386147.0</v>
       </c>
       <c r="BK15" s="6">
+        <v>817504519.0</v>
+      </c>
+      <c r="BL15" s="6">
+        <v>446880990.0</v>
+      </c>
+      <c r="BM15" s="6">
         <v>1273616841.0</v>
       </c>
-      <c r="BL15" s="6">
+      <c r="BN15" s="6">
         <v>803895291.0</v>
       </c>
-      <c r="BM15" s="6">
+      <c r="BO15" s="6">
         <v>813033269.0</v>
       </c>
-      <c r="BN15" s="6">
+      <c r="BP15" s="6">
         <v>762143062.0</v>
       </c>
-      <c r="BO15" s="6">
+      <c r="BQ15" s="6">
         <v>759628185.0</v>
       </c>
-      <c r="BP15" s="6">
+      <c r="BR15" s="6">
         <v>818575924.0</v>
       </c>
-      <c r="BQ15" s="6">
+      <c r="BS15" s="6">
         <v>808082869.0</v>
       </c>
-      <c r="BR15" s="6">
+      <c r="BT15" s="6">
         <v>736892842.0</v>
       </c>
-      <c r="BS15" s="6">
+      <c r="BU15" s="6">
         <v>787453751.0</v>
       </c>
-      <c r="BT15" s="6">
+      <c r="BV15" s="6">
         <v>793383606.0</v>
       </c>
-      <c r="BU15" s="6">
+      <c r="BW15" s="6">
         <v>780374548.0</v>
       </c>
-      <c r="BV15" s="6">
+      <c r="BX15" s="6">
         <v>427804413.0</v>
       </c>
-      <c r="BW15" s="6">
+      <c r="BY15" s="6">
         <v>1170017296.0</v>
       </c>
-      <c r="BX15" s="6">
+      <c r="BZ15" s="6">
         <v>739888137.0</v>
       </c>
-      <c r="BY15" s="6">
+      <c r="CA15" s="6">
         <v>745809020.0</v>
       </c>
-      <c r="BZ15" s="6">
+      <c r="CB15" s="6">
         <v>699506019.0</v>
       </c>
-      <c r="CA15" s="6">
+      <c r="CC15" s="6">
         <v>995371667.0</v>
       </c>
-      <c r="CB15" s="6">
+      <c r="CD15" s="6">
         <v>750252113.0</v>
       </c>
-      <c r="CC15" s="6">
+      <c r="CE15" s="6">
         <v>788708505.0</v>
       </c>
-      <c r="CD15" s="6">
+      <c r="CF15" s="6">
         <v>752229356.0</v>
       </c>
-      <c r="CE15" s="6">
+      <c r="CG15" s="6">
         <v>749497588.0</v>
       </c>
-      <c r="CF15" s="6">
+      <c r="CH15" s="6">
         <v>718727308.0</v>
       </c>
-      <c r="CG15" s="6">
+      <c r="CI15" s="6">
         <v>697476812.0</v>
       </c>
-      <c r="CH15" s="6">
+      <c r="CJ15" s="6">
         <v>303606778.0</v>
       </c>
     </row>
-    <row r="16" spans="1:86">
+    <row r="16" spans="1:88">
       <c r="C16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D16" s="6">
-        <v>272087537.0</v>
+        <v>137207913.0</v>
       </c>
       <c r="E16" s="6">
-        <v>272352839.0</v>
+        <v>447766415.0</v>
       </c>
       <c r="F16" s="6">
-        <v>253956570.0</v>
+        <v>272737587.0</v>
       </c>
       <c r="G16" s="6">
-        <v>261680898.0</v>
+        <v>272462771.0</v>
       </c>
       <c r="H16" s="6">
-        <v>283561310.0</v>
+        <v>254008917.0</v>
       </c>
       <c r="I16" s="6">
-        <v>279520365.0</v>
+        <v>261883179.0</v>
       </c>
       <c r="J16" s="6">
-        <v>267452195.0</v>
+        <v>283921713.0</v>
       </c>
       <c r="K16" s="6">
-        <v>273574177.0</v>
+        <v>279660361.0</v>
       </c>
       <c r="L16" s="6">
-        <v>260073635.0</v>
+        <v>267397504.0</v>
       </c>
       <c r="M16" s="6">
-        <v>251449477.0</v>
+        <v>274119126.0</v>
       </c>
       <c r="N16" s="6">
-        <v>130426898.0</v>
+        <v>260107624.0</v>
       </c>
       <c r="O16" s="6">
-        <v>407856912.0</v>
+        <v>251462890.0</v>
       </c>
       <c r="P16" s="6">
-        <v>247346928.0</v>
+        <v>130520169.0</v>
       </c>
       <c r="Q16" s="6">
-        <v>248963885.0</v>
+        <v>407723831.0</v>
       </c>
       <c r="R16" s="6">
-        <v>231337868.0</v>
+        <v>247197780.0</v>
       </c>
       <c r="S16" s="6">
-        <v>240255649.0</v>
+        <v>248833393.0</v>
       </c>
       <c r="T16" s="6">
-        <v>255052595.0</v>
+        <v>231179513.0</v>
       </c>
       <c r="U16" s="6">
-        <v>255483567.0</v>
+        <v>240104920.0</v>
       </c>
       <c r="V16" s="6">
-        <v>248462724.0</v>
+        <v>254932774.0</v>
       </c>
       <c r="W16" s="6">
-        <v>247290801.0</v>
+        <v>255358326.0</v>
       </c>
       <c r="X16" s="6">
-        <v>240817168.0</v>
+        <v>248340263.0</v>
       </c>
       <c r="Y16" s="6">
-        <v>230652964.0</v>
+        <v>247167438.0</v>
       </c>
       <c r="Z16" s="6">
-        <v>118130481.0</v>
+        <v>240689154.0</v>
       </c>
       <c r="AA16" s="6">
-        <v>371609373.0</v>
+        <v>230538814.0</v>
       </c>
       <c r="AB16" s="6">
-        <v>223909452.0</v>
+        <v>118046925.0</v>
       </c>
       <c r="AC16" s="6">
-        <v>224090074.0</v>
+        <v>371476874.0</v>
       </c>
       <c r="AD16" s="6">
-        <v>212416659.0</v>
+        <v>223807765.0</v>
       </c>
       <c r="AE16" s="6">
-        <v>216792396.0</v>
+        <v>223963235.0</v>
       </c>
       <c r="AF16" s="6">
-        <v>228984765.0</v>
+        <v>212293923.0</v>
       </c>
       <c r="AG16" s="6">
-        <v>234329295.0</v>
+        <v>216674710.0</v>
       </c>
       <c r="AH16" s="6">
-        <v>216480267.0</v>
+        <v>228869272.0</v>
       </c>
       <c r="AI16" s="6">
-        <v>219326868.0</v>
+        <v>234216693.0</v>
       </c>
       <c r="AJ16" s="6">
-        <v>217238095.0</v>
+        <v>216341243.0</v>
       </c>
       <c r="AK16" s="6">
-        <v>204849874.0</v>
+        <v>219217619.0</v>
       </c>
       <c r="AL16" s="6">
-        <v>106245994.0</v>
+        <v>217118232.0</v>
       </c>
       <c r="AM16" s="6">
-        <v>325140655.0</v>
+        <v>204737985.0</v>
       </c>
       <c r="AN16" s="6">
-        <v>197002582.0</v>
+        <v>106133332.0</v>
       </c>
       <c r="AO16" s="6">
-        <v>193958470.0</v>
+        <v>325028473.0</v>
       </c>
       <c r="AP16" s="6">
-        <v>189025530.0</v>
+        <v>196897352.0</v>
       </c>
       <c r="AQ16" s="6">
-        <v>186530615.0</v>
+        <v>193856351.0</v>
       </c>
       <c r="AR16" s="6">
-        <v>191534792.0</v>
+        <v>188923370.0</v>
       </c>
       <c r="AS16" s="6">
-        <v>201460966.0</v>
+        <v>186429515.0</v>
       </c>
       <c r="AT16" s="6">
-        <v>191095817.0</v>
+        <v>191435420.0</v>
       </c>
       <c r="AU16" s="6">
-        <v>189934584.0</v>
+        <v>201372198.0</v>
       </c>
       <c r="AV16" s="6">
-        <v>182472336.0</v>
+        <v>190994357.0</v>
       </c>
       <c r="AW16" s="6">
-        <v>174107232.0</v>
+        <v>189835118.0</v>
       </c>
       <c r="AX16" s="6">
-        <v>90696049.0</v>
+        <v>182375686.0</v>
       </c>
       <c r="AY16" s="6">
-        <v>281038333.0</v>
+        <v>174020394.0</v>
       </c>
       <c r="AZ16" s="6">
-        <v>166259888.0</v>
+        <v>90643210.0</v>
       </c>
       <c r="BA16" s="6">
-        <v>166403883.0</v>
+        <v>280970437.0</v>
       </c>
       <c r="BB16" s="6">
-        <v>160217684.0</v>
+        <v>166225639.0</v>
       </c>
       <c r="BC16" s="6">
-        <v>158437409.0</v>
+        <v>166371303.0</v>
       </c>
       <c r="BD16" s="6">
-        <v>164603658.0</v>
+        <v>160188505.0</v>
       </c>
       <c r="BE16" s="6">
-        <v>168919918.0</v>
+        <v>158395923.0</v>
       </c>
       <c r="BF16" s="6">
-        <v>156762453.0</v>
+        <v>164574639.0</v>
       </c>
       <c r="BG16" s="6">
-        <v>159619569.0</v>
+        <v>168895877.0</v>
       </c>
       <c r="BH16" s="6">
-        <v>151663030.0</v>
+        <v>156736801.0</v>
       </c>
       <c r="BI16" s="6">
-        <v>144150721.0</v>
+        <v>159596252.0</v>
       </c>
       <c r="BJ16" s="6">
-        <v>74296781.0</v>
+        <v>151632961.0</v>
       </c>
       <c r="BK16" s="6">
+        <v>144127602.0</v>
+      </c>
+      <c r="BL16" s="6">
+        <v>74288765.0</v>
+      </c>
+      <c r="BM16" s="6">
         <v>232496802.0</v>
       </c>
-      <c r="BL16" s="6">
+      <c r="BN16" s="6">
         <v>141539884.0</v>
       </c>
-      <c r="BM16" s="6">
+      <c r="BO16" s="6">
         <v>143019938.0</v>
       </c>
-      <c r="BN16" s="6">
+      <c r="BP16" s="6">
         <v>131539057.0</v>
       </c>
-      <c r="BO16" s="6">
+      <c r="BQ16" s="6">
         <v>133370098.0</v>
       </c>
-      <c r="BP16" s="6">
+      <c r="BR16" s="6">
         <v>144344765.0</v>
       </c>
-      <c r="BQ16" s="6">
+      <c r="BS16" s="6">
         <v>142327094.0</v>
       </c>
-      <c r="BR16" s="6">
+      <c r="BT16" s="6">
         <v>130086199.0</v>
       </c>
-      <c r="BS16" s="6">
+      <c r="BU16" s="6">
         <v>139385242.0</v>
       </c>
-      <c r="BT16" s="6">
+      <c r="BV16" s="6">
         <v>139621126.0</v>
       </c>
-      <c r="BU16" s="6">
+      <c r="BW16" s="6">
         <v>138161936.0</v>
       </c>
-      <c r="BV16" s="6">
+      <c r="BX16" s="6">
         <v>71148932.0</v>
       </c>
-      <c r="BW16" s="6">
+      <c r="BY16" s="6">
         <v>216985483.0</v>
       </c>
-      <c r="BX16" s="6">
+      <c r="BZ16" s="6">
         <v>132500731.0</v>
       </c>
-      <c r="BY16" s="6">
+      <c r="CA16" s="6">
         <v>133715195.0</v>
       </c>
-      <c r="BZ16" s="6">
+      <c r="CB16" s="6">
         <v>124707203.0</v>
       </c>
-      <c r="CA16" s="6">
+      <c r="CC16" s="6">
         <v>128606517.0</v>
       </c>
-      <c r="CB16" s="6">
+      <c r="CD16" s="6">
         <v>132913356.0</v>
       </c>
-      <c r="CC16" s="6">
+      <c r="CE16" s="6">
         <v>140726393.0</v>
       </c>
-      <c r="CD16" s="6">
+      <c r="CF16" s="6">
         <v>133621730.0</v>
       </c>
-      <c r="CE16" s="6">
+      <c r="CG16" s="6">
         <v>132969998.0</v>
       </c>
-      <c r="CF16" s="6">
+      <c r="CH16" s="6">
         <v>126248611.0</v>
       </c>
-      <c r="CG16" s="6">
+      <c r="CI16" s="6">
         <v>123567248.0</v>
       </c>
-      <c r="CH16" s="6">
+      <c r="CJ16" s="6">
         <v>42215472.0</v>
       </c>
     </row>
-    <row r="17" spans="1:86">
+    <row r="17" spans="1:88">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Kauno apskritis</t>
           </r>
         </is>
       </c>
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D17" s="6">
-        <v>24566.0</v>
+        <v>24220.0</v>
       </c>
       <c r="E17" s="6">
-        <v>24683.0</v>
+        <v>25484.0</v>
       </c>
       <c r="F17" s="6">
-        <v>24630.0</v>
+        <v>25019.0</v>
       </c>
       <c r="G17" s="6">
-        <v>24616.0</v>
+        <v>24998.0</v>
       </c>
       <c r="H17" s="6">
-        <v>24628.0</v>
+        <v>24874.0</v>
       </c>
       <c r="I17" s="6">
+        <v>24845.0</v>
+      </c>
+      <c r="J17" s="6">
+        <v>24844.0</v>
+      </c>
+      <c r="K17" s="6">
+        <v>24826.0</v>
+      </c>
+      <c r="L17" s="6">
+        <v>24781.0</v>
+      </c>
+      <c r="M17" s="6">
+        <v>24752.0</v>
+      </c>
+      <c r="N17" s="6">
+        <v>24700.0</v>
+      </c>
+      <c r="O17" s="6">
+        <v>24607.0</v>
+      </c>
+      <c r="P17" s="6">
+        <v>24653.0</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>25637.0</v>
+      </c>
+      <c r="R17" s="6">
+        <v>25003.0</v>
+      </c>
+      <c r="S17" s="6">
+        <v>24955.0</v>
+      </c>
+      <c r="T17" s="6">
+        <v>24875.0</v>
+      </c>
+      <c r="U17" s="6">
+        <v>24861.0</v>
+      </c>
+      <c r="V17" s="6">
+        <v>24834.0</v>
+      </c>
+      <c r="W17" s="6">
+        <v>24811.0</v>
+      </c>
+      <c r="X17" s="6">
+        <v>24725.0</v>
+      </c>
+      <c r="Y17" s="6">
+        <v>24660.0</v>
+      </c>
+      <c r="Z17" s="6">
+        <v>24592.0</v>
+      </c>
+      <c r="AA17" s="6">
+        <v>24506.0</v>
+      </c>
+      <c r="AB17" s="6">
+        <v>24589.0</v>
+      </c>
+      <c r="AC17" s="6">
+        <v>25558.0</v>
+      </c>
+      <c r="AD17" s="6">
+        <v>24952.0</v>
+      </c>
+      <c r="AE17" s="6">
+        <v>24896.0</v>
+      </c>
+      <c r="AF17" s="6">
+        <v>24795.0</v>
+      </c>
+      <c r="AG17" s="6">
+        <v>24706.0</v>
+      </c>
+      <c r="AH17" s="6">
+        <v>24681.0</v>
+      </c>
+      <c r="AI17" s="6">
+        <v>24758.0</v>
+      </c>
+      <c r="AJ17" s="6">
         <v>24624.0</v>
       </c>
-      <c r="J17" s="6">
-[...79 lines deleted...]
-      </c>
       <c r="AK17" s="6">
-        <v>24402.0</v>
+        <v>24541.0</v>
       </c>
       <c r="AL17" s="6">
-        <v>24440.0</v>
+        <v>24507.0</v>
       </c>
       <c r="AM17" s="6">
-        <v>25284.0</v>
+        <v>24410.0</v>
       </c>
       <c r="AN17" s="6">
-        <v>24644.0</v>
+        <v>24446.0</v>
       </c>
       <c r="AO17" s="6">
-        <v>24568.0</v>
+        <v>25292.0</v>
       </c>
       <c r="AP17" s="6">
-        <v>24449.0</v>
+        <v>24651.0</v>
       </c>
       <c r="AQ17" s="6">
-        <v>24394.0</v>
+        <v>24574.0</v>
       </c>
       <c r="AR17" s="6">
-        <v>24354.0</v>
+        <v>24451.0</v>
       </c>
       <c r="AS17" s="6">
-        <v>24394.0</v>
+        <v>24396.0</v>
       </c>
       <c r="AT17" s="6">
-        <v>24246.0</v>
+        <v>24358.0</v>
       </c>
       <c r="AU17" s="6">
-        <v>24206.0</v>
+        <v>24399.0</v>
       </c>
       <c r="AV17" s="6">
-        <v>24103.0</v>
+        <v>24250.0</v>
       </c>
       <c r="AW17" s="6">
-        <v>24070.0</v>
+        <v>24211.0</v>
       </c>
       <c r="AX17" s="6">
-        <v>24088.0</v>
+        <v>24107.0</v>
       </c>
       <c r="AY17" s="6">
-        <v>24881.0</v>
+        <v>24075.0</v>
       </c>
       <c r="AZ17" s="6">
-        <v>24224.0</v>
+        <v>24092.0</v>
       </c>
       <c r="BA17" s="6">
-        <v>24127.0</v>
+        <v>24889.0</v>
       </c>
       <c r="BB17" s="6">
-        <v>24027.0</v>
+        <v>24231.0</v>
       </c>
       <c r="BC17" s="6">
-        <v>23934.0</v>
+        <v>24132.0</v>
       </c>
       <c r="BD17" s="6">
-        <v>23860.0</v>
+        <v>24033.0</v>
       </c>
       <c r="BE17" s="6">
-        <v>23848.0</v>
+        <v>23939.0</v>
       </c>
       <c r="BF17" s="6">
-        <v>23591.0</v>
+        <v>23865.0</v>
       </c>
       <c r="BG17" s="6">
-        <v>23448.0</v>
+        <v>23853.0</v>
       </c>
       <c r="BH17" s="6">
-        <v>23341.0</v>
+        <v>23598.0</v>
       </c>
       <c r="BI17" s="6">
-        <v>23061.0</v>
+        <v>23455.0</v>
       </c>
       <c r="BJ17" s="6">
-        <v>22880.0</v>
+        <v>23347.0</v>
       </c>
       <c r="BK17" s="6">
+        <v>23066.0</v>
+      </c>
+      <c r="BL17" s="6">
+        <v>22888.0</v>
+      </c>
+      <c r="BM17" s="6">
         <v>23803.0</v>
       </c>
-      <c r="BL17" s="6">
+      <c r="BN17" s="6">
         <v>23208.0</v>
       </c>
-      <c r="BM17" s="6">
+      <c r="BO17" s="6">
         <v>23135.0</v>
       </c>
-      <c r="BN17" s="6">
+      <c r="BP17" s="6">
         <v>22990.0</v>
       </c>
-      <c r="BO17" s="6">
+      <c r="BQ17" s="6">
         <v>22835.0</v>
       </c>
-      <c r="BP17" s="6">
+      <c r="BR17" s="6">
         <v>22766.0</v>
       </c>
-      <c r="BQ17" s="6">
+      <c r="BS17" s="6">
         <v>22726.0</v>
       </c>
-      <c r="BR17" s="6">
+      <c r="BT17" s="6">
         <v>22505.0</v>
       </c>
-      <c r="BS17" s="6">
+      <c r="BU17" s="6">
         <v>22385.0</v>
       </c>
-      <c r="BT17" s="6">
+      <c r="BV17" s="6">
         <v>22587.0</v>
       </c>
-      <c r="BU17" s="6">
+      <c r="BW17" s="6">
         <v>22568.0</v>
       </c>
-      <c r="BV17" s="6">
+      <c r="BX17" s="6">
         <v>22552.0</v>
       </c>
-      <c r="BW17" s="6">
+      <c r="BY17" s="6">
         <v>23287.0</v>
       </c>
-      <c r="BX17" s="6">
+      <c r="BZ17" s="6">
         <v>22677.0</v>
       </c>
-      <c r="BY17" s="6">
+      <c r="CA17" s="6">
         <v>22583.0</v>
       </c>
-      <c r="BZ17" s="6">
+      <c r="CB17" s="6">
         <v>22490.0</v>
       </c>
-      <c r="CA17" s="6">
+      <c r="CC17" s="6">
         <v>22377.0</v>
       </c>
-      <c r="CB17" s="6">
+      <c r="CD17" s="6">
         <v>22334.0</v>
       </c>
-      <c r="CC17" s="6">
+      <c r="CE17" s="6">
         <v>22354.0</v>
       </c>
-      <c r="CD17" s="6">
+      <c r="CF17" s="6">
         <v>22277.0</v>
       </c>
-      <c r="CE17" s="6">
+      <c r="CG17" s="6">
         <v>22210.0</v>
       </c>
-      <c r="CF17" s="6">
+      <c r="CH17" s="6">
         <v>22118.0</v>
       </c>
-      <c r="CG17" s="6">
+      <c r="CI17" s="6">
         <v>22008.0</v>
       </c>
-      <c r="CH17" s="6">
+      <c r="CJ17" s="6">
         <v>21999.0</v>
       </c>
     </row>
-    <row r="18" spans="1:86">
+    <row r="18" spans="1:88">
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D18" s="6">
-        <v>611509870.0</v>
+        <v>281980054.0</v>
       </c>
       <c r="E18" s="6">
-        <v>609140797.0</v>
+        <v>1020840929.0</v>
       </c>
       <c r="F18" s="6">
-        <v>565828413.0</v>
+        <v>614099293.0</v>
       </c>
       <c r="G18" s="6">
-        <v>577485704.0</v>
+        <v>610634752.0</v>
       </c>
       <c r="H18" s="6">
-        <v>630519644.0</v>
+        <v>566709412.0</v>
       </c>
       <c r="I18" s="6">
-        <v>659818102.0</v>
+        <v>578437811.0</v>
       </c>
       <c r="J18" s="6">
-        <v>601982522.0</v>
+        <v>630439416.0</v>
       </c>
       <c r="K18" s="6">
-        <v>601144610.0</v>
+        <v>661494735.0</v>
       </c>
       <c r="L18" s="6">
-        <v>566741360.0</v>
+        <v>600427870.0</v>
       </c>
       <c r="M18" s="6">
-        <v>569851790.0</v>
+        <v>602603764.0</v>
       </c>
       <c r="N18" s="6">
-        <v>258104346.0</v>
+        <v>567175064.0</v>
       </c>
       <c r="O18" s="6">
-        <v>941883178.0</v>
+        <v>571432946.0</v>
       </c>
       <c r="P18" s="6">
-        <v>554415078.0</v>
+        <v>258212643.0</v>
       </c>
       <c r="Q18" s="6">
-        <v>554817637.0</v>
+        <v>943665565.0</v>
       </c>
       <c r="R18" s="6">
-        <v>507148795.0</v>
+        <v>555523181.0</v>
       </c>
       <c r="S18" s="6">
-        <v>527812516.0</v>
+        <v>557049207.0</v>
       </c>
       <c r="T18" s="6">
-        <v>566353905.0</v>
+        <v>508425860.0</v>
       </c>
       <c r="U18" s="6">
-        <v>590125674.0</v>
+        <v>529052074.0</v>
       </c>
       <c r="V18" s="6">
-        <v>539461678.0</v>
+        <v>567389964.0</v>
       </c>
       <c r="W18" s="6">
-        <v>537899108.0</v>
+        <v>591253073.0</v>
       </c>
       <c r="X18" s="6">
-        <v>522005810.0</v>
+        <v>540576480.0</v>
       </c>
       <c r="Y18" s="6">
-        <v>511497181.0</v>
+        <v>539287313.0</v>
       </c>
       <c r="Z18" s="6">
-        <v>229825997.0</v>
+        <v>523028528.0</v>
       </c>
       <c r="AA18" s="6">
-        <v>829168065.0</v>
+        <v>513463304.0</v>
       </c>
       <c r="AB18" s="6">
-        <v>493617061.0</v>
+        <v>230107596.0</v>
       </c>
       <c r="AC18" s="6">
-        <v>495229926.0</v>
+        <v>830973604.0</v>
       </c>
       <c r="AD18" s="6">
-        <v>459324164.0</v>
+        <v>494797832.0</v>
       </c>
       <c r="AE18" s="6">
-        <v>467323701.0</v>
+        <v>498445575.0</v>
       </c>
       <c r="AF18" s="6">
-        <v>499945660.0</v>
+        <v>460828843.0</v>
       </c>
       <c r="AG18" s="6">
-        <v>530350243.0</v>
+        <v>468729661.0</v>
       </c>
       <c r="AH18" s="6">
-        <v>470537556.0</v>
+        <v>501176946.0</v>
       </c>
       <c r="AI18" s="6">
-        <v>474534983.0</v>
+        <v>531700503.0</v>
       </c>
       <c r="AJ18" s="6">
-        <v>453368993.0</v>
+        <v>471785371.0</v>
       </c>
       <c r="AK18" s="6">
-        <v>449577319.0</v>
+        <v>475854904.0</v>
       </c>
       <c r="AL18" s="6">
-        <v>210170818.0</v>
+        <v>454517856.0</v>
       </c>
       <c r="AM18" s="6">
-        <v>730746686.0</v>
+        <v>450887459.0</v>
       </c>
       <c r="AN18" s="6">
-        <v>430562628.0</v>
+        <v>210714688.0</v>
       </c>
       <c r="AO18" s="6">
-        <v>433208302.0</v>
+        <v>732598717.0</v>
       </c>
       <c r="AP18" s="6">
-        <v>412987659.0</v>
+        <v>431657665.0</v>
       </c>
       <c r="AQ18" s="6">
-        <v>407995313.0</v>
+        <v>438346464.0</v>
       </c>
       <c r="AR18" s="6">
-        <v>452213254.0</v>
+        <v>414062988.0</v>
       </c>
       <c r="AS18" s="6">
-        <v>469325890.0</v>
+        <v>409503240.0</v>
       </c>
       <c r="AT18" s="6">
-        <v>431200914.0</v>
+        <v>452913045.0</v>
       </c>
       <c r="AU18" s="6">
-        <v>423058763.0</v>
+        <v>470016868.0</v>
       </c>
       <c r="AV18" s="6">
-        <v>402074985.0</v>
+        <v>432000150.0</v>
       </c>
       <c r="AW18" s="6">
-        <v>397457328.0</v>
+        <v>423903506.0</v>
       </c>
       <c r="AX18" s="6">
-        <v>174640101.0</v>
+        <v>402793183.0</v>
       </c>
       <c r="AY18" s="6">
-        <v>654921843.0</v>
+        <v>398204043.0</v>
       </c>
       <c r="AZ18" s="6">
-        <v>377322224.0</v>
+        <v>174872677.0</v>
       </c>
       <c r="BA18" s="6">
-        <v>376626755.0</v>
+        <v>655337300.0</v>
       </c>
       <c r="BB18" s="6">
-        <v>354186233.0</v>
+        <v>377577094.0</v>
       </c>
       <c r="BC18" s="6">
-        <v>358392184.0</v>
+        <v>376855187.0</v>
       </c>
       <c r="BD18" s="6">
-        <v>397340673.0</v>
+        <v>354414475.0</v>
       </c>
       <c r="BE18" s="6">
-        <v>397972228.0</v>
+        <v>358665379.0</v>
       </c>
       <c r="BF18" s="6">
-        <v>362556258.0</v>
+        <v>397567272.0</v>
       </c>
       <c r="BG18" s="6">
-        <v>359781074.0</v>
+        <v>398166982.0</v>
       </c>
       <c r="BH18" s="6">
-        <v>346078931.0</v>
+        <v>362751219.0</v>
       </c>
       <c r="BI18" s="6">
-        <v>331592168.0</v>
+        <v>359971880.0</v>
       </c>
       <c r="BJ18" s="6">
-        <v>144280705.0</v>
+        <v>346288336.0</v>
       </c>
       <c r="BK18" s="6">
+        <v>331771830.0</v>
+      </c>
+      <c r="BL18" s="6">
+        <v>144379087.0</v>
+      </c>
+      <c r="BM18" s="6">
         <v>567782924.0</v>
       </c>
-      <c r="BL18" s="6">
+      <c r="BN18" s="6">
         <v>336026725.0</v>
       </c>
-      <c r="BM18" s="6">
+      <c r="BO18" s="6">
         <v>332151671.0</v>
       </c>
-      <c r="BN18" s="6">
+      <c r="BP18" s="6">
         <v>308430157.0</v>
       </c>
-      <c r="BO18" s="6">
+      <c r="BQ18" s="6">
         <v>310000871.0</v>
       </c>
-      <c r="BP18" s="6">
+      <c r="BR18" s="6">
         <v>345817514.0</v>
       </c>
-      <c r="BQ18" s="6">
+      <c r="BS18" s="6">
         <v>330056773.0</v>
       </c>
-      <c r="BR18" s="6">
+      <c r="BT18" s="6">
         <v>292202065.0</v>
       </c>
-      <c r="BS18" s="6">
+      <c r="BU18" s="6">
         <v>306344807.0</v>
       </c>
-      <c r="BT18" s="6">
+      <c r="BV18" s="6">
         <v>316301983.0</v>
       </c>
-      <c r="BU18" s="6">
+      <c r="BW18" s="6">
         <v>316740586.0</v>
       </c>
-      <c r="BV18" s="6">
+      <c r="BX18" s="6">
         <v>135710697.0</v>
       </c>
-      <c r="BW18" s="6">
+      <c r="BY18" s="6">
         <v>510946571.0</v>
       </c>
-      <c r="BX18" s="6">
+      <c r="BZ18" s="6">
         <v>308845608.0</v>
       </c>
-      <c r="BY18" s="6">
+      <c r="CA18" s="6">
         <v>305097057.0</v>
       </c>
-      <c r="BZ18" s="6">
+      <c r="CB18" s="6">
         <v>282648229.0</v>
       </c>
-      <c r="CA18" s="6">
+      <c r="CC18" s="6">
         <v>290522832.0</v>
       </c>
-      <c r="CB18" s="6">
+      <c r="CD18" s="6">
         <v>317766031.0</v>
       </c>
-      <c r="CC18" s="6">
+      <c r="CE18" s="6">
         <v>330837034.0</v>
       </c>
-      <c r="CD18" s="6">
+      <c r="CF18" s="6">
         <v>301679869.0</v>
       </c>
-      <c r="CE18" s="6">
+      <c r="CG18" s="6">
         <v>296550950.0</v>
       </c>
-      <c r="CF18" s="6">
+      <c r="CH18" s="6">
         <v>283576155.0</v>
       </c>
-      <c r="CG18" s="6">
+      <c r="CI18" s="6">
         <v>282146229.0</v>
       </c>
-      <c r="CH18" s="6">
+      <c r="CJ18" s="6">
         <v>95691874.0</v>
       </c>
     </row>
-    <row r="19" spans="1:86">
+    <row r="19" spans="1:88">
       <c r="C19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D19" s="6">
-        <v>109436661.0</v>
+        <v>47802701.0</v>
       </c>
       <c r="E19" s="6">
-        <v>108189296.0</v>
+        <v>189105815.0</v>
       </c>
       <c r="F19" s="6">
-        <v>99831762.0</v>
+        <v>110001849.0</v>
       </c>
       <c r="G19" s="6">
-        <v>102575871.0</v>
+        <v>108948058.0</v>
       </c>
       <c r="H19" s="6">
-        <v>111050676.0</v>
+        <v>100283204.0</v>
       </c>
       <c r="I19" s="6">
-        <v>116858269.0</v>
+        <v>102902558.0</v>
       </c>
       <c r="J19" s="6">
-        <v>105542558.0</v>
+        <v>111415664.0</v>
       </c>
       <c r="K19" s="6">
-        <v>105296723.0</v>
+        <v>117244908.0</v>
       </c>
       <c r="L19" s="6">
-        <v>98332217.0</v>
+        <v>105816524.0</v>
       </c>
       <c r="M19" s="6">
-        <v>99466702.0</v>
+        <v>105624794.0</v>
       </c>
       <c r="N19" s="6">
-        <v>43065682.0</v>
+        <v>98614938.0</v>
       </c>
       <c r="O19" s="6">
-        <v>171867952.0</v>
+        <v>99954744.0</v>
       </c>
       <c r="P19" s="6">
-        <v>98141860.0</v>
+        <v>43127360.0</v>
       </c>
       <c r="Q19" s="6">
-        <v>97330598.0</v>
+        <v>172260430.0</v>
       </c>
       <c r="R19" s="6">
-        <v>88530368.0</v>
+        <v>98384329.0</v>
       </c>
       <c r="S19" s="6">
-        <v>92854799.0</v>
+        <v>97783980.0</v>
       </c>
       <c r="T19" s="6">
-        <v>98442306.0</v>
+        <v>88797968.0</v>
       </c>
       <c r="U19" s="6">
-        <v>102907326.0</v>
+        <v>93107932.0</v>
       </c>
       <c r="V19" s="6">
-        <v>93193036.0</v>
+        <v>98652420.0</v>
       </c>
       <c r="W19" s="6">
-        <v>93124872.0</v>
+        <v>103134454.0</v>
       </c>
       <c r="X19" s="6">
-        <v>89353235.0</v>
+        <v>93433765.0</v>
       </c>
       <c r="Y19" s="6">
-        <v>87634094.0</v>
+        <v>93404046.0</v>
       </c>
       <c r="Z19" s="6">
-        <v>38027826.0</v>
+        <v>89556609.0</v>
       </c>
       <c r="AA19" s="6">
-        <v>150917980.0</v>
+        <v>88027032.0</v>
       </c>
       <c r="AB19" s="6">
-        <v>87086427.0</v>
+        <v>38090572.0</v>
       </c>
       <c r="AC19" s="6">
-        <v>86665341.0</v>
+        <v>151309565.0</v>
       </c>
       <c r="AD19" s="6">
-        <v>80497987.0</v>
+        <v>87340155.0</v>
       </c>
       <c r="AE19" s="6">
-        <v>81509517.0</v>
+        <v>87309249.0</v>
       </c>
       <c r="AF19" s="6">
-        <v>87140748.0</v>
+        <v>80791755.0</v>
       </c>
       <c r="AG19" s="6">
-        <v>91765155.0</v>
+        <v>81790231.0</v>
       </c>
       <c r="AH19" s="6">
-        <v>80675513.0</v>
+        <v>87385584.0</v>
       </c>
       <c r="AI19" s="6">
-        <v>81544377.0</v>
+        <v>92022335.0</v>
       </c>
       <c r="AJ19" s="6">
-        <v>77082694.0</v>
+        <v>80917626.0</v>
       </c>
       <c r="AK19" s="6">
-        <v>76582186.0</v>
+        <v>81789416.0</v>
       </c>
       <c r="AL19" s="6">
-        <v>35119572.0</v>
+        <v>77301878.0</v>
       </c>
       <c r="AM19" s="6">
-        <v>131756472.0</v>
+        <v>76831483.0</v>
       </c>
       <c r="AN19" s="6">
-        <v>74897946.0</v>
+        <v>35217749.0</v>
       </c>
       <c r="AO19" s="6">
-        <v>75152636.0</v>
+        <v>132110718.0</v>
       </c>
       <c r="AP19" s="6">
-        <v>71663585.0</v>
+        <v>75101764.0</v>
       </c>
       <c r="AQ19" s="6">
-        <v>70440790.0</v>
+        <v>76166601.0</v>
       </c>
       <c r="AR19" s="6">
-        <v>77985510.0</v>
+        <v>71863594.0</v>
       </c>
       <c r="AS19" s="6">
-        <v>80879482.0</v>
+        <v>70724267.0</v>
       </c>
       <c r="AT19" s="6">
-        <v>75120330.0</v>
+        <v>78129061.0</v>
       </c>
       <c r="AU19" s="6">
-        <v>73209320.0</v>
+        <v>81012158.0</v>
       </c>
       <c r="AV19" s="6">
-        <v>68621472.0</v>
+        <v>75270772.0</v>
       </c>
       <c r="AW19" s="6">
-        <v>68139413.0</v>
+        <v>73363871.0</v>
       </c>
       <c r="AX19" s="6">
-        <v>29178120.0</v>
+        <v>68751683.0</v>
       </c>
       <c r="AY19" s="6">
-        <v>117887569.0</v>
+        <v>68276885.0</v>
       </c>
       <c r="AZ19" s="6">
-        <v>65389098.0</v>
+        <v>29223575.0</v>
       </c>
       <c r="BA19" s="6">
-        <v>65218429.0</v>
+        <v>117947534.0</v>
       </c>
       <c r="BB19" s="6">
-        <v>61366768.0</v>
+        <v>65429090.0</v>
       </c>
       <c r="BC19" s="6">
-        <v>61989599.0</v>
+        <v>65254373.0</v>
       </c>
       <c r="BD19" s="6">
-        <v>68201161.0</v>
+        <v>61403531.0</v>
       </c>
       <c r="BE19" s="6">
-        <v>67806437.0</v>
+        <v>62034496.0</v>
       </c>
       <c r="BF19" s="6">
-        <v>61738281.0</v>
+        <v>68236526.0</v>
       </c>
       <c r="BG19" s="6">
-        <v>61061852.0</v>
+        <v>67836043.0</v>
       </c>
       <c r="BH19" s="6">
-        <v>58334798.0</v>
+        <v>61769180.0</v>
       </c>
       <c r="BI19" s="6">
-        <v>55940281.0</v>
+        <v>61091386.0</v>
       </c>
       <c r="BJ19" s="6">
-        <v>23372373.0</v>
+        <v>58367747.0</v>
       </c>
       <c r="BK19" s="6">
+        <v>55967594.0</v>
+      </c>
+      <c r="BL19" s="6">
+        <v>23391069.0</v>
+      </c>
+      <c r="BM19" s="6">
         <v>99415992.0</v>
       </c>
-      <c r="BL19" s="6">
+      <c r="BN19" s="6">
         <v>57024504.0</v>
       </c>
-      <c r="BM19" s="6">
+      <c r="BO19" s="6">
         <v>55874553.0</v>
       </c>
-      <c r="BN19" s="6">
+      <c r="BP19" s="6">
         <v>51451320.0</v>
       </c>
-      <c r="BO19" s="6">
+      <c r="BQ19" s="6">
         <v>52091507.0</v>
       </c>
-      <c r="BP19" s="6">
+      <c r="BR19" s="6">
         <v>58686900.0</v>
       </c>
-      <c r="BQ19" s="6">
+      <c r="BS19" s="6">
         <v>55772388.0</v>
       </c>
-      <c r="BR19" s="6">
+      <c r="BT19" s="6">
         <v>49323026.0</v>
       </c>
-      <c r="BS19" s="6">
+      <c r="BU19" s="6">
         <v>51382711.0</v>
       </c>
-      <c r="BT19" s="6">
+      <c r="BV19" s="6">
         <v>53445887.0</v>
       </c>
-      <c r="BU19" s="6">
+      <c r="BW19" s="6">
         <v>53772055.0</v>
       </c>
-      <c r="BV19" s="6">
+      <c r="BX19" s="6">
         <v>22011501.0</v>
       </c>
-      <c r="BW19" s="6">
+      <c r="BY19" s="6">
         <v>91340100.0</v>
       </c>
-      <c r="BX19" s="6">
+      <c r="BZ19" s="6">
         <v>53752164.0</v>
       </c>
-      <c r="BY19" s="6">
+      <c r="CA19" s="6">
         <v>52843371.0</v>
       </c>
-      <c r="BZ19" s="6">
+      <c r="CB19" s="6">
         <v>48764932.0</v>
       </c>
-      <c r="CA19" s="6">
+      <c r="CC19" s="6">
         <v>50379243.0</v>
       </c>
-      <c r="CB19" s="6">
+      <c r="CD19" s="6">
         <v>54772332.0</v>
       </c>
-      <c r="CC19" s="6">
+      <c r="CE19" s="6">
         <v>57088613.0</v>
       </c>
-      <c r="CD19" s="6">
+      <c r="CF19" s="6">
         <v>51642773.0</v>
       </c>
-      <c r="CE19" s="6">
+      <c r="CG19" s="6">
         <v>50520093.0</v>
       </c>
-      <c r="CF19" s="6">
+      <c r="CH19" s="6">
         <v>47929660.0</v>
       </c>
-      <c r="CG19" s="6">
+      <c r="CI19" s="6">
         <v>48047956.0</v>
       </c>
-      <c r="CH19" s="6">
+      <c r="CJ19" s="6">
         <v>12186513.0</v>
       </c>
     </row>
-    <row r="20" spans="1:86">
+    <row r="20" spans="1:88">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Klaipėdos apskritis</t>
           </r>
         </is>
       </c>
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D20" s="6">
-        <v>13695.0</v>
+        <v>13571.0</v>
       </c>
       <c r="E20" s="6">
-        <v>13788.0</v>
+        <v>14280.0</v>
       </c>
       <c r="F20" s="6">
+        <v>13999.0</v>
+      </c>
+      <c r="G20" s="6">
+        <v>14013.0</v>
+      </c>
+      <c r="H20" s="6">
+        <v>14029.0</v>
+      </c>
+      <c r="I20" s="6">
+        <v>14019.0</v>
+      </c>
+      <c r="J20" s="6">
+        <v>14031.0</v>
+      </c>
+      <c r="K20" s="6">
+        <v>14012.0</v>
+      </c>
+      <c r="L20" s="6">
+        <v>13901.0</v>
+      </c>
+      <c r="M20" s="6">
+        <v>13849.0</v>
+      </c>
+      <c r="N20" s="6">
+        <v>13826.0</v>
+      </c>
+      <c r="O20" s="6">
+        <v>13804.0</v>
+      </c>
+      <c r="P20" s="6">
+        <v>13838.0</v>
+      </c>
+      <c r="Q20" s="6">
+        <v>14363.0</v>
+      </c>
+      <c r="R20" s="6">
+        <v>14009.0</v>
+      </c>
+      <c r="S20" s="6">
+        <v>14020.0</v>
+      </c>
+      <c r="T20" s="6">
+        <v>14027.0</v>
+      </c>
+      <c r="U20" s="6">
+        <v>14026.0</v>
+      </c>
+      <c r="V20" s="6">
+        <v>14040.0</v>
+      </c>
+      <c r="W20" s="6">
+        <v>14067.0</v>
+      </c>
+      <c r="X20" s="6">
+        <v>13990.0</v>
+      </c>
+      <c r="Y20" s="6">
+        <v>13907.0</v>
+      </c>
+      <c r="Z20" s="6">
+        <v>13874.0</v>
+      </c>
+      <c r="AA20" s="6">
+        <v>13835.0</v>
+      </c>
+      <c r="AB20" s="6">
+        <v>13843.0</v>
+      </c>
+      <c r="AC20" s="6">
+        <v>14297.0</v>
+      </c>
+      <c r="AD20" s="6">
+        <v>13969.0</v>
+      </c>
+      <c r="AE20" s="6">
+        <v>13987.0</v>
+      </c>
+      <c r="AF20" s="6">
+        <v>13996.0</v>
+      </c>
+      <c r="AG20" s="6">
+        <v>13999.0</v>
+      </c>
+      <c r="AH20" s="6">
+        <v>13998.0</v>
+      </c>
+      <c r="AI20" s="6">
+        <v>14031.0</v>
+      </c>
+      <c r="AJ20" s="6">
+        <v>13887.0</v>
+      </c>
+      <c r="AK20" s="6">
+        <v>13800.0</v>
+      </c>
+      <c r="AL20" s="6">
+        <v>13764.0</v>
+      </c>
+      <c r="AM20" s="6">
+        <v>13691.0</v>
+      </c>
+      <c r="AN20" s="6">
+        <v>13720.0</v>
+      </c>
+      <c r="AO20" s="6">
+        <v>14141.0</v>
+      </c>
+      <c r="AP20" s="6">
+        <v>13828.0</v>
+      </c>
+      <c r="AQ20" s="6">
+        <v>13797.0</v>
+      </c>
+      <c r="AR20" s="6">
+        <v>13801.0</v>
+      </c>
+      <c r="AS20" s="6">
         <v>13842.0</v>
       </c>
-      <c r="G20" s="6">
-[...115 lines deleted...]
-      </c>
       <c r="AT20" s="6">
-        <v>13664.0</v>
+        <v>13819.0</v>
       </c>
       <c r="AU20" s="6">
-        <v>13582.0</v>
+        <v>13795.0</v>
       </c>
       <c r="AV20" s="6">
-        <v>13585.0</v>
+        <v>13679.0</v>
       </c>
       <c r="AW20" s="6">
-        <v>13498.0</v>
+        <v>13596.0</v>
       </c>
       <c r="AX20" s="6">
-        <v>13510.0</v>
+        <v>13599.0</v>
       </c>
       <c r="AY20" s="6">
-        <v>13943.0</v>
+        <v>13513.0</v>
       </c>
       <c r="AZ20" s="6">
-        <v>13664.0</v>
+        <v>13527.0</v>
       </c>
       <c r="BA20" s="6">
-        <v>13616.0</v>
+        <v>13952.0</v>
       </c>
       <c r="BB20" s="6">
-        <v>13606.0</v>
+        <v>13672.0</v>
       </c>
       <c r="BC20" s="6">
-        <v>13604.0</v>
+        <v>13623.0</v>
       </c>
       <c r="BD20" s="6">
-        <v>13601.0</v>
+        <v>13614.0</v>
       </c>
       <c r="BE20" s="6">
-        <v>13581.0</v>
+        <v>13612.0</v>
       </c>
       <c r="BF20" s="6">
-        <v>13388.0</v>
+        <v>13609.0</v>
       </c>
       <c r="BG20" s="6">
-        <v>13270.0</v>
+        <v>13589.0</v>
       </c>
       <c r="BH20" s="6">
-        <v>13216.0</v>
+        <v>13395.0</v>
       </c>
       <c r="BI20" s="6">
-        <v>13051.0</v>
+        <v>13277.0</v>
       </c>
       <c r="BJ20" s="6">
-        <v>12898.0</v>
+        <v>13223.0</v>
       </c>
       <c r="BK20" s="6">
+        <v>13060.0</v>
+      </c>
+      <c r="BL20" s="6">
+        <v>12905.0</v>
+      </c>
+      <c r="BM20" s="6">
         <v>13367.0</v>
       </c>
-      <c r="BL20" s="6">
+      <c r="BN20" s="6">
         <v>13088.0</v>
       </c>
-      <c r="BM20" s="6">
+      <c r="BO20" s="6">
         <v>13045.0</v>
       </c>
-      <c r="BN20" s="6">
+      <c r="BP20" s="6">
         <v>13027.0</v>
       </c>
-      <c r="BO20" s="6">
+      <c r="BQ20" s="6">
         <v>12987.0</v>
       </c>
-      <c r="BP20" s="6">
+      <c r="BR20" s="6">
         <v>12963.0</v>
       </c>
-      <c r="BQ20" s="6">
+      <c r="BS20" s="6">
         <v>12957.0</v>
       </c>
-      <c r="BR20" s="6">
+      <c r="BT20" s="6">
         <v>12748.0</v>
       </c>
-      <c r="BS20" s="6">
+      <c r="BU20" s="6">
         <v>12603.0</v>
       </c>
-      <c r="BT20" s="6">
+      <c r="BV20" s="6">
         <v>12755.0</v>
       </c>
-      <c r="BU20" s="6">
+      <c r="BW20" s="6">
         <v>12777.0</v>
       </c>
-      <c r="BV20" s="6">
+      <c r="BX20" s="6">
         <v>12780.0</v>
       </c>
-      <c r="BW20" s="6">
+      <c r="BY20" s="6">
         <v>13152.0</v>
       </c>
-      <c r="BX20" s="6">
+      <c r="BZ20" s="6">
         <v>12825.0</v>
       </c>
-      <c r="BY20" s="6">
+      <c r="CA20" s="6">
         <v>12776.0</v>
       </c>
-      <c r="BZ20" s="6">
+      <c r="CB20" s="6">
         <v>12797.0</v>
       </c>
-      <c r="CA20" s="6">
+      <c r="CC20" s="6">
         <v>12787.0</v>
       </c>
-      <c r="CB20" s="6">
+      <c r="CD20" s="6">
         <v>12781.0</v>
       </c>
-      <c r="CC20" s="6">
+      <c r="CE20" s="6">
         <v>12803.0</v>
       </c>
-      <c r="CD20" s="6">
+      <c r="CF20" s="6">
         <v>12683.0</v>
       </c>
-      <c r="CE20" s="6">
+      <c r="CG20" s="6">
         <v>12623.0</v>
       </c>
-      <c r="CF20" s="6">
+      <c r="CH20" s="6">
         <v>12619.0</v>
       </c>
-      <c r="CG20" s="6">
+      <c r="CI20" s="6">
         <v>12516.0</v>
       </c>
-      <c r="CH20" s="6">
+      <c r="CJ20" s="6">
         <v>12505.0</v>
       </c>
     </row>
-    <row r="21" spans="1:86">
+    <row r="21" spans="1:88">
       <c r="C21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D21" s="6">
-        <v>276299996.0</v>
+        <v>144238864.0</v>
       </c>
       <c r="E21" s="6">
-        <v>276893185.0</v>
+        <v>447087730.0</v>
       </c>
       <c r="F21" s="6">
-        <v>257342510.0</v>
+        <v>276095766.0</v>
       </c>
       <c r="G21" s="6">
-        <v>263327518.0</v>
+        <v>276931330.0</v>
       </c>
       <c r="H21" s="6">
-        <v>278449046.0</v>
+        <v>256944682.0</v>
       </c>
       <c r="I21" s="6">
-        <v>309072490.0</v>
+        <v>263112803.0</v>
       </c>
       <c r="J21" s="6">
-        <v>270333934.0</v>
+        <v>278240349.0</v>
       </c>
       <c r="K21" s="6">
-        <v>269135483.0</v>
+        <v>308314896.0</v>
       </c>
       <c r="L21" s="6">
-        <v>252928185.0</v>
+        <v>269685201.0</v>
       </c>
       <c r="M21" s="6">
-        <v>249503588.0</v>
+        <v>268704682.0</v>
       </c>
       <c r="N21" s="6">
-        <v>125281410.0</v>
+        <v>252770309.0</v>
       </c>
       <c r="O21" s="6">
-        <v>405627380.0</v>
+        <v>249053564.0</v>
       </c>
       <c r="P21" s="6">
-        <v>247742430.0</v>
+        <v>125426301.0</v>
       </c>
       <c r="Q21" s="6">
-        <v>249693068.0</v>
+        <v>405506418.0</v>
       </c>
       <c r="R21" s="6">
-        <v>233130720.0</v>
+        <v>247747371.0</v>
       </c>
       <c r="S21" s="6">
-        <v>238243019.0</v>
+        <v>249673976.0</v>
       </c>
       <c r="T21" s="6">
-        <v>246870447.0</v>
+        <v>233064188.0</v>
       </c>
       <c r="U21" s="6">
-        <v>276369254.0</v>
+        <v>238246192.0</v>
       </c>
       <c r="V21" s="6">
-        <v>241123801.0</v>
+        <v>246907000.0</v>
       </c>
       <c r="W21" s="6">
-        <v>238837072.0</v>
+        <v>276374168.0</v>
       </c>
       <c r="X21" s="6">
-        <v>227410844.0</v>
+        <v>241133459.0</v>
       </c>
       <c r="Y21" s="6">
-        <v>222143612.0</v>
+        <v>238860937.0</v>
       </c>
       <c r="Z21" s="6">
-        <v>107252648.0</v>
+        <v>227496283.0</v>
       </c>
       <c r="AA21" s="6">
-        <v>358174326.0</v>
+        <v>222163474.0</v>
       </c>
       <c r="AB21" s="6">
-        <v>216520279.0</v>
+        <v>107219110.0</v>
       </c>
       <c r="AC21" s="6">
-        <v>218941148.0</v>
+        <v>358211214.0</v>
       </c>
       <c r="AD21" s="6">
-        <v>204755901.0</v>
+        <v>216504665.0</v>
       </c>
       <c r="AE21" s="6">
-        <v>210180233.0</v>
+        <v>218912720.0</v>
       </c>
       <c r="AF21" s="6">
-        <v>220566506.0</v>
+        <v>204773892.0</v>
       </c>
       <c r="AG21" s="6">
-        <v>249480175.0</v>
+        <v>210190198.0</v>
       </c>
       <c r="AH21" s="6">
-        <v>211678802.0</v>
+        <v>220555183.0</v>
       </c>
       <c r="AI21" s="6">
-        <v>211855647.0</v>
+        <v>249476092.0</v>
       </c>
       <c r="AJ21" s="6">
-        <v>201961892.0</v>
+        <v>211693539.0</v>
       </c>
       <c r="AK21" s="6">
-        <v>197563817.0</v>
+        <v>211866736.0</v>
       </c>
       <c r="AL21" s="6">
-        <v>95042822.0</v>
+        <v>202022927.0</v>
       </c>
       <c r="AM21" s="6">
-        <v>322640377.0</v>
+        <v>197585838.0</v>
       </c>
       <c r="AN21" s="6">
-        <v>190587376.0</v>
+        <v>95052154.0</v>
       </c>
       <c r="AO21" s="6">
-        <v>189363205.0</v>
+        <v>322674236.0</v>
       </c>
       <c r="AP21" s="6">
-        <v>181685578.0</v>
+        <v>190589711.0</v>
       </c>
       <c r="AQ21" s="6">
-        <v>182233139.0</v>
+        <v>189398718.0</v>
       </c>
       <c r="AR21" s="6">
-        <v>191972608.0</v>
+        <v>181723434.0</v>
       </c>
       <c r="AS21" s="6">
-        <v>216517147.0</v>
+        <v>182256363.0</v>
       </c>
       <c r="AT21" s="6">
-        <v>190084805.0</v>
+        <v>191980558.0</v>
       </c>
       <c r="AU21" s="6">
-        <v>183215483.0</v>
+        <v>216536873.0</v>
       </c>
       <c r="AV21" s="6">
-        <v>179804235.0</v>
+        <v>190100910.0</v>
       </c>
       <c r="AW21" s="6">
-        <v>170284863.0</v>
+        <v>183237129.0</v>
       </c>
       <c r="AX21" s="6">
-        <v>79757748.0</v>
+        <v>179872056.0</v>
       </c>
       <c r="AY21" s="6">
-        <v>285571240.0</v>
+        <v>170290221.0</v>
       </c>
       <c r="AZ21" s="6">
-        <v>166656982.0</v>
+        <v>79733531.0</v>
       </c>
       <c r="BA21" s="6">
-        <v>165980063.0</v>
+        <v>285560290.0</v>
       </c>
       <c r="BB21" s="6">
-        <v>159713213.0</v>
+        <v>166602906.0</v>
       </c>
       <c r="BC21" s="6">
-        <v>163027438.0</v>
+        <v>165925749.0</v>
       </c>
       <c r="BD21" s="6">
-        <v>174473856.0</v>
+        <v>159648382.0</v>
       </c>
       <c r="BE21" s="6">
-        <v>187286894.0</v>
+        <v>162974048.0</v>
       </c>
       <c r="BF21" s="6">
-        <v>164207949.0</v>
+        <v>174418744.0</v>
       </c>
       <c r="BG21" s="6">
-        <v>164517206.0</v>
+        <v>187244266.0</v>
       </c>
       <c r="BH21" s="6">
-        <v>155983022.0</v>
+        <v>164160338.0</v>
       </c>
       <c r="BI21" s="6">
-        <v>149254923.0</v>
+        <v>164473494.0</v>
       </c>
       <c r="BJ21" s="6">
-        <v>69983681.0</v>
+        <v>155949465.0</v>
       </c>
       <c r="BK21" s="6">
+        <v>149214233.0</v>
+      </c>
+      <c r="BL21" s="6">
+        <v>69907096.0</v>
+      </c>
+      <c r="BM21" s="6">
         <v>252062442.0</v>
       </c>
-      <c r="BL21" s="6">
+      <c r="BN21" s="6">
         <v>149975222.0</v>
       </c>
-      <c r="BM21" s="6">
+      <c r="BO21" s="6">
         <v>152915979.0</v>
       </c>
-      <c r="BN21" s="6">
+      <c r="BP21" s="6">
         <v>143275466.0</v>
       </c>
-      <c r="BO21" s="6">
+      <c r="BQ21" s="6">
         <v>146636291.0</v>
       </c>
-      <c r="BP21" s="6">
+      <c r="BR21" s="6">
         <v>154702461.0</v>
       </c>
-      <c r="BQ21" s="6">
+      <c r="BS21" s="6">
         <v>156896390.0</v>
       </c>
-      <c r="BR21" s="6">
+      <c r="BT21" s="6">
         <v>128156595.0</v>
       </c>
-      <c r="BS21" s="6">
+      <c r="BU21" s="6">
         <v>141011887.0</v>
       </c>
-      <c r="BT21" s="6">
+      <c r="BV21" s="6">
         <v>144712671.0</v>
       </c>
-      <c r="BU21" s="6">
+      <c r="BW21" s="6">
         <v>143727989.0</v>
       </c>
-      <c r="BV21" s="6">
+      <c r="BX21" s="6">
         <v>68023423.0</v>
       </c>
-      <c r="BW21" s="6">
+      <c r="BY21" s="6">
         <v>229658743.0</v>
       </c>
-      <c r="BX21" s="6">
+      <c r="BZ21" s="6">
         <v>140529353.0</v>
       </c>
-      <c r="BY21" s="6">
+      <c r="CA21" s="6">
         <v>140433080.0</v>
       </c>
-      <c r="BZ21" s="6">
+      <c r="CB21" s="6">
         <v>131225283.0</v>
       </c>
-      <c r="CA21" s="6">
+      <c r="CC21" s="6">
         <v>135708142.0</v>
       </c>
-      <c r="CB21" s="6">
+      <c r="CD21" s="6">
         <v>143016258.0</v>
       </c>
-      <c r="CC21" s="6">
+      <c r="CE21" s="6">
         <v>156625960.0</v>
       </c>
-      <c r="CD21" s="6">
+      <c r="CF21" s="6">
         <v>138925763.0</v>
       </c>
-      <c r="CE21" s="6">
+      <c r="CG21" s="6">
         <v>137639570.0</v>
       </c>
-      <c r="CF21" s="6">
+      <c r="CH21" s="6">
         <v>129773814.0</v>
       </c>
-      <c r="CG21" s="6">
+      <c r="CI21" s="6">
         <v>127828721.0</v>
       </c>
-      <c r="CH21" s="6">
+      <c r="CJ21" s="6">
         <v>45883572.0</v>
       </c>
     </row>
-    <row r="22" spans="1:86">
+    <row r="22" spans="1:88">
       <c r="C22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D22" s="6">
-        <v>48630731.0</v>
+        <v>22916878.0</v>
       </c>
       <c r="E22" s="6">
-        <v>48450443.0</v>
+        <v>80518777.0</v>
       </c>
       <c r="F22" s="6">
-        <v>44722317.0</v>
+        <v>48586033.0</v>
       </c>
       <c r="G22" s="6">
-        <v>45731671.0</v>
+        <v>48471947.0</v>
       </c>
       <c r="H22" s="6">
-        <v>48231470.0</v>
+        <v>44718943.0</v>
       </c>
       <c r="I22" s="6">
-        <v>53677640.0</v>
+        <v>45696586.0</v>
       </c>
       <c r="J22" s="6">
-        <v>46582163.0</v>
+        <v>48153677.0</v>
       </c>
       <c r="K22" s="6">
-        <v>46540133.0</v>
+        <v>53562344.0</v>
       </c>
       <c r="L22" s="6">
-        <v>43228165.0</v>
+        <v>46601489.0</v>
       </c>
       <c r="M22" s="6">
-        <v>42826909.0</v>
+        <v>46512567.0</v>
       </c>
       <c r="N22" s="6">
-        <v>21022716.0</v>
+        <v>43225557.0</v>
       </c>
       <c r="O22" s="6">
-        <v>72500452.0</v>
+        <v>42777276.0</v>
       </c>
       <c r="P22" s="6">
-        <v>42812338.0</v>
+        <v>21063414.0</v>
       </c>
       <c r="Q22" s="6">
-        <v>43093675.0</v>
+        <v>72507942.0</v>
       </c>
       <c r="R22" s="6">
-        <v>39790743.0</v>
+        <v>42812517.0</v>
       </c>
       <c r="S22" s="6">
-        <v>40707392.0</v>
+        <v>43091074.0</v>
       </c>
       <c r="T22" s="6">
-        <v>41758379.0</v>
+        <v>39783164.0</v>
       </c>
       <c r="U22" s="6">
-        <v>47195027.0</v>
+        <v>40710709.0</v>
       </c>
       <c r="V22" s="6">
-        <v>40840011.0</v>
+        <v>41766529.0</v>
       </c>
       <c r="W22" s="6">
-        <v>40678533.0</v>
+        <v>47194988.0</v>
       </c>
       <c r="X22" s="6">
-        <v>38104457.0</v>
+        <v>40844041.0</v>
       </c>
       <c r="Y22" s="6">
-        <v>37464054.0</v>
+        <v>40683847.0</v>
       </c>
       <c r="Z22" s="6">
-        <v>17782717.0</v>
+        <v>38119600.0</v>
       </c>
       <c r="AA22" s="6">
-        <v>63764191.0</v>
+        <v>37467131.0</v>
       </c>
       <c r="AB22" s="6">
-        <v>37294638.0</v>
+        <v>17778349.0</v>
       </c>
       <c r="AC22" s="6">
-        <v>37532310.0</v>
+        <v>63773307.0</v>
       </c>
       <c r="AD22" s="6">
-        <v>35151151.0</v>
+        <v>37295505.0</v>
       </c>
       <c r="AE22" s="6">
-        <v>35745055.0</v>
+        <v>37530359.0</v>
       </c>
       <c r="AF22" s="6">
-        <v>37451372.0</v>
+        <v>35157898.0</v>
       </c>
       <c r="AG22" s="6">
-        <v>42444414.0</v>
+        <v>35750181.0</v>
       </c>
       <c r="AH22" s="6">
-        <v>35592839.0</v>
+        <v>37452382.0</v>
       </c>
       <c r="AI22" s="6">
-        <v>35940359.0</v>
+        <v>42448115.0</v>
       </c>
       <c r="AJ22" s="6">
-        <v>33587723.0</v>
+        <v>35598736.0</v>
       </c>
       <c r="AK22" s="6">
-        <v>33190600.0</v>
+        <v>35946701.0</v>
       </c>
       <c r="AL22" s="6">
-        <v>15694529.0</v>
+        <v>33603421.0</v>
       </c>
       <c r="AM22" s="6">
-        <v>57033753.0</v>
+        <v>33197689.0</v>
       </c>
       <c r="AN22" s="6">
-        <v>32228909.0</v>
+        <v>15699241.0</v>
       </c>
       <c r="AO22" s="6">
-        <v>32292054.0</v>
+        <v>57047399.0</v>
       </c>
       <c r="AP22" s="6">
-        <v>30695939.0</v>
+        <v>32236140.0</v>
       </c>
       <c r="AQ22" s="6">
-        <v>30518309.0</v>
+        <v>32303818.0</v>
       </c>
       <c r="AR22" s="6">
-        <v>31979178.0</v>
+        <v>30705229.0</v>
       </c>
       <c r="AS22" s="6">
-        <v>36624399.0</v>
+        <v>30527013.0</v>
       </c>
       <c r="AT22" s="6">
-        <v>32279153.0</v>
+        <v>31985717.0</v>
       </c>
       <c r="AU22" s="6">
-        <v>31285844.0</v>
+        <v>36632521.0</v>
       </c>
       <c r="AV22" s="6">
-        <v>30037863.0</v>
+        <v>32286427.0</v>
       </c>
       <c r="AW22" s="6">
-        <v>28636322.0</v>
+        <v>31294152.0</v>
       </c>
       <c r="AX22" s="6">
-        <v>13330986.0</v>
+        <v>30053109.0</v>
       </c>
       <c r="AY22" s="6">
-        <v>50293244.0</v>
+        <v>28639934.0</v>
       </c>
       <c r="AZ22" s="6">
-        <v>28305222.0</v>
+        <v>13329002.0</v>
       </c>
       <c r="BA22" s="6">
-        <v>28046066.0</v>
+        <v>50292685.0</v>
       </c>
       <c r="BB22" s="6">
-        <v>27129918.0</v>
+        <v>28295906.0</v>
       </c>
       <c r="BC22" s="6">
-        <v>27457917.0</v>
+        <v>28036847.0</v>
       </c>
       <c r="BD22" s="6">
-        <v>28954667.0</v>
+        <v>27118070.0</v>
       </c>
       <c r="BE22" s="6">
-        <v>31424698.0</v>
+        <v>27448432.0</v>
       </c>
       <c r="BF22" s="6">
-        <v>27374405.0</v>
+        <v>28944417.0</v>
       </c>
       <c r="BG22" s="6">
-        <v>27606689.0</v>
+        <v>31416658.0</v>
       </c>
       <c r="BH22" s="6">
-        <v>25928785.0</v>
+        <v>27365924.0</v>
       </c>
       <c r="BI22" s="6">
-        <v>24812651.0</v>
+        <v>27598686.0</v>
       </c>
       <c r="BJ22" s="6">
-        <v>11245217.0</v>
+        <v>25922795.0</v>
       </c>
       <c r="BK22" s="6">
+        <v>24805296.0</v>
+      </c>
+      <c r="BL22" s="6">
+        <v>11232092.0</v>
+      </c>
+      <c r="BM22" s="6">
         <v>43247383.0</v>
       </c>
-      <c r="BL22" s="6">
+      <c r="BN22" s="6">
         <v>25019596.0</v>
       </c>
-      <c r="BM22" s="6">
+      <c r="BO22" s="6">
         <v>25590701.0</v>
       </c>
-      <c r="BN22" s="6">
+      <c r="BP22" s="6">
         <v>23762209.0</v>
       </c>
-      <c r="BO22" s="6">
+      <c r="BQ22" s="6">
         <v>23958304.0</v>
       </c>
-      <c r="BP22" s="6">
+      <c r="BR22" s="6">
         <v>25867894.0</v>
       </c>
-      <c r="BQ22" s="6">
+      <c r="BS22" s="6">
         <v>25991832.0</v>
       </c>
-      <c r="BR22" s="6">
+      <c r="BT22" s="6">
         <v>21203647.0</v>
       </c>
-      <c r="BS22" s="6">
+      <c r="BU22" s="6">
         <v>23345902.0</v>
       </c>
-      <c r="BT22" s="6">
+      <c r="BV22" s="6">
         <v>24116087.0</v>
       </c>
-      <c r="BU22" s="6">
+      <c r="BW22" s="6">
         <v>24121200.0</v>
       </c>
-      <c r="BV22" s="6">
+      <c r="BX22" s="6">
         <v>11015732.0</v>
       </c>
-      <c r="BW22" s="6">
+      <c r="BY22" s="6">
         <v>40339983.0</v>
       </c>
-      <c r="BX22" s="6">
+      <c r="BZ22" s="6">
         <v>24197022.0</v>
       </c>
-      <c r="BY22" s="6">
+      <c r="CA22" s="6">
         <v>24018609.0</v>
       </c>
-      <c r="BZ22" s="6">
+      <c r="CB22" s="6">
         <v>22230757.0</v>
       </c>
-      <c r="CA22" s="6">
+      <c r="CC22" s="6">
         <v>23219080.0</v>
       </c>
-      <c r="CB22" s="6">
+      <c r="CD22" s="6">
         <v>24112930.0</v>
       </c>
-      <c r="CC22" s="6">
+      <c r="CE22" s="6">
         <v>26456998.0</v>
       </c>
-      <c r="CD22" s="6">
+      <c r="CF22" s="6">
         <v>23489382.0</v>
       </c>
-      <c r="CE22" s="6">
+      <c r="CG22" s="6">
         <v>23209803.0</v>
       </c>
-      <c r="CF22" s="6">
+      <c r="CH22" s="6">
         <v>21608117.0</v>
       </c>
-      <c r="CG22" s="6">
+      <c r="CI22" s="6">
         <v>21419918.0</v>
       </c>
-      <c r="CH22" s="6">
+      <c r="CJ22" s="6">
         <v>5940031.0</v>
       </c>
     </row>
-    <row r="23" spans="1:86">
+    <row r="23" spans="1:88">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Šiaulių apskritis</t>
           </r>
         </is>
       </c>
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D23" s="6">
-        <v>8090.0</v>
+        <v>7826.0</v>
       </c>
       <c r="E23" s="6">
+        <v>8413.0</v>
+      </c>
+      <c r="F23" s="6">
+        <v>8224.0</v>
+      </c>
+      <c r="G23" s="6">
+        <v>8190.0</v>
+      </c>
+      <c r="H23" s="6">
+        <v>8098.0</v>
+      </c>
+      <c r="I23" s="6">
+        <v>8078.0</v>
+      </c>
+      <c r="J23" s="6">
+        <v>8058.0</v>
+      </c>
+      <c r="K23" s="6">
+        <v>8051.0</v>
+      </c>
+      <c r="L23" s="6">
+        <v>8066.0</v>
+      </c>
+      <c r="M23" s="6">
+        <v>8060.0</v>
+      </c>
+      <c r="N23" s="6">
+        <v>8007.0</v>
+      </c>
+      <c r="O23" s="6">
+        <v>8015.0</v>
+      </c>
+      <c r="P23" s="6">
+        <v>8031.0</v>
+      </c>
+      <c r="Q23" s="6">
+        <v>8573.0</v>
+      </c>
+      <c r="R23" s="6">
+        <v>8366.0</v>
+      </c>
+      <c r="S23" s="6">
+        <v>8271.0</v>
+      </c>
+      <c r="T23" s="6">
+        <v>8183.0</v>
+      </c>
+      <c r="U23" s="6">
+        <v>8162.0</v>
+      </c>
+      <c r="V23" s="6">
+        <v>8165.0</v>
+      </c>
+      <c r="W23" s="6">
+        <v>8134.0</v>
+      </c>
+      <c r="X23" s="6">
+        <v>8128.0</v>
+      </c>
+      <c r="Y23" s="6">
+        <v>8095.0</v>
+      </c>
+      <c r="Z23" s="6">
+        <v>8035.0</v>
+      </c>
+      <c r="AA23" s="6">
+        <v>7992.0</v>
+      </c>
+      <c r="AB23" s="6">
+        <v>8058.0</v>
+      </c>
+      <c r="AC23" s="6">
+        <v>8599.0</v>
+      </c>
+      <c r="AD23" s="6">
+        <v>8367.0</v>
+      </c>
+      <c r="AE23" s="6">
+        <v>8284.0</v>
+      </c>
+      <c r="AF23" s="6">
+        <v>8214.0</v>
+      </c>
+      <c r="AG23" s="6">
+        <v>8201.0</v>
+      </c>
+      <c r="AH23" s="6">
+        <v>8191.0</v>
+      </c>
+      <c r="AI23" s="6">
+        <v>8200.0</v>
+      </c>
+      <c r="AJ23" s="6">
+        <v>8172.0</v>
+      </c>
+      <c r="AK23" s="6">
+        <v>8128.0</v>
+      </c>
+      <c r="AL23" s="6">
         <v>8102.0</v>
       </c>
-      <c r="F23" s="6">
-[...2 lines deleted...]
-      <c r="G23" s="6">
+      <c r="AM23" s="6">
+        <v>8089.0</v>
+      </c>
+      <c r="AN23" s="6">
+        <v>8109.0</v>
+      </c>
+      <c r="AO23" s="6">
+        <v>8592.0</v>
+      </c>
+      <c r="AP23" s="6">
+        <v>8359.0</v>
+      </c>
+      <c r="AQ23" s="6">
+        <v>8300.0</v>
+      </c>
+      <c r="AR23" s="6">
+        <v>8214.0</v>
+      </c>
+      <c r="AS23" s="6">
+        <v>8193.0</v>
+      </c>
+      <c r="AT23" s="6">
+        <v>8163.0</v>
+      </c>
+      <c r="AU23" s="6">
+        <v>8167.0</v>
+      </c>
+      <c r="AV23" s="6">
+        <v>8148.0</v>
+      </c>
+      <c r="AW23" s="6">
+        <v>8106.0</v>
+      </c>
+      <c r="AX23" s="6">
+        <v>8067.0</v>
+      </c>
+      <c r="AY23" s="6">
+        <v>8030.0</v>
+      </c>
+      <c r="AZ23" s="6">
         <v>8015.0</v>
       </c>
-      <c r="H23" s="6">
-[...133 lines deleted...]
-      </c>
       <c r="BA23" s="6">
-        <v>8221.0</v>
+        <v>8489.0</v>
       </c>
       <c r="BB23" s="6">
-        <v>8113.0</v>
+        <v>8288.0</v>
       </c>
       <c r="BC23" s="6">
-        <v>8070.0</v>
+        <v>8226.0</v>
       </c>
       <c r="BD23" s="6">
-        <v>8042.0</v>
+        <v>8118.0</v>
       </c>
       <c r="BE23" s="6">
-        <v>8025.0</v>
+        <v>8075.0</v>
       </c>
       <c r="BF23" s="6">
-        <v>7980.0</v>
+        <v>8047.0</v>
       </c>
       <c r="BG23" s="6">
-        <v>7888.0</v>
+        <v>8030.0</v>
       </c>
       <c r="BH23" s="6">
-        <v>7826.0</v>
+        <v>7985.0</v>
       </c>
       <c r="BI23" s="6">
-        <v>7771.0</v>
+        <v>7893.0</v>
       </c>
       <c r="BJ23" s="6">
-        <v>7698.0</v>
+        <v>7831.0</v>
       </c>
       <c r="BK23" s="6">
+        <v>7776.0</v>
+      </c>
+      <c r="BL23" s="6">
+        <v>7702.0</v>
+      </c>
+      <c r="BM23" s="6">
         <v>8203.0</v>
       </c>
-      <c r="BL23" s="6">
+      <c r="BN23" s="6">
         <v>7955.0</v>
       </c>
-      <c r="BM23" s="6">
+      <c r="BO23" s="6">
         <v>7892.0</v>
       </c>
-      <c r="BN23" s="6">
+      <c r="BP23" s="6">
         <v>7812.0</v>
       </c>
-      <c r="BO23" s="6">
+      <c r="BQ23" s="6">
         <v>7764.0</v>
       </c>
-      <c r="BP23" s="6">
+      <c r="BR23" s="6">
         <v>7732.0</v>
       </c>
-      <c r="BQ23" s="6">
+      <c r="BS23" s="6">
         <v>7712.0</v>
       </c>
-      <c r="BR23" s="6">
+      <c r="BT23" s="6">
         <v>7667.0</v>
       </c>
-      <c r="BS23" s="6">
+      <c r="BU23" s="6">
         <v>7640.0</v>
       </c>
-      <c r="BT23" s="6">
+      <c r="BV23" s="6">
         <v>7674.0</v>
       </c>
-      <c r="BU23" s="6">
+      <c r="BW23" s="6">
         <v>7665.0</v>
       </c>
-      <c r="BV23" s="6">
+      <c r="BX23" s="6">
         <v>7665.0</v>
       </c>
-      <c r="BW23" s="6">
+      <c r="BY23" s="6">
         <v>8143.0</v>
       </c>
-      <c r="BX23" s="6">
+      <c r="BZ23" s="6">
         <v>7886.0</v>
       </c>
-      <c r="BY23" s="6">
+      <c r="CA23" s="6">
         <v>7830.0</v>
       </c>
-      <c r="BZ23" s="6">
+      <c r="CB23" s="6">
         <v>7778.0</v>
       </c>
-      <c r="CA23" s="6">
+      <c r="CC23" s="6">
         <v>7741.0</v>
       </c>
-      <c r="CB23" s="6">
+      <c r="CD23" s="6">
         <v>7717.0</v>
       </c>
-      <c r="CC23" s="6">
+      <c r="CE23" s="6">
         <v>7678.0</v>
       </c>
-      <c r="CD23" s="6">
+      <c r="CF23" s="6">
         <v>7658.0</v>
       </c>
-      <c r="CE23" s="6">
+      <c r="CG23" s="6">
         <v>7613.0</v>
       </c>
-      <c r="CF23" s="6">
+      <c r="CH23" s="6">
         <v>7554.0</v>
       </c>
-      <c r="CG23" s="6">
+      <c r="CI23" s="6">
         <v>7529.0</v>
       </c>
-      <c r="CH23" s="6">
+      <c r="CJ23" s="6">
         <v>7530.0</v>
       </c>
     </row>
-    <row r="24" spans="1:86">
+    <row r="24" spans="1:88">
       <c r="C24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D24" s="6">
-        <v>182189130.0</v>
+        <v>87637958.0</v>
       </c>
       <c r="E24" s="6">
-        <v>175691912.0</v>
+        <v>276276659.0</v>
       </c>
       <c r="F24" s="6">
-        <v>165218181.0</v>
+        <v>176862514.0</v>
       </c>
       <c r="G24" s="6">
-        <v>163498069.0</v>
+        <v>176619374.0</v>
       </c>
       <c r="H24" s="6">
-        <v>176306170.0</v>
+        <v>166816473.0</v>
       </c>
       <c r="I24" s="6">
-        <v>194022052.0</v>
+        <v>164293850.0</v>
       </c>
       <c r="J24" s="6">
-        <v>172979682.0</v>
+        <v>176796975.0</v>
       </c>
       <c r="K24" s="6">
-        <v>172619784.0</v>
+        <v>193991354.0</v>
       </c>
       <c r="L24" s="6">
-        <v>161817179.0</v>
+        <v>173780735.0</v>
       </c>
       <c r="M24" s="6">
-        <v>159687830.0</v>
+        <v>173291126.0</v>
       </c>
       <c r="N24" s="6">
-        <v>81843907.0</v>
+        <v>161988070.0</v>
       </c>
       <c r="O24" s="6">
-        <v>251018956.0</v>
+        <v>160119099.0</v>
       </c>
       <c r="P24" s="6">
-        <v>158720704.0</v>
+        <v>82351638.0</v>
       </c>
       <c r="Q24" s="6">
-        <v>158397471.0</v>
+        <v>251698226.0</v>
       </c>
       <c r="R24" s="6">
-        <v>149678755.0</v>
+        <v>159066381.0</v>
       </c>
       <c r="S24" s="6">
-        <v>149255714.0</v>
+        <v>158712237.0</v>
       </c>
       <c r="T24" s="6">
-        <v>158323504.0</v>
+        <v>149983889.0</v>
       </c>
       <c r="U24" s="6">
-        <v>173272047.0</v>
+        <v>149597301.0</v>
       </c>
       <c r="V24" s="6">
-        <v>154648744.0</v>
+        <v>158673410.0</v>
       </c>
       <c r="W24" s="6">
-        <v>152770782.0</v>
+        <v>173624434.0</v>
       </c>
       <c r="X24" s="6">
-        <v>148271906.0</v>
+        <v>155045586.0</v>
       </c>
       <c r="Y24" s="6">
-        <v>144930184.0</v>
+        <v>153002947.0</v>
       </c>
       <c r="Z24" s="6">
-        <v>72090998.0</v>
+        <v>148524773.0</v>
       </c>
       <c r="AA24" s="6">
-        <v>226252624.0</v>
+        <v>145157320.0</v>
       </c>
       <c r="AB24" s="6">
-        <v>139818457.0</v>
+        <v>72140585.0</v>
       </c>
       <c r="AC24" s="6">
-        <v>140950727.0</v>
+        <v>226575272.0</v>
       </c>
       <c r="AD24" s="6">
-        <v>133187750.0</v>
+        <v>139989740.0</v>
       </c>
       <c r="AE24" s="6">
-        <v>130173177.0</v>
+        <v>141138101.0</v>
       </c>
       <c r="AF24" s="6">
-        <v>143182885.0</v>
+        <v>133351866.0</v>
       </c>
       <c r="AG24" s="6">
-        <v>157585904.0</v>
+        <v>130353903.0</v>
       </c>
       <c r="AH24" s="6">
-        <v>138843526.0</v>
+        <v>143351601.0</v>
       </c>
       <c r="AI24" s="6">
-        <v>139582368.0</v>
+        <v>157752071.0</v>
       </c>
       <c r="AJ24" s="6">
-        <v>131913765.0</v>
+        <v>139078242.0</v>
       </c>
       <c r="AK24" s="6">
-        <v>130834834.0</v>
+        <v>139707453.0</v>
       </c>
       <c r="AL24" s="6">
-        <v>62452062.0</v>
+        <v>132031119.0</v>
       </c>
       <c r="AM24" s="6">
-        <v>205714044.0</v>
+        <v>130922069.0</v>
       </c>
       <c r="AN24" s="6">
-        <v>126337925.0</v>
+        <v>62468471.0</v>
       </c>
       <c r="AO24" s="6">
-        <v>126748519.0</v>
+        <v>205890929.0</v>
       </c>
       <c r="AP24" s="6">
-        <v>120269791.0</v>
+        <v>126478998.0</v>
       </c>
       <c r="AQ24" s="6">
-        <v>119514155.0</v>
+        <v>126861588.0</v>
       </c>
       <c r="AR24" s="6">
-        <v>126835641.0</v>
+        <v>120394943.0</v>
       </c>
       <c r="AS24" s="6">
-        <v>139995260.0</v>
+        <v>119686068.0</v>
       </c>
       <c r="AT24" s="6">
-        <v>124733550.0</v>
+        <v>126953641.0</v>
       </c>
       <c r="AU24" s="6">
-        <v>125741852.0</v>
+        <v>140111061.0</v>
       </c>
       <c r="AV24" s="6">
-        <v>115471741.0</v>
+        <v>124850961.0</v>
       </c>
       <c r="AW24" s="6">
-        <v>115074616.0</v>
+        <v>125844509.0</v>
       </c>
       <c r="AX24" s="6">
-        <v>53410671.0</v>
+        <v>115619665.0</v>
       </c>
       <c r="AY24" s="6">
-        <v>187586153.0</v>
+        <v>115180518.0</v>
       </c>
       <c r="AZ24" s="6">
-        <v>114297286.0</v>
+        <v>53445938.0</v>
       </c>
       <c r="BA24" s="6">
-        <v>111604572.0</v>
+        <v>187510010.0</v>
       </c>
       <c r="BB24" s="6">
-        <v>107106432.0</v>
+        <v>114287113.0</v>
       </c>
       <c r="BC24" s="6">
-        <v>105241808.0</v>
+        <v>111592436.0</v>
       </c>
       <c r="BD24" s="6">
-        <v>114820177.0</v>
+        <v>107095985.0</v>
       </c>
       <c r="BE24" s="6">
-        <v>124223939.0</v>
+        <v>105243814.0</v>
       </c>
       <c r="BF24" s="6">
-        <v>111903426.0</v>
+        <v>114800966.0</v>
       </c>
       <c r="BG24" s="6">
-        <v>108869290.0</v>
+        <v>124221620.0</v>
       </c>
       <c r="BH24" s="6">
-        <v>103657231.0</v>
+        <v>111898485.0</v>
       </c>
       <c r="BI24" s="6">
-        <v>101003582.0</v>
+        <v>108845647.0</v>
       </c>
       <c r="BJ24" s="6">
-        <v>47195575.0</v>
+        <v>103652339.0</v>
       </c>
       <c r="BK24" s="6">
+        <v>100991682.0</v>
+      </c>
+      <c r="BL24" s="6">
+        <v>47194615.0</v>
+      </c>
+      <c r="BM24" s="6">
         <v>167915681.0</v>
       </c>
-      <c r="BL24" s="6">
+      <c r="BN24" s="6">
         <v>103117184.0</v>
       </c>
-      <c r="BM24" s="6">
+      <c r="BO24" s="6">
         <v>102307208.0</v>
       </c>
-      <c r="BN24" s="6">
+      <c r="BP24" s="6">
         <v>95514587.0</v>
       </c>
-      <c r="BO24" s="6">
+      <c r="BQ24" s="6">
         <v>95532220.0</v>
       </c>
-      <c r="BP24" s="6">
+      <c r="BR24" s="6">
         <v>102936922.0</v>
       </c>
-      <c r="BQ24" s="6">
+      <c r="BS24" s="6">
         <v>105186888.0</v>
       </c>
-      <c r="BR24" s="6">
+      <c r="BT24" s="6">
         <v>92471849.0</v>
       </c>
-      <c r="BS24" s="6">
+      <c r="BU24" s="6">
         <v>94927315.0</v>
       </c>
-      <c r="BT24" s="6">
+      <c r="BV24" s="6">
         <v>95660690.0</v>
       </c>
-      <c r="BU24" s="6">
+      <c r="BW24" s="6">
         <v>96422805.0</v>
       </c>
-      <c r="BV24" s="6">
+      <c r="BX24" s="6">
         <v>44212378.0</v>
       </c>
-      <c r="BW24" s="6">
+      <c r="BY24" s="6">
         <v>142768748.0</v>
       </c>
-      <c r="BX24" s="6">
+      <c r="BZ24" s="6">
         <v>91935356.0</v>
       </c>
-      <c r="BY24" s="6">
+      <c r="CA24" s="6">
         <v>90616071.0</v>
       </c>
-      <c r="BZ24" s="6">
+      <c r="CB24" s="6">
         <v>85387773.0</v>
       </c>
-      <c r="CA24" s="6">
+      <c r="CC24" s="6">
         <v>85619582.0</v>
       </c>
-      <c r="CB24" s="6">
+      <c r="CD24" s="6">
         <v>91574463.0</v>
       </c>
-      <c r="CC24" s="6">
+      <c r="CE24" s="6">
         <v>99278985.0</v>
       </c>
-      <c r="CD24" s="6">
+      <c r="CF24" s="6">
         <v>90044182.0</v>
       </c>
-      <c r="CE24" s="6">
+      <c r="CG24" s="6">
         <v>88252705.0</v>
       </c>
-      <c r="CF24" s="6">
+      <c r="CH24" s="6">
         <v>82279030.0</v>
       </c>
-      <c r="CG24" s="6">
+      <c r="CI24" s="6">
         <v>83759951.0</v>
       </c>
-      <c r="CH24" s="6">
+      <c r="CJ24" s="6">
         <v>32808059.0</v>
       </c>
     </row>
-    <row r="25" spans="1:86">
+    <row r="25" spans="1:88">
       <c r="C25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D25" s="6">
-        <v>28963589.0</v>
+        <v>13566531.0</v>
       </c>
       <c r="E25" s="6">
-        <v>28850778.0</v>
+        <v>46891168.0</v>
       </c>
       <c r="F25" s="6">
-        <v>27002243.0</v>
+        <v>29198957.0</v>
       </c>
       <c r="G25" s="6">
-        <v>26780666.0</v>
+        <v>29055978.0</v>
       </c>
       <c r="H25" s="6">
-        <v>28459826.0</v>
+        <v>27187393.0</v>
       </c>
       <c r="I25" s="6">
-        <v>31743221.0</v>
+        <v>26908958.0</v>
       </c>
       <c r="J25" s="6">
-        <v>27754645.0</v>
+        <v>28552529.0</v>
       </c>
       <c r="K25" s="6">
-        <v>27925698.0</v>
+        <v>31807632.0</v>
       </c>
       <c r="L25" s="6">
-        <v>25346702.0</v>
+        <v>27907132.0</v>
       </c>
       <c r="M25" s="6">
-        <v>25428365.0</v>
+        <v>28046927.0</v>
       </c>
       <c r="N25" s="6">
-        <v>12053161.0</v>
+        <v>25420580.0</v>
       </c>
       <c r="O25" s="6">
-        <v>41406463.0</v>
+        <v>25503735.0</v>
       </c>
       <c r="P25" s="6">
-        <v>25409612.0</v>
+        <v>12136708.0</v>
       </c>
       <c r="Q25" s="6">
-        <v>24988460.0</v>
+        <v>41527675.0</v>
       </c>
       <c r="R25" s="6">
-        <v>23596951.0</v>
+        <v>25471014.0</v>
       </c>
       <c r="S25" s="6">
-        <v>23613440.0</v>
+        <v>25044376.0</v>
       </c>
       <c r="T25" s="6">
-        <v>24522443.0</v>
+        <v>23649141.0</v>
       </c>
       <c r="U25" s="6">
-        <v>27477822.0</v>
+        <v>23673296.0</v>
       </c>
       <c r="V25" s="6">
-        <v>23937113.0</v>
+        <v>24580440.0</v>
       </c>
       <c r="W25" s="6">
-        <v>23707880.0</v>
+        <v>27537157.0</v>
       </c>
       <c r="X25" s="6">
-        <v>22610791.0</v>
+        <v>24006161.0</v>
       </c>
       <c r="Y25" s="6">
-        <v>22423199.0</v>
+        <v>23744226.0</v>
       </c>
       <c r="Z25" s="6">
-        <v>10430046.0</v>
+        <v>22654127.0</v>
       </c>
       <c r="AA25" s="6">
-        <v>37361979.0</v>
+        <v>22459055.0</v>
       </c>
       <c r="AB25" s="6">
-        <v>22269254.0</v>
+        <v>10437036.0</v>
       </c>
       <c r="AC25" s="6">
-        <v>22258282.0</v>
+        <v>37417964.0</v>
       </c>
       <c r="AD25" s="6">
-        <v>21234591.0</v>
+        <v>22300540.0</v>
       </c>
       <c r="AE25" s="6">
-        <v>20310965.0</v>
+        <v>22292623.0</v>
       </c>
       <c r="AF25" s="6">
-        <v>22602367.0</v>
+        <v>21265031.0</v>
       </c>
       <c r="AG25" s="6">
-        <v>24747676.0</v>
+        <v>20343903.0</v>
       </c>
       <c r="AH25" s="6">
-        <v>21419364.0</v>
+        <v>22633786.0</v>
       </c>
       <c r="AI25" s="6">
-        <v>21769220.0</v>
+        <v>24778064.0</v>
       </c>
       <c r="AJ25" s="6">
-        <v>19915841.0</v>
+        <v>21463971.0</v>
       </c>
       <c r="AK25" s="6">
-        <v>20156934.0</v>
+        <v>21793209.0</v>
       </c>
       <c r="AL25" s="6">
-        <v>9000343.0</v>
+        <v>19938445.0</v>
       </c>
       <c r="AM25" s="6">
-        <v>33696811.0</v>
+        <v>20172496.0</v>
       </c>
       <c r="AN25" s="6">
-        <v>19686612.0</v>
+        <v>9003052.0</v>
       </c>
       <c r="AO25" s="6">
-        <v>19819812.0</v>
+        <v>33731810.0</v>
       </c>
       <c r="AP25" s="6">
-        <v>18958768.0</v>
+        <v>19714924.0</v>
       </c>
       <c r="AQ25" s="6">
-        <v>18679590.0</v>
+        <v>19842660.0</v>
       </c>
       <c r="AR25" s="6">
-        <v>19841269.0</v>
+        <v>18983797.0</v>
       </c>
       <c r="AS25" s="6">
-        <v>21981976.0</v>
+        <v>18713690.0</v>
       </c>
       <c r="AT25" s="6">
-        <v>19745089.0</v>
+        <v>19863936.0</v>
       </c>
       <c r="AU25" s="6">
-        <v>20232259.0</v>
+        <v>22003994.0</v>
       </c>
       <c r="AV25" s="6">
-        <v>17708478.0</v>
+        <v>19767099.0</v>
       </c>
       <c r="AW25" s="6">
-        <v>17890672.0</v>
+        <v>20251395.0</v>
       </c>
       <c r="AX25" s="6">
-        <v>7836159.0</v>
+        <v>17732457.0</v>
       </c>
       <c r="AY25" s="6">
-        <v>30767059.0</v>
+        <v>17907177.0</v>
       </c>
       <c r="AZ25" s="6">
-        <v>18072340.0</v>
+        <v>7843491.0</v>
       </c>
       <c r="BA25" s="6">
-        <v>17573543.0</v>
+        <v>30750067.0</v>
       </c>
       <c r="BB25" s="6">
-        <v>16828719.0</v>
+        <v>18069576.0</v>
       </c>
       <c r="BC25" s="6">
-        <v>16684131.0</v>
+        <v>17570554.0</v>
       </c>
       <c r="BD25" s="6">
-        <v>18163995.0</v>
+        <v>16826010.0</v>
       </c>
       <c r="BE25" s="6">
-        <v>19149962.0</v>
+        <v>16683727.0</v>
       </c>
       <c r="BF25" s="6">
-        <v>17484384.0</v>
+        <v>18159769.0</v>
       </c>
       <c r="BG25" s="6">
-        <v>16938036.0</v>
+        <v>19149098.0</v>
       </c>
       <c r="BH25" s="6">
-        <v>15795946.0</v>
+        <v>17482688.0</v>
       </c>
       <c r="BI25" s="6">
-        <v>15508911.0</v>
+        <v>16932823.0</v>
       </c>
       <c r="BJ25" s="6">
-        <v>6791715.0</v>
+        <v>15794180.0</v>
       </c>
       <c r="BK25" s="6">
+        <v>15505966.0</v>
+      </c>
+      <c r="BL25" s="6">
+        <v>6791616.0</v>
+      </c>
+      <c r="BM25" s="6">
         <v>26733314.0</v>
       </c>
-      <c r="BL25" s="6">
+      <c r="BN25" s="6">
         <v>15906419.0</v>
       </c>
-      <c r="BM25" s="6">
+      <c r="BO25" s="6">
         <v>15694545.0</v>
       </c>
-      <c r="BN25" s="6">
+      <c r="BP25" s="6">
         <v>14552067.0</v>
       </c>
-      <c r="BO25" s="6">
+      <c r="BQ25" s="6">
         <v>14657531.0</v>
       </c>
-      <c r="BP25" s="6">
+      <c r="BR25" s="6">
         <v>15887366.0</v>
       </c>
-      <c r="BQ25" s="6">
+      <c r="BS25" s="6">
         <v>16222894.0</v>
       </c>
-      <c r="BR25" s="6">
+      <c r="BT25" s="6">
         <v>14410158.0</v>
       </c>
-      <c r="BS25" s="6">
+      <c r="BU25" s="6">
         <v>14622747.0</v>
       </c>
-      <c r="BT25" s="6">
+      <c r="BV25" s="6">
         <v>14671643.0</v>
       </c>
-      <c r="BU25" s="6">
+      <c r="BW25" s="6">
         <v>14977169.0</v>
       </c>
-      <c r="BV25" s="6">
+      <c r="BX25" s="6">
         <v>6382670.0</v>
       </c>
-      <c r="BW25" s="6">
+      <c r="BY25" s="6">
         <v>23351610.0</v>
       </c>
-      <c r="BX25" s="6">
+      <c r="BZ25" s="6">
         <v>14736568.0</v>
       </c>
-      <c r="BY25" s="6">
+      <c r="CA25" s="6">
         <v>14420680.0</v>
       </c>
-      <c r="BZ25" s="6">
+      <c r="CB25" s="6">
         <v>13656037.0</v>
       </c>
-      <c r="CA25" s="6">
+      <c r="CC25" s="6">
         <v>13793032.0</v>
       </c>
-      <c r="CB25" s="6">
+      <c r="CD25" s="6">
         <v>14493658.0</v>
       </c>
-      <c r="CC25" s="6">
+      <c r="CE25" s="6">
         <v>15651143.0</v>
       </c>
-      <c r="CD25" s="6">
+      <c r="CF25" s="6">
         <v>14194608.0</v>
       </c>
-      <c r="CE25" s="6">
+      <c r="CG25" s="6">
         <v>13905512.0</v>
       </c>
-      <c r="CF25" s="6">
+      <c r="CH25" s="6">
         <v>12704471.0</v>
       </c>
-      <c r="CG25" s="6">
+      <c r="CI25" s="6">
         <v>13138474.0</v>
       </c>
-      <c r="CH25" s="6">
+      <c r="CJ25" s="6">
         <v>3862496.0</v>
       </c>
     </row>
-    <row r="26" spans="1:86">
+    <row r="26" spans="1:88">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Alytaus apskritis</t>
           </r>
         </is>
       </c>
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D26" s="6">
-        <v>4069.0</v>
+        <v>4023.0</v>
       </c>
       <c r="E26" s="6">
-        <v>4118.0</v>
+        <v>4255.0</v>
       </c>
       <c r="F26" s="6">
-        <v>4123.0</v>
+        <v>4140.0</v>
       </c>
       <c r="G26" s="6">
-        <v>4132.0</v>
+        <v>4166.0</v>
       </c>
       <c r="H26" s="6">
-        <v>4148.0</v>
+        <v>4162.0</v>
       </c>
       <c r="I26" s="6">
-        <v>4150.0</v>
+        <v>4167.0</v>
       </c>
       <c r="J26" s="6">
-        <v>4126.0</v>
+        <v>4184.0</v>
       </c>
       <c r="K26" s="6">
-        <v>4111.0</v>
+        <v>4177.0</v>
       </c>
       <c r="L26" s="6">
-        <v>4104.0</v>
+        <v>4156.0</v>
       </c>
       <c r="M26" s="6">
-        <v>4108.0</v>
+        <v>4137.0</v>
       </c>
       <c r="N26" s="6">
-        <v>4121.0</v>
+        <v>4128.0</v>
       </c>
       <c r="O26" s="6">
+        <v>4135.0</v>
+      </c>
+      <c r="P26" s="6">
+        <v>4141.0</v>
+      </c>
+      <c r="Q26" s="6">
         <v>4350.0</v>
       </c>
-      <c r="P26" s="6">
+      <c r="R26" s="6">
+        <v>4226.0</v>
+      </c>
+      <c r="S26" s="6">
+        <v>4221.0</v>
+      </c>
+      <c r="T26" s="6">
+        <v>4215.0</v>
+      </c>
+      <c r="U26" s="6">
+        <v>4209.0</v>
+      </c>
+      <c r="V26" s="6">
         <v>4225.0</v>
       </c>
-      <c r="Q26" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="W26" s="6">
-        <v>4220.0</v>
+        <v>4232.0</v>
       </c>
       <c r="X26" s="6">
-        <v>4215.0</v>
+        <v>4222.0</v>
       </c>
       <c r="Y26" s="6">
-        <v>4187.0</v>
+        <v>4219.0</v>
       </c>
       <c r="Z26" s="6">
-        <v>4198.0</v>
+        <v>4214.0</v>
       </c>
       <c r="AA26" s="6">
-        <v>4381.0</v>
+        <v>4186.0</v>
       </c>
       <c r="AB26" s="6">
-        <v>4275.0</v>
+        <v>4197.0</v>
       </c>
       <c r="AC26" s="6">
-        <v>4250.0</v>
+        <v>4379.0</v>
       </c>
       <c r="AD26" s="6">
-        <v>4263.0</v>
+        <v>4273.0</v>
       </c>
       <c r="AE26" s="6">
+        <v>4248.0</v>
+      </c>
+      <c r="AF26" s="6">
         <v>4261.0</v>
       </c>
-      <c r="AF26" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AG26" s="6">
-        <v>4268.0</v>
+        <v>4259.0</v>
       </c>
       <c r="AH26" s="6">
         <v>4247.0</v>
       </c>
       <c r="AI26" s="6">
-        <v>4234.0</v>
+        <v>4267.0</v>
       </c>
       <c r="AJ26" s="6">
+        <v>4246.0</v>
+      </c>
+      <c r="AK26" s="6">
+        <v>4233.0</v>
+      </c>
+      <c r="AL26" s="6">
         <v>4215.0</v>
       </c>
-      <c r="AK26" s="6">
+      <c r="AM26" s="6">
         <v>4191.0</v>
       </c>
-      <c r="AL26" s="6">
+      <c r="AN26" s="6">
+        <v>4189.0</v>
+      </c>
+      <c r="AO26" s="6">
+        <v>4363.0</v>
+      </c>
+      <c r="AP26" s="6">
+        <v>4242.0</v>
+      </c>
+      <c r="AQ26" s="6">
+        <v>4249.0</v>
+      </c>
+      <c r="AR26" s="6">
+        <v>4251.0</v>
+      </c>
+      <c r="AS26" s="6">
+        <v>4256.0</v>
+      </c>
+      <c r="AT26" s="6">
+        <v>4267.0</v>
+      </c>
+      <c r="AU26" s="6">
+        <v>4259.0</v>
+      </c>
+      <c r="AV26" s="6">
+        <v>4221.0</v>
+      </c>
+      <c r="AW26" s="6">
         <v>4190.0</v>
       </c>
-      <c r="AM26" s="6">
-[...26 lines deleted...]
-      <c r="AV26" s="6">
+      <c r="AX26" s="6">
         <v>4171.0</v>
       </c>
-      <c r="AW26" s="6">
+      <c r="AY26" s="6">
         <v>4158.0</v>
       </c>
-      <c r="AX26" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="AZ26" s="6">
-        <v>4145.0</v>
+        <v>4156.0</v>
       </c>
       <c r="BA26" s="6">
-        <v>4130.0</v>
+        <v>4278.0</v>
       </c>
       <c r="BB26" s="6">
-        <v>4130.0</v>
+        <v>4141.0</v>
       </c>
       <c r="BC26" s="6">
-        <v>4110.0</v>
+        <v>4127.0</v>
       </c>
       <c r="BD26" s="6">
-        <v>4071.0</v>
+        <v>4127.0</v>
       </c>
       <c r="BE26" s="6">
-        <v>4070.0</v>
+        <v>4106.0</v>
       </c>
       <c r="BF26" s="6">
-        <v>4044.0</v>
+        <v>4068.0</v>
       </c>
       <c r="BG26" s="6">
-        <v>4034.0</v>
+        <v>4068.0</v>
       </c>
       <c r="BH26" s="6">
-        <v>4008.0</v>
+        <v>4042.0</v>
       </c>
       <c r="BI26" s="6">
-        <v>3964.0</v>
+        <v>4032.0</v>
       </c>
       <c r="BJ26" s="6">
-        <v>3938.0</v>
+        <v>4005.0</v>
       </c>
       <c r="BK26" s="6">
-        <v>4109.0</v>
+        <v>3961.0</v>
       </c>
       <c r="BL26" s="6">
         <v>3935.0</v>
       </c>
       <c r="BM26" s="6">
+        <v>4109.0</v>
+      </c>
+      <c r="BN26" s="6">
+        <v>3935.0</v>
+      </c>
+      <c r="BO26" s="6">
         <v>3916.0</v>
       </c>
-      <c r="BN26" s="6">
+      <c r="BP26" s="6">
         <v>3905.0</v>
       </c>
-      <c r="BO26" s="6">
+      <c r="BQ26" s="6">
         <v>3897.0</v>
       </c>
-      <c r="BP26" s="6">
+      <c r="BR26" s="6">
         <v>3887.0</v>
       </c>
-      <c r="BQ26" s="6">
+      <c r="BS26" s="6">
         <v>3885.0</v>
       </c>
-      <c r="BR26" s="6">
+      <c r="BT26" s="6">
         <v>3848.0</v>
       </c>
-      <c r="BS26" s="6">
+      <c r="BU26" s="6">
         <v>3820.0</v>
       </c>
-      <c r="BT26" s="6">
+      <c r="BV26" s="6">
         <v>3850.0</v>
       </c>
-      <c r="BU26" s="6">
+      <c r="BW26" s="6">
         <v>3836.0</v>
       </c>
-      <c r="BV26" s="6">
+      <c r="BX26" s="6">
         <v>3837.0</v>
       </c>
-      <c r="BW26" s="6">
+      <c r="BY26" s="6">
         <v>4013.0</v>
       </c>
-      <c r="BX26" s="6">
+      <c r="BZ26" s="6">
         <v>3907.0</v>
       </c>
-      <c r="BY26" s="6">
+      <c r="CA26" s="6">
         <v>3891.0</v>
       </c>
-      <c r="BZ26" s="6">
+      <c r="CB26" s="6">
         <v>3880.0</v>
       </c>
-      <c r="CA26" s="6">
+      <c r="CC26" s="6">
         <v>3864.0</v>
       </c>
-      <c r="CB26" s="6">
+      <c r="CD26" s="6">
         <v>3852.0</v>
       </c>
-      <c r="CC26" s="6">
+      <c r="CE26" s="6">
         <v>3850.0</v>
       </c>
-      <c r="CD26" s="6">
+      <c r="CF26" s="6">
         <v>3840.0</v>
       </c>
-      <c r="CE26" s="6">
+      <c r="CG26" s="6">
         <v>3799.0</v>
       </c>
-      <c r="CF26" s="6">
+      <c r="CH26" s="6">
         <v>3784.0</v>
       </c>
-      <c r="CG26" s="6">
+      <c r="CI26" s="6">
         <v>3751.0</v>
       </c>
-      <c r="CH26" s="6">
+      <c r="CJ26" s="6">
         <v>3751.0</v>
       </c>
     </row>
-    <row r="27" spans="1:86">
+    <row r="27" spans="1:88">
       <c r="C27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D27" s="6">
-        <v>65961296.0</v>
+        <v>30877384.0</v>
       </c>
       <c r="E27" s="6">
-        <v>67610990.0</v>
+        <v>108570746.0</v>
       </c>
       <c r="F27" s="6">
-        <v>61335457.0</v>
+        <v>66174434.0</v>
       </c>
       <c r="G27" s="6">
-        <v>62395051.0</v>
+        <v>67568344.0</v>
       </c>
       <c r="H27" s="6">
-        <v>67510072.0</v>
+        <v>60793424.0</v>
       </c>
       <c r="I27" s="6">
-        <v>77500465.0</v>
+        <v>62509932.0</v>
       </c>
       <c r="J27" s="6">
-        <v>66131352.0</v>
+        <v>67550882.0</v>
       </c>
       <c r="K27" s="6">
-        <v>64442525.0</v>
+        <v>77569148.0</v>
       </c>
       <c r="L27" s="6">
-        <v>62490005.0</v>
+        <v>66193574.0</v>
       </c>
       <c r="M27" s="6">
-        <v>63141097.0</v>
+        <v>64605177.0</v>
       </c>
       <c r="N27" s="6">
-        <v>28114657.0</v>
+        <v>62448505.0</v>
       </c>
       <c r="O27" s="6">
-        <v>99478420.0</v>
+        <v>62523596.0</v>
       </c>
       <c r="P27" s="6">
-        <v>59897180.0</v>
+        <v>27802462.0</v>
       </c>
       <c r="Q27" s="6">
-        <v>61360891.0</v>
+        <v>99478929.0</v>
       </c>
       <c r="R27" s="6">
-        <v>56014449.0</v>
+        <v>59894491.0</v>
       </c>
       <c r="S27" s="6">
-        <v>56577601.0</v>
+        <v>61361635.0</v>
       </c>
       <c r="T27" s="6">
-        <v>60311883.0</v>
+        <v>56016638.0</v>
       </c>
       <c r="U27" s="6">
-        <v>71196105.0</v>
+        <v>56578934.0</v>
       </c>
       <c r="V27" s="6">
-        <v>59487725.0</v>
+        <v>60312648.0</v>
       </c>
       <c r="W27" s="6">
-        <v>58766781.0</v>
+        <v>71195446.0</v>
       </c>
       <c r="X27" s="6">
-        <v>59028329.0</v>
+        <v>59481189.0</v>
       </c>
       <c r="Y27" s="6">
-        <v>56501276.0</v>
+        <v>58763979.0</v>
       </c>
       <c r="Z27" s="6">
-        <v>25033509.0</v>
+        <v>59027529.0</v>
       </c>
       <c r="AA27" s="6">
-        <v>92697240.0</v>
+        <v>56499441.0</v>
       </c>
       <c r="AB27" s="6">
-        <v>53746063.0</v>
+        <v>25035576.0</v>
       </c>
       <c r="AC27" s="6">
-        <v>56408086.0</v>
+        <v>92689858.0</v>
       </c>
       <c r="AD27" s="6">
-        <v>51563632.0</v>
+        <v>53743182.0</v>
       </c>
       <c r="AE27" s="6">
-        <v>51249529.0</v>
+        <v>56405837.0</v>
       </c>
       <c r="AF27" s="6">
-        <v>54603673.0</v>
+        <v>51561594.0</v>
       </c>
       <c r="AG27" s="6">
-        <v>65861809.0</v>
+        <v>51247495.0</v>
       </c>
       <c r="AH27" s="6">
-        <v>55700605.0</v>
+        <v>54602402.0</v>
       </c>
       <c r="AI27" s="6">
-        <v>53043501.0</v>
+        <v>65857732.0</v>
       </c>
       <c r="AJ27" s="6">
-        <v>52832376.0</v>
+        <v>55698904.0</v>
       </c>
       <c r="AK27" s="6">
-        <v>51496416.0</v>
+        <v>53038591.0</v>
       </c>
       <c r="AL27" s="6">
-        <v>23031591.0</v>
+        <v>52828892.0</v>
       </c>
       <c r="AM27" s="6">
-        <v>83628229.0</v>
+        <v>51489648.0</v>
       </c>
       <c r="AN27" s="6">
-        <v>48912479.0</v>
+        <v>23034508.0</v>
       </c>
       <c r="AO27" s="6">
-        <v>50114159.0</v>
+        <v>83618905.0</v>
       </c>
       <c r="AP27" s="6">
-        <v>48560027.0</v>
+        <v>48908107.0</v>
       </c>
       <c r="AQ27" s="6">
-        <v>45565431.0</v>
+        <v>50111882.0</v>
       </c>
       <c r="AR27" s="6">
-        <v>50093603.0</v>
+        <v>48558275.0</v>
       </c>
       <c r="AS27" s="6">
-        <v>59476916.0</v>
+        <v>45563659.0</v>
       </c>
       <c r="AT27" s="6">
-        <v>50552627.0</v>
+        <v>50091671.0</v>
       </c>
       <c r="AU27" s="6">
-        <v>49405597.0</v>
+        <v>59475087.0</v>
       </c>
       <c r="AV27" s="6">
-        <v>48078585.0</v>
+        <v>50550834.0</v>
       </c>
       <c r="AW27" s="6">
-        <v>45663555.0</v>
+        <v>49403570.0</v>
       </c>
       <c r="AX27" s="6">
-        <v>19929480.0</v>
+        <v>48076010.0</v>
       </c>
       <c r="AY27" s="6">
-        <v>75332118.0</v>
+        <v>45661082.0</v>
       </c>
       <c r="AZ27" s="6">
-        <v>44344906.0</v>
+        <v>19930600.0</v>
       </c>
       <c r="BA27" s="6">
-        <v>46489867.0</v>
+        <v>75322970.0</v>
       </c>
       <c r="BB27" s="6">
-        <v>42125700.0</v>
+        <v>44339527.0</v>
       </c>
       <c r="BC27" s="6">
-        <v>41967765.0</v>
+        <v>46482819.0</v>
       </c>
       <c r="BD27" s="6">
-        <v>45429694.0</v>
+        <v>42119427.0</v>
       </c>
       <c r="BE27" s="6">
-        <v>52857088.0</v>
+        <v>41960058.0</v>
       </c>
       <c r="BF27" s="6">
-        <v>43446805.0</v>
+        <v>45424164.0</v>
       </c>
       <c r="BG27" s="6">
-        <v>42550838.0</v>
+        <v>52852188.0</v>
       </c>
       <c r="BH27" s="6">
-        <v>41308949.0</v>
+        <v>43441743.0</v>
       </c>
       <c r="BI27" s="6">
-        <v>39790589.0</v>
+        <v>42546195.0</v>
       </c>
       <c r="BJ27" s="6">
-        <v>19164614.0</v>
+        <v>41303829.0</v>
       </c>
       <c r="BK27" s="6">
+        <v>39785569.0</v>
+      </c>
+      <c r="BL27" s="6">
+        <v>19163538.0</v>
+      </c>
+      <c r="BM27" s="6">
         <v>67237852.0</v>
       </c>
-      <c r="BL27" s="6">
+      <c r="BN27" s="6">
         <v>40711260.0</v>
       </c>
-      <c r="BM27" s="6">
+      <c r="BO27" s="6">
         <v>41384500.0</v>
       </c>
-      <c r="BN27" s="6">
+      <c r="BP27" s="6">
         <v>37225406.0</v>
       </c>
-      <c r="BO27" s="6">
+      <c r="BQ27" s="6">
         <v>38257587.0</v>
       </c>
-      <c r="BP27" s="6">
+      <c r="BR27" s="6">
         <v>40971742.0</v>
       </c>
-      <c r="BQ27" s="6">
+      <c r="BS27" s="6">
         <v>41922659.0</v>
       </c>
-      <c r="BR27" s="6">
+      <c r="BT27" s="6">
         <v>35892439.0</v>
       </c>
-      <c r="BS27" s="6">
+      <c r="BU27" s="6">
         <v>38201793.0</v>
       </c>
-      <c r="BT27" s="6">
+      <c r="BV27" s="6">
         <v>39031055.0</v>
       </c>
-      <c r="BU27" s="6">
+      <c r="BW27" s="6">
         <v>38908476.0</v>
       </c>
-      <c r="BV27" s="6">
+      <c r="BX27" s="6">
         <v>17810226.0</v>
       </c>
-      <c r="BW27" s="6">
+      <c r="BY27" s="6">
         <v>61019839.0</v>
       </c>
-      <c r="BX27" s="6">
+      <c r="BZ27" s="6">
         <v>38079676.0</v>
       </c>
-      <c r="BY27" s="6">
+      <c r="CA27" s="6">
         <v>38955949.0</v>
       </c>
-      <c r="BZ27" s="6">
+      <c r="CB27" s="6">
         <v>35648410.0</v>
       </c>
-      <c r="CA27" s="6">
+      <c r="CC27" s="6">
         <v>35824118.0</v>
       </c>
-      <c r="CB27" s="6">
+      <c r="CD27" s="6">
         <v>38812549.0</v>
       </c>
-      <c r="CC27" s="6">
+      <c r="CE27" s="6">
         <v>44698761.0</v>
       </c>
-      <c r="CD27" s="6">
+      <c r="CF27" s="6">
         <v>38573039.0</v>
       </c>
-      <c r="CE27" s="6">
+      <c r="CG27" s="6">
         <v>37045845.0</v>
       </c>
-      <c r="CF27" s="6">
+      <c r="CH27" s="6">
         <v>35466922.0</v>
       </c>
-      <c r="CG27" s="6">
+      <c r="CI27" s="6">
         <v>35518642.0</v>
       </c>
-      <c r="CH27" s="6">
+      <c r="CJ27" s="6">
         <v>12683832.0</v>
       </c>
     </row>
-    <row r="28" spans="1:86">
+    <row r="28" spans="1:88">
       <c r="C28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D28" s="6">
-        <v>10736942.0</v>
+        <v>4775384.0</v>
       </c>
       <c r="E28" s="6">
-        <v>11015148.0</v>
+        <v>18218759.0</v>
       </c>
       <c r="F28" s="6">
-        <v>9684090.0</v>
+        <v>10769198.0</v>
       </c>
       <c r="G28" s="6">
-        <v>10128704.0</v>
+        <v>11001554.0</v>
       </c>
       <c r="H28" s="6">
-        <v>10774615.0</v>
+        <v>9679614.0</v>
       </c>
       <c r="I28" s="6">
-        <v>12567487.0</v>
+        <v>10148793.0</v>
       </c>
       <c r="J28" s="6">
-        <v>10563246.0</v>
+        <v>10776567.0</v>
       </c>
       <c r="K28" s="6">
-        <v>10209536.0</v>
+        <v>12576511.0</v>
       </c>
       <c r="L28" s="6">
-        <v>9761130.0</v>
+        <v>10570981.0</v>
       </c>
       <c r="M28" s="6">
-        <v>9852241.0</v>
+        <v>10236576.0</v>
       </c>
       <c r="N28" s="6">
-        <v>4128417.0</v>
+        <v>9772144.0</v>
       </c>
       <c r="O28" s="6">
-        <v>16265559.0</v>
+        <v>9851957.0</v>
       </c>
       <c r="P28" s="6">
-        <v>9430364.0</v>
+        <v>4134080.0</v>
       </c>
       <c r="Q28" s="6">
-        <v>9650560.0</v>
+        <v>16264487.0</v>
       </c>
       <c r="R28" s="6">
-        <v>8736238.0</v>
+        <v>9428329.0</v>
       </c>
       <c r="S28" s="6">
-        <v>8877995.0</v>
+        <v>9650350.0</v>
       </c>
       <c r="T28" s="6">
-        <v>9256909.0</v>
+        <v>8736381.0</v>
       </c>
       <c r="U28" s="6">
-        <v>11205492.0</v>
+        <v>8878133.0</v>
       </c>
       <c r="V28" s="6">
-        <v>9117208.0</v>
+        <v>9257034.0</v>
       </c>
       <c r="W28" s="6">
-        <v>9041009.0</v>
+        <v>11205315.0</v>
       </c>
       <c r="X28" s="6">
-        <v>8910884.0</v>
+        <v>9116200.0</v>
       </c>
       <c r="Y28" s="6">
-        <v>8563129.0</v>
+        <v>9040577.0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3589071.0</v>
+        <v>8910669.0</v>
       </c>
       <c r="AA28" s="6">
-        <v>15349326.0</v>
+        <v>8562921.0</v>
       </c>
       <c r="AB28" s="6">
-        <v>8446273.0</v>
+        <v>3589435.0</v>
       </c>
       <c r="AC28" s="6">
-        <v>8926163.0</v>
+        <v>15348035.0</v>
       </c>
       <c r="AD28" s="6">
-        <v>8097632.0</v>
+        <v>8445791.0</v>
       </c>
       <c r="AE28" s="6">
-        <v>8047727.0</v>
+        <v>8925833.0</v>
       </c>
       <c r="AF28" s="6">
-        <v>8336747.0</v>
+        <v>8097344.0</v>
       </c>
       <c r="AG28" s="6">
-        <v>10371969.0</v>
+        <v>8047314.0</v>
       </c>
       <c r="AH28" s="6">
-        <v>8545613.0</v>
+        <v>8336543.0</v>
       </c>
       <c r="AI28" s="6">
-        <v>8096822.0</v>
+        <v>10371274.0</v>
       </c>
       <c r="AJ28" s="6">
-        <v>7935538.0</v>
+        <v>8545265.0</v>
       </c>
       <c r="AK28" s="6">
-        <v>7782980.0</v>
+        <v>8095871.0</v>
       </c>
       <c r="AL28" s="6">
-        <v>3285704.0</v>
+        <v>7934942.0</v>
       </c>
       <c r="AM28" s="6">
-        <v>13583917.0</v>
+        <v>7781871.0</v>
       </c>
       <c r="AN28" s="6">
-        <v>7532068.0</v>
+        <v>3286089.0</v>
       </c>
       <c r="AO28" s="6">
-        <v>7755051.0</v>
+        <v>13582634.0</v>
       </c>
       <c r="AP28" s="6">
-        <v>7493248.0</v>
+        <v>7531461.0</v>
       </c>
       <c r="AQ28" s="6">
-        <v>6925842.0</v>
+        <v>7754861.0</v>
       </c>
       <c r="AR28" s="6">
-        <v>7584454.0</v>
+        <v>7493160.0</v>
       </c>
       <c r="AS28" s="6">
-        <v>9254202.0</v>
+        <v>6925701.0</v>
       </c>
       <c r="AT28" s="6">
-        <v>7938790.0</v>
+        <v>7584216.0</v>
       </c>
       <c r="AU28" s="6">
-        <v>7806909.0</v>
+        <v>9253980.0</v>
       </c>
       <c r="AV28" s="6">
-        <v>7392925.0</v>
+        <v>7938602.0</v>
       </c>
       <c r="AW28" s="6">
-        <v>7021919.0</v>
+        <v>7806674.0</v>
       </c>
       <c r="AX28" s="6">
-        <v>2887689.0</v>
+        <v>7392675.0</v>
       </c>
       <c r="AY28" s="6">
-        <v>12222160.0</v>
+        <v>7021606.0</v>
       </c>
       <c r="AZ28" s="6">
-        <v>6891275.0</v>
+        <v>2887877.0</v>
       </c>
       <c r="BA28" s="6">
-        <v>7347188.0</v>
+        <v>12221019.0</v>
       </c>
       <c r="BB28" s="6">
-        <v>6589288.0</v>
+        <v>6890482.0</v>
       </c>
       <c r="BC28" s="6">
-        <v>6564210.0</v>
+        <v>7346084.0</v>
       </c>
       <c r="BD28" s="6">
-        <v>6871607.0</v>
+        <v>6588379.0</v>
       </c>
       <c r="BE28" s="6">
-        <v>8229046.0</v>
+        <v>6563068.0</v>
       </c>
       <c r="BF28" s="6">
-        <v>6655944.0</v>
+        <v>6870916.0</v>
       </c>
       <c r="BG28" s="6">
-        <v>6552775.0</v>
+        <v>8228458.0</v>
       </c>
       <c r="BH28" s="6">
-        <v>6269471.0</v>
+        <v>6655323.0</v>
       </c>
       <c r="BI28" s="6">
-        <v>6060804.0</v>
+        <v>6552238.0</v>
       </c>
       <c r="BJ28" s="6">
-        <v>2713833.0</v>
+        <v>6268839.0</v>
       </c>
       <c r="BK28" s="6">
+        <v>6060191.0</v>
+      </c>
+      <c r="BL28" s="6">
+        <v>2713619.0</v>
+      </c>
+      <c r="BM28" s="6">
         <v>10691397.0</v>
       </c>
-      <c r="BL28" s="6">
+      <c r="BN28" s="6">
         <v>6191904.0</v>
       </c>
-      <c r="BM28" s="6">
+      <c r="BO28" s="6">
         <v>6302771.0</v>
       </c>
-      <c r="BN28" s="6">
+      <c r="BP28" s="6">
         <v>5565061.0</v>
       </c>
-      <c r="BO28" s="6">
+      <c r="BQ28" s="6">
         <v>5780798.0</v>
       </c>
-      <c r="BP28" s="6">
+      <c r="BR28" s="6">
         <v>6178047.0</v>
       </c>
-      <c r="BQ28" s="6">
+      <c r="BS28" s="6">
         <v>6443789.0</v>
       </c>
-      <c r="BR28" s="6">
+      <c r="BT28" s="6">
         <v>5438589.0</v>
       </c>
-      <c r="BS28" s="6">
+      <c r="BU28" s="6">
         <v>5814602.0</v>
       </c>
-      <c r="BT28" s="6">
+      <c r="BV28" s="6">
         <v>6007996.0</v>
       </c>
-      <c r="BU28" s="6">
+      <c r="BW28" s="6">
         <v>6058522.0</v>
       </c>
-      <c r="BV28" s="6">
+      <c r="BX28" s="6">
         <v>2573793.0</v>
       </c>
-      <c r="BW28" s="6">
+      <c r="BY28" s="6">
         <v>10198634.0</v>
       </c>
-      <c r="BX28" s="6">
+      <c r="BZ28" s="6">
         <v>6102746.0</v>
       </c>
-      <c r="BY28" s="6">
+      <c r="CA28" s="6">
         <v>6301431.0</v>
       </c>
-      <c r="BZ28" s="6">
+      <c r="CB28" s="6">
         <v>5665890.0</v>
       </c>
-      <c r="CA28" s="6">
+      <c r="CC28" s="6">
         <v>5798309.0</v>
       </c>
-      <c r="CB28" s="6">
+      <c r="CD28" s="6">
         <v>6072475.0</v>
       </c>
-      <c r="CC28" s="6">
+      <c r="CE28" s="6">
         <v>7159804.0</v>
       </c>
-      <c r="CD28" s="6">
+      <c r="CF28" s="6">
         <v>6107533.0</v>
       </c>
-      <c r="CE28" s="6">
+      <c r="CG28" s="6">
         <v>5873770.0</v>
       </c>
-      <c r="CF28" s="6">
+      <c r="CH28" s="6">
         <v>5457579.0</v>
       </c>
-      <c r="CG28" s="6">
+      <c r="CI28" s="6">
         <v>5535402.0</v>
       </c>
-      <c r="CH28" s="6">
+      <c r="CJ28" s="6">
         <v>1421050.0</v>
       </c>
     </row>
-    <row r="29" spans="1:86">
+    <row r="29" spans="1:88">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Telšių apskritis</t>
           </r>
         </is>
       </c>
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D29" s="6">
-        <v>3931.0</v>
+        <v>3872.0</v>
       </c>
       <c r="E29" s="6">
-        <v>3960.0</v>
+        <v>4111.0</v>
       </c>
       <c r="F29" s="6">
-        <v>3944.0</v>
+        <v>4000.0</v>
       </c>
       <c r="G29" s="6">
-        <v>3950.0</v>
+        <v>3999.0</v>
       </c>
       <c r="H29" s="6">
+        <v>3965.0</v>
+      </c>
+      <c r="I29" s="6">
+        <v>3969.0</v>
+      </c>
+      <c r="J29" s="6">
+        <v>3977.0</v>
+      </c>
+      <c r="K29" s="6">
+        <v>3971.0</v>
+      </c>
+      <c r="L29" s="6">
+        <v>3965.0</v>
+      </c>
+      <c r="M29" s="6">
+        <v>3963.0</v>
+      </c>
+      <c r="N29" s="6">
         <v>3956.0</v>
       </c>
-      <c r="I29" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="O29" s="6">
-        <v>4244.0</v>
+        <v>3933.0</v>
       </c>
       <c r="P29" s="6">
-        <v>4066.0</v>
+        <v>3945.0</v>
       </c>
       <c r="Q29" s="6">
-        <v>4079.0</v>
+        <v>4235.0</v>
       </c>
       <c r="R29" s="6">
-        <v>4034.0</v>
+        <v>4058.0</v>
       </c>
       <c r="S29" s="6">
-        <v>4020.0</v>
+        <v>4072.0</v>
       </c>
       <c r="T29" s="6">
-        <v>4024.0</v>
+        <v>4026.0</v>
       </c>
       <c r="U29" s="6">
-        <v>4022.0</v>
+        <v>4014.0</v>
       </c>
       <c r="V29" s="6">
         <v>4018.0</v>
       </c>
       <c r="W29" s="6">
-        <v>4004.0</v>
+        <v>4015.0</v>
       </c>
       <c r="X29" s="6">
-        <v>3991.0</v>
+        <v>4011.0</v>
       </c>
       <c r="Y29" s="6">
-        <v>3977.0</v>
+        <v>3997.0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3995.0</v>
+        <v>3985.0</v>
       </c>
       <c r="AA29" s="6">
-        <v>4232.0</v>
+        <v>3970.0</v>
       </c>
       <c r="AB29" s="6">
-        <v>4059.0</v>
+        <v>3988.0</v>
       </c>
       <c r="AC29" s="6">
-        <v>4060.0</v>
+        <v>4226.0</v>
       </c>
       <c r="AD29" s="6">
-        <v>4029.0</v>
+        <v>4053.0</v>
       </c>
       <c r="AE29" s="6">
-        <v>4023.0</v>
+        <v>4052.0</v>
       </c>
       <c r="AF29" s="6">
-        <v>4045.0</v>
+        <v>4022.0</v>
       </c>
       <c r="AG29" s="6">
-        <v>4049.0</v>
+        <v>4016.0</v>
       </c>
       <c r="AH29" s="6">
         <v>4038.0</v>
       </c>
       <c r="AI29" s="6">
-        <v>4015.0</v>
+        <v>4042.0</v>
       </c>
       <c r="AJ29" s="6">
+        <v>4031.0</v>
+      </c>
+      <c r="AK29" s="6">
         <v>4009.0</v>
       </c>
-      <c r="AK29" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="AL29" s="6">
-        <v>4008.0</v>
+        <v>4003.0</v>
       </c>
       <c r="AM29" s="6">
-        <v>4220.0</v>
+        <v>3992.0</v>
       </c>
       <c r="AN29" s="6">
-        <v>4089.0</v>
+        <v>4003.0</v>
       </c>
       <c r="AO29" s="6">
-        <v>4071.0</v>
+        <v>4214.0</v>
       </c>
       <c r="AP29" s="6">
-        <v>4026.0</v>
+        <v>4084.0</v>
       </c>
       <c r="AQ29" s="6">
-        <v>4017.0</v>
+        <v>4066.0</v>
       </c>
       <c r="AR29" s="6">
-        <v>4011.0</v>
+        <v>4021.0</v>
       </c>
       <c r="AS29" s="6">
-        <v>4006.0</v>
+        <v>4014.0</v>
       </c>
       <c r="AT29" s="6">
-        <v>3983.0</v>
+        <v>4007.0</v>
       </c>
       <c r="AU29" s="6">
-        <v>3984.0</v>
+        <v>4002.0</v>
       </c>
       <c r="AV29" s="6">
-        <v>3967.0</v>
+        <v>3979.0</v>
       </c>
       <c r="AW29" s="6">
+        <v>3980.0</v>
+      </c>
+      <c r="AX29" s="6">
+        <v>3963.0</v>
+      </c>
+      <c r="AY29" s="6">
+        <v>3955.0</v>
+      </c>
+      <c r="AZ29" s="6">
+        <v>3972.0</v>
+      </c>
+      <c r="BA29" s="6">
+        <v>4231.0</v>
+      </c>
+      <c r="BB29" s="6">
+        <v>4039.0</v>
+      </c>
+      <c r="BC29" s="6">
+        <v>4039.0</v>
+      </c>
+      <c r="BD29" s="6">
+        <v>4025.0</v>
+      </c>
+      <c r="BE29" s="6">
+        <v>4014.0</v>
+      </c>
+      <c r="BF29" s="6">
+        <v>4005.0</v>
+      </c>
+      <c r="BG29" s="6">
+        <v>3998.0</v>
+      </c>
+      <c r="BH29" s="6">
         <v>3959.0</v>
       </c>
-      <c r="AX29" s="6">
-[...31 lines deleted...]
-      </c>
       <c r="BI29" s="6">
-        <v>3883.0</v>
+        <v>3933.0</v>
       </c>
       <c r="BJ29" s="6">
-        <v>3868.0</v>
+        <v>3908.0</v>
       </c>
       <c r="BK29" s="6">
+        <v>3879.0</v>
+      </c>
+      <c r="BL29" s="6">
+        <v>3864.0</v>
+      </c>
+      <c r="BM29" s="6">
         <v>4093.0</v>
       </c>
-      <c r="BL29" s="6">
+      <c r="BN29" s="6">
         <v>3946.0</v>
       </c>
-      <c r="BM29" s="6">
+      <c r="BO29" s="6">
         <v>3936.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>3919.0</v>
       </c>
       <c r="BP29" s="6">
         <v>3909.0</v>
       </c>
       <c r="BQ29" s="6">
+        <v>3919.0</v>
+      </c>
+      <c r="BR29" s="6">
+        <v>3909.0</v>
+      </c>
+      <c r="BS29" s="6">
         <v>3898.0</v>
       </c>
-      <c r="BR29" s="6">
+      <c r="BT29" s="6">
         <v>3878.0</v>
       </c>
-      <c r="BS29" s="6">
+      <c r="BU29" s="6">
         <v>3848.0</v>
       </c>
-      <c r="BT29" s="6">
+      <c r="BV29" s="6">
         <v>3864.0</v>
       </c>
-      <c r="BU29" s="6">
+      <c r="BW29" s="6">
         <v>3876.0</v>
       </c>
-      <c r="BV29" s="6">
+      <c r="BX29" s="6">
         <v>3875.0</v>
       </c>
-      <c r="BW29" s="6">
+      <c r="BY29" s="6">
         <v>4100.0</v>
       </c>
-      <c r="BX29" s="6">
+      <c r="BZ29" s="6">
         <v>3921.0</v>
       </c>
-      <c r="BY29" s="6">
+      <c r="CA29" s="6">
         <v>3896.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>3879.0</v>
       </c>
       <c r="CB29" s="6">
         <v>3883.0</v>
       </c>
       <c r="CC29" s="6">
+        <v>3879.0</v>
+      </c>
+      <c r="CD29" s="6">
+        <v>3883.0</v>
+      </c>
+      <c r="CE29" s="6">
         <v>3895.0</v>
       </c>
-      <c r="CD29" s="6">
+      <c r="CF29" s="6">
         <v>3870.0</v>
       </c>
-      <c r="CE29" s="6">
+      <c r="CG29" s="6">
         <v>3869.0</v>
       </c>
-      <c r="CF29" s="6">
+      <c r="CH29" s="6">
         <v>3860.0</v>
       </c>
-      <c r="CG29" s="6">
+      <c r="CI29" s="6">
         <v>3846.0</v>
       </c>
-      <c r="CH29" s="6">
+      <c r="CJ29" s="6">
         <v>3858.0</v>
       </c>
     </row>
-    <row r="30" spans="1:86">
+    <row r="30" spans="1:88">
       <c r="C30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D30" s="6">
-        <v>86670158.0</v>
+        <v>45938332.0</v>
       </c>
       <c r="E30" s="6">
-        <v>88149862.0</v>
+        <v>133834451.0</v>
       </c>
       <c r="F30" s="6">
-        <v>78867483.0</v>
+        <v>87550911.0</v>
       </c>
       <c r="G30" s="6">
-        <v>82267204.0</v>
+        <v>87963958.0</v>
       </c>
       <c r="H30" s="6">
-        <v>87913331.0</v>
+        <v>78819495.0</v>
       </c>
       <c r="I30" s="6">
-        <v>98763880.0</v>
+        <v>81666569.0</v>
       </c>
       <c r="J30" s="6">
-        <v>84693188.0</v>
+        <v>87711205.0</v>
       </c>
       <c r="K30" s="6">
-        <v>82467510.0</v>
+        <v>98420895.0</v>
       </c>
       <c r="L30" s="6">
-        <v>77759569.0</v>
+        <v>84459104.0</v>
       </c>
       <c r="M30" s="6">
-        <v>80683833.0</v>
+        <v>82228144.0</v>
       </c>
       <c r="N30" s="6">
-        <v>41853129.0</v>
+        <v>77645349.0</v>
       </c>
       <c r="O30" s="6">
-        <v>124080743.0</v>
+        <v>80588582.0</v>
       </c>
       <c r="P30" s="6">
-        <v>79306236.0</v>
+        <v>41830808.0</v>
       </c>
       <c r="Q30" s="6">
-        <v>78312830.0</v>
+        <v>124055252.0</v>
       </c>
       <c r="R30" s="6">
-        <v>71565976.0</v>
+        <v>79299720.0</v>
       </c>
       <c r="S30" s="6">
-        <v>74783324.0</v>
+        <v>78313624.0</v>
       </c>
       <c r="T30" s="6">
-        <v>78948416.0</v>
+        <v>71565140.0</v>
       </c>
       <c r="U30" s="6">
-        <v>89525963.0</v>
+        <v>74776929.0</v>
       </c>
       <c r="V30" s="6">
-        <v>75580165.0</v>
+        <v>78945451.0</v>
       </c>
       <c r="W30" s="6">
-        <v>75089319.0</v>
+        <v>89519477.0</v>
       </c>
       <c r="X30" s="6">
-        <v>73472685.0</v>
+        <v>75579019.0</v>
       </c>
       <c r="Y30" s="6">
-        <v>75321432.0</v>
+        <v>75085011.0</v>
       </c>
       <c r="Z30" s="6">
-        <v>37867752.0</v>
+        <v>73472780.0</v>
       </c>
       <c r="AA30" s="6">
-        <v>112139779.0</v>
+        <v>75318298.0</v>
       </c>
       <c r="AB30" s="6">
-        <v>70518906.0</v>
+        <v>37882790.0</v>
       </c>
       <c r="AC30" s="6">
-        <v>70408733.0</v>
+        <v>112128657.0</v>
       </c>
       <c r="AD30" s="6">
-        <v>65063480.0</v>
+        <v>70520153.0</v>
       </c>
       <c r="AE30" s="6">
-        <v>66093873.0</v>
+        <v>70409572.0</v>
       </c>
       <c r="AF30" s="6">
-        <v>70786791.0</v>
+        <v>65060978.0</v>
       </c>
       <c r="AG30" s="6">
-        <v>80436727.0</v>
+        <v>66087486.0</v>
       </c>
       <c r="AH30" s="6">
-        <v>66977576.0</v>
+        <v>70765691.0</v>
       </c>
       <c r="AI30" s="6">
-        <v>67112479.0</v>
+        <v>80432246.0</v>
       </c>
       <c r="AJ30" s="6">
-        <v>64073174.0</v>
+        <v>66972456.0</v>
       </c>
       <c r="AK30" s="6">
-        <v>65155666.0</v>
+        <v>67103750.0</v>
       </c>
       <c r="AL30" s="6">
-        <v>33811957.0</v>
+        <v>64069749.0</v>
       </c>
       <c r="AM30" s="6">
-        <v>100759550.0</v>
+        <v>64959681.0</v>
       </c>
       <c r="AN30" s="6">
-        <v>61688080.0</v>
+        <v>33819385.0</v>
       </c>
       <c r="AO30" s="6">
-        <v>61772166.0</v>
+        <v>100743446.0</v>
       </c>
       <c r="AP30" s="6">
-        <v>60569057.0</v>
+        <v>61689056.0</v>
       </c>
       <c r="AQ30" s="6">
-        <v>57663009.0</v>
+        <v>61766975.0</v>
       </c>
       <c r="AR30" s="6">
-        <v>64413580.0</v>
+        <v>60574205.0</v>
       </c>
       <c r="AS30" s="6">
-        <v>72484194.0</v>
+        <v>57671887.0</v>
       </c>
       <c r="AT30" s="6">
-        <v>61097641.0</v>
+        <v>64414820.0</v>
       </c>
       <c r="AU30" s="6">
-        <v>60111475.0</v>
+        <v>72495071.0</v>
       </c>
       <c r="AV30" s="6">
-        <v>56533946.0</v>
+        <v>61104503.0</v>
       </c>
       <c r="AW30" s="6">
-        <v>55895812.0</v>
+        <v>60119650.0</v>
       </c>
       <c r="AX30" s="6">
-        <v>31203463.0</v>
+        <v>56549621.0</v>
       </c>
       <c r="AY30" s="6">
-        <v>88725746.0</v>
+        <v>55912376.0</v>
       </c>
       <c r="AZ30" s="6">
-        <v>55256508.0</v>
+        <v>31210755.0</v>
       </c>
       <c r="BA30" s="6">
-        <v>54577210.0</v>
+        <v>88747704.0</v>
       </c>
       <c r="BB30" s="6">
-        <v>50986742.0</v>
+        <v>55264449.0</v>
       </c>
       <c r="BC30" s="6">
-        <v>51783576.0</v>
+        <v>54597095.0</v>
       </c>
       <c r="BD30" s="6">
-        <v>55853994.0</v>
+        <v>50999904.0</v>
       </c>
       <c r="BE30" s="6">
-        <v>61821525.0</v>
+        <v>51802724.0</v>
       </c>
       <c r="BF30" s="6">
-        <v>54583267.0</v>
+        <v>55866288.0</v>
       </c>
       <c r="BG30" s="6">
-        <v>52392324.0</v>
+        <v>61828341.0</v>
       </c>
       <c r="BH30" s="6">
-        <v>49788277.0</v>
+        <v>54597073.0</v>
       </c>
       <c r="BI30" s="6">
-        <v>49182941.0</v>
+        <v>52401065.0</v>
       </c>
       <c r="BJ30" s="6">
-        <v>26713655.0</v>
+        <v>49803416.0</v>
       </c>
       <c r="BK30" s="6">
+        <v>49193535.0</v>
+      </c>
+      <c r="BL30" s="6">
+        <v>26722336.0</v>
+      </c>
+      <c r="BM30" s="6">
         <v>78334768.0</v>
       </c>
-      <c r="BL30" s="6">
+      <c r="BN30" s="6">
         <v>49518427.0</v>
       </c>
-      <c r="BM30" s="6">
+      <c r="BO30" s="6">
         <v>50154542.0</v>
       </c>
-      <c r="BN30" s="6">
+      <c r="BP30" s="6">
         <v>45310861.0</v>
       </c>
-      <c r="BO30" s="6">
+      <c r="BQ30" s="6">
         <v>47217756.0</v>
       </c>
-      <c r="BP30" s="6">
+      <c r="BR30" s="6">
         <v>51518379.0</v>
       </c>
-      <c r="BQ30" s="6">
+      <c r="BS30" s="6">
         <v>53100646.0</v>
       </c>
-      <c r="BR30" s="6">
+      <c r="BT30" s="6">
         <v>45677600.0</v>
       </c>
-      <c r="BS30" s="6">
+      <c r="BU30" s="6">
         <v>46111270.0</v>
       </c>
-      <c r="BT30" s="6">
+      <c r="BV30" s="6">
         <v>46750279.0</v>
       </c>
-      <c r="BU30" s="6">
+      <c r="BW30" s="6">
         <v>47757336.0</v>
       </c>
-      <c r="BV30" s="6">
+      <c r="BX30" s="6">
         <v>25366806.0</v>
       </c>
-      <c r="BW30" s="6">
+      <c r="BY30" s="6">
         <v>71697663.0</v>
       </c>
-      <c r="BX30" s="6">
+      <c r="BZ30" s="6">
         <v>46813931.0</v>
       </c>
-      <c r="BY30" s="6">
+      <c r="CA30" s="6">
         <v>45794216.0</v>
       </c>
-      <c r="BZ30" s="6">
+      <c r="CB30" s="6">
         <v>42303141.0</v>
       </c>
-      <c r="CA30" s="6">
+      <c r="CC30" s="6">
         <v>43626520.0</v>
       </c>
-      <c r="CB30" s="6">
+      <c r="CD30" s="6">
         <v>47731649.0</v>
       </c>
-      <c r="CC30" s="6">
+      <c r="CE30" s="6">
         <v>51865891.0</v>
       </c>
-      <c r="CD30" s="6">
+      <c r="CF30" s="6">
         <v>45701845.0</v>
       </c>
-      <c r="CE30" s="6">
+      <c r="CG30" s="6">
         <v>44354822.0</v>
       </c>
-      <c r="CF30" s="6">
+      <c r="CH30" s="6">
         <v>41989501.0</v>
       </c>
-      <c r="CG30" s="6">
+      <c r="CI30" s="6">
         <v>42471425.0</v>
       </c>
-      <c r="CH30" s="6">
+      <c r="CJ30" s="6">
         <v>15438966.0</v>
       </c>
     </row>
-    <row r="31" spans="1:86">
+    <row r="31" spans="1:88">
       <c r="C31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D31" s="6">
-        <v>14752333.0</v>
+        <v>7642044.0</v>
       </c>
       <c r="E31" s="6">
-        <v>14949405.0</v>
+        <v>23215244.0</v>
       </c>
       <c r="F31" s="6">
-        <v>13260336.0</v>
+        <v>14956520.0</v>
       </c>
       <c r="G31" s="6">
-        <v>13780740.0</v>
+        <v>14953021.0</v>
       </c>
       <c r="H31" s="6">
-        <v>14713675.0</v>
+        <v>13277099.0</v>
       </c>
       <c r="I31" s="6">
-        <v>16552985.0</v>
+        <v>13755488.0</v>
       </c>
       <c r="J31" s="6">
-        <v>14083679.0</v>
+        <v>14736723.0</v>
       </c>
       <c r="K31" s="6">
-        <v>13476700.0</v>
+        <v>16545606.0</v>
       </c>
       <c r="L31" s="6">
-        <v>12643199.0</v>
+        <v>14084794.0</v>
       </c>
       <c r="M31" s="6">
-        <v>13183575.0</v>
+        <v>13469355.0</v>
       </c>
       <c r="N31" s="6">
-        <v>6837465.0</v>
+        <v>12646338.0</v>
       </c>
       <c r="O31" s="6">
-        <v>21131641.0</v>
+        <v>13182067.0</v>
       </c>
       <c r="P31" s="6">
-        <v>13230296.0</v>
+        <v>6840485.0</v>
       </c>
       <c r="Q31" s="6">
-        <v>12889556.0</v>
+        <v>21129436.0</v>
       </c>
       <c r="R31" s="6">
-        <v>11781659.0</v>
+        <v>13230854.0</v>
       </c>
       <c r="S31" s="6">
-        <v>12313825.0</v>
+        <v>12891671.0</v>
       </c>
       <c r="T31" s="6">
-        <v>12789597.0</v>
+        <v>11783430.0</v>
       </c>
       <c r="U31" s="6">
-        <v>14720991.0</v>
+        <v>12314834.0</v>
       </c>
       <c r="V31" s="6">
-        <v>12068754.0</v>
+        <v>12791054.0</v>
       </c>
       <c r="W31" s="6">
-        <v>12152060.0</v>
+        <v>14722587.0</v>
       </c>
       <c r="X31" s="6">
-        <v>11632567.0</v>
+        <v>12070623.0</v>
       </c>
       <c r="Y31" s="6">
-        <v>12067308.0</v>
+        <v>12153089.0</v>
       </c>
       <c r="Z31" s="6">
-        <v>6103505.0</v>
+        <v>11634254.0</v>
       </c>
       <c r="AA31" s="6">
-        <v>19015778.0</v>
+        <v>12068464.0</v>
       </c>
       <c r="AB31" s="6">
-        <v>11628304.0</v>
+        <v>6107203.0</v>
       </c>
       <c r="AC31" s="6">
-        <v>11615823.0</v>
+        <v>19015565.0</v>
       </c>
       <c r="AD31" s="6">
-        <v>10668076.0</v>
+        <v>11629962.0</v>
       </c>
       <c r="AE31" s="6">
-        <v>10708863.0</v>
+        <v>11617608.0</v>
       </c>
       <c r="AF31" s="6">
-        <v>11493555.0</v>
+        <v>10669017.0</v>
       </c>
       <c r="AG31" s="6">
-        <v>13120297.0</v>
+        <v>10709873.0</v>
       </c>
       <c r="AH31" s="6">
-        <v>10647747.0</v>
+        <v>11492803.0</v>
       </c>
       <c r="AI31" s="6">
-        <v>10686260.0</v>
+        <v>13121199.0</v>
       </c>
       <c r="AJ31" s="6">
-        <v>10065463.0</v>
+        <v>10648333.0</v>
       </c>
       <c r="AK31" s="6">
-        <v>10164058.0</v>
+        <v>10686223.0</v>
       </c>
       <c r="AL31" s="6">
-        <v>5444603.0</v>
+        <v>10066251.0</v>
       </c>
       <c r="AM31" s="6">
-        <v>16858335.0</v>
+        <v>10163947.0</v>
       </c>
       <c r="AN31" s="6">
-        <v>9898751.0</v>
+        <v>5446818.0</v>
       </c>
       <c r="AO31" s="6">
-        <v>9992968.0</v>
+        <v>16857945.0</v>
       </c>
       <c r="AP31" s="6">
-        <v>9777756.0</v>
+        <v>9900709.0</v>
       </c>
       <c r="AQ31" s="6">
-        <v>9140247.0</v>
+        <v>9993548.0</v>
       </c>
       <c r="AR31" s="6">
-        <v>10338750.0</v>
+        <v>9780040.0</v>
       </c>
       <c r="AS31" s="6">
-        <v>11806746.0</v>
+        <v>9143279.0</v>
       </c>
       <c r="AT31" s="6">
-        <v>9890686.0</v>
+        <v>10340655.0</v>
       </c>
       <c r="AU31" s="6">
-        <v>9646539.0</v>
+        <v>11810221.0</v>
       </c>
       <c r="AV31" s="6">
-        <v>8923530.0</v>
+        <v>9893488.0</v>
       </c>
       <c r="AW31" s="6">
-        <v>8830774.0</v>
+        <v>9648686.0</v>
       </c>
       <c r="AX31" s="6">
-        <v>5082998.0</v>
+        <v>8926903.0</v>
       </c>
       <c r="AY31" s="6">
-        <v>14854453.0</v>
+        <v>8834419.0</v>
       </c>
       <c r="AZ31" s="6">
-        <v>8983052.0</v>
+        <v>5084864.0</v>
       </c>
       <c r="BA31" s="6">
-        <v>8828952.0</v>
+        <v>14859631.0</v>
       </c>
       <c r="BB31" s="6">
-        <v>8289502.0</v>
+        <v>8985236.0</v>
       </c>
       <c r="BC31" s="6">
-        <v>8339063.0</v>
+        <v>8833810.0</v>
       </c>
       <c r="BD31" s="6">
-        <v>8902366.0</v>
+        <v>8292669.0</v>
       </c>
       <c r="BE31" s="6">
-        <v>9910088.0</v>
+        <v>8343418.0</v>
       </c>
       <c r="BF31" s="6">
-        <v>8650955.0</v>
+        <v>8905712.0</v>
       </c>
       <c r="BG31" s="6">
-        <v>8297175.0</v>
+        <v>9912252.0</v>
       </c>
       <c r="BH31" s="6">
-        <v>7745294.0</v>
+        <v>8654554.0</v>
       </c>
       <c r="BI31" s="6">
-        <v>7803336.0</v>
+        <v>8299807.0</v>
       </c>
       <c r="BJ31" s="6">
-        <v>4280287.0</v>
+        <v>7749086.0</v>
       </c>
       <c r="BK31" s="6">
+        <v>7806402.0</v>
+      </c>
+      <c r="BL31" s="6">
+        <v>4282576.0</v>
+      </c>
+      <c r="BM31" s="6">
         <v>12544676.0</v>
       </c>
-      <c r="BL31" s="6">
+      <c r="BN31" s="6">
         <v>7761641.0</v>
       </c>
-      <c r="BM31" s="6">
+      <c r="BO31" s="6">
         <v>7915053.0</v>
       </c>
-      <c r="BN31" s="6">
+      <c r="BP31" s="6">
         <v>7068582.0</v>
       </c>
-      <c r="BO31" s="6">
+      <c r="BQ31" s="6">
         <v>7429311.0</v>
       </c>
-      <c r="BP31" s="6">
+      <c r="BR31" s="6">
         <v>8140955.0</v>
       </c>
-      <c r="BQ31" s="6">
+      <c r="BS31" s="6">
         <v>8521207.0</v>
       </c>
-      <c r="BR31" s="6">
+      <c r="BT31" s="6">
         <v>7285121.0</v>
       </c>
-      <c r="BS31" s="6">
+      <c r="BU31" s="6">
         <v>7163752.0</v>
       </c>
-      <c r="BT31" s="6">
+      <c r="BV31" s="6">
         <v>7392907.0</v>
       </c>
-      <c r="BU31" s="6">
+      <c r="BW31" s="6">
         <v>7585513.0</v>
       </c>
-      <c r="BV31" s="6">
+      <c r="BX31" s="6">
         <v>4071593.0</v>
       </c>
-      <c r="BW31" s="6">
+      <c r="BY31" s="6">
         <v>11995476.0</v>
       </c>
-      <c r="BX31" s="6">
+      <c r="BZ31" s="6">
         <v>7679604.0</v>
       </c>
-      <c r="BY31" s="6">
+      <c r="CA31" s="6">
         <v>7442086.0</v>
       </c>
-      <c r="BZ31" s="6">
+      <c r="CB31" s="6">
         <v>6895810.0</v>
       </c>
-      <c r="CA31" s="6">
+      <c r="CC31" s="6">
         <v>7152959.0</v>
       </c>
-      <c r="CB31" s="6">
+      <c r="CD31" s="6">
         <v>7657920.0</v>
       </c>
-      <c r="CC31" s="6">
+      <c r="CE31" s="6">
         <v>8417920.0</v>
       </c>
-      <c r="CD31" s="6">
+      <c r="CF31" s="6">
         <v>7366583.0</v>
       </c>
-      <c r="CE31" s="6">
+      <c r="CG31" s="6">
         <v>7096481.0</v>
       </c>
-      <c r="CF31" s="6">
+      <c r="CH31" s="6">
         <v>6633847.0</v>
       </c>
-      <c r="CG31" s="6">
+      <c r="CI31" s="6">
         <v>6803285.0</v>
       </c>
-      <c r="CH31" s="6">
+      <c r="CJ31" s="6">
         <v>1774111.0</v>
       </c>
     </row>
-    <row r="32" spans="1:86">
+    <row r="32" spans="1:88">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Panevėžio apskritis</t>
           </r>
         </is>
       </c>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D32" s="6">
-        <v>6784.0</v>
+        <v>6530.0</v>
       </c>
       <c r="E32" s="6">
-        <v>6803.0</v>
+        <v>7202.0</v>
       </c>
       <c r="F32" s="6">
-        <v>6700.0</v>
+        <v>6932.0</v>
       </c>
       <c r="G32" s="6">
+        <v>6887.0</v>
+      </c>
+      <c r="H32" s="6">
+        <v>6750.0</v>
+      </c>
+      <c r="I32" s="6">
+        <v>6755.0</v>
+      </c>
+      <c r="J32" s="6">
+        <v>6726.0</v>
+      </c>
+      <c r="K32" s="6">
+        <v>6730.0</v>
+      </c>
+      <c r="L32" s="6">
+        <v>6726.0</v>
+      </c>
+      <c r="M32" s="6">
+        <v>6730.0</v>
+      </c>
+      <c r="N32" s="6">
+        <v>6706.0</v>
+      </c>
+      <c r="O32" s="6">
+        <v>6696.0</v>
+      </c>
+      <c r="P32" s="6">
+        <v>6733.0</v>
+      </c>
+      <c r="Q32" s="6">
+        <v>7341.0</v>
+      </c>
+      <c r="R32" s="6">
+        <v>7027.0</v>
+      </c>
+      <c r="S32" s="6">
+        <v>6938.0</v>
+      </c>
+      <c r="T32" s="6">
+        <v>6817.0</v>
+      </c>
+      <c r="U32" s="6">
+        <v>6807.0</v>
+      </c>
+      <c r="V32" s="6">
+        <v>6808.0</v>
+      </c>
+      <c r="W32" s="6">
+        <v>6827.0</v>
+      </c>
+      <c r="X32" s="6">
+        <v>6815.0</v>
+      </c>
+      <c r="Y32" s="6">
+        <v>6814.0</v>
+      </c>
+      <c r="Z32" s="6">
+        <v>6790.0</v>
+      </c>
+      <c r="AA32" s="6">
+        <v>6779.0</v>
+      </c>
+      <c r="AB32" s="6">
+        <v>6783.0</v>
+      </c>
+      <c r="AC32" s="6">
+        <v>7443.0</v>
+      </c>
+      <c r="AD32" s="6">
+        <v>7106.0</v>
+      </c>
+      <c r="AE32" s="6">
+        <v>6970.0</v>
+      </c>
+      <c r="AF32" s="6">
+        <v>6913.0</v>
+      </c>
+      <c r="AG32" s="6">
+        <v>6926.0</v>
+      </c>
+      <c r="AH32" s="6">
+        <v>6907.0</v>
+      </c>
+      <c r="AI32" s="6">
+        <v>6923.0</v>
+      </c>
+      <c r="AJ32" s="6">
+        <v>6885.0</v>
+      </c>
+      <c r="AK32" s="6">
+        <v>6861.0</v>
+      </c>
+      <c r="AL32" s="6">
+        <v>6838.0</v>
+      </c>
+      <c r="AM32" s="6">
+        <v>6811.0</v>
+      </c>
+      <c r="AN32" s="6">
+        <v>6841.0</v>
+      </c>
+      <c r="AO32" s="6">
+        <v>7416.0</v>
+      </c>
+      <c r="AP32" s="6">
+        <v>7130.0</v>
+      </c>
+      <c r="AQ32" s="6">
+        <v>7023.0</v>
+      </c>
+      <c r="AR32" s="6">
+        <v>6943.0</v>
+      </c>
+      <c r="AS32" s="6">
+        <v>6909.0</v>
+      </c>
+      <c r="AT32" s="6">
+        <v>6896.0</v>
+      </c>
+      <c r="AU32" s="6">
+        <v>6891.0</v>
+      </c>
+      <c r="AV32" s="6">
+        <v>6873.0</v>
+      </c>
+      <c r="AW32" s="6">
+        <v>6841.0</v>
+      </c>
+      <c r="AX32" s="6">
+        <v>6819.0</v>
+      </c>
+      <c r="AY32" s="6">
+        <v>6809.0</v>
+      </c>
+      <c r="AZ32" s="6">
+        <v>6844.0</v>
+      </c>
+      <c r="BA32" s="6">
+        <v>7379.0</v>
+      </c>
+      <c r="BB32" s="6">
+        <v>7079.0</v>
+      </c>
+      <c r="BC32" s="6">
+        <v>6951.0</v>
+      </c>
+      <c r="BD32" s="6">
+        <v>6850.0</v>
+      </c>
+      <c r="BE32" s="6">
+        <v>6807.0</v>
+      </c>
+      <c r="BF32" s="6">
+        <v>6787.0</v>
+      </c>
+      <c r="BG32" s="6">
+        <v>6772.0</v>
+      </c>
+      <c r="BH32" s="6">
         <v>6712.0</v>
       </c>
-      <c r="H32" s="6">
-[...41 lines deleted...]
-      <c r="V32" s="6">
+      <c r="BI32" s="6">
+        <v>6678.0</v>
+      </c>
+      <c r="BJ32" s="6">
+        <v>6626.0</v>
+      </c>
+      <c r="BK32" s="6">
+        <v>6566.0</v>
+      </c>
+      <c r="BL32" s="6">
+        <v>6557.0</v>
+      </c>
+      <c r="BM32" s="6">
+        <v>7149.0</v>
+      </c>
+      <c r="BN32" s="6">
         <v>6813.0</v>
       </c>
-      <c r="W32" s="6">
-[...125 lines deleted...]
-      <c r="BM32" s="6">
+      <c r="BO32" s="6">
         <v>6735.0</v>
       </c>
-      <c r="BN32" s="6">
+      <c r="BP32" s="6">
         <v>6631.0</v>
       </c>
-      <c r="BO32" s="6">
+      <c r="BQ32" s="6">
         <v>6601.0</v>
       </c>
-      <c r="BP32" s="6">
+      <c r="BR32" s="6">
         <v>6597.0</v>
       </c>
-      <c r="BQ32" s="6">
+      <c r="BS32" s="6">
         <v>6587.0</v>
       </c>
-      <c r="BR32" s="6">
+      <c r="BT32" s="6">
         <v>6551.0</v>
       </c>
-      <c r="BS32" s="6">
+      <c r="BU32" s="6">
         <v>6528.0</v>
       </c>
-      <c r="BT32" s="6">
+      <c r="BV32" s="6">
         <v>6573.0</v>
       </c>
-      <c r="BU32" s="6">
+      <c r="BW32" s="6">
         <v>6572.0</v>
       </c>
-      <c r="BV32" s="6">
+      <c r="BX32" s="6">
         <v>6616.0</v>
       </c>
-      <c r="BW32" s="6">
+      <c r="BY32" s="6">
         <v>7139.0</v>
       </c>
-      <c r="BX32" s="6">
+      <c r="BZ32" s="6">
         <v>6774.0</v>
       </c>
-      <c r="BY32" s="6">
+      <c r="CA32" s="6">
         <v>6707.0</v>
       </c>
-      <c r="BZ32" s="6">
+      <c r="CB32" s="6">
         <v>6654.0</v>
       </c>
-      <c r="CA32" s="6">
+      <c r="CC32" s="6">
         <v>6620.0</v>
       </c>
-      <c r="CB32" s="6">
+      <c r="CD32" s="6">
         <v>6602.0</v>
       </c>
-      <c r="CC32" s="6">
+      <c r="CE32" s="6">
         <v>6599.0</v>
       </c>
-      <c r="CD32" s="6">
+      <c r="CF32" s="6">
         <v>6545.0</v>
       </c>
-      <c r="CE32" s="6">
+      <c r="CG32" s="6">
         <v>6533.0</v>
       </c>
-      <c r="CF32" s="6">
+      <c r="CH32" s="6">
         <v>6482.0</v>
       </c>
-      <c r="CG32" s="6">
+      <c r="CI32" s="6">
         <v>6464.0</v>
       </c>
-      <c r="CH32" s="6">
+      <c r="CJ32" s="6">
         <v>6514.0</v>
       </c>
     </row>
-    <row r="33" spans="1:86">
+    <row r="33" spans="1:88">
       <c r="C33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D33" s="6">
-        <v>125412830.0</v>
+        <v>54353723.0</v>
       </c>
       <c r="E33" s="6">
-        <v>128125822.0</v>
+        <v>210029981.0</v>
       </c>
       <c r="F33" s="6">
-        <v>116129168.0</v>
+        <v>124335119.0</v>
       </c>
       <c r="G33" s="6">
-        <v>117367876.0</v>
+        <v>125063882.0</v>
       </c>
       <c r="H33" s="6">
-        <v>129866997.0</v>
+        <v>114902865.0</v>
       </c>
       <c r="I33" s="6">
-        <v>146693776.0</v>
+        <v>116354555.0</v>
       </c>
       <c r="J33" s="6">
-        <v>126065878.0</v>
+        <v>128620738.0</v>
       </c>
       <c r="K33" s="6">
-        <v>124248709.0</v>
+        <v>144157035.0</v>
       </c>
       <c r="L33" s="6">
-        <v>117678902.0</v>
+        <v>125004168.0</v>
       </c>
       <c r="M33" s="6">
-        <v>117999378.0</v>
+        <v>123106347.0</v>
       </c>
       <c r="N33" s="6">
-        <v>52084671.0</v>
+        <v>115750105.0</v>
       </c>
       <c r="O33" s="6">
-        <v>193908495.0</v>
+        <v>116300299.0</v>
       </c>
       <c r="P33" s="6">
-        <v>114145634.0</v>
+        <v>51640779.0</v>
       </c>
       <c r="Q33" s="6">
-        <v>118662871.0</v>
+        <v>192216960.0</v>
       </c>
       <c r="R33" s="6">
-        <v>105949073.0</v>
+        <v>113350321.0</v>
       </c>
       <c r="S33" s="6">
-        <v>109096199.0</v>
+        <v>116744659.0</v>
       </c>
       <c r="T33" s="6">
-        <v>118267246.0</v>
+        <v>105098811.0</v>
       </c>
       <c r="U33" s="6">
-        <v>134511642.0</v>
+        <v>108211895.0</v>
       </c>
       <c r="V33" s="6">
-        <v>117248715.0</v>
+        <v>117442433.0</v>
       </c>
       <c r="W33" s="6">
-        <v>112209040.0</v>
+        <v>133619138.0</v>
       </c>
       <c r="X33" s="6">
-        <v>112293172.0</v>
+        <v>116316519.0</v>
       </c>
       <c r="Y33" s="6">
-        <v>111085727.0</v>
+        <v>111110241.0</v>
       </c>
       <c r="Z33" s="6">
-        <v>47754435.0</v>
+        <v>111596325.0</v>
       </c>
       <c r="AA33" s="6">
-        <v>177191718.0</v>
+        <v>109441780.0</v>
       </c>
       <c r="AB33" s="6">
-        <v>106125520.0</v>
+        <v>47742040.0</v>
       </c>
       <c r="AC33" s="6">
-        <v>111485499.0</v>
+        <v>175787065.0</v>
       </c>
       <c r="AD33" s="6">
-        <v>98884051.0</v>
+        <v>105283693.0</v>
       </c>
       <c r="AE33" s="6">
-        <v>99727560.0</v>
+        <v>108734480.0</v>
       </c>
       <c r="AF33" s="6">
-        <v>108745391.0</v>
+        <v>98130641.0</v>
       </c>
       <c r="AG33" s="6">
-        <v>126704739.0</v>
+        <v>98741917.0</v>
       </c>
       <c r="AH33" s="6">
-        <v>106050146.0</v>
+        <v>107944753.0</v>
       </c>
       <c r="AI33" s="6">
-        <v>105219921.0</v>
+        <v>125779853.0</v>
       </c>
       <c r="AJ33" s="6">
-        <v>100418796.0</v>
+        <v>105256176.0</v>
       </c>
       <c r="AK33" s="6">
-        <v>99152856.0</v>
+        <v>104375318.0</v>
       </c>
       <c r="AL33" s="6">
-        <v>43323766.0</v>
+        <v>99718379.0</v>
       </c>
       <c r="AM33" s="6">
-        <v>157336890.0</v>
+        <v>98344704.0</v>
       </c>
       <c r="AN33" s="6">
-        <v>95555597.0</v>
+        <v>43347043.0</v>
       </c>
       <c r="AO33" s="6">
-        <v>99795491.0</v>
+        <v>155840033.0</v>
       </c>
       <c r="AP33" s="6">
-        <v>86970864.0</v>
+        <v>94850250.0</v>
       </c>
       <c r="AQ33" s="6">
-        <v>88447345.0</v>
+        <v>95043920.0</v>
       </c>
       <c r="AR33" s="6">
-        <v>97452311.0</v>
+        <v>86273129.0</v>
       </c>
       <c r="AS33" s="6">
-        <v>110339042.0</v>
+        <v>87285196.0</v>
       </c>
       <c r="AT33" s="6">
-        <v>95279937.0</v>
+        <v>97057744.0</v>
       </c>
       <c r="AU33" s="6">
-        <v>92880172.0</v>
+        <v>109933717.0</v>
       </c>
       <c r="AV33" s="6">
-        <v>86323583.0</v>
+        <v>94859315.0</v>
       </c>
       <c r="AW33" s="6">
-        <v>86957960.0</v>
+        <v>92452022.0</v>
       </c>
       <c r="AX33" s="6">
-        <v>39348606.0</v>
+        <v>85920125.0</v>
       </c>
       <c r="AY33" s="6">
-        <v>140807923.0</v>
+        <v>86584051.0</v>
       </c>
       <c r="AZ33" s="6">
-        <v>85314565.0</v>
+        <v>39360263.0</v>
       </c>
       <c r="BA33" s="6">
-        <v>85961568.0</v>
+        <v>140898404.0</v>
       </c>
       <c r="BB33" s="6">
-        <v>78394011.0</v>
+        <v>85338020.0</v>
       </c>
       <c r="BC33" s="6">
-        <v>78242471.0</v>
+        <v>85986440.0</v>
       </c>
       <c r="BD33" s="6">
-        <v>86884426.0</v>
+        <v>78417276.0</v>
       </c>
       <c r="BE33" s="6">
-        <v>93712495.0</v>
+        <v>78254447.0</v>
       </c>
       <c r="BF33" s="6">
-        <v>82689366.0</v>
+        <v>86912771.0</v>
       </c>
       <c r="BG33" s="6">
-        <v>80670242.0</v>
+        <v>93717127.0</v>
       </c>
       <c r="BH33" s="6">
-        <v>77852082.0</v>
+        <v>82697847.0</v>
       </c>
       <c r="BI33" s="6">
-        <v>77042321.0</v>
+        <v>80694740.0</v>
       </c>
       <c r="BJ33" s="6">
-        <v>35712757.0</v>
+        <v>77858909.0</v>
       </c>
       <c r="BK33" s="6">
+        <v>77056197.0</v>
+      </c>
+      <c r="BL33" s="6">
+        <v>35714415.0</v>
+      </c>
+      <c r="BM33" s="6">
         <v>125956809.0</v>
       </c>
-      <c r="BL33" s="6">
+      <c r="BN33" s="6">
         <v>76699974.0</v>
       </c>
-      <c r="BM33" s="6">
+      <c r="BO33" s="6">
         <v>77212777.0</v>
       </c>
-      <c r="BN33" s="6">
+      <c r="BP33" s="6">
         <v>70846745.0</v>
       </c>
-      <c r="BO33" s="6">
+      <c r="BQ33" s="6">
         <v>70962055.0</v>
       </c>
-      <c r="BP33" s="6">
+      <c r="BR33" s="6">
         <v>77514763.0</v>
       </c>
-      <c r="BQ33" s="6">
+      <c r="BS33" s="6">
         <v>81491907.0</v>
       </c>
-      <c r="BR33" s="6">
+      <c r="BT33" s="6">
         <v>67806641.0</v>
       </c>
-      <c r="BS33" s="6">
+      <c r="BU33" s="6">
         <v>70288853.0</v>
       </c>
-      <c r="BT33" s="6">
+      <c r="BV33" s="6">
         <v>71838202.0</v>
       </c>
-      <c r="BU33" s="6">
+      <c r="BW33" s="6">
         <v>70473405.0</v>
       </c>
-      <c r="BV33" s="6">
+      <c r="BX33" s="6">
         <v>32540977.0</v>
       </c>
-      <c r="BW33" s="6">
+      <c r="BY33" s="6">
         <v>114856301.0</v>
       </c>
-      <c r="BX33" s="6">
+      <c r="BZ33" s="6">
         <v>71152261.0</v>
       </c>
-      <c r="BY33" s="6">
+      <c r="CA33" s="6">
         <v>73055706.0</v>
       </c>
-      <c r="BZ33" s="6">
+      <c r="CB33" s="6">
         <v>65703435.0</v>
       </c>
-      <c r="CA33" s="6">
+      <c r="CC33" s="6">
         <v>66242952.0</v>
       </c>
-      <c r="CB33" s="6">
+      <c r="CD33" s="6">
         <v>73597565.0</v>
       </c>
-      <c r="CC33" s="6">
+      <c r="CE33" s="6">
         <v>82364130.0</v>
       </c>
-      <c r="CD33" s="6">
+      <c r="CF33" s="6">
         <v>71642065.0</v>
       </c>
-      <c r="CE33" s="6">
+      <c r="CG33" s="6">
         <v>70598692.0</v>
       </c>
-      <c r="CF33" s="6">
+      <c r="CH33" s="6">
         <v>66000131.0</v>
       </c>
-      <c r="CG33" s="6">
+      <c r="CI33" s="6">
         <v>66630728.0</v>
       </c>
-      <c r="CH33" s="6">
+      <c r="CJ33" s="6">
         <v>23625466.0</v>
       </c>
     </row>
-    <row r="34" spans="1:86">
+    <row r="34" spans="1:88">
       <c r="C34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D34" s="6">
-        <v>20474068.0</v>
+        <v>8308402.0</v>
       </c>
       <c r="E34" s="6">
-        <v>20896758.0</v>
+        <v>35741357.0</v>
       </c>
       <c r="F34" s="6">
-        <v>18778892.0</v>
+        <v>20292749.0</v>
       </c>
       <c r="G34" s="6">
-        <v>19139557.0</v>
+        <v>20322883.0</v>
       </c>
       <c r="H34" s="6">
-        <v>20693931.0</v>
+        <v>18575483.0</v>
       </c>
       <c r="I34" s="6">
-        <v>23573886.0</v>
+        <v>18953372.0</v>
       </c>
       <c r="J34" s="6">
-        <v>20225138.0</v>
+        <v>20509280.0</v>
       </c>
       <c r="K34" s="6">
-        <v>19693837.0</v>
+        <v>23442050.0</v>
       </c>
       <c r="L34" s="6">
-        <v>18206137.0</v>
+        <v>20062648.0</v>
       </c>
       <c r="M34" s="6">
-        <v>18643491.0</v>
+        <v>19492447.0</v>
       </c>
       <c r="N34" s="6">
-        <v>7720063.0</v>
+        <v>18040940.0</v>
       </c>
       <c r="O34" s="6">
-        <v>32179400.0</v>
+        <v>18322128.0</v>
       </c>
       <c r="P34" s="6">
-        <v>18227184.0</v>
+        <v>7722810.0</v>
       </c>
       <c r="Q34" s="6">
-        <v>18898080.0</v>
+        <v>31813827.0</v>
       </c>
       <c r="R34" s="6">
-        <v>16832218.0</v>
+        <v>18059459.0</v>
       </c>
       <c r="S34" s="6">
-        <v>17373209.0</v>
+        <v>18510173.0</v>
       </c>
       <c r="T34" s="6">
-        <v>18235589.0</v>
+        <v>16656463.0</v>
       </c>
       <c r="U34" s="6">
-        <v>21341328.0</v>
+        <v>17197907.0</v>
       </c>
       <c r="V34" s="6">
-        <v>18244824.0</v>
+        <v>18075355.0</v>
       </c>
       <c r="W34" s="6">
-        <v>17303099.0</v>
+        <v>21168083.0</v>
       </c>
       <c r="X34" s="6">
-        <v>17070734.0</v>
+        <v>18046640.0</v>
       </c>
       <c r="Y34" s="6">
-        <v>17118176.0</v>
+        <v>17087763.0</v>
       </c>
       <c r="Z34" s="6">
-        <v>6967731.0</v>
+        <v>16935860.0</v>
       </c>
       <c r="AA34" s="6">
-        <v>29438038.0</v>
+        <v>16794110.0</v>
       </c>
       <c r="AB34" s="6">
-        <v>16943207.0</v>
+        <v>6966974.0</v>
       </c>
       <c r="AC34" s="6">
-        <v>17920509.0</v>
+        <v>29125548.0</v>
       </c>
       <c r="AD34" s="6">
-        <v>15958306.0</v>
+        <v>16755393.0</v>
       </c>
       <c r="AE34" s="6">
-        <v>15808533.0</v>
+        <v>17366944.0</v>
       </c>
       <c r="AF34" s="6">
-        <v>16920955.0</v>
+        <v>15803933.0</v>
       </c>
       <c r="AG34" s="6">
-        <v>20133245.0</v>
+        <v>15606420.0</v>
       </c>
       <c r="AH34" s="6">
-        <v>16481932.0</v>
+        <v>16757407.0</v>
       </c>
       <c r="AI34" s="6">
-        <v>16305034.0</v>
+        <v>19953323.0</v>
       </c>
       <c r="AJ34" s="6">
-        <v>15282101.0</v>
+        <v>16328022.0</v>
       </c>
       <c r="AK34" s="6">
-        <v>15234585.0</v>
+        <v>16139894.0</v>
       </c>
       <c r="AL34" s="6">
-        <v>6332955.0</v>
+        <v>15145300.0</v>
       </c>
       <c r="AM34" s="6">
-        <v>25846095.0</v>
+        <v>15076452.0</v>
       </c>
       <c r="AN34" s="6">
-        <v>15137098.0</v>
+        <v>6337449.0</v>
       </c>
       <c r="AO34" s="6">
-        <v>15952175.0</v>
+        <v>25552426.0</v>
       </c>
       <c r="AP34" s="6">
-        <v>13846475.0</v>
+        <v>14998596.0</v>
       </c>
       <c r="AQ34" s="6">
-        <v>13821584.0</v>
+        <v>15003447.0</v>
       </c>
       <c r="AR34" s="6">
-        <v>14979140.0</v>
+        <v>13710318.0</v>
       </c>
       <c r="AS34" s="6">
-        <v>17580339.0</v>
+        <v>13594853.0</v>
       </c>
       <c r="AT34" s="6">
-        <v>15148031.0</v>
+        <v>14902712.0</v>
       </c>
       <c r="AU34" s="6">
-        <v>14691229.0</v>
+        <v>17501586.0</v>
       </c>
       <c r="AV34" s="6">
-        <v>13309743.0</v>
+        <v>15066441.0</v>
       </c>
       <c r="AW34" s="6">
-        <v>13624255.0</v>
+        <v>14607561.0</v>
       </c>
       <c r="AX34" s="6">
-        <v>6010637.0</v>
+        <v>13232563.0</v>
       </c>
       <c r="AY34" s="6">
-        <v>23217476.0</v>
+        <v>13551168.0</v>
       </c>
       <c r="AZ34" s="6">
-        <v>13646844.0</v>
+        <v>6012685.0</v>
       </c>
       <c r="BA34" s="6">
-        <v>13755842.0</v>
+        <v>23236863.0</v>
       </c>
       <c r="BB34" s="6">
-        <v>12503543.0</v>
+        <v>13651772.0</v>
       </c>
       <c r="BC34" s="6">
-        <v>12402764.0</v>
+        <v>13760928.0</v>
       </c>
       <c r="BD34" s="6">
-        <v>13496575.0</v>
+        <v>12508510.0</v>
       </c>
       <c r="BE34" s="6">
-        <v>14734316.0</v>
+        <v>12405403.0</v>
       </c>
       <c r="BF34" s="6">
-        <v>12875438.0</v>
+        <v>13502424.0</v>
       </c>
       <c r="BG34" s="6">
-        <v>12636650.0</v>
+        <v>14735983.0</v>
       </c>
       <c r="BH34" s="6">
-        <v>11946664.0</v>
+        <v>12878248.0</v>
       </c>
       <c r="BI34" s="6">
-        <v>12003658.0</v>
+        <v>12642438.0</v>
       </c>
       <c r="BJ34" s="6">
-        <v>5319878.0</v>
+        <v>11949184.0</v>
       </c>
       <c r="BK34" s="6">
+        <v>12007203.0</v>
+      </c>
+      <c r="BL34" s="6">
+        <v>5320152.0</v>
+      </c>
+      <c r="BM34" s="6">
         <v>20197359.0</v>
       </c>
-      <c r="BL34" s="6">
+      <c r="BN34" s="6">
         <v>11852592.0</v>
       </c>
-      <c r="BM34" s="6">
+      <c r="BO34" s="6">
         <v>12015491.0</v>
       </c>
-      <c r="BN34" s="6">
+      <c r="BP34" s="6">
         <v>11013500.0</v>
       </c>
-      <c r="BO34" s="6">
+      <c r="BQ34" s="6">
         <v>10911303.0</v>
       </c>
-      <c r="BP34" s="6">
+      <c r="BR34" s="6">
         <v>11888951.0</v>
       </c>
-      <c r="BQ34" s="6">
+      <c r="BS34" s="6">
         <v>12837199.0</v>
       </c>
-      <c r="BR34" s="6">
+      <c r="BT34" s="6">
         <v>10484248.0</v>
       </c>
-      <c r="BS34" s="6">
+      <c r="BU34" s="6">
         <v>10766987.0</v>
       </c>
-      <c r="BT34" s="6">
+      <c r="BV34" s="6">
         <v>11052868.0</v>
       </c>
-      <c r="BU34" s="6">
+      <c r="BW34" s="6">
         <v>10878375.0</v>
       </c>
-      <c r="BV34" s="6">
+      <c r="BX34" s="6">
         <v>4799293.0</v>
       </c>
-      <c r="BW34" s="6">
+      <c r="BY34" s="6">
         <v>19152178.0</v>
       </c>
-      <c r="BX34" s="6">
+      <c r="BZ34" s="6">
         <v>11530326.0</v>
       </c>
-      <c r="BY34" s="6">
+      <c r="CA34" s="6">
         <v>11834413.0</v>
       </c>
-      <c r="BZ34" s="6">
+      <c r="CB34" s="6">
         <v>10618262.0</v>
       </c>
-      <c r="CA34" s="6">
+      <c r="CC34" s="6">
         <v>10776996.0</v>
       </c>
-      <c r="CB34" s="6">
+      <c r="CD34" s="6">
         <v>11536517.0</v>
       </c>
-      <c r="CC34" s="6">
+      <c r="CE34" s="6">
         <v>13354714.0</v>
       </c>
-      <c r="CD34" s="6">
+      <c r="CF34" s="6">
         <v>11406793.0</v>
       </c>
-      <c r="CE34" s="6">
+      <c r="CG34" s="6">
         <v>11201176.0</v>
       </c>
-      <c r="CF34" s="6">
+      <c r="CH34" s="6">
         <v>10339012.0</v>
       </c>
-      <c r="CG34" s="6">
+      <c r="CI34" s="6">
         <v>10430478.0</v>
       </c>
-      <c r="CH34" s="6">
+      <c r="CJ34" s="6">
         <v>2668032.0</v>
       </c>
     </row>
-    <row r="35" spans="1:86">
+    <row r="35" spans="1:88">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Utenos apskritis</t>
           </r>
         </is>
       </c>
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D35" s="6">
-        <v>3032.0</v>
+        <v>2961.0</v>
       </c>
       <c r="E35" s="6">
-        <v>3066.0</v>
+        <v>3209.0</v>
       </c>
       <c r="F35" s="6">
+        <v>3093.0</v>
+      </c>
+      <c r="G35" s="6">
+        <v>3101.0</v>
+      </c>
+      <c r="H35" s="6">
+        <v>3068.0</v>
+      </c>
+      <c r="I35" s="6">
+        <v>3085.0</v>
+      </c>
+      <c r="J35" s="6">
+        <v>3085.0</v>
+      </c>
+      <c r="K35" s="6">
+        <v>3097.0</v>
+      </c>
+      <c r="L35" s="6">
+        <v>3072.0</v>
+      </c>
+      <c r="M35" s="6">
+        <v>3058.0</v>
+      </c>
+      <c r="N35" s="6">
+        <v>3026.0</v>
+      </c>
+      <c r="O35" s="6">
+        <v>3039.0</v>
+      </c>
+      <c r="P35" s="6">
+        <v>3031.0</v>
+      </c>
+      <c r="Q35" s="6">
+        <v>3257.0</v>
+      </c>
+      <c r="R35" s="6">
+        <v>3131.0</v>
+      </c>
+      <c r="S35" s="6">
+        <v>3163.0</v>
+      </c>
+      <c r="T35" s="6">
+        <v>3129.0</v>
+      </c>
+      <c r="U35" s="6">
+        <v>3145.0</v>
+      </c>
+      <c r="V35" s="6">
+        <v>3153.0</v>
+      </c>
+      <c r="W35" s="6">
+        <v>3173.0</v>
+      </c>
+      <c r="X35" s="6">
+        <v>3172.0</v>
+      </c>
+      <c r="Y35" s="6">
+        <v>3171.0</v>
+      </c>
+      <c r="Z35" s="6">
+        <v>3151.0</v>
+      </c>
+      <c r="AA35" s="6">
+        <v>3151.0</v>
+      </c>
+      <c r="AB35" s="6">
+        <v>3162.0</v>
+      </c>
+      <c r="AC35" s="6">
+        <v>3387.0</v>
+      </c>
+      <c r="AD35" s="6">
+        <v>3260.0</v>
+      </c>
+      <c r="AE35" s="6">
+        <v>3266.0</v>
+      </c>
+      <c r="AF35" s="6">
+        <v>3230.0</v>
+      </c>
+      <c r="AG35" s="6">
+        <v>3217.0</v>
+      </c>
+      <c r="AH35" s="6">
+        <v>3215.0</v>
+      </c>
+      <c r="AI35" s="6">
+        <v>3233.0</v>
+      </c>
+      <c r="AJ35" s="6">
+        <v>3215.0</v>
+      </c>
+      <c r="AK35" s="6">
+        <v>3195.0</v>
+      </c>
+      <c r="AL35" s="6">
+        <v>3151.0</v>
+      </c>
+      <c r="AM35" s="6">
+        <v>3148.0</v>
+      </c>
+      <c r="AN35" s="6">
+        <v>3163.0</v>
+      </c>
+      <c r="AO35" s="6">
+        <v>3391.0</v>
+      </c>
+      <c r="AP35" s="6">
+        <v>3279.0</v>
+      </c>
+      <c r="AQ35" s="6">
+        <v>3257.0</v>
+      </c>
+      <c r="AR35" s="6">
+        <v>3265.0</v>
+      </c>
+      <c r="AS35" s="6">
+        <v>3241.0</v>
+      </c>
+      <c r="AT35" s="6">
+        <v>3257.0</v>
+      </c>
+      <c r="AU35" s="6">
+        <v>3243.0</v>
+      </c>
+      <c r="AV35" s="6">
+        <v>3220.0</v>
+      </c>
+      <c r="AW35" s="6">
+        <v>3180.0</v>
+      </c>
+      <c r="AX35" s="6">
+        <v>3161.0</v>
+      </c>
+      <c r="AY35" s="6">
+        <v>3154.0</v>
+      </c>
+      <c r="AZ35" s="6">
+        <v>3156.0</v>
+      </c>
+      <c r="BA35" s="6">
+        <v>3347.0</v>
+      </c>
+      <c r="BB35" s="6">
+        <v>3201.0</v>
+      </c>
+      <c r="BC35" s="6">
+        <v>3191.0</v>
+      </c>
+      <c r="BD35" s="6">
+        <v>3181.0</v>
+      </c>
+      <c r="BE35" s="6">
+        <v>3163.0</v>
+      </c>
+      <c r="BF35" s="6">
+        <v>3163.0</v>
+      </c>
+      <c r="BG35" s="6">
+        <v>3139.0</v>
+      </c>
+      <c r="BH35" s="6">
+        <v>3125.0</v>
+      </c>
+      <c r="BI35" s="6">
+        <v>3070.0</v>
+      </c>
+      <c r="BJ35" s="6">
         <v>3043.0</v>
       </c>
-      <c r="G35" s="6">
-[...14 lines deleted...]
-      <c r="L35" s="6">
+      <c r="BK35" s="6">
+        <v>3011.0</v>
+      </c>
+      <c r="BL35" s="6">
+        <v>2991.0</v>
+      </c>
+      <c r="BM35" s="6">
+        <v>3233.0</v>
+      </c>
+      <c r="BN35" s="6">
+        <v>3051.0</v>
+      </c>
+      <c r="BO35" s="6">
+        <v>3051.0</v>
+      </c>
+      <c r="BP35" s="6">
+        <v>3018.0</v>
+      </c>
+      <c r="BQ35" s="6">
+        <v>3020.0</v>
+      </c>
+      <c r="BR35" s="6">
+        <v>3012.0</v>
+      </c>
+      <c r="BS35" s="6">
+        <v>3003.0</v>
+      </c>
+      <c r="BT35" s="6">
+        <v>2967.0</v>
+      </c>
+      <c r="BU35" s="6">
+        <v>2956.0</v>
+      </c>
+      <c r="BV35" s="6">
+        <v>2976.0</v>
+      </c>
+      <c r="BW35" s="6">
+        <v>2989.0</v>
+      </c>
+      <c r="BX35" s="6">
+        <v>2981.0</v>
+      </c>
+      <c r="BY35" s="6">
+        <v>3165.0</v>
+      </c>
+      <c r="BZ35" s="6">
+        <v>3050.0</v>
+      </c>
+      <c r="CA35" s="6">
+        <v>3023.0</v>
+      </c>
+      <c r="CB35" s="6">
+        <v>3001.0</v>
+      </c>
+      <c r="CC35" s="6">
+        <v>3014.0</v>
+      </c>
+      <c r="CD35" s="6">
+        <v>3004.0</v>
+      </c>
+      <c r="CE35" s="6">
         <v>3006.0</v>
       </c>
-      <c r="M35" s="6">
-[...206 lines deleted...]
-      <c r="CD35" s="6">
+      <c r="CF35" s="6">
         <v>2994.0</v>
       </c>
-      <c r="CE35" s="6">
+      <c r="CG35" s="6">
         <v>2953.0</v>
       </c>
-      <c r="CF35" s="6">
+      <c r="CH35" s="6">
         <v>2942.0</v>
       </c>
-      <c r="CG35" s="6">
+      <c r="CI35" s="6">
         <v>2932.0</v>
       </c>
-      <c r="CH35" s="6">
+      <c r="CJ35" s="6">
         <v>2932.0</v>
       </c>
     </row>
-    <row r="36" spans="1:86">
+    <row r="36" spans="1:88">
       <c r="C36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D36" s="6">
-        <v>61767659.0</v>
+        <v>29196983.0</v>
       </c>
       <c r="E36" s="6">
-        <v>61348063.0</v>
+        <v>98087846.0</v>
       </c>
       <c r="F36" s="6">
-        <v>57221460.0</v>
+        <v>61497609.0</v>
       </c>
       <c r="G36" s="6">
-        <v>56655605.0</v>
+        <v>60998010.0</v>
       </c>
       <c r="H36" s="6">
-        <v>72998447.0</v>
+        <v>57048351.0</v>
       </c>
       <c r="I36" s="6">
-        <v>71566875.0</v>
+        <v>56404422.0</v>
       </c>
       <c r="J36" s="6">
-        <v>60115478.0</v>
+        <v>63753650.0</v>
       </c>
       <c r="K36" s="6">
-        <v>64879489.0</v>
+        <v>71293478.0</v>
       </c>
       <c r="L36" s="6">
-        <v>56950054.0</v>
+        <v>59955062.0</v>
       </c>
       <c r="M36" s="6">
-        <v>57083904.0</v>
+        <v>61176537.0</v>
       </c>
       <c r="N36" s="6">
-        <v>26347437.0</v>
+        <v>56685532.0</v>
       </c>
       <c r="O36" s="6">
-        <v>90653705.0</v>
+        <v>56727353.0</v>
       </c>
       <c r="P36" s="6">
-        <v>55658218.0</v>
+        <v>26390746.0</v>
       </c>
       <c r="Q36" s="6">
-        <v>56362056.0</v>
+        <v>90680664.0</v>
       </c>
       <c r="R36" s="6">
-        <v>50822318.0</v>
+        <v>55677290.0</v>
       </c>
       <c r="S36" s="6">
-        <v>51870274.0</v>
+        <v>56378486.0</v>
       </c>
       <c r="T36" s="6">
-        <v>58440091.0</v>
+        <v>50856652.0</v>
       </c>
       <c r="U36" s="6">
-        <v>64891903.0</v>
+        <v>51892204.0</v>
       </c>
       <c r="V36" s="6">
-        <v>55748852.0</v>
+        <v>58455160.0</v>
       </c>
       <c r="W36" s="6">
-        <v>56682149.0</v>
+        <v>64914272.0</v>
       </c>
       <c r="X36" s="6">
-        <v>53366812.0</v>
+        <v>55772076.0</v>
       </c>
       <c r="Y36" s="6">
-        <v>52347500.0</v>
+        <v>56705620.0</v>
       </c>
       <c r="Z36" s="6">
-        <v>24218312.0</v>
+        <v>53385472.0</v>
       </c>
       <c r="AA36" s="6">
-        <v>81792131.0</v>
+        <v>52359960.0</v>
       </c>
       <c r="AB36" s="6">
-        <v>50672815.0</v>
+        <v>24224300.0</v>
       </c>
       <c r="AC36" s="6">
-        <v>50619959.0</v>
+        <v>81809412.0</v>
       </c>
       <c r="AD36" s="6">
-        <v>46628735.0</v>
+        <v>50681339.0</v>
       </c>
       <c r="AE36" s="6">
-        <v>47310577.0</v>
+        <v>50626209.0</v>
       </c>
       <c r="AF36" s="6">
-        <v>51655184.0</v>
+        <v>46635279.0</v>
       </c>
       <c r="AG36" s="6">
-        <v>60068080.0</v>
+        <v>47317824.0</v>
       </c>
       <c r="AH36" s="6">
-        <v>49429470.0</v>
+        <v>51655682.0</v>
       </c>
       <c r="AI36" s="6">
-        <v>50010943.0</v>
+        <v>60075914.0</v>
       </c>
       <c r="AJ36" s="6">
-        <v>47859755.0</v>
+        <v>49431480.0</v>
       </c>
       <c r="AK36" s="6">
-        <v>46845034.0</v>
+        <v>50015052.0</v>
       </c>
       <c r="AL36" s="6">
-        <v>22708578.0</v>
+        <v>47858944.0</v>
       </c>
       <c r="AM36" s="6">
-        <v>74383796.0</v>
+        <v>46849316.0</v>
       </c>
       <c r="AN36" s="6">
-        <v>45177907.0</v>
+        <v>22719351.0</v>
       </c>
       <c r="AO36" s="6">
-        <v>45177164.0</v>
+        <v>74378794.0</v>
       </c>
       <c r="AP36" s="6">
-        <v>43140061.0</v>
+        <v>45179158.0</v>
       </c>
       <c r="AQ36" s="6">
-        <v>42553307.0</v>
+        <v>45175243.0</v>
       </c>
       <c r="AR36" s="6">
-        <v>47585236.0</v>
+        <v>43143922.0</v>
       </c>
       <c r="AS36" s="6">
-        <v>55224825.0</v>
+        <v>42559046.0</v>
       </c>
       <c r="AT36" s="6">
-        <v>46140565.0</v>
+        <v>47590176.0</v>
       </c>
       <c r="AU36" s="6">
-        <v>46357455.0</v>
+        <v>55231804.0</v>
       </c>
       <c r="AV36" s="6">
-        <v>42856425.0</v>
+        <v>46146539.0</v>
       </c>
       <c r="AW36" s="6">
-        <v>42904135.0</v>
+        <v>46356998.0</v>
       </c>
       <c r="AX36" s="6">
-        <v>20772156.0</v>
+        <v>42856175.0</v>
       </c>
       <c r="AY36" s="6">
-        <v>66667472.0</v>
+        <v>42905700.0</v>
       </c>
       <c r="AZ36" s="6">
-        <v>40937327.0</v>
+        <v>20769852.0</v>
       </c>
       <c r="BA36" s="6">
-        <v>41116633.0</v>
+        <v>66675287.0</v>
       </c>
       <c r="BB36" s="6">
-        <v>39339990.0</v>
+        <v>40934314.0</v>
       </c>
       <c r="BC36" s="6">
-        <v>38904897.0</v>
+        <v>41115278.0</v>
       </c>
       <c r="BD36" s="6">
-        <v>43607141.0</v>
+        <v>39339888.0</v>
       </c>
       <c r="BE36" s="6">
-        <v>48929269.0</v>
+        <v>38908059.0</v>
       </c>
       <c r="BF36" s="6">
-        <v>41702095.0</v>
+        <v>43608924.0</v>
       </c>
       <c r="BG36" s="6">
-        <v>42019413.0</v>
+        <v>48933239.0</v>
       </c>
       <c r="BH36" s="6">
-        <v>39455500.0</v>
+        <v>41703601.0</v>
       </c>
       <c r="BI36" s="6">
-        <v>39636260.0</v>
+        <v>42022919.0</v>
       </c>
       <c r="BJ36" s="6">
-        <v>19091943.0</v>
+        <v>39458124.0</v>
       </c>
       <c r="BK36" s="6">
+        <v>39638819.0</v>
+      </c>
+      <c r="BL36" s="6">
+        <v>19094756.0</v>
+      </c>
+      <c r="BM36" s="6">
         <v>61662061.0</v>
       </c>
-      <c r="BL36" s="6">
+      <c r="BN36" s="6">
         <v>38806345.0</v>
       </c>
-      <c r="BM36" s="6">
+      <c r="BO36" s="6">
         <v>38247988.0</v>
       </c>
-      <c r="BN36" s="6">
+      <c r="BP36" s="6">
         <v>35843698.0</v>
       </c>
-      <c r="BO36" s="6">
+      <c r="BQ36" s="6">
         <v>36036186.0</v>
       </c>
-      <c r="BP36" s="6">
+      <c r="BR36" s="6">
         <v>40504838.0</v>
       </c>
-      <c r="BQ36" s="6">
+      <c r="BS36" s="6">
         <v>42129842.0</v>
       </c>
-      <c r="BR36" s="6">
+      <c r="BT36" s="6">
         <v>34370196.0</v>
       </c>
-      <c r="BS36" s="6">
+      <c r="BU36" s="6">
         <v>38560013.0</v>
       </c>
-      <c r="BT36" s="6">
+      <c r="BV36" s="6">
         <v>37140921.0</v>
       </c>
-      <c r="BU36" s="6">
+      <c r="BW36" s="6">
         <v>36706529.0</v>
       </c>
-      <c r="BV36" s="6">
+      <c r="BX36" s="6">
         <v>17885334.0</v>
       </c>
-      <c r="BW36" s="6">
+      <c r="BY36" s="6">
         <v>56009362.0</v>
       </c>
-      <c r="BX36" s="6">
+      <c r="BZ36" s="6">
         <v>35055598.0</v>
       </c>
-      <c r="BY36" s="6">
+      <c r="CA36" s="6">
         <v>35687415.0</v>
       </c>
-      <c r="BZ36" s="6">
+      <c r="CB36" s="6">
         <v>32782517.0</v>
       </c>
-      <c r="CA36" s="6">
+      <c r="CC36" s="6">
         <v>33228756.0</v>
       </c>
-      <c r="CB36" s="6">
+      <c r="CD36" s="6">
         <v>37793410.0</v>
       </c>
-      <c r="CC36" s="6">
+      <c r="CE36" s="6">
         <v>41118460.0</v>
       </c>
-      <c r="CD36" s="6">
+      <c r="CF36" s="6">
         <v>35846149.0</v>
       </c>
-      <c r="CE36" s="6">
+      <c r="CG36" s="6">
         <v>36349288.0</v>
       </c>
-      <c r="CF36" s="6">
+      <c r="CH36" s="6">
         <v>33344067.0</v>
       </c>
-      <c r="CG36" s="6">
+      <c r="CI36" s="6">
         <v>33538018.0</v>
       </c>
-      <c r="CH36" s="6">
+      <c r="CJ36" s="6">
         <v>13962520.0</v>
       </c>
     </row>
-    <row r="37" spans="1:86">
+    <row r="37" spans="1:88">
       <c r="C37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D37" s="6">
-        <v>10085641.0</v>
+        <v>4670569.0</v>
       </c>
       <c r="E37" s="6">
-        <v>9967788.0</v>
+        <v>16500979.0</v>
       </c>
       <c r="F37" s="6">
-        <v>9237215.0</v>
+        <v>10102042.0</v>
       </c>
       <c r="G37" s="6">
-        <v>9185503.0</v>
+        <v>9973822.0</v>
       </c>
       <c r="H37" s="6">
-        <v>10119264.0</v>
+        <v>9255571.0</v>
       </c>
       <c r="I37" s="6">
-        <v>11644464.0</v>
+        <v>9200943.0</v>
       </c>
       <c r="J37" s="6">
-        <v>9619155.0</v>
+        <v>10128864.0</v>
       </c>
       <c r="K37" s="6">
-        <v>9754555.0</v>
+        <v>11646301.0</v>
       </c>
       <c r="L37" s="6">
-        <v>8900180.0</v>
+        <v>9634550.0</v>
       </c>
       <c r="M37" s="6">
-        <v>9073261.0</v>
+        <v>9763182.0</v>
       </c>
       <c r="N37" s="6">
-        <v>4161362.0</v>
+        <v>8902810.0</v>
       </c>
       <c r="O37" s="6">
-        <v>14886781.0</v>
+        <v>9077541.0</v>
       </c>
       <c r="P37" s="6">
-        <v>8818365.0</v>
+        <v>4175901.0</v>
       </c>
       <c r="Q37" s="6">
-        <v>8899099.0</v>
+        <v>14891096.0</v>
       </c>
       <c r="R37" s="6">
-        <v>7973445.0</v>
+        <v>8821762.0</v>
       </c>
       <c r="S37" s="6">
-        <v>8151618.0</v>
+        <v>8901848.0</v>
       </c>
       <c r="T37" s="6">
-        <v>8945987.0</v>
+        <v>7979837.0</v>
       </c>
       <c r="U37" s="6">
-        <v>10222626.0</v>
+        <v>8155218.0</v>
       </c>
       <c r="V37" s="6">
-        <v>8618774.0</v>
+        <v>8947854.0</v>
       </c>
       <c r="W37" s="6">
-        <v>8883056.0</v>
+        <v>10226453.0</v>
       </c>
       <c r="X37" s="6">
-        <v>8063892.0</v>
+        <v>8622699.0</v>
       </c>
       <c r="Y37" s="6">
-        <v>8092849.0</v>
+        <v>8887011.0</v>
       </c>
       <c r="Z37" s="6">
-        <v>3751324.0</v>
+        <v>8067234.0</v>
       </c>
       <c r="AA37" s="6">
-        <v>13253167.0</v>
+        <v>8095009.0</v>
       </c>
       <c r="AB37" s="6">
-        <v>8015050.0</v>
+        <v>3752413.0</v>
       </c>
       <c r="AC37" s="6">
-        <v>8008873.0</v>
+        <v>13256372.0</v>
       </c>
       <c r="AD37" s="6">
-        <v>7375011.0</v>
+        <v>8016569.0</v>
       </c>
       <c r="AE37" s="6">
-        <v>7367408.0</v>
+        <v>8009535.0</v>
       </c>
       <c r="AF37" s="6">
-        <v>7972308.0</v>
+        <v>7376027.0</v>
       </c>
       <c r="AG37" s="6">
-        <v>9463183.0</v>
+        <v>7368769.0</v>
       </c>
       <c r="AH37" s="6">
-        <v>7602435.0</v>
+        <v>7971868.0</v>
       </c>
       <c r="AI37" s="6">
-        <v>7741398.0</v>
+        <v>9464657.0</v>
       </c>
       <c r="AJ37" s="6">
-        <v>7220204.0</v>
+        <v>7602639.0</v>
       </c>
       <c r="AK37" s="6">
-        <v>7271965.0</v>
+        <v>7742097.0</v>
       </c>
       <c r="AL37" s="6">
-        <v>3572606.0</v>
+        <v>7220153.0</v>
       </c>
       <c r="AM37" s="6">
-        <v>11928886.0</v>
+        <v>7273037.0</v>
       </c>
       <c r="AN37" s="6">
-        <v>7049066.0</v>
+        <v>3575080.0</v>
       </c>
       <c r="AO37" s="6">
-        <v>7070039.0</v>
+        <v>11928026.0</v>
       </c>
       <c r="AP37" s="6">
-        <v>6780702.0</v>
+        <v>7049618.0</v>
       </c>
       <c r="AQ37" s="6">
-        <v>6557419.0</v>
+        <v>7069997.0</v>
       </c>
       <c r="AR37" s="6">
-        <v>7255261.0</v>
+        <v>6781642.0</v>
       </c>
       <c r="AS37" s="6">
-        <v>8744879.0</v>
+        <v>6558557.0</v>
       </c>
       <c r="AT37" s="6">
-        <v>7296591.0</v>
+        <v>7256323.0</v>
       </c>
       <c r="AU37" s="6">
-        <v>7360437.0</v>
+        <v>8746389.0</v>
       </c>
       <c r="AV37" s="6">
-        <v>6593805.0</v>
+        <v>7297971.0</v>
       </c>
       <c r="AW37" s="6">
-        <v>6837817.0</v>
+        <v>7360529.0</v>
       </c>
       <c r="AX37" s="6">
-        <v>3324444.0</v>
+        <v>6594109.0</v>
       </c>
       <c r="AY37" s="6">
-        <v>10799139.0</v>
+        <v>6838492.0</v>
       </c>
       <c r="AZ37" s="6">
-        <v>6478823.0</v>
+        <v>3324280.0</v>
       </c>
       <c r="BA37" s="6">
-        <v>6496676.0</v>
+        <v>10800612.0</v>
       </c>
       <c r="BB37" s="6">
-        <v>6212410.0</v>
+        <v>6478529.0</v>
       </c>
       <c r="BC37" s="6">
-        <v>6141407.0</v>
+        <v>6496585.0</v>
       </c>
       <c r="BD37" s="6">
-        <v>6767449.0</v>
+        <v>6212538.0</v>
       </c>
       <c r="BE37" s="6">
-        <v>7664326.0</v>
+        <v>6141837.0</v>
       </c>
       <c r="BF37" s="6">
-        <v>6484219.0</v>
+        <v>6767509.0</v>
       </c>
       <c r="BG37" s="6">
-        <v>6524357.0</v>
+        <v>7664850.0</v>
       </c>
       <c r="BH37" s="6">
-        <v>6058271.0</v>
+        <v>6484193.0</v>
       </c>
       <c r="BI37" s="6">
-        <v>6242362.0</v>
+        <v>6524735.0</v>
       </c>
       <c r="BJ37" s="6">
-        <v>3013018.0</v>
+        <v>6058483.0</v>
       </c>
       <c r="BK37" s="6">
+        <v>6242775.0</v>
+      </c>
+      <c r="BL37" s="6">
+        <v>3013534.0</v>
+      </c>
+      <c r="BM37" s="6">
         <v>9681964.0</v>
       </c>
-      <c r="BL37" s="6">
+      <c r="BN37" s="6">
         <v>6009164.0</v>
       </c>
-      <c r="BM37" s="6">
+      <c r="BO37" s="6">
         <v>5942767.0</v>
       </c>
-      <c r="BN37" s="6">
+      <c r="BP37" s="6">
         <v>5424655.0</v>
       </c>
-      <c r="BO37" s="6">
+      <c r="BQ37" s="6">
         <v>5508357.0</v>
       </c>
-      <c r="BP37" s="6">
+      <c r="BR37" s="6">
         <v>6232800.0</v>
       </c>
-      <c r="BQ37" s="6">
+      <c r="BS37" s="6">
         <v>6599787.0</v>
       </c>
-      <c r="BR37" s="6">
+      <c r="BT37" s="6">
         <v>5330069.0</v>
       </c>
-      <c r="BS37" s="6">
+      <c r="BU37" s="6">
         <v>6053269.0</v>
       </c>
-      <c r="BT37" s="6">
+      <c r="BV37" s="6">
         <v>5686603.0</v>
       </c>
-      <c r="BU37" s="6">
+      <c r="BW37" s="6">
         <v>5809370.0</v>
       </c>
-      <c r="BV37" s="6">
+      <c r="BX37" s="6">
         <v>2782763.0</v>
       </c>
-      <c r="BW37" s="6">
+      <c r="BY37" s="6">
         <v>9172489.0</v>
       </c>
-      <c r="BX37" s="6">
+      <c r="BZ37" s="6">
         <v>5668379.0</v>
       </c>
-      <c r="BY37" s="6">
+      <c r="CA37" s="6">
         <v>5711839.0</v>
       </c>
-      <c r="BZ37" s="6">
+      <c r="CB37" s="6">
         <v>5210432.0</v>
       </c>
-      <c r="CA37" s="6">
+      <c r="CC37" s="6">
         <v>5310150.0</v>
       </c>
-      <c r="CB37" s="6">
+      <c r="CD37" s="6">
         <v>6018596.0</v>
       </c>
-      <c r="CC37" s="6">
+      <c r="CE37" s="6">
         <v>6545608.0</v>
       </c>
-      <c r="CD37" s="6">
+      <c r="CF37" s="6">
         <v>5676351.0</v>
       </c>
-      <c r="CE37" s="6">
+      <c r="CG37" s="6">
         <v>5721208.0</v>
       </c>
-      <c r="CF37" s="6">
+      <c r="CH37" s="6">
         <v>5146977.0</v>
       </c>
-      <c r="CG37" s="6">
+      <c r="CI37" s="6">
         <v>5336214.0</v>
       </c>
-      <c r="CH37" s="6">
+      <c r="CJ37" s="6">
         <v>1695988.0</v>
       </c>
     </row>
-    <row r="38" spans="1:86">
+    <row r="38" spans="1:88">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Marijampolės apskritis</t>
           </r>
         </is>
       </c>
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D38" s="6">
-        <v>3622.0</v>
+        <v>3494.0</v>
       </c>
       <c r="E38" s="6">
-        <v>3615.0</v>
+        <v>3929.0</v>
       </c>
       <c r="F38" s="6">
-        <v>3550.0</v>
+        <v>3724.0</v>
       </c>
       <c r="G38" s="6">
+        <v>3680.0</v>
+      </c>
+      <c r="H38" s="6">
+        <v>3578.0</v>
+      </c>
+      <c r="I38" s="6">
+        <v>3589.0</v>
+      </c>
+      <c r="J38" s="6">
+        <v>3574.0</v>
+      </c>
+      <c r="K38" s="6">
+        <v>3563.0</v>
+      </c>
+      <c r="L38" s="6">
+        <v>3553.0</v>
+      </c>
+      <c r="M38" s="6">
+        <v>3549.0</v>
+      </c>
+      <c r="N38" s="6">
+        <v>3522.0</v>
+      </c>
+      <c r="O38" s="6">
+        <v>3517.0</v>
+      </c>
+      <c r="P38" s="6">
+        <v>3539.0</v>
+      </c>
+      <c r="Q38" s="6">
+        <v>3947.0</v>
+      </c>
+      <c r="R38" s="6">
+        <v>3763.0</v>
+      </c>
+      <c r="S38" s="6">
+        <v>3691.0</v>
+      </c>
+      <c r="T38" s="6">
+        <v>3607.0</v>
+      </c>
+      <c r="U38" s="6">
+        <v>3610.0</v>
+      </c>
+      <c r="V38" s="6">
+        <v>3593.0</v>
+      </c>
+      <c r="W38" s="6">
+        <v>3594.0</v>
+      </c>
+      <c r="X38" s="6">
+        <v>3589.0</v>
+      </c>
+      <c r="Y38" s="6">
+        <v>3581.0</v>
+      </c>
+      <c r="Z38" s="6">
+        <v>3573.0</v>
+      </c>
+      <c r="AA38" s="6">
         <v>3568.0</v>
       </c>
-      <c r="H38" s="6">
-[...8 lines deleted...]
-      <c r="K38" s="6">
+      <c r="AB38" s="6">
+        <v>3577.0</v>
+      </c>
+      <c r="AC38" s="6">
+        <v>3973.0</v>
+      </c>
+      <c r="AD38" s="6">
+        <v>3778.0</v>
+      </c>
+      <c r="AE38" s="6">
+        <v>3674.0</v>
+      </c>
+      <c r="AF38" s="6">
+        <v>3609.0</v>
+      </c>
+      <c r="AG38" s="6">
+        <v>3597.0</v>
+      </c>
+      <c r="AH38" s="6">
+        <v>3595.0</v>
+      </c>
+      <c r="AI38" s="6">
+        <v>3585.0</v>
+      </c>
+      <c r="AJ38" s="6">
+        <v>3577.0</v>
+      </c>
+      <c r="AK38" s="6">
+        <v>3554.0</v>
+      </c>
+      <c r="AL38" s="6">
+        <v>3563.0</v>
+      </c>
+      <c r="AM38" s="6">
+        <v>3529.0</v>
+      </c>
+      <c r="AN38" s="6">
+        <v>3538.0</v>
+      </c>
+      <c r="AO38" s="6">
+        <v>3879.0</v>
+      </c>
+      <c r="AP38" s="6">
+        <v>3756.0</v>
+      </c>
+      <c r="AQ38" s="6">
+        <v>3653.0</v>
+      </c>
+      <c r="AR38" s="6">
+        <v>3592.0</v>
+      </c>
+      <c r="AS38" s="6">
+        <v>3597.0</v>
+      </c>
+      <c r="AT38" s="6">
+        <v>3574.0</v>
+      </c>
+      <c r="AU38" s="6">
+        <v>3577.0</v>
+      </c>
+      <c r="AV38" s="6">
+        <v>3568.0</v>
+      </c>
+      <c r="AW38" s="6">
         <v>3536.0</v>
       </c>
-      <c r="L38" s="6">
-[...77 lines deleted...]
-      <c r="AL38" s="6">
+      <c r="AX38" s="6">
         <v>3539.0</v>
       </c>
-      <c r="AM38" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="AY38" s="6">
-        <v>3886.0</v>
+        <v>3544.0</v>
       </c>
       <c r="AZ38" s="6">
+        <v>3551.0</v>
+      </c>
+      <c r="BA38" s="6">
+        <v>3883.0</v>
+      </c>
+      <c r="BB38" s="6">
+        <v>3724.0</v>
+      </c>
+      <c r="BC38" s="6">
+        <v>3623.0</v>
+      </c>
+      <c r="BD38" s="6">
+        <v>3572.0</v>
+      </c>
+      <c r="BE38" s="6">
+        <v>3549.0</v>
+      </c>
+      <c r="BF38" s="6">
+        <v>3531.0</v>
+      </c>
+      <c r="BG38" s="6">
+        <v>3510.0</v>
+      </c>
+      <c r="BH38" s="6">
+        <v>3486.0</v>
+      </c>
+      <c r="BI38" s="6">
+        <v>3453.0</v>
+      </c>
+      <c r="BJ38" s="6">
+        <v>3429.0</v>
+      </c>
+      <c r="BK38" s="6">
+        <v>3383.0</v>
+      </c>
+      <c r="BL38" s="6">
+        <v>3379.0</v>
+      </c>
+      <c r="BM38" s="6">
         <v>3727.0</v>
       </c>
-      <c r="BA38" s="6">
-[...32 lines deleted...]
-      <c r="BL38" s="6">
+      <c r="BN38" s="6">
         <v>3549.0</v>
       </c>
-      <c r="BM38" s="6">
+      <c r="BO38" s="6">
         <v>3484.0</v>
       </c>
-      <c r="BN38" s="6">
+      <c r="BP38" s="6">
         <v>3428.0</v>
       </c>
-      <c r="BO38" s="6">
+      <c r="BQ38" s="6">
         <v>3407.0</v>
       </c>
-      <c r="BP38" s="6">
+      <c r="BR38" s="6">
         <v>3383.0</v>
       </c>
-      <c r="BQ38" s="6">
+      <c r="BS38" s="6">
         <v>3358.0</v>
       </c>
-      <c r="BR38" s="6">
+      <c r="BT38" s="6">
         <v>3344.0</v>
       </c>
-      <c r="BS38" s="6">
+      <c r="BU38" s="6">
         <v>3317.0</v>
       </c>
-      <c r="BT38" s="6">
+      <c r="BV38" s="6">
         <v>3335.0</v>
       </c>
-      <c r="BU38" s="6">
+      <c r="BW38" s="6">
         <v>3331.0</v>
       </c>
-      <c r="BV38" s="6">
+      <c r="BX38" s="6">
         <v>3355.0</v>
       </c>
-      <c r="BW38" s="6">
+      <c r="BY38" s="6">
         <v>3690.0</v>
       </c>
-      <c r="BX38" s="6">
+      <c r="BZ38" s="6">
         <v>3493.0</v>
       </c>
-      <c r="BY38" s="6">
+      <c r="CA38" s="6">
         <v>3432.0</v>
       </c>
-      <c r="BZ38" s="6">
+      <c r="CB38" s="6">
         <v>3379.0</v>
       </c>
-      <c r="CA38" s="6">
+      <c r="CC38" s="6">
         <v>3358.0</v>
       </c>
-      <c r="CB38" s="6">
+      <c r="CD38" s="6">
         <v>3349.0</v>
       </c>
-      <c r="CC38" s="6">
+      <c r="CE38" s="6">
         <v>3330.0</v>
       </c>
-      <c r="CD38" s="6">
+      <c r="CF38" s="6">
         <v>3325.0</v>
       </c>
-      <c r="CE38" s="6">
+      <c r="CG38" s="6">
         <v>3320.0</v>
       </c>
-      <c r="CF38" s="6">
+      <c r="CH38" s="6">
         <v>3294.0</v>
       </c>
-      <c r="CG38" s="6">
+      <c r="CI38" s="6">
         <v>3280.0</v>
       </c>
-      <c r="CH38" s="6">
+      <c r="CJ38" s="6">
         <v>3281.0</v>
       </c>
     </row>
-    <row r="39" spans="1:86">
+    <row r="39" spans="1:88">
       <c r="C39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D39" s="6">
-        <v>70438766.0</v>
+        <v>33805554.0</v>
       </c>
       <c r="E39" s="6">
-        <v>70078305.0</v>
+        <v>112084919.0</v>
       </c>
       <c r="F39" s="6">
-        <v>65375247.0</v>
+        <v>70293555.0</v>
       </c>
       <c r="G39" s="6">
-        <v>64282633.0</v>
+        <v>69904642.0</v>
       </c>
       <c r="H39" s="6">
-        <v>69196580.0</v>
+        <v>65083266.0</v>
       </c>
       <c r="I39" s="6">
-        <v>81948459.0</v>
+        <v>64101230.0</v>
       </c>
       <c r="J39" s="6">
-        <v>67334989.0</v>
+        <v>69072417.0</v>
       </c>
       <c r="K39" s="6">
-        <v>67822879.0</v>
+        <v>80709828.0</v>
       </c>
       <c r="L39" s="6">
-        <v>63936777.0</v>
+        <v>67121406.0</v>
       </c>
       <c r="M39" s="6">
-        <v>64524392.0</v>
+        <v>67791045.0</v>
       </c>
       <c r="N39" s="6">
-        <v>30537693.0</v>
+        <v>63969439.0</v>
       </c>
       <c r="O39" s="6">
-        <v>101887751.0</v>
+        <v>64568194.0</v>
       </c>
       <c r="P39" s="6">
-        <v>63500553.0</v>
+        <v>30404109.0</v>
       </c>
       <c r="Q39" s="6">
-        <v>63900275.0</v>
+        <v>101883588.0</v>
       </c>
       <c r="R39" s="6">
-        <v>58218438.0</v>
+        <v>63496496.0</v>
       </c>
       <c r="S39" s="6">
-        <v>59560778.0</v>
+        <v>63893911.0</v>
       </c>
       <c r="T39" s="6">
-        <v>63183895.0</v>
+        <v>58214120.0</v>
       </c>
       <c r="U39" s="6">
-        <v>72750074.0</v>
+        <v>59557486.0</v>
       </c>
       <c r="V39" s="6">
-        <v>63474712.0</v>
+        <v>63180416.0</v>
       </c>
       <c r="W39" s="6">
-        <v>60423189.0</v>
+        <v>72758446.0</v>
       </c>
       <c r="X39" s="6">
-        <v>59528595.0</v>
+        <v>63487130.0</v>
       </c>
       <c r="Y39" s="6">
-        <v>59108249.0</v>
+        <v>60429486.0</v>
       </c>
       <c r="Z39" s="6">
-        <v>27183734.0</v>
+        <v>59531654.0</v>
       </c>
       <c r="AA39" s="6">
-        <v>92557191.0</v>
+        <v>59111724.0</v>
       </c>
       <c r="AB39" s="6">
-        <v>58292986.0</v>
+        <v>27182809.0</v>
       </c>
       <c r="AC39" s="6">
-        <v>57783172.0</v>
+        <v>92565862.0</v>
       </c>
       <c r="AD39" s="6">
-        <v>53882070.0</v>
+        <v>58296464.0</v>
       </c>
       <c r="AE39" s="6">
-        <v>53101818.0</v>
+        <v>57785293.0</v>
       </c>
       <c r="AF39" s="6">
-        <v>56668993.0</v>
+        <v>53885076.0</v>
       </c>
       <c r="AG39" s="6">
-        <v>66318527.0</v>
+        <v>53104399.0</v>
       </c>
       <c r="AH39" s="6">
-        <v>55166278.0</v>
+        <v>56670447.0</v>
       </c>
       <c r="AI39" s="6">
-        <v>54787086.0</v>
+        <v>66321354.0</v>
       </c>
       <c r="AJ39" s="6">
-        <v>52682383.0</v>
+        <v>55165980.0</v>
       </c>
       <c r="AK39" s="6">
-        <v>52181735.0</v>
+        <v>54789240.0</v>
       </c>
       <c r="AL39" s="6">
-        <v>24487036.0</v>
+        <v>52688042.0</v>
       </c>
       <c r="AM39" s="6">
-        <v>81501676.0</v>
+        <v>52186502.0</v>
       </c>
       <c r="AN39" s="6">
-        <v>49774102.0</v>
+        <v>24485203.0</v>
       </c>
       <c r="AO39" s="6">
-        <v>50301065.0</v>
+        <v>81512810.0</v>
       </c>
       <c r="AP39" s="6">
-        <v>48405771.0</v>
+        <v>49777549.0</v>
       </c>
       <c r="AQ39" s="6">
-        <v>46315566.0</v>
+        <v>50303516.0</v>
       </c>
       <c r="AR39" s="6">
-        <v>51435920.0</v>
+        <v>48408889.0</v>
       </c>
       <c r="AS39" s="6">
-        <v>57715197.0</v>
+        <v>46321699.0</v>
       </c>
       <c r="AT39" s="6">
-        <v>50265304.0</v>
+        <v>51439677.0</v>
       </c>
       <c r="AU39" s="6">
-        <v>49168056.0</v>
+        <v>57719147.0</v>
       </c>
       <c r="AV39" s="6">
-        <v>46847260.0</v>
+        <v>50270062.0</v>
       </c>
       <c r="AW39" s="6">
-        <v>46768882.0</v>
+        <v>49180202.0</v>
       </c>
       <c r="AX39" s="6">
-        <v>21555424.0</v>
+        <v>46849352.0</v>
       </c>
       <c r="AY39" s="6">
-        <v>74448822.0</v>
+        <v>46772018.0</v>
       </c>
       <c r="AZ39" s="6">
-        <v>44681982.0</v>
+        <v>21558566.0</v>
       </c>
       <c r="BA39" s="6">
-        <v>45350330.0</v>
+        <v>74438527.0</v>
       </c>
       <c r="BB39" s="6">
-        <v>42576170.0</v>
+        <v>44676781.0</v>
       </c>
       <c r="BC39" s="6">
-        <v>42867672.0</v>
+        <v>45344959.0</v>
       </c>
       <c r="BD39" s="6">
-        <v>46478551.0</v>
+        <v>42570413.0</v>
       </c>
       <c r="BE39" s="6">
-        <v>51947794.0</v>
+        <v>42863442.0</v>
       </c>
       <c r="BF39" s="6">
-        <v>44539945.0</v>
+        <v>46475106.0</v>
       </c>
       <c r="BG39" s="6">
-        <v>43827258.0</v>
+        <v>51943593.0</v>
       </c>
       <c r="BH39" s="6">
-        <v>42209687.0</v>
+        <v>44533819.0</v>
       </c>
       <c r="BI39" s="6">
-        <v>40788198.0</v>
+        <v>43818166.0</v>
       </c>
       <c r="BJ39" s="6">
-        <v>19317820.0</v>
+        <v>42201816.0</v>
       </c>
       <c r="BK39" s="6">
+        <v>40784076.0</v>
+      </c>
+      <c r="BL39" s="6">
+        <v>19314239.0</v>
+      </c>
+      <c r="BM39" s="6">
         <v>68416447.0</v>
       </c>
-      <c r="BL39" s="6">
+      <c r="BN39" s="6">
         <v>41028940.0</v>
       </c>
-      <c r="BM39" s="6">
+      <c r="BO39" s="6">
         <v>41253471.0</v>
       </c>
-      <c r="BN39" s="6">
+      <c r="BP39" s="6">
         <v>38181468.0</v>
       </c>
-      <c r="BO39" s="6">
+      <c r="BQ39" s="6">
         <v>37829399.0</v>
       </c>
-      <c r="BP39" s="6">
+      <c r="BR39" s="6">
         <v>41911704.0</v>
       </c>
-      <c r="BQ39" s="6">
+      <c r="BS39" s="6">
         <v>44190705.0</v>
       </c>
-      <c r="BR39" s="6">
+      <c r="BT39" s="6">
         <v>36243302.0</v>
       </c>
-      <c r="BS39" s="6">
+      <c r="BU39" s="6">
         <v>38088626.0</v>
       </c>
-      <c r="BT39" s="6">
+      <c r="BV39" s="6">
         <v>38961909.0</v>
       </c>
-      <c r="BU39" s="6">
+      <c r="BW39" s="6">
         <v>38669424.0</v>
       </c>
-      <c r="BV39" s="6">
+      <c r="BX39" s="6">
         <v>18264414.0</v>
       </c>
-      <c r="BW39" s="6">
+      <c r="BY39" s="6">
         <v>59990163.0</v>
       </c>
-      <c r="BX39" s="6">
+      <c r="BZ39" s="6">
         <v>37186777.0</v>
       </c>
-      <c r="BY39" s="6">
+      <c r="CA39" s="6">
         <v>37710786.0</v>
       </c>
-      <c r="BZ39" s="6">
+      <c r="CB39" s="6">
         <v>34701932.0</v>
       </c>
-      <c r="CA39" s="6">
+      <c r="CC39" s="6">
         <v>34687711.0</v>
       </c>
-      <c r="CB39" s="6">
+      <c r="CD39" s="6">
         <v>38291906.0</v>
       </c>
-      <c r="CC39" s="6">
+      <c r="CE39" s="6">
         <v>43429814.0</v>
       </c>
-      <c r="CD39" s="6">
+      <c r="CF39" s="6">
         <v>36971092.0</v>
       </c>
-      <c r="CE39" s="6">
+      <c r="CG39" s="6">
         <v>35922500.0</v>
       </c>
-      <c r="CF39" s="6">
+      <c r="CH39" s="6">
         <v>34865416.0</v>
       </c>
-      <c r="CG39" s="6">
+      <c r="CI39" s="6">
         <v>33864494.0</v>
       </c>
-      <c r="CH39" s="6">
+      <c r="CJ39" s="6">
         <v>14231523.0</v>
       </c>
     </row>
-    <row r="40" spans="1:86">
+    <row r="40" spans="1:88">
       <c r="C40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D40" s="6">
-        <v>11225783.0</v>
+        <v>5146358.0</v>
       </c>
       <c r="E40" s="6">
-        <v>11117723.0</v>
+        <v>18393438.0</v>
       </c>
       <c r="F40" s="6">
-        <v>10277978.0</v>
+        <v>11226164.0</v>
       </c>
       <c r="G40" s="6">
-        <v>10225679.0</v>
+        <v>11125032.0</v>
       </c>
       <c r="H40" s="6">
-        <v>10786667.0</v>
+        <v>10283952.0</v>
       </c>
       <c r="I40" s="6">
-        <v>12983457.0</v>
+        <v>10234343.0</v>
       </c>
       <c r="J40" s="6">
-        <v>10505187.0</v>
+        <v>10776936.0</v>
       </c>
       <c r="K40" s="6">
-        <v>10508243.0</v>
+        <v>12979749.0</v>
       </c>
       <c r="L40" s="6">
-        <v>9780624.0</v>
+        <v>10504294.0</v>
       </c>
       <c r="M40" s="6">
-        <v>10018798.0</v>
+        <v>10508141.0</v>
       </c>
       <c r="N40" s="6">
-        <v>4479023.0</v>
+        <v>9781969.0</v>
       </c>
       <c r="O40" s="6">
-        <v>16399333.0</v>
+        <v>10022852.0</v>
       </c>
       <c r="P40" s="6">
-        <v>9861050.0</v>
+        <v>4458551.0</v>
       </c>
       <c r="Q40" s="6">
-        <v>9861661.0</v>
+        <v>16398692.0</v>
       </c>
       <c r="R40" s="6">
-        <v>8993197.0</v>
+        <v>9860997.0</v>
       </c>
       <c r="S40" s="6">
-        <v>9183531.0</v>
+        <v>9861305.0</v>
       </c>
       <c r="T40" s="6">
-        <v>9525579.0</v>
+        <v>8992990.0</v>
       </c>
       <c r="U40" s="6">
-        <v>11372715.0</v>
+        <v>9183462.0</v>
       </c>
       <c r="V40" s="6">
-        <v>9648068.0</v>
+        <v>9525444.0</v>
       </c>
       <c r="W40" s="6">
-        <v>9151770.0</v>
+        <v>11374953.0</v>
       </c>
       <c r="X40" s="6">
-        <v>8817437.0</v>
+        <v>9651114.0</v>
       </c>
       <c r="Y40" s="6">
-        <v>8819346.0</v>
+        <v>9152795.0</v>
       </c>
       <c r="Z40" s="6">
-        <v>3977448.0</v>
+        <v>8818608.0</v>
       </c>
       <c r="AA40" s="6">
-        <v>14867277.0</v>
+        <v>8820473.0</v>
       </c>
       <c r="AB40" s="6">
-        <v>9108987.0</v>
+        <v>3977404.0</v>
       </c>
       <c r="AC40" s="6">
-        <v>8947011.0</v>
+        <v>14869708.0</v>
       </c>
       <c r="AD40" s="6">
-        <v>8402495.0</v>
+        <v>9110203.0</v>
       </c>
       <c r="AE40" s="6">
-        <v>8162317.0</v>
+        <v>8948107.0</v>
       </c>
       <c r="AF40" s="6">
-        <v>8682957.0</v>
+        <v>8403672.0</v>
       </c>
       <c r="AG40" s="6">
-        <v>10355546.0</v>
+        <v>8163488.0</v>
       </c>
       <c r="AH40" s="6">
-        <v>8316622.0</v>
+        <v>8683940.0</v>
       </c>
       <c r="AI40" s="6">
-        <v>8305910.0</v>
+        <v>10356897.0</v>
       </c>
       <c r="AJ40" s="6">
-        <v>7768313.0</v>
+        <v>8317347.0</v>
       </c>
       <c r="AK40" s="6">
-        <v>7812528.0</v>
+        <v>8307163.0</v>
       </c>
       <c r="AL40" s="6">
-        <v>3542557.0</v>
+        <v>7770171.0</v>
       </c>
       <c r="AM40" s="6">
-        <v>12855004.0</v>
+        <v>7814098.0</v>
       </c>
       <c r="AN40" s="6">
-        <v>7545326.0</v>
+        <v>3542472.0</v>
       </c>
       <c r="AO40" s="6">
-        <v>7705260.0</v>
+        <v>12857991.0</v>
       </c>
       <c r="AP40" s="6">
-        <v>7379441.0</v>
+        <v>7546655.0</v>
       </c>
       <c r="AQ40" s="6">
-        <v>7029355.0</v>
+        <v>7706207.0</v>
       </c>
       <c r="AR40" s="6">
-        <v>7791985.0</v>
+        <v>7380633.0</v>
       </c>
       <c r="AS40" s="6">
-        <v>8902626.0</v>
+        <v>7030931.0</v>
       </c>
       <c r="AT40" s="6">
-        <v>7793797.0</v>
+        <v>7793157.0</v>
       </c>
       <c r="AU40" s="6">
-        <v>7585341.0</v>
+        <v>8903951.0</v>
       </c>
       <c r="AV40" s="6">
-        <v>7102367.0</v>
+        <v>7795199.0</v>
       </c>
       <c r="AW40" s="6">
-        <v>7151188.0</v>
+        <v>7586269.0</v>
       </c>
       <c r="AX40" s="6">
-        <v>3207768.0</v>
+        <v>7105318.0</v>
       </c>
       <c r="AY40" s="6">
-        <v>12079279.0</v>
+        <v>7152241.0</v>
       </c>
       <c r="AZ40" s="6">
-        <v>6936757.0</v>
+        <v>3208561.0</v>
       </c>
       <c r="BA40" s="6">
-        <v>7051967.0</v>
+        <v>12078295.0</v>
       </c>
       <c r="BB40" s="6">
-        <v>6528627.0</v>
+        <v>6936252.0</v>
       </c>
       <c r="BC40" s="6">
-        <v>6660068.0</v>
+        <v>7051454.0</v>
       </c>
       <c r="BD40" s="6">
-        <v>7136396.0</v>
+        <v>6527889.0</v>
       </c>
       <c r="BE40" s="6">
-        <v>7948491.0</v>
+        <v>6659666.0</v>
       </c>
       <c r="BF40" s="6">
-        <v>6774968.0</v>
+        <v>7136075.0</v>
       </c>
       <c r="BG40" s="6">
-        <v>6697431.0</v>
+        <v>7948111.0</v>
       </c>
       <c r="BH40" s="6">
-        <v>6320196.0</v>
+        <v>6774137.0</v>
       </c>
       <c r="BI40" s="6">
-        <v>6187475.0</v>
+        <v>6696170.0</v>
       </c>
       <c r="BJ40" s="6">
-        <v>2725774.0</v>
+        <v>6319180.0</v>
       </c>
       <c r="BK40" s="6">
+        <v>6187169.0</v>
+      </c>
+      <c r="BL40" s="6">
+        <v>2725501.0</v>
+      </c>
+      <c r="BM40" s="6">
         <v>10749539.0</v>
       </c>
-      <c r="BL40" s="6">
+      <c r="BN40" s="6">
         <v>6213489.0</v>
       </c>
-      <c r="BM40" s="6">
+      <c r="BO40" s="6">
         <v>6209917.0</v>
       </c>
-      <c r="BN40" s="6">
+      <c r="BP40" s="6">
         <v>5653315.0</v>
       </c>
-      <c r="BO40" s="6">
+      <c r="BQ40" s="6">
         <v>5677426.0</v>
       </c>
-      <c r="BP40" s="6">
+      <c r="BR40" s="6">
         <v>6306345.0</v>
       </c>
-      <c r="BQ40" s="6">
+      <c r="BS40" s="6">
         <v>6780183.0</v>
       </c>
-      <c r="BR40" s="6">
+      <c r="BT40" s="6">
         <v>5495744.0</v>
       </c>
-      <c r="BS40" s="6">
+      <c r="BU40" s="6">
         <v>5752436.0</v>
       </c>
-      <c r="BT40" s="6">
+      <c r="BV40" s="6">
         <v>5887838.0</v>
       </c>
-      <c r="BU40" s="6">
+      <c r="BW40" s="6">
         <v>5932764.0</v>
       </c>
-      <c r="BV40" s="6">
+      <c r="BX40" s="6">
         <v>2680216.0</v>
       </c>
-      <c r="BW40" s="6">
+      <c r="BY40" s="6">
         <v>9787823.0</v>
       </c>
-      <c r="BX40" s="6">
+      <c r="BZ40" s="6">
         <v>5902110.0</v>
       </c>
-      <c r="BY40" s="6">
+      <c r="CA40" s="6">
         <v>5968370.0</v>
       </c>
-      <c r="BZ40" s="6">
+      <c r="CB40" s="6">
         <v>5485955.0</v>
       </c>
-      <c r="CA40" s="6">
+      <c r="CC40" s="6">
         <v>5530201.0</v>
       </c>
-      <c r="CB40" s="6">
+      <c r="CD40" s="6">
         <v>5814651.0</v>
       </c>
-      <c r="CC40" s="6">
+      <c r="CE40" s="6">
         <v>6886508.0</v>
       </c>
-      <c r="CD40" s="6">
+      <c r="CF40" s="6">
         <v>5770882.0</v>
       </c>
-      <c r="CE40" s="6">
+      <c r="CG40" s="6">
         <v>5540761.0</v>
       </c>
-      <c r="CF40" s="6">
+      <c r="CH40" s="6">
         <v>5342165.0</v>
       </c>
-      <c r="CG40" s="6">
+      <c r="CI40" s="6">
         <v>5226538.0</v>
       </c>
-      <c r="CH40" s="6">
+      <c r="CJ40" s="6">
         <v>1598687.0</v>
       </c>
     </row>
-    <row r="41" spans="1:86">
+    <row r="41" spans="1:88">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Tauragės apskritis</t>
           </r>
         </is>
       </c>
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa apskritis</t>
           </r>
         </is>
       </c>
       <c r="C41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">MM skaičius</t>
           </r>
         </is>
       </c>
       <c r="D41" s="6">
-        <v>2577.0</v>
+        <v>2505.0</v>
       </c>
       <c r="E41" s="6">
-        <v>2581.0</v>
+        <v>2685.0</v>
       </c>
       <c r="F41" s="6">
-        <v>2576.0</v>
+        <v>2609.0</v>
       </c>
       <c r="G41" s="6">
-        <v>2576.0</v>
+        <v>2606.0</v>
       </c>
       <c r="H41" s="6">
-        <v>2569.0</v>
+        <v>2590.0</v>
       </c>
       <c r="I41" s="6">
+        <v>2585.0</v>
+      </c>
+      <c r="J41" s="6">
+        <v>2579.0</v>
+      </c>
+      <c r="K41" s="6">
+        <v>2572.0</v>
+      </c>
+      <c r="L41" s="6">
+        <v>2568.0</v>
+      </c>
+      <c r="M41" s="6">
+        <v>2570.0</v>
+      </c>
+      <c r="N41" s="6">
+        <v>2555.0</v>
+      </c>
+      <c r="O41" s="6">
+        <v>2557.0</v>
+      </c>
+      <c r="P41" s="6">
         <v>2565.0</v>
       </c>
-      <c r="J41" s="6">
-[...19 lines deleted...]
-      </c>
       <c r="Q41" s="6">
-        <v>2608.0</v>
+        <v>2689.0</v>
       </c>
       <c r="R41" s="6">
-        <v>2591.0</v>
+        <v>2620.0</v>
       </c>
       <c r="S41" s="6">
-        <v>2604.0</v>
+        <v>2605.0</v>
       </c>
       <c r="T41" s="6">
-        <v>2609.0</v>
+        <v>2587.0</v>
       </c>
       <c r="U41" s="6">
-        <v>2605.0</v>
+        <v>2601.0</v>
       </c>
       <c r="V41" s="6">
-        <v>2588.0</v>
+        <v>2606.0</v>
       </c>
       <c r="W41" s="6">
-        <v>2585.0</v>
+        <v>2602.0</v>
       </c>
       <c r="X41" s="6">
-        <v>2558.0</v>
+        <v>2586.0</v>
       </c>
       <c r="Y41" s="6">
-        <v>2549.0</v>
+        <v>2582.0</v>
       </c>
       <c r="Z41" s="6">
         <v>2555.0</v>
       </c>
       <c r="AA41" s="6">
-        <v>2703.0</v>
+        <v>2546.0</v>
       </c>
       <c r="AB41" s="6">
-        <v>2612.0</v>
+        <v>2552.0</v>
       </c>
       <c r="AC41" s="6">
+        <v>2701.0</v>
+      </c>
+      <c r="AD41" s="6">
+        <v>2610.0</v>
+      </c>
+      <c r="AE41" s="6">
+        <v>2590.0</v>
+      </c>
+      <c r="AF41" s="6">
+        <v>2584.0</v>
+      </c>
+      <c r="AG41" s="6">
+        <v>2591.0</v>
+      </c>
+      <c r="AH41" s="6">
+        <v>2583.0</v>
+      </c>
+      <c r="AI41" s="6">
         <v>2592.0</v>
       </c>
-      <c r="AD41" s="6">
-[...5 lines deleted...]
-      <c r="AF41" s="6">
+      <c r="AJ41" s="6">
+        <v>2576.0</v>
+      </c>
+      <c r="AK41" s="6">
+        <v>2575.0</v>
+      </c>
+      <c r="AL41" s="6">
+        <v>2558.0</v>
+      </c>
+      <c r="AM41" s="6">
+        <v>2560.0</v>
+      </c>
+      <c r="AN41" s="6">
+        <v>2565.0</v>
+      </c>
+      <c r="AO41" s="6">
+        <v>2670.0</v>
+      </c>
+      <c r="AP41" s="6">
+        <v>2606.0</v>
+      </c>
+      <c r="AQ41" s="6">
+        <v>2600.0</v>
+      </c>
+      <c r="AR41" s="6">
+        <v>2595.0</v>
+      </c>
+      <c r="AS41" s="6">
+        <v>2586.0</v>
+      </c>
+      <c r="AT41" s="6">
+        <v>2581.0</v>
+      </c>
+      <c r="AU41" s="6">
+        <v>2591.0</v>
+      </c>
+      <c r="AV41" s="6">
+        <v>2573.0</v>
+      </c>
+      <c r="AW41" s="6">
+        <v>2571.0</v>
+      </c>
+      <c r="AX41" s="6">
+        <v>2555.0</v>
+      </c>
+      <c r="AY41" s="6">
+        <v>2556.0</v>
+      </c>
+      <c r="AZ41" s="6">
+        <v>2559.0</v>
+      </c>
+      <c r="BA41" s="6">
+        <v>2674.0</v>
+      </c>
+      <c r="BB41" s="6">
+        <v>2614.0</v>
+      </c>
+      <c r="BC41" s="6">
+        <v>2589.0</v>
+      </c>
+      <c r="BD41" s="6">
+        <v>2593.0</v>
+      </c>
+      <c r="BE41" s="6">
+        <v>2583.0</v>
+      </c>
+      <c r="BF41" s="6">
+        <v>2561.0</v>
+      </c>
+      <c r="BG41" s="6">
+        <v>2552.0</v>
+      </c>
+      <c r="BH41" s="6">
+        <v>2511.0</v>
+      </c>
+      <c r="BI41" s="6">
+        <v>2494.0</v>
+      </c>
+      <c r="BJ41" s="6">
+        <v>2487.0</v>
+      </c>
+      <c r="BK41" s="6">
+        <v>2456.0</v>
+      </c>
+      <c r="BL41" s="6">
+        <v>2463.0</v>
+      </c>
+      <c r="BM41" s="6">
         <v>2585.0</v>
       </c>
-      <c r="AG41" s="6">
-[...92 lines deleted...]
-      <c r="BL41" s="6">
+      <c r="BN41" s="6">
         <v>2531.0</v>
       </c>
-      <c r="BM41" s="6">
+      <c r="BO41" s="6">
         <v>2527.0</v>
       </c>
-      <c r="BN41" s="6">
+      <c r="BP41" s="6">
         <v>2484.0</v>
       </c>
-      <c r="BO41" s="6">
+      <c r="BQ41" s="6">
         <v>2494.0</v>
       </c>
-      <c r="BP41" s="6">
+      <c r="BR41" s="6">
         <v>2480.0</v>
       </c>
-      <c r="BQ41" s="6">
+      <c r="BS41" s="6">
         <v>2465.0</v>
       </c>
-      <c r="BR41" s="6">
+      <c r="BT41" s="6">
         <v>2440.0</v>
       </c>
-      <c r="BS41" s="6">
+      <c r="BU41" s="6">
         <v>2445.0</v>
       </c>
-      <c r="BT41" s="6">
+      <c r="BV41" s="6">
         <v>2462.0</v>
       </c>
-      <c r="BU41" s="6">
+      <c r="BW41" s="6">
         <v>2469.0</v>
       </c>
-      <c r="BV41" s="6">
+      <c r="BX41" s="6">
         <v>2483.0</v>
       </c>
-      <c r="BW41" s="6">
+      <c r="BY41" s="6">
         <v>2604.0</v>
       </c>
-      <c r="BX41" s="6">
+      <c r="BZ41" s="6">
         <v>2529.0</v>
       </c>
-      <c r="BY41" s="6">
+      <c r="CA41" s="6">
         <v>2519.0</v>
       </c>
-      <c r="BZ41" s="6">
+      <c r="CB41" s="6">
         <v>2499.0</v>
       </c>
-      <c r="CA41" s="6">
+      <c r="CC41" s="6">
         <v>2505.0</v>
       </c>
-      <c r="CB41" s="6">
+      <c r="CD41" s="6">
         <v>2498.0</v>
       </c>
-      <c r="CC41" s="6">
+      <c r="CE41" s="6">
         <v>2492.0</v>
       </c>
-      <c r="CD41" s="6">
+      <c r="CF41" s="6">
         <v>2485.0</v>
       </c>
-      <c r="CE41" s="6">
+      <c r="CG41" s="6">
         <v>2472.0</v>
       </c>
-      <c r="CF41" s="6">
+      <c r="CH41" s="6">
         <v>2460.0</v>
       </c>
-      <c r="CG41" s="6">
+      <c r="CI41" s="6">
         <v>2441.0</v>
       </c>
-      <c r="CH41" s="6">
+      <c r="CJ41" s="6">
         <v>2439.0</v>
       </c>
     </row>
-    <row r="42" spans="1:86">
+    <row r="42" spans="1:88">
       <c r="C42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Su darbo santykiais susijusios išmokos</t>
           </r>
         </is>
       </c>
       <c r="D42" s="6">
-        <v>48694011.0</v>
+        <v>33863438.0</v>
       </c>
       <c r="E42" s="6">
-        <v>49706724.0</v>
+        <v>74531781.0</v>
       </c>
       <c r="F42" s="6">
-        <v>45925113.0</v>
+        <v>48146682.0</v>
       </c>
       <c r="G42" s="6">
-        <v>46226549.0</v>
+        <v>49710663.0</v>
       </c>
       <c r="H42" s="6">
-        <v>49747518.0</v>
+        <v>45923151.0</v>
       </c>
       <c r="I42" s="6">
-        <v>57827373.0</v>
+        <v>46179212.0</v>
       </c>
       <c r="J42" s="6">
-        <v>47819393.0</v>
+        <v>49568670.0</v>
       </c>
       <c r="K42" s="6">
-        <v>47024771.0</v>
+        <v>55332482.0</v>
       </c>
       <c r="L42" s="6">
-        <v>45777720.0</v>
+        <v>47832666.0</v>
       </c>
       <c r="M42" s="6">
-        <v>44056014.0</v>
+        <v>46761175.0</v>
       </c>
       <c r="N42" s="6">
-        <v>23676380.0</v>
+        <v>45775878.0</v>
       </c>
       <c r="O42" s="6">
-        <v>65031988.0</v>
+        <v>44106831.0</v>
       </c>
       <c r="P42" s="6">
-        <v>43068689.0</v>
+        <v>23695981.0</v>
       </c>
       <c r="Q42" s="6">
-        <v>45750941.0</v>
+        <v>64986312.0</v>
       </c>
       <c r="R42" s="6">
-        <v>41216874.0</v>
+        <v>43047965.0</v>
       </c>
       <c r="S42" s="6">
-        <v>40005494.0</v>
+        <v>45734047.0</v>
       </c>
       <c r="T42" s="6">
-        <v>44793116.0</v>
+        <v>41196016.0</v>
       </c>
       <c r="U42" s="6">
-        <v>48473705.0</v>
+        <v>39988830.0</v>
       </c>
       <c r="V42" s="6">
-        <v>42144873.0</v>
+        <v>44774804.0</v>
       </c>
       <c r="W42" s="6">
-        <v>42779480.0</v>
+        <v>48456658.0</v>
       </c>
       <c r="X42" s="6">
-        <v>40786302.0</v>
+        <v>42127051.0</v>
       </c>
       <c r="Y42" s="6">
-        <v>39084257.0</v>
+        <v>42761676.0</v>
       </c>
       <c r="Z42" s="6">
-        <v>20237108.0</v>
+        <v>40766855.0</v>
       </c>
       <c r="AA42" s="6">
-        <v>56375357.0</v>
+        <v>39063379.0</v>
       </c>
       <c r="AB42" s="6">
-        <v>37967077.0</v>
+        <v>20226809.0</v>
       </c>
       <c r="AC42" s="6">
-        <v>37921630.0</v>
+        <v>56341531.0</v>
       </c>
       <c r="AD42" s="6">
-        <v>35622916.0</v>
+        <v>37949018.0</v>
       </c>
       <c r="AE42" s="6">
-        <v>35199537.0</v>
+        <v>37906346.0</v>
       </c>
       <c r="AF42" s="6">
-        <v>38657330.0</v>
+        <v>35612098.0</v>
       </c>
       <c r="AG42" s="6">
-        <v>42837618.0</v>
+        <v>35170336.0</v>
       </c>
       <c r="AH42" s="6">
-        <v>36150198.0</v>
+        <v>38639443.0</v>
       </c>
       <c r="AI42" s="6">
-        <v>36098392.0</v>
+        <v>42815544.0</v>
       </c>
       <c r="AJ42" s="6">
-        <v>34447383.0</v>
+        <v>36126520.0</v>
       </c>
       <c r="AK42" s="6">
-        <v>33773217.0</v>
+        <v>36071044.0</v>
       </c>
       <c r="AL42" s="6">
-        <v>16857584.0</v>
+        <v>34423822.0</v>
       </c>
       <c r="AM42" s="6">
-        <v>49166542.0</v>
+        <v>33749934.0</v>
       </c>
       <c r="AN42" s="6">
-        <v>31789576.0</v>
+        <v>16849916.0</v>
       </c>
       <c r="AO42" s="6">
-        <v>32360511.0</v>
+        <v>49132101.0</v>
       </c>
       <c r="AP42" s="6">
-        <v>29528906.0</v>
+        <v>31765441.0</v>
       </c>
       <c r="AQ42" s="6">
-        <v>28392204.0</v>
+        <v>32335988.0</v>
       </c>
       <c r="AR42" s="6">
-        <v>31935416.0</v>
+        <v>29503885.0</v>
       </c>
       <c r="AS42" s="6">
-        <v>34474512.0</v>
+        <v>28352671.0</v>
       </c>
       <c r="AT42" s="6">
-        <v>30132625.0</v>
+        <v>31916676.0</v>
       </c>
       <c r="AU42" s="6">
-        <v>29905800.0</v>
+        <v>34449294.0</v>
       </c>
       <c r="AV42" s="6">
-        <v>28974680.0</v>
+        <v>30105718.0</v>
       </c>
       <c r="AW42" s="6">
-        <v>28669594.0</v>
+        <v>29879785.0</v>
       </c>
       <c r="AX42" s="6">
-        <v>13535771.0</v>
+        <v>28951350.0</v>
       </c>
       <c r="AY42" s="6">
-        <v>42948503.0</v>
+        <v>28642143.0</v>
       </c>
       <c r="AZ42" s="6">
-        <v>27699199.0</v>
+        <v>13515370.0</v>
       </c>
       <c r="BA42" s="6">
-        <v>28010393.0</v>
+        <v>42947121.0</v>
       </c>
       <c r="BB42" s="6">
-        <v>25663492.0</v>
+        <v>27698799.0</v>
       </c>
       <c r="BC42" s="6">
-        <v>24673031.0</v>
+        <v>28009743.0</v>
       </c>
       <c r="BD42" s="6">
-        <v>28617447.0</v>
+        <v>25662842.0</v>
       </c>
       <c r="BE42" s="6">
-        <v>30888259.0</v>
+        <v>24672381.0</v>
       </c>
       <c r="BF42" s="6">
-        <v>26340443.0</v>
+        <v>28616797.0</v>
       </c>
       <c r="BG42" s="6">
+        <v>30887609.0</v>
+      </c>
+      <c r="BH42" s="6">
+        <v>26340071.0</v>
+      </c>
+      <c r="BI42" s="6">
         <v>26466997.0</v>
       </c>
-      <c r="BH42" s="6">
+      <c r="BJ42" s="6">
         <v>25799576.0</v>
       </c>
-      <c r="BI42" s="6">
+      <c r="BK42" s="6">
         <v>25241230.0</v>
       </c>
-      <c r="BJ42" s="6">
+      <c r="BL42" s="6">
         <v>12105856.0</v>
       </c>
-      <c r="BK42" s="6">
+      <c r="BM42" s="6">
         <v>38358675.0</v>
       </c>
-      <c r="BL42" s="6">
+      <c r="BN42" s="6">
         <v>25442856.0</v>
       </c>
-      <c r="BM42" s="6">
+      <c r="BO42" s="6">
         <v>24718006.0</v>
       </c>
-      <c r="BN42" s="6">
+      <c r="BP42" s="6">
         <v>22640428.0</v>
       </c>
-      <c r="BO42" s="6">
+      <c r="BQ42" s="6">
         <v>22815937.0</v>
       </c>
-      <c r="BP42" s="6">
+      <c r="BR42" s="6">
         <v>25478884.0</v>
       </c>
-      <c r="BQ42" s="6">
+      <c r="BS42" s="6">
         <v>25745979.0</v>
       </c>
-      <c r="BR42" s="6">
+      <c r="BT42" s="6">
         <v>21327389.0</v>
       </c>
-      <c r="BS42" s="6">
+      <c r="BU42" s="6">
         <v>22126519.0</v>
       </c>
-      <c r="BT42" s="6">
+      <c r="BV42" s="6">
         <v>23458154.0</v>
       </c>
-      <c r="BU42" s="6">
+      <c r="BW42" s="6">
         <v>23003961.0</v>
       </c>
-      <c r="BV42" s="6">
+      <c r="BX42" s="6">
         <v>9931470.0</v>
       </c>
-      <c r="BW42" s="6">
+      <c r="BY42" s="6">
         <v>35879020.0</v>
       </c>
-      <c r="BX42" s="6">
+      <c r="BZ42" s="6">
         <v>21956815.0</v>
       </c>
-      <c r="BY42" s="6">
+      <c r="CA42" s="6">
         <v>22024288.0</v>
       </c>
-      <c r="BZ42" s="6">
+      <c r="CB42" s="6">
         <v>20694994.0</v>
       </c>
-      <c r="CA42" s="6">
+      <c r="CC42" s="6">
         <v>20288974.0</v>
       </c>
-      <c r="CB42" s="6">
+      <c r="CD42" s="6">
         <v>23052423.0</v>
       </c>
-      <c r="CC42" s="6">
+      <c r="CE42" s="6">
         <v>25672607.0</v>
       </c>
-      <c r="CD42" s="6">
+      <c r="CF42" s="6">
         <v>22106217.0</v>
       </c>
-      <c r="CE42" s="6">
+      <c r="CG42" s="6">
         <v>21728475.0</v>
       </c>
-      <c r="CF42" s="6">
+      <c r="CH42" s="6">
         <v>20890805.0</v>
       </c>
-      <c r="CG42" s="6">
+      <c r="CI42" s="6">
         <v>20591854.0</v>
       </c>
-      <c r="CH42" s="6">
+      <c r="CJ42" s="6">
         <v>7188764.0</v>
       </c>
     </row>
-    <row r="43" spans="1:86">
+    <row r="43" spans="1:88">
       <c r="C43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">GPM nuo išmokų, susijusių su darbo santykiais</t>
           </r>
         </is>
       </c>
       <c r="D43" s="6">
-        <v>8029186.0</v>
+        <v>4713240.0</v>
       </c>
       <c r="E43" s="6">
-        <v>8314948.0</v>
+        <v>12559028.0</v>
       </c>
       <c r="F43" s="6">
-        <v>7615638.0</v>
+        <v>8036260.0</v>
       </c>
       <c r="G43" s="6">
-        <v>7729493.0</v>
+        <v>8314916.0</v>
       </c>
       <c r="H43" s="6">
-        <v>8178662.0</v>
+        <v>7616693.0</v>
       </c>
       <c r="I43" s="6">
-        <v>9151095.0</v>
+        <v>7720673.0</v>
       </c>
       <c r="J43" s="6">
-        <v>7824812.0</v>
+        <v>8174766.0</v>
       </c>
       <c r="K43" s="6">
-        <v>7660909.0</v>
+        <v>9151822.0</v>
       </c>
       <c r="L43" s="6">
-        <v>7348618.0</v>
+        <v>7830535.0</v>
       </c>
       <c r="M43" s="6">
-        <v>7091862.0</v>
+        <v>7602770.0</v>
       </c>
       <c r="N43" s="6">
-        <v>3980056.0</v>
+        <v>7348484.0</v>
       </c>
       <c r="O43" s="6">
-        <v>10628337.0</v>
+        <v>7098812.0</v>
       </c>
       <c r="P43" s="6">
-        <v>7032924.0</v>
+        <v>3976489.0</v>
       </c>
       <c r="Q43" s="6">
-        <v>7456935.0</v>
+        <v>10622312.0</v>
       </c>
       <c r="R43" s="6">
-        <v>6601015.0</v>
+        <v>7030254.0</v>
       </c>
       <c r="S43" s="6">
-        <v>6428868.0</v>
+        <v>7454579.0</v>
       </c>
       <c r="T43" s="6">
-        <v>7205088.0</v>
+        <v>6598242.0</v>
       </c>
       <c r="U43" s="6">
-        <v>7795304.0</v>
+        <v>6426321.0</v>
       </c>
       <c r="V43" s="6">
-        <v>6644490.0</v>
+        <v>7202576.0</v>
       </c>
       <c r="W43" s="6">
-        <v>6913775.0</v>
+        <v>7792972.0</v>
       </c>
       <c r="X43" s="6">
-        <v>6328045.0</v>
+        <v>6641935.0</v>
       </c>
       <c r="Y43" s="6">
-        <v>6044185.0</v>
+        <v>6911532.0</v>
       </c>
       <c r="Z43" s="6">
-        <v>3268589.0</v>
+        <v>6325773.0</v>
       </c>
       <c r="AA43" s="6">
-        <v>9140954.0</v>
+        <v>6041694.0</v>
       </c>
       <c r="AB43" s="6">
-        <v>6046769.0</v>
+        <v>3266790.0</v>
       </c>
       <c r="AC43" s="6">
-        <v>6069062.0</v>
+        <v>9137015.0</v>
       </c>
       <c r="AD43" s="6">
-        <v>5804968.0</v>
+        <v>6044397.0</v>
       </c>
       <c r="AE43" s="6">
-        <v>5593762.0</v>
+        <v>6067116.0</v>
       </c>
       <c r="AF43" s="6">
-        <v>6086564.0</v>
+        <v>5803936.0</v>
       </c>
       <c r="AG43" s="6">
-        <v>6814185.0</v>
+        <v>5589536.0</v>
       </c>
       <c r="AH43" s="6">
-        <v>5608061.0</v>
+        <v>6084237.0</v>
       </c>
       <c r="AI43" s="6">
-        <v>5629306.0</v>
+        <v>6811304.0</v>
       </c>
       <c r="AJ43" s="6">
-        <v>5228243.0</v>
+        <v>5605226.0</v>
       </c>
       <c r="AK43" s="6">
-        <v>5130376.0</v>
+        <v>5625676.0</v>
       </c>
       <c r="AL43" s="6">
-        <v>2626419.0</v>
+        <v>5224981.0</v>
       </c>
       <c r="AM43" s="6">
-        <v>7787286.0</v>
+        <v>5126924.0</v>
       </c>
       <c r="AN43" s="6">
-        <v>4892639.0</v>
+        <v>2625261.0</v>
       </c>
       <c r="AO43" s="6">
-        <v>4983060.0</v>
+        <v>7781263.0</v>
       </c>
       <c r="AP43" s="6">
-        <v>4500696.0</v>
+        <v>4888158.0</v>
       </c>
       <c r="AQ43" s="6">
-        <v>4249073.0</v>
+        <v>4979684.0</v>
       </c>
       <c r="AR43" s="6">
-        <v>4909476.0</v>
+        <v>4497022.0</v>
       </c>
       <c r="AS43" s="6">
-        <v>5324249.0</v>
+        <v>4242560.0</v>
       </c>
       <c r="AT43" s="6">
-        <v>4680807.0</v>
+        <v>4906305.0</v>
       </c>
       <c r="AU43" s="6">
-        <v>4677740.0</v>
+        <v>5320171.0</v>
       </c>
       <c r="AV43" s="6">
-        <v>4429137.0</v>
+        <v>4676205.0</v>
       </c>
       <c r="AW43" s="6">
-        <v>4420031.0</v>
+        <v>4673642.0</v>
       </c>
       <c r="AX43" s="6">
-        <v>2158847.0</v>
+        <v>4425404.0</v>
       </c>
       <c r="AY43" s="6">
-        <v>6847432.0</v>
+        <v>4415023.0</v>
       </c>
       <c r="AZ43" s="6">
+        <v>2155252.0</v>
+      </c>
+      <c r="BA43" s="6">
+        <v>6847315.0</v>
+      </c>
+      <c r="BB43" s="6">
         <v>4308325.0</v>
       </c>
-      <c r="BA43" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="BC43" s="6">
-        <v>3792047.0</v>
+        <v>4318376.0</v>
       </c>
       <c r="BD43" s="6">
-        <v>4325256.0</v>
+        <v>3987126.0</v>
       </c>
       <c r="BE43" s="6">
-        <v>4828404.0</v>
+        <v>3791997.0</v>
       </c>
       <c r="BF43" s="6">
+        <v>4325206.0</v>
+      </c>
+      <c r="BG43" s="6">
+        <v>4828353.0</v>
+      </c>
+      <c r="BH43" s="6">
         <v>3989485.0</v>
       </c>
-      <c r="BG43" s="6">
+      <c r="BI43" s="6">
         <v>4053761.0</v>
       </c>
-      <c r="BH43" s="6">
+      <c r="BJ43" s="6">
         <v>3884583.0</v>
       </c>
-      <c r="BI43" s="6">
+      <c r="BK43" s="6">
         <v>3798715.0</v>
       </c>
-      <c r="BJ43" s="6">
+      <c r="BL43" s="6">
         <v>1841813.0</v>
       </c>
-      <c r="BK43" s="6">
+      <c r="BM43" s="6">
         <v>5847588.0</v>
       </c>
-      <c r="BL43" s="6">
+      <c r="BN43" s="6">
         <v>3785440.0</v>
       </c>
-      <c r="BM43" s="6">
+      <c r="BO43" s="6">
         <v>3684806.0</v>
       </c>
-      <c r="BN43" s="6">
+      <c r="BP43" s="6">
         <v>3352439.0</v>
       </c>
-      <c r="BO43" s="6">
+      <c r="BQ43" s="6">
         <v>3347636.0</v>
       </c>
-      <c r="BP43" s="6">
+      <c r="BR43" s="6">
         <v>3838745.0</v>
       </c>
-      <c r="BQ43" s="6">
+      <c r="BS43" s="6">
         <v>3940428.0</v>
       </c>
-      <c r="BR43" s="6">
+      <c r="BT43" s="6">
         <v>3210994.0</v>
       </c>
-      <c r="BS43" s="6">
+      <c r="BU43" s="6">
         <v>3282076.0</v>
       </c>
-      <c r="BT43" s="6">
+      <c r="BV43" s="6">
         <v>3506618.0</v>
       </c>
-      <c r="BU43" s="6">
+      <c r="BW43" s="6">
         <v>3445294.0</v>
       </c>
-      <c r="BV43" s="6">
+      <c r="BX43" s="6">
         <v>1475633.0</v>
       </c>
-      <c r="BW43" s="6">
+      <c r="BY43" s="6">
         <v>5675970.0</v>
       </c>
-      <c r="BX43" s="6">
+      <c r="BZ43" s="6">
         <v>3395146.0</v>
       </c>
-      <c r="BY43" s="6">
+      <c r="CA43" s="6">
         <v>3396909.0</v>
       </c>
-      <c r="BZ43" s="6">
+      <c r="CB43" s="6">
         <v>3210654.0</v>
       </c>
-      <c r="CA43" s="6">
+      <c r="CC43" s="6">
         <v>3122613.0</v>
       </c>
-      <c r="CB43" s="6">
+      <c r="CD43" s="6">
         <v>3534659.0</v>
       </c>
-      <c r="CC43" s="6">
+      <c r="CE43" s="6">
         <v>4000496.0</v>
       </c>
-      <c r="CD43" s="6">
+      <c r="CF43" s="6">
         <v>3376731.0</v>
       </c>
-      <c r="CE43" s="6">
+      <c r="CG43" s="6">
         <v>3334344.0</v>
       </c>
-      <c r="CF43" s="6">
+      <c r="CH43" s="6">
         <v>3138456.0</v>
       </c>
-      <c r="CG43" s="6">
+      <c r="CI43" s="6">
         <v>3105683.0</v>
       </c>
-      <c r="CH43" s="6">
+      <c r="CJ43" s="6">
         <v>857595.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A2:CH2"/>
-[...2 lines deleted...]
-    <mergeCell ref="B8:CH8"/>
+    <mergeCell ref="A2:CJ2"/>
+    <mergeCell ref="B4:CJ4"/>
+    <mergeCell ref="B5:CJ5"/>
+    <mergeCell ref="B8:CJ8"/>
     <mergeCell ref="A11:A13"/>
     <mergeCell ref="B11:B13"/>
     <mergeCell ref="A14:A16"/>
     <mergeCell ref="B14:B16"/>
     <mergeCell ref="A17:A19"/>
     <mergeCell ref="B17:B19"/>
     <mergeCell ref="A20:A22"/>
     <mergeCell ref="B20:B22"/>
     <mergeCell ref="A23:A25"/>
     <mergeCell ref="B23:B25"/>
     <mergeCell ref="A26:A28"/>
     <mergeCell ref="B26:B28"/>
     <mergeCell ref="A29:A31"/>
     <mergeCell ref="B29:B31"/>
     <mergeCell ref="A32:A34"/>
     <mergeCell ref="B32:B34"/>
     <mergeCell ref="A35:A37"/>
     <mergeCell ref="B35:B37"/>
     <mergeCell ref="A38:A40"/>
     <mergeCell ref="B38:B40"/>
     <mergeCell ref="A41:A43"/>
     <mergeCell ref="B41:B43"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>