--- v0 (2025-10-07)
+++ v1 (2026-02-25)
@@ -37,141 +37,197 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Lietuvos juridinių asmenų mokesčių mokėtojų skaičius</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-10-02</t>
+    <t>2026-02-02</t>
   </si>
   <si>
     <t>Regionas</t>
   </si>
   <si>
     <t>Visa Lietuva</t>
   </si>
   <si>
     <t>Teisinė forma</t>
   </si>
   <si>
     <t>310: Uždaroji akcinė bendrovė, 810: Individuali įmonė, 960: Mažoji bendrija</t>
   </si>
   <si>
     <t>Teisinis statusas</t>
   </si>
   <si>
     <t>Mokesčių mokėtojų skaičius mėnesio pirmai dienai, Įregistruota (per mėnesį), Išregistruotas (per mėnesį)</t>
   </si>
   <si>
     <t>Savivaldybė</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2026-02</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Mokesčių mokėtojų skaičius mėnesio pirmai dienai</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Įregistruota (per mėnesį)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2026-01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">Išregistruotas (per mėnesį)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-12</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-11</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-10</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Mokesčių mokėtojų skaičius mėnesio pirmai dienai</t>
-[...26 lines deleted...]
-      </rPr>
       <t xml:space="preserve">2025-09</t>
-    </r>
-[...12 lines deleted...]
-      <t xml:space="preserve">Išregistruotas (per mėnesį)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-08</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
@@ -226,106 +282,50 @@
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-03</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-02</t>
-    </r>
-[...54 lines deleted...]
-      <t xml:space="preserve">2024-10</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Visa Lietuva</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -826,243 +826,243 @@
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:41">
       <c r="A12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2026-02</t>
+          </r>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2026-01</t>
+          </r>
+        </is>
+      </c>
+      <c r="I12" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025-12</t>
+          </r>
+        </is>
+      </c>
+      <c r="L12" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025-11</t>
+          </r>
+        </is>
+      </c>
+      <c r="O12" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2025-10</t>
           </r>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="R12" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-09</t>
           </r>
         </is>
       </c>
-      <c r="I12" s="4" t="inlineStr">
+      <c r="U12" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
-      <c r="L12" s="4" t="inlineStr">
+      <c r="X12" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
-      <c r="O12" s="4" t="inlineStr">
+      <c r="AA12" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
-      <c r="R12" s="4" t="inlineStr">
+      <c r="AD12" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-05</t>
           </r>
         </is>
       </c>
-      <c r="U12" s="4" t="inlineStr">
+      <c r="AG12" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-04</t>
           </r>
         </is>
       </c>
-      <c r="X12" s="4" t="inlineStr">
+      <c r="AJ12" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-03</t>
           </r>
         </is>
       </c>
-      <c r="AA12" s="4" t="inlineStr">
+      <c r="AM12" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-02</t>
-          </r>
-[...62 lines deleted...]
-            <t xml:space="preserve">2024-10</t>
           </r>
         </is>
       </c>
     </row>
     <row r="13" spans="1:41">
       <c r="D13" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Mokesčių mokėtojų skaičius mėnesio pirmai dienai</t>
           </r>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -1683,426 +1683,426 @@
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">REG_SUM: Visos apskritys</t>
           </r>
         </is>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">310: Uždaroji akcinė bendrovė</t>
           </r>
         </is>
       </c>
       <c r="D14" s="6">
-        <v>99874.0</v>
+        <v>100562.0</v>
       </c>
       <c r="E14" s="6">
-        <v>21.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="6">
-        <v>100752.0</v>
+        <v>100770.0</v>
       </c>
       <c r="G14" s="6">
-        <v>345.0</v>
+        <v>481.0</v>
       </c>
       <c r="H14" s="6">
-        <v>923.0</v>
+        <v>219.0</v>
       </c>
       <c r="I14" s="6">
-        <v>100562.0</v>
+        <v>100474.0</v>
       </c>
       <c r="J14" s="6">
-        <v>301.0</v>
+        <v>262.0</v>
       </c>
       <c r="K14" s="6">
-        <v>134.0</v>
+        <v>180.0</v>
       </c>
       <c r="L14" s="6">
-        <v>100378.0</v>
+        <v>100351.0</v>
       </c>
       <c r="M14" s="6">
-        <v>351.0</v>
+        <v>299.0</v>
       </c>
       <c r="N14" s="6">
         <v>134.0</v>
       </c>
       <c r="O14" s="6">
+        <v>100213.0</v>
+      </c>
+      <c r="P14" s="6">
+        <v>365.0</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>182.0</v>
+      </c>
+      <c r="R14" s="6">
+        <v>100753.0</v>
+      </c>
+      <c r="S14" s="6">
+        <v>345.0</v>
+      </c>
+      <c r="T14" s="6">
+        <v>924.0</v>
+      </c>
+      <c r="U14" s="6">
+        <v>100564.0</v>
+      </c>
+      <c r="V14" s="6">
+        <v>301.0</v>
+      </c>
+      <c r="W14" s="6">
+        <v>136.0</v>
+      </c>
+      <c r="X14" s="6">
+        <v>100379.0</v>
+      </c>
+      <c r="Y14" s="6">
+        <v>351.0</v>
+      </c>
+      <c r="Z14" s="6">
+        <v>135.0</v>
+      </c>
+      <c r="AA14" s="6">
         <v>100182.0</v>
       </c>
-      <c r="P14" s="6">
+      <c r="AB14" s="6">
         <v>302.0</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="AC14" s="6">
         <v>136.0</v>
       </c>
-      <c r="R14" s="6">
+      <c r="AD14" s="6">
         <v>99994.0</v>
       </c>
-      <c r="S14" s="6">
+      <c r="AE14" s="6">
         <v>357.0</v>
       </c>
-      <c r="T14" s="6">
+      <c r="AF14" s="6">
         <v>127.0</v>
       </c>
-      <c r="U14" s="6">
+      <c r="AG14" s="6">
         <v>100065.0</v>
       </c>
-      <c r="V14" s="6">
+      <c r="AH14" s="6">
         <v>363.0</v>
       </c>
-      <c r="W14" s="6">
+      <c r="AI14" s="6">
         <v>447.0</v>
       </c>
-      <c r="X14" s="6">
+      <c r="AJ14" s="6">
         <v>99808.0</v>
       </c>
-      <c r="Y14" s="6">
+      <c r="AK14" s="6">
         <v>353.0</v>
       </c>
-      <c r="Z14" s="6">
+      <c r="AL14" s="6">
         <v>105.0</v>
       </c>
-      <c r="AA14" s="6">
+      <c r="AM14" s="6">
         <v>99945.0</v>
       </c>
-      <c r="AB14" s="6">
+      <c r="AN14" s="6">
         <v>362.0</v>
       </c>
-      <c r="AC14" s="6">
+      <c r="AO14" s="6">
         <v>519.0</v>
-      </c>
-[...34 lines deleted...]
-        <v>548.0</v>
       </c>
     </row>
     <row r="15" spans="1:41">
       <c r="C15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">810: Individuali įmonė</t>
           </r>
         </is>
       </c>
       <c r="D15" s="6">
-        <v>13501.0</v>
+        <v>13336.0</v>
       </c>
       <c r="E15" s="6">
         <v>0.0</v>
       </c>
       <c r="F15" s="6">
+        <v>13369.0</v>
+      </c>
+      <c r="G15" s="6">
+        <v>6.0</v>
+      </c>
+      <c r="H15" s="6">
+        <v>33.0</v>
+      </c>
+      <c r="I15" s="6">
+        <v>13405.0</v>
+      </c>
+      <c r="J15" s="6">
+        <v>6.0</v>
+      </c>
+      <c r="K15" s="6">
+        <v>31.0</v>
+      </c>
+      <c r="L15" s="6">
+        <v>13444.0</v>
+      </c>
+      <c r="M15" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="N15" s="6">
+        <v>33.0</v>
+      </c>
+      <c r="O15" s="6">
+        <v>13492.0</v>
+      </c>
+      <c r="P15" s="6">
+        <v>4.0</v>
+      </c>
+      <c r="Q15" s="6">
+        <v>44.0</v>
+      </c>
+      <c r="R15" s="6">
         <v>13884.0</v>
       </c>
-      <c r="G15" s="6">
+      <c r="S15" s="6">
         <v>7.0</v>
       </c>
-      <c r="H15" s="6">
+      <c r="T15" s="6">
         <v>383.0</v>
       </c>
-      <c r="I15" s="6">
+      <c r="U15" s="6">
         <v>15151.0</v>
       </c>
-      <c r="J15" s="6">
+      <c r="V15" s="6">
         <v>8.0</v>
       </c>
-      <c r="K15" s="6">
+      <c r="W15" s="6">
         <v>1264.0</v>
       </c>
-      <c r="L15" s="6">
+      <c r="X15" s="6">
         <v>16991.0</v>
       </c>
-      <c r="M15" s="6">
+      <c r="Y15" s="6">
         <v>9.0</v>
       </c>
-      <c r="N15" s="6">
+      <c r="Z15" s="6">
         <v>1813.0</v>
       </c>
-      <c r="O15" s="6">
+      <c r="AA15" s="6">
         <v>18748.0</v>
       </c>
-      <c r="P15" s="6">
+      <c r="AB15" s="6">
         <v>3.0</v>
       </c>
-      <c r="Q15" s="6">
+      <c r="AC15" s="6">
         <v>1737.0</v>
       </c>
-      <c r="R15" s="6">
+      <c r="AD15" s="6">
         <v>20256.0</v>
       </c>
-      <c r="S15" s="6">
+      <c r="AE15" s="6">
         <v>9.0</v>
       </c>
-      <c r="T15" s="6">
+      <c r="AF15" s="6">
         <v>1469.0</v>
       </c>
-      <c r="U15" s="6">
+      <c r="AG15" s="6">
         <v>20440.0</v>
       </c>
-      <c r="V15" s="6">
+      <c r="AH15" s="6">
         <v>7.0</v>
       </c>
-      <c r="W15" s="6">
+      <c r="AI15" s="6">
         <v>159.0</v>
       </c>
-      <c r="X15" s="6">
+      <c r="AJ15" s="6">
         <v>20473.0</v>
       </c>
-      <c r="Y15" s="6">
+      <c r="AK15" s="6">
         <v>7.0</v>
       </c>
-      <c r="Z15" s="6">
+      <c r="AL15" s="6">
         <v>24.0</v>
       </c>
-      <c r="AA15" s="6">
+      <c r="AM15" s="6">
         <v>20505.0</v>
-      </c>
-[...34 lines deleted...]
-        <v>26859.0</v>
       </c>
       <c r="AN15" s="6">
         <v>11.0</v>
       </c>
       <c r="AO15" s="6">
-        <v>146.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="16" spans="1:41">
       <c r="C16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">960: Mažoji bendrija</t>
           </r>
         </is>
       </c>
       <c r="D16" s="6">
-        <v>62141.0</v>
+        <v>65974.0</v>
       </c>
       <c r="E16" s="6">
-        <v>26.0</v>
+        <v>0.0</v>
       </c>
       <c r="F16" s="6">
+        <v>65992.0</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2464.0</v>
+      </c>
+      <c r="H16" s="6">
+        <v>86.0</v>
+      </c>
+      <c r="I16" s="6">
+        <v>63659.0</v>
+      </c>
+      <c r="J16" s="6">
+        <v>395.0</v>
+      </c>
+      <c r="K16" s="6">
+        <v>80.0</v>
+      </c>
+      <c r="L16" s="6">
+        <v>63365.0</v>
+      </c>
+      <c r="M16" s="6">
+        <v>587.0</v>
+      </c>
+      <c r="N16" s="6">
+        <v>81.0</v>
+      </c>
+      <c r="O16" s="6">
+        <v>62845.0</v>
+      </c>
+      <c r="P16" s="6">
+        <v>767.0</v>
+      </c>
+      <c r="Q16" s="6">
+        <v>87.0</v>
+      </c>
+      <c r="R16" s="6">
         <v>62290.0</v>
       </c>
-      <c r="G16" s="6">
+      <c r="S16" s="6">
         <v>758.0</v>
       </c>
-      <c r="H16" s="6">
+      <c r="T16" s="6">
         <v>211.0</v>
       </c>
-      <c r="I16" s="6">
+      <c r="U16" s="6">
         <v>61611.0</v>
       </c>
-      <c r="J16" s="6">
+      <c r="V16" s="6">
         <v>841.0</v>
       </c>
-      <c r="K16" s="6">
+      <c r="W16" s="6">
         <v>41.0</v>
       </c>
-      <c r="L16" s="6">
-[...2 lines deleted...]
-      <c r="M16" s="6">
+      <c r="X16" s="6">
+        <v>60814.0</v>
+      </c>
+      <c r="Y16" s="6">
         <v>861.0</v>
       </c>
-      <c r="N16" s="6">
-[...2 lines deleted...]
-      <c r="O16" s="6">
+      <c r="Z16" s="6">
+        <v>80.0</v>
+      </c>
+      <c r="AA16" s="6">
         <v>60048.0</v>
       </c>
-      <c r="P16" s="6">
+      <c r="AB16" s="6">
         <v>784.0</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="AC16" s="6">
         <v>64.0</v>
       </c>
-      <c r="R16" s="6">
+      <c r="AD16" s="6">
         <v>59280.0</v>
       </c>
-      <c r="S16" s="6">
+      <c r="AE16" s="6">
         <v>1057.0</v>
       </c>
-      <c r="T16" s="6">
+      <c r="AF16" s="6">
         <v>43.0</v>
       </c>
-      <c r="U16" s="6">
+      <c r="AG16" s="6">
         <v>58256.0</v>
       </c>
-      <c r="V16" s="6">
+      <c r="AH16" s="6">
         <v>1086.0</v>
       </c>
-      <c r="W16" s="6">
+      <c r="AI16" s="6">
         <v>68.0</v>
       </c>
-      <c r="X16" s="6">
+      <c r="AJ16" s="6">
         <v>57302.0</v>
       </c>
-      <c r="Y16" s="6">
+      <c r="AK16" s="6">
         <v>1073.0</v>
       </c>
-      <c r="Z16" s="6">
+      <c r="AL16" s="6">
         <v>38.0</v>
       </c>
-      <c r="AA16" s="6">
+      <c r="AM16" s="6">
         <v>56239.0</v>
       </c>
-      <c r="AB16" s="6">
+      <c r="AN16" s="6">
         <v>1078.0</v>
       </c>
-      <c r="AC16" s="6">
+      <c r="AO16" s="6">
         <v>54.0</v>
-      </c>
-[...34 lines deleted...]
-        <v>430.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:AO2"/>
     <mergeCell ref="B4:AO4"/>
     <mergeCell ref="B5:AO5"/>
     <mergeCell ref="B8:AO8"/>
     <mergeCell ref="B9:AO9"/>
     <mergeCell ref="B10:AO10"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="F12:H12"/>
     <mergeCell ref="I12:K12"/>
     <mergeCell ref="L12:N12"/>
     <mergeCell ref="O12:Q12"/>
     <mergeCell ref="R12:T12"/>
     <mergeCell ref="U12:W12"/>
     <mergeCell ref="X12:Z12"/>
     <mergeCell ref="AA12:AC12"/>
     <mergeCell ref="AD12:AF12"/>
     <mergeCell ref="AG12:AI12"/>
     <mergeCell ref="AJ12:AL12"/>
     <mergeCell ref="AM12:AO12"/>
     <mergeCell ref="A14:A16"/>
     <mergeCell ref="B14:B16"/>