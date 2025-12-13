--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -37,81 +37,109 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Lietuvos juridinių asmenų, nevykdančių veiklos skaičius</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-10-02</t>
+    <t>2025-12-02</t>
   </si>
   <si>
     <t>Regionas</t>
   </si>
   <si>
     <t>Visa Lietuva</t>
   </si>
   <si>
     <t>Teisinė forma</t>
   </si>
   <si>
     <t>SUM: Iš viso, 110: Valstybės įmonė, 130: Savivaldybės įmonė</t>
   </si>
   <si>
     <t>Savivaldybė</t>
   </si>
   <si>
     <t>Grupė arba teisinis statusas</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">2025-12</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-11</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">2025-10</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-09</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
@@ -195,78 +223,50 @@
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-02</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-01</t>
-    </r>
-[...26 lines deleted...]
-      <t xml:space="preserve">2024-11</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Visa Lietuva</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -835,227 +835,227 @@
     <row r="11" spans="1:16">
       <c r="A11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2025-12</t>
+          </r>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2025-11</t>
+          </r>
+        </is>
+      </c>
+      <c r="G11" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2025-10</t>
           </r>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="H11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-09</t>
           </r>
         </is>
       </c>
-      <c r="G11" s="4" t="inlineStr">
+      <c r="I11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
-      <c r="H11" s="4" t="inlineStr">
+      <c r="J11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
-      <c r="I11" s="4" t="inlineStr">
+      <c r="K11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
-      <c r="J11" s="4" t="inlineStr">
+      <c r="L11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-05</t>
           </r>
         </is>
       </c>
-      <c r="K11" s="4" t="inlineStr">
+      <c r="M11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-04</t>
           </r>
         </is>
       </c>
-      <c r="L11" s="4" t="inlineStr">
+      <c r="N11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-03</t>
           </r>
         </is>
       </c>
-      <c r="M11" s="4" t="inlineStr">
+      <c r="O11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-02</t>
           </r>
         </is>
       </c>
-      <c r="N11" s="4" t="inlineStr">
+      <c r="P11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-01</t>
-          </r>
-[...30 lines deleted...]
-            <t xml:space="preserve">2024-11</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa Lietuva</t>
           </r>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -1082,354 +1082,354 @@
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="E12" s="6">
-        <v>17308.0</v>
+        <v>17210.0</v>
       </c>
       <c r="F12" s="6">
-        <v>17217.0</v>
+        <v>16907.0</v>
       </c>
       <c r="G12" s="6">
-        <v>18337.0</v>
+        <v>17105.0</v>
       </c>
       <c r="H12" s="6">
-        <v>19403.0</v>
+        <v>17408.0</v>
       </c>
       <c r="I12" s="6">
-        <v>21288.0</v>
+        <v>18519.0</v>
       </c>
       <c r="J12" s="6">
+        <v>19583.0</v>
+      </c>
+      <c r="K12" s="6">
+        <v>21367.0</v>
+      </c>
+      <c r="L12" s="6">
         <v>22789.0</v>
       </c>
-      <c r="K12" s="6">
+      <c r="M12" s="6">
         <v>24098.0</v>
       </c>
-      <c r="L12" s="6">
+      <c r="N12" s="6">
         <v>23911.0</v>
       </c>
-      <c r="M12" s="6">
+      <c r="O12" s="6">
         <v>22896.0</v>
       </c>
-      <c r="N12" s="6">
+      <c r="P12" s="6">
         <v>21117.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>29965.0</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G9: Laikinai nevykdantis veiklos</t>
           </r>
         </is>
       </c>
       <c r="E13" s="6">
-        <v>13329.0</v>
+        <v>13666.0</v>
       </c>
       <c r="F13" s="6">
-        <v>13255.0</v>
+        <v>13547.0</v>
       </c>
       <c r="G13" s="6">
-        <v>13489.0</v>
+        <v>13471.0</v>
       </c>
       <c r="H13" s="6">
-        <v>14491.0</v>
+        <v>13451.0</v>
       </c>
       <c r="I13" s="6">
-        <v>16088.0</v>
+        <v>13676.0</v>
       </c>
       <c r="J13" s="6">
+        <v>14673.0</v>
+      </c>
+      <c r="K13" s="6">
+        <v>16168.0</v>
+      </c>
+      <c r="L13" s="6">
         <v>17297.0</v>
       </c>
-      <c r="K13" s="6">
+      <c r="M13" s="6">
         <v>18288.0</v>
       </c>
-      <c r="L13" s="6">
+      <c r="N13" s="6">
         <v>18183.0</v>
       </c>
-      <c r="M13" s="6">
+      <c r="O13" s="6">
         <v>17816.0</v>
       </c>
-      <c r="N13" s="6">
+      <c r="P13" s="6">
         <v>16255.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>18023.0</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
           </r>
         </is>
       </c>
       <c r="E14" s="6">
-        <v>600.0</v>
+        <v>621.0</v>
       </c>
       <c r="F14" s="6">
-        <v>430.0</v>
+        <v>470.0</v>
       </c>
       <c r="G14" s="6">
-        <v>632.0</v>
+        <v>447.0</v>
       </c>
       <c r="H14" s="6">
-        <v>575.0</v>
+        <v>431.0</v>
       </c>
       <c r="I14" s="6">
+        <v>633.0</v>
+      </c>
+      <c r="J14" s="6">
+        <v>577.0</v>
+      </c>
+      <c r="K14" s="6">
         <v>579.0</v>
       </c>
-      <c r="J14" s="6">
+      <c r="L14" s="6">
         <v>553.0</v>
       </c>
-      <c r="K14" s="6">
+      <c r="M14" s="6">
         <v>547.0</v>
       </c>
-      <c r="L14" s="6">
+      <c r="N14" s="6">
         <v>495.0</v>
       </c>
-      <c r="M14" s="6">
+      <c r="O14" s="6">
         <v>473.0</v>
       </c>
-      <c r="N14" s="6">
+      <c r="P14" s="6">
         <v>450.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>6912.0</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G34: Juridinių asmenų registrui pateiktas siūlymas dėl išregistravimo pagal Civilinio kodekso 2.70 str.</t>
           </r>
         </is>
       </c>
       <c r="E15" s="6">
-        <v>1078.0</v>
+        <v>1047.0</v>
       </c>
       <c r="F15" s="6">
+        <v>964.0</v>
+      </c>
+      <c r="G15" s="6">
+        <v>1046.0</v>
+      </c>
+      <c r="H15" s="6">
         <v>1087.0</v>
       </c>
-      <c r="G15" s="6">
+      <c r="I15" s="6">
         <v>1086.0</v>
       </c>
-      <c r="H15" s="6">
+      <c r="J15" s="6">
         <v>1129.0</v>
       </c>
-      <c r="I15" s="6">
+      <c r="K15" s="6">
         <v>1224.0</v>
       </c>
-      <c r="J15" s="6">
+      <c r="L15" s="6">
         <v>1240.0</v>
       </c>
-      <c r="K15" s="6">
+      <c r="M15" s="6">
         <v>1286.0</v>
       </c>
-      <c r="L15" s="6">
+      <c r="N15" s="6">
         <v>1497.0</v>
       </c>
-      <c r="M15" s="6">
+      <c r="O15" s="6">
         <v>1492.0</v>
       </c>
-      <c r="N15" s="6">
+      <c r="P15" s="6">
         <v>1475.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1494.0</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S9: Inicijuojamas likvidavimas</t>
           </r>
         </is>
       </c>
       <c r="E16" s="6">
-        <v>3225.0</v>
+        <v>2686.0</v>
       </c>
       <c r="F16" s="6">
-        <v>3367.0</v>
+        <v>2708.0</v>
       </c>
       <c r="G16" s="6">
-        <v>4415.0</v>
+        <v>2989.0</v>
       </c>
       <c r="H16" s="6">
-        <v>5747.0</v>
+        <v>3371.0</v>
       </c>
       <c r="I16" s="6">
-        <v>7752.0</v>
+        <v>4418.0</v>
       </c>
       <c r="J16" s="6">
+        <v>5752.0</v>
+      </c>
+      <c r="K16" s="6">
+        <v>7756.0</v>
+      </c>
+      <c r="L16" s="6">
         <v>9409.0</v>
       </c>
-      <c r="K16" s="6">
+      <c r="M16" s="6">
         <v>10957.0</v>
       </c>
-      <c r="L16" s="6">
+      <c r="N16" s="6">
         <v>10955.0</v>
       </c>
-      <c r="M16" s="6">
+      <c r="O16" s="6">
         <v>10225.0</v>
       </c>
-      <c r="N16" s="6">
+      <c r="P16" s="6">
         <v>9925.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>10943.0</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S6: Bankrutavęs</t>
           </r>
         </is>
       </c>
       <c r="E17" s="6">
-        <v>70.0</v>
+        <v>66.0</v>
       </c>
       <c r="F17" s="6">
-        <v>70.0</v>
+        <v>66.0</v>
       </c>
       <c r="G17" s="6">
         <v>69.0</v>
       </c>
       <c r="H17" s="6">
+        <v>70.0</v>
+      </c>
+      <c r="I17" s="6">
+        <v>69.0</v>
+      </c>
+      <c r="J17" s="6">
         <v>71.0</v>
       </c>
-      <c r="I17" s="6">
+      <c r="K17" s="6">
         <v>71.0</v>
       </c>
-      <c r="J17" s="6">
+      <c r="L17" s="6">
         <v>77.0</v>
       </c>
-      <c r="K17" s="6">
+      <c r="M17" s="6">
         <v>78.0</v>
       </c>
-      <c r="L17" s="6">
+      <c r="N17" s="6">
         <v>83.0</v>
       </c>
-      <c r="M17" s="6">
+      <c r="O17" s="6">
         <v>86.0</v>
       </c>
-      <c r="N17" s="6">
+      <c r="P17" s="6">
         <v>93.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>102.0</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">110: Valstybės įmonė</t>
           </r>
         </is>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
@@ -1492,51 +1492,51 @@
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">130: Savivaldybės įmonė</t>
           </r>
         </is>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="E19" s="6">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F19" s="6">
         <v>0.0</v>
       </c>
       <c r="G19" s="6">
         <v>0.0</v>
       </c>
       <c r="H19" s="6">
         <v>0.0</v>
       </c>
       <c r="I19" s="6">
         <v>0.0</v>
       </c>
       <c r="J19" s="6">
         <v>0.0</v>
       </c>
       <c r="K19" s="6">
         <v>0.0</v>
       </c>
       <c r="L19" s="6">
         <v>0.0</v>
       </c>
       <c r="M19" s="6">
         <v>0.0</v>
       </c>
@@ -1545,79 +1545,79 @@
       </c>
       <c r="O19" s="6">
         <v>0.0</v>
       </c>
       <c r="P19" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
           </r>
         </is>
       </c>
-      <c r="E20" s="6">
+      <c r="E20" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" s="6">
         <v>1.0</v>
       </c>
-      <c r="F20" s="6">
-[...4 lines deleted...]
-      </c>
       <c r="H20" s="6">
         <v>0.0</v>
       </c>
       <c r="I20" s="6">
         <v>0.0</v>
       </c>
       <c r="J20" s="6">
         <v>0.0</v>
       </c>
       <c r="K20" s="6">
         <v>0.0</v>
       </c>
       <c r="L20" s="6">
         <v>0.0</v>
       </c>
-      <c r="M20" s="6" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="M20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N20" s="6">
+        <v>0.0</v>
       </c>
       <c r="O20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="P20" s="6" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="B4:P4"/>
     <mergeCell ref="B5:P5"/>
     <mergeCell ref="B8:P8"/>
     <mergeCell ref="B9:P9"/>
     <mergeCell ref="A12:A20"/>
     <mergeCell ref="B12:B20"/>
     <mergeCell ref="C12:C17"/>
     <mergeCell ref="C19:C20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>