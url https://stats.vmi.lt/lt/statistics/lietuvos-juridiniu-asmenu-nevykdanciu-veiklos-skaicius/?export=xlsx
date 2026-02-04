--- v1 (2025-12-13)
+++ v2 (2026-02-04)
@@ -37,81 +37,109 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Lietuvos juridinių asmenų, nevykdančių veiklos skaičius</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-12-02</t>
+    <t>2026-02-02</t>
   </si>
   <si>
     <t>Regionas</t>
   </si>
   <si>
     <t>Visa Lietuva</t>
   </si>
   <si>
     <t>Teisinė forma</t>
   </si>
   <si>
     <t>SUM: Iš viso, 110: Valstybės įmonė, 130: Savivaldybės įmonė</t>
   </si>
   <si>
     <t>Savivaldybė</t>
   </si>
   <si>
     <t>Grupė arba teisinis statusas</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">2026-02</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2026-01</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">2025-12</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-11</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
@@ -195,78 +223,50 @@
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-04</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-03</t>
-    </r>
-[...26 lines deleted...]
-      <t xml:space="preserve">2025-01</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Visa Lietuva</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -835,227 +835,227 @@
     <row r="11" spans="1:16">
       <c r="A11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2026-02</t>
+          </r>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2026-01</t>
+          </r>
+        </is>
+      </c>
+      <c r="G11" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2025-12</t>
           </r>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="H11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-11</t>
           </r>
         </is>
       </c>
-      <c r="G11" s="4" t="inlineStr">
+      <c r="I11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-10</t>
           </r>
         </is>
       </c>
-      <c r="H11" s="4" t="inlineStr">
+      <c r="J11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-09</t>
           </r>
         </is>
       </c>
-      <c r="I11" s="4" t="inlineStr">
+      <c r="K11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
-      <c r="J11" s="4" t="inlineStr">
+      <c r="L11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
-      <c r="K11" s="4" t="inlineStr">
+      <c r="M11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
-      <c r="L11" s="4" t="inlineStr">
+      <c r="N11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-05</t>
           </r>
         </is>
       </c>
-      <c r="M11" s="4" t="inlineStr">
+      <c r="O11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-04</t>
           </r>
         </is>
       </c>
-      <c r="N11" s="4" t="inlineStr">
+      <c r="P11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-03</t>
-          </r>
-[...30 lines deleted...]
-            <t xml:space="preserve">2025-01</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa Lietuva</t>
           </r>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -1077,359 +1077,359 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SUM: Iš viso</t>
+            <t xml:space="preserve">G9: Laikinai nevykdantis veiklos</t>
           </r>
         </is>
       </c>
       <c r="E12" s="6">
-        <v>17210.0</v>
+        <v>12658.0</v>
       </c>
       <c r="F12" s="6">
-        <v>16907.0</v>
+        <v>11744.0</v>
       </c>
       <c r="G12" s="6">
-        <v>17105.0</v>
+        <v>13745.0</v>
       </c>
       <c r="H12" s="6">
-        <v>17408.0</v>
+        <v>13692.0</v>
       </c>
       <c r="I12" s="6">
-        <v>18519.0</v>
+        <v>13605.0</v>
       </c>
       <c r="J12" s="6">
-        <v>19583.0</v>
+        <v>13581.0</v>
       </c>
       <c r="K12" s="6">
-        <v>21367.0</v>
+        <v>13731.0</v>
       </c>
       <c r="L12" s="6">
-        <v>22789.0</v>
+        <v>14673.0</v>
       </c>
       <c r="M12" s="6">
-        <v>24098.0</v>
+        <v>16168.0</v>
       </c>
       <c r="N12" s="6">
-        <v>23911.0</v>
+        <v>17297.0</v>
       </c>
       <c r="O12" s="6">
-        <v>22896.0</v>
+        <v>18288.0</v>
       </c>
       <c r="P12" s="6">
-        <v>21117.0</v>
+        <v>18183.0</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G9: Laikinai nevykdantis veiklos</t>
+            <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
           </r>
         </is>
       </c>
       <c r="E13" s="6">
-        <v>13666.0</v>
+        <v>654.0</v>
       </c>
       <c r="F13" s="6">
-        <v>13547.0</v>
+        <v>517.0</v>
       </c>
       <c r="G13" s="6">
-        <v>13471.0</v>
+        <v>451.0</v>
       </c>
       <c r="H13" s="6">
-        <v>13451.0</v>
+        <v>470.0</v>
       </c>
       <c r="I13" s="6">
-        <v>13676.0</v>
+        <v>448.0</v>
       </c>
       <c r="J13" s="6">
-        <v>14673.0</v>
+        <v>432.0</v>
       </c>
       <c r="K13" s="6">
-        <v>16168.0</v>
+        <v>634.0</v>
       </c>
       <c r="L13" s="6">
-        <v>17297.0</v>
+        <v>577.0</v>
       </c>
       <c r="M13" s="6">
-        <v>18288.0</v>
+        <v>579.0</v>
       </c>
       <c r="N13" s="6">
-        <v>18183.0</v>
+        <v>553.0</v>
       </c>
       <c r="O13" s="6">
-        <v>17816.0</v>
+        <v>547.0</v>
       </c>
       <c r="P13" s="6">
-        <v>16255.0</v>
+        <v>495.0</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
+            <t xml:space="preserve">G34: Juridinių asmenų registrui pateiktas siūlymas dėl išregistravimo pagal Civilinio kodekso 2.70 str.</t>
           </r>
         </is>
       </c>
       <c r="E14" s="6">
-        <v>621.0</v>
+        <v>1054.0</v>
       </c>
       <c r="F14" s="6">
-        <v>470.0</v>
+        <v>1037.0</v>
       </c>
       <c r="G14" s="6">
-        <v>447.0</v>
+        <v>1042.0</v>
       </c>
       <c r="H14" s="6">
-        <v>431.0</v>
+        <v>964.0</v>
       </c>
       <c r="I14" s="6">
-        <v>633.0</v>
+        <v>1046.0</v>
       </c>
       <c r="J14" s="6">
-        <v>577.0</v>
+        <v>1087.0</v>
       </c>
       <c r="K14" s="6">
-        <v>579.0</v>
+        <v>1086.0</v>
       </c>
       <c r="L14" s="6">
-        <v>553.0</v>
+        <v>1129.0</v>
       </c>
       <c r="M14" s="6">
-        <v>547.0</v>
+        <v>1224.0</v>
       </c>
       <c r="N14" s="6">
-        <v>495.0</v>
+        <v>1240.0</v>
       </c>
       <c r="O14" s="6">
-        <v>473.0</v>
+        <v>1286.0</v>
       </c>
       <c r="P14" s="6">
-        <v>450.0</v>
+        <v>1497.0</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G34: Juridinių asmenų registrui pateiktas siūlymas dėl išregistravimo pagal Civilinio kodekso 2.70 str.</t>
+            <t xml:space="preserve">S9: Inicijuojamas likvidavimas</t>
           </r>
         </is>
       </c>
       <c r="E15" s="6">
-        <v>1047.0</v>
+        <v>2019.0</v>
       </c>
       <c r="F15" s="6">
-        <v>964.0</v>
+        <v>2047.0</v>
       </c>
       <c r="G15" s="6">
-        <v>1046.0</v>
+        <v>2477.0</v>
       </c>
       <c r="H15" s="6">
-        <v>1087.0</v>
+        <v>2708.0</v>
       </c>
       <c r="I15" s="6">
-        <v>1086.0</v>
+        <v>2988.0</v>
       </c>
       <c r="J15" s="6">
-        <v>1129.0</v>
+        <v>3370.0</v>
       </c>
       <c r="K15" s="6">
-        <v>1224.0</v>
+        <v>4415.0</v>
       </c>
       <c r="L15" s="6">
-        <v>1240.0</v>
+        <v>5752.0</v>
       </c>
       <c r="M15" s="6">
-        <v>1286.0</v>
+        <v>7756.0</v>
       </c>
       <c r="N15" s="6">
-        <v>1497.0</v>
+        <v>9409.0</v>
       </c>
       <c r="O15" s="6">
-        <v>1492.0</v>
+        <v>10957.0</v>
       </c>
       <c r="P15" s="6">
-        <v>1475.0</v>
+        <v>10955.0</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S9: Inicijuojamas likvidavimas</t>
+            <t xml:space="preserve">S6: Bankrutavęs</t>
           </r>
         </is>
       </c>
       <c r="E16" s="6">
-        <v>2686.0</v>
+        <v>63.0</v>
       </c>
       <c r="F16" s="6">
-        <v>2708.0</v>
+        <v>63.0</v>
       </c>
       <c r="G16" s="6">
-        <v>2989.0</v>
+        <v>63.0</v>
       </c>
       <c r="H16" s="6">
-        <v>3371.0</v>
+        <v>65.0</v>
       </c>
       <c r="I16" s="6">
-        <v>4418.0</v>
+        <v>68.0</v>
       </c>
       <c r="J16" s="6">
-        <v>5752.0</v>
+        <v>69.0</v>
       </c>
       <c r="K16" s="6">
-        <v>7756.0</v>
+        <v>69.0</v>
       </c>
       <c r="L16" s="6">
-        <v>9409.0</v>
+        <v>71.0</v>
       </c>
       <c r="M16" s="6">
-        <v>10957.0</v>
+        <v>71.0</v>
       </c>
       <c r="N16" s="6">
-        <v>10955.0</v>
+        <v>77.0</v>
       </c>
       <c r="O16" s="6">
-        <v>10225.0</v>
+        <v>78.0</v>
       </c>
       <c r="P16" s="6">
-        <v>9925.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S6: Bankrutavęs</t>
+            <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="E17" s="6">
-        <v>66.0</v>
+        <v>15764.0</v>
       </c>
       <c r="F17" s="6">
-        <v>66.0</v>
+        <v>14752.0</v>
       </c>
       <c r="G17" s="6">
-        <v>69.0</v>
+        <v>16973.0</v>
       </c>
       <c r="H17" s="6">
-        <v>70.0</v>
+        <v>17047.0</v>
       </c>
       <c r="I17" s="6">
-        <v>69.0</v>
+        <v>17234.0</v>
       </c>
       <c r="J17" s="6">
-        <v>71.0</v>
+        <v>17533.0</v>
       </c>
       <c r="K17" s="6">
-        <v>71.0</v>
+        <v>18570.0</v>
       </c>
       <c r="L17" s="6">
-        <v>77.0</v>
+        <v>19583.0</v>
       </c>
       <c r="M17" s="6">
-        <v>78.0</v>
+        <v>21367.0</v>
       </c>
       <c r="N17" s="6">
-        <v>83.0</v>
+        <v>22789.0</v>
       </c>
       <c r="O17" s="6">
-        <v>86.0</v>
+        <v>24098.0</v>
       </c>
       <c r="P17" s="6">
-        <v>93.0</v>
+        <v>23911.0</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">110: Valstybės įmonė</t>
           </r>
         </is>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
@@ -1487,143 +1487,143 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">130: Savivaldybės įmonė</t>
           </r>
         </is>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SUM: Iš viso</t>
-[...13 lines deleted...]
-        <v>0.0</v>
+            <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
+          </r>
+        </is>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>33</v>
       </c>
       <c r="I19" s="6">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="J19" s="6">
         <v>0.0</v>
       </c>
       <c r="K19" s="6">
         <v>0.0</v>
       </c>
       <c r="L19" s="6">
         <v>0.0</v>
       </c>
       <c r="M19" s="6">
         <v>0.0</v>
       </c>
       <c r="N19" s="6">
         <v>0.0</v>
       </c>
       <c r="O19" s="6">
         <v>0.0</v>
       </c>
       <c r="P19" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
-[...7 lines deleted...]
-        <v>33</v>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="E20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F20" s="6">
+        <v>0.0</v>
       </c>
       <c r="G20" s="6">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="H20" s="6">
         <v>0.0</v>
       </c>
       <c r="I20" s="6">
         <v>0.0</v>
       </c>
       <c r="J20" s="6">
         <v>0.0</v>
       </c>
       <c r="K20" s="6">
         <v>0.0</v>
       </c>
       <c r="L20" s="6">
         <v>0.0</v>
       </c>
       <c r="M20" s="6">
         <v>0.0</v>
       </c>
       <c r="N20" s="6">
         <v>0.0</v>
       </c>
-      <c r="O20" s="6" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="O20" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="P20" s="6">
+        <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="B4:P4"/>
     <mergeCell ref="B5:P5"/>
     <mergeCell ref="B8:P8"/>
     <mergeCell ref="B9:P9"/>
     <mergeCell ref="A12:A20"/>
     <mergeCell ref="B12:B20"/>
     <mergeCell ref="C12:C17"/>
     <mergeCell ref="C19:C20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>