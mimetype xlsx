--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -37,81 +37,95 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Lietuvos juridinių asmenų, nevykdančių veiklos skaičius</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2026-02-02</t>
+    <t>2026-03-02</t>
   </si>
   <si>
     <t>Regionas</t>
   </si>
   <si>
     <t>Visa Lietuva</t>
   </si>
   <si>
     <t>Teisinė forma</t>
   </si>
   <si>
     <t>SUM: Iš viso, 110: Valstybės įmonė, 130: Savivaldybės įmonė</t>
   </si>
   <si>
     <t>Savivaldybė</t>
   </si>
   <si>
     <t>Grupė arba teisinis statusas</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">2026-03</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FFFFFFFF"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">2026-02</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2026-01</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
@@ -209,64 +223,50 @@
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-05</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-04</t>
-    </r>
-[...12 lines deleted...]
-      <t xml:space="preserve">2025-03</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Visa Lietuva</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -835,227 +835,227 @@
     <row r="11" spans="1:16">
       <c r="A11" s="3" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2026-03</t>
+          </r>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FFFFFFFF"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2026-02</t>
           </r>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="G11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2026-01</t>
           </r>
         </is>
       </c>
-      <c r="G11" s="4" t="inlineStr">
+      <c r="H11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-12</t>
           </r>
         </is>
       </c>
-      <c r="H11" s="4" t="inlineStr">
+      <c r="I11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-11</t>
           </r>
         </is>
       </c>
-      <c r="I11" s="4" t="inlineStr">
+      <c r="J11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-10</t>
           </r>
         </is>
       </c>
-      <c r="J11" s="4" t="inlineStr">
+      <c r="K11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-09</t>
           </r>
         </is>
       </c>
-      <c r="K11" s="4" t="inlineStr">
+      <c r="L11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
-      <c r="L11" s="4" t="inlineStr">
+      <c r="M11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
-      <c r="M11" s="4" t="inlineStr">
+      <c r="N11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
-      <c r="N11" s="4" t="inlineStr">
+      <c r="O11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-05</t>
           </r>
         </is>
       </c>
-      <c r="O11" s="4" t="inlineStr">
+      <c r="P11" s="4" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2025-04</t>
-          </r>
-[...14 lines deleted...]
-            <t xml:space="preserve">2025-03</t>
           </r>
         </is>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Visa Lietuva</t>
           </r>
         </is>
       </c>
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
@@ -1077,359 +1077,359 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G9: Laikinai nevykdantis veiklos</t>
+            <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="E12" s="6">
-        <v>12658.0</v>
+        <v>15096.0</v>
       </c>
       <c r="F12" s="6">
-        <v>11744.0</v>
+        <v>15088.0</v>
       </c>
       <c r="G12" s="6">
-        <v>13745.0</v>
+        <v>14790.0</v>
       </c>
       <c r="H12" s="6">
-        <v>13692.0</v>
+        <v>17033.0</v>
       </c>
       <c r="I12" s="6">
-        <v>13605.0</v>
+        <v>17104.0</v>
       </c>
       <c r="J12" s="6">
-        <v>13581.0</v>
+        <v>17289.0</v>
       </c>
       <c r="K12" s="6">
-        <v>13731.0</v>
+        <v>17533.0</v>
       </c>
       <c r="L12" s="6">
-        <v>14673.0</v>
+        <v>18570.0</v>
       </c>
       <c r="M12" s="6">
-        <v>16168.0</v>
+        <v>19583.0</v>
       </c>
       <c r="N12" s="6">
-        <v>17297.0</v>
+        <v>21367.0</v>
       </c>
       <c r="O12" s="6">
-        <v>18288.0</v>
+        <v>22789.0</v>
       </c>
       <c r="P12" s="6">
-        <v>18183.0</v>
+        <v>24098.0</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="D13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
+            <t xml:space="preserve">G9: Laikinai nevykdantis veiklos</t>
           </r>
         </is>
       </c>
       <c r="E13" s="6">
-        <v>654.0</v>
+        <v>12743.0</v>
       </c>
       <c r="F13" s="6">
-        <v>517.0</v>
+        <v>12686.0</v>
       </c>
       <c r="G13" s="6">
-        <v>451.0</v>
+        <v>11782.0</v>
       </c>
       <c r="H13" s="6">
-        <v>470.0</v>
+        <v>13805.0</v>
       </c>
       <c r="I13" s="6">
-        <v>448.0</v>
+        <v>13751.0</v>
       </c>
       <c r="J13" s="6">
-        <v>432.0</v>
+        <v>13662.0</v>
       </c>
       <c r="K13" s="6">
-        <v>634.0</v>
+        <v>13581.0</v>
       </c>
       <c r="L13" s="6">
-        <v>577.0</v>
+        <v>13731.0</v>
       </c>
       <c r="M13" s="6">
-        <v>579.0</v>
+        <v>14673.0</v>
       </c>
       <c r="N13" s="6">
-        <v>553.0</v>
+        <v>16168.0</v>
       </c>
       <c r="O13" s="6">
-        <v>547.0</v>
+        <v>17297.0</v>
       </c>
       <c r="P13" s="6">
-        <v>495.0</v>
+        <v>18288.0</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="D14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G34: Juridinių asmenų registrui pateiktas siūlymas dėl išregistravimo pagal Civilinio kodekso 2.70 str.</t>
+            <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
           </r>
         </is>
       </c>
       <c r="E14" s="6">
-        <v>1054.0</v>
+        <v>661.0</v>
       </c>
       <c r="F14" s="6">
-        <v>1037.0</v>
+        <v>506.0</v>
       </c>
       <c r="G14" s="6">
-        <v>1042.0</v>
+        <v>518.0</v>
       </c>
       <c r="H14" s="6">
-        <v>964.0</v>
+        <v>452.0</v>
       </c>
       <c r="I14" s="6">
-        <v>1046.0</v>
+        <v>471.0</v>
       </c>
       <c r="J14" s="6">
-        <v>1087.0</v>
+        <v>449.0</v>
       </c>
       <c r="K14" s="6">
-        <v>1086.0</v>
+        <v>432.0</v>
       </c>
       <c r="L14" s="6">
-        <v>1129.0</v>
+        <v>634.0</v>
       </c>
       <c r="M14" s="6">
-        <v>1224.0</v>
+        <v>577.0</v>
       </c>
       <c r="N14" s="6">
-        <v>1240.0</v>
+        <v>579.0</v>
       </c>
       <c r="O14" s="6">
-        <v>1286.0</v>
+        <v>553.0</v>
       </c>
       <c r="P14" s="6">
-        <v>1497.0</v>
+        <v>547.0</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="D15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S9: Inicijuojamas likvidavimas</t>
+            <t xml:space="preserve">G34: Juridinių asmenų registrui pateiktas siūlymas dėl išregistravimo pagal Civilinio kodekso 2.70 str.</t>
           </r>
         </is>
       </c>
       <c r="E15" s="6">
-        <v>2019.0</v>
+        <v>1039.0</v>
       </c>
       <c r="F15" s="6">
-        <v>2047.0</v>
+        <v>1028.0</v>
       </c>
       <c r="G15" s="6">
-        <v>2477.0</v>
+        <v>1037.0</v>
       </c>
       <c r="H15" s="6">
-        <v>2708.0</v>
+        <v>1042.0</v>
       </c>
       <c r="I15" s="6">
-        <v>2988.0</v>
+        <v>964.0</v>
       </c>
       <c r="J15" s="6">
-        <v>3370.0</v>
+        <v>1046.0</v>
       </c>
       <c r="K15" s="6">
-        <v>4415.0</v>
+        <v>1087.0</v>
       </c>
       <c r="L15" s="6">
-        <v>5752.0</v>
+        <v>1086.0</v>
       </c>
       <c r="M15" s="6">
-        <v>7756.0</v>
+        <v>1129.0</v>
       </c>
       <c r="N15" s="6">
-        <v>9409.0</v>
+        <v>1224.0</v>
       </c>
       <c r="O15" s="6">
-        <v>10957.0</v>
+        <v>1240.0</v>
       </c>
       <c r="P15" s="6">
-        <v>10955.0</v>
+        <v>1286.0</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="D16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S6: Bankrutavęs</t>
+            <t xml:space="preserve">S9: Inicijuojamas likvidavimas</t>
           </r>
         </is>
       </c>
       <c r="E16" s="6">
-        <v>63.0</v>
+        <v>1041.0</v>
       </c>
       <c r="F16" s="6">
-        <v>63.0</v>
+        <v>1279.0</v>
       </c>
       <c r="G16" s="6">
-        <v>63.0</v>
+        <v>2050.0</v>
       </c>
       <c r="H16" s="6">
-        <v>65.0</v>
+        <v>2480.0</v>
       </c>
       <c r="I16" s="6">
-        <v>68.0</v>
+        <v>2710.0</v>
       </c>
       <c r="J16" s="6">
-        <v>69.0</v>
+        <v>2990.0</v>
       </c>
       <c r="K16" s="6">
-        <v>69.0</v>
+        <v>3370.0</v>
       </c>
       <c r="L16" s="6">
-        <v>71.0</v>
+        <v>4415.0</v>
       </c>
       <c r="M16" s="6">
-        <v>71.0</v>
+        <v>5752.0</v>
       </c>
       <c r="N16" s="6">
-        <v>77.0</v>
+        <v>7756.0</v>
       </c>
       <c r="O16" s="6">
-        <v>78.0</v>
+        <v>9409.0</v>
       </c>
       <c r="P16" s="6">
-        <v>83.0</v>
+        <v>10957.0</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="D17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SUM: Iš viso</t>
+            <t xml:space="preserve">S6: Bankrutavęs</t>
           </r>
         </is>
       </c>
       <c r="E17" s="6">
-        <v>15764.0</v>
+        <v>63.0</v>
       </c>
       <c r="F17" s="6">
-        <v>14752.0</v>
+        <v>63.0</v>
       </c>
       <c r="G17" s="6">
-        <v>16973.0</v>
+        <v>63.0</v>
       </c>
       <c r="H17" s="6">
-        <v>17047.0</v>
+        <v>63.0</v>
       </c>
       <c r="I17" s="6">
-        <v>17234.0</v>
+        <v>65.0</v>
       </c>
       <c r="J17" s="6">
-        <v>17533.0</v>
+        <v>68.0</v>
       </c>
       <c r="K17" s="6">
-        <v>18570.0</v>
+        <v>69.0</v>
       </c>
       <c r="L17" s="6">
-        <v>19583.0</v>
+        <v>69.0</v>
       </c>
       <c r="M17" s="6">
-        <v>21367.0</v>
+        <v>71.0</v>
       </c>
       <c r="N17" s="6">
-        <v>22789.0</v>
+        <v>71.0</v>
       </c>
       <c r="O17" s="6">
-        <v>24098.0</v>
+        <v>77.0</v>
       </c>
       <c r="P17" s="6">
-        <v>23911.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">110: Valstybės įmonė</t>
           </r>
         </is>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
@@ -1487,125 +1487,125 @@
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">130: Savivaldybės įmonė</t>
           </r>
         </is>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
-[...13 lines deleted...]
-        <v>33</v>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="E19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G19" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H19" s="6">
+        <v>0.0</v>
       </c>
       <c r="I19" s="6">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="J19" s="6">
         <v>0.0</v>
       </c>
       <c r="K19" s="6">
         <v>0.0</v>
       </c>
       <c r="L19" s="6">
         <v>0.0</v>
       </c>
       <c r="M19" s="6">
         <v>0.0</v>
       </c>
       <c r="N19" s="6">
         <v>0.0</v>
       </c>
       <c r="O19" s="6">
         <v>0.0</v>
       </c>
       <c r="P19" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="D20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SUM: Iš viso</t>
-[...16 lines deleted...]
-        <v>0.0</v>
+            <t xml:space="preserve">G35: Išduota atsiskaitymo su biudžetais ir fondais JAR-PBA forma</t>
+          </r>
+        </is>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>33</v>
       </c>
       <c r="J20" s="6">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
       <c r="K20" s="6">
         <v>0.0</v>
       </c>
       <c r="L20" s="6">
         <v>0.0</v>
       </c>
       <c r="M20" s="6">
         <v>0.0</v>
       </c>
       <c r="N20" s="6">
         <v>0.0</v>
       </c>
       <c r="O20" s="6">
         <v>0.0</v>
       </c>
       <c r="P20" s="6">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="B4:P4"/>
     <mergeCell ref="B5:P5"/>