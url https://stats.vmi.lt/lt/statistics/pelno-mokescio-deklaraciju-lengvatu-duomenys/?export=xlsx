--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -12,76 +12,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pelno-mokescio-deklaraciju-len" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pelno mokesčio deklaracijų lengvatų duomenys</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2024-10-17</t>
+    <t>2025-11-11</t>
   </si>
   <si>
     <t>Laikotarpis</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MM skaičius (PMĮ 5 str. 2 d.)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
@@ -390,50 +390,64 @@
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MM skaičius (PMĮ 58 str. 16 d. 3 p.)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pelno mokesčio sumažinimo suma, kai dirba riboto darbingumo asmenys, PMĮ 58 str. 16 d. 3 p.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2024</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2023</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -846,54 +860,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AA14"/>
+  <dimension ref="A1:AA15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="AA14" sqref="AA14"/>
+      <selection activeCell="AA15" sqref="AA15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="2" spans="1:27">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Pelno mokesčio deklaracijų lengvatų duomenys</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4" spans="1:27">
       <c r="A4" t="s">
         <v>1</v>
@@ -1322,514 +1336,610 @@
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Pelno mokesčio sumažinimo suma, kai dirba riboto darbingumo asmenys, PMĮ 58 str. 16 d. 3 p.</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:27">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="B10" s="6">
-        <v>4478.0</v>
+        <v>4826.0</v>
       </c>
       <c r="C10" s="6">
-        <v>65267005.0</v>
+        <v>72107912.0</v>
       </c>
       <c r="D10" s="6">
-        <v>38382.0</v>
+        <v>40654.0</v>
       </c>
       <c r="E10" s="6">
-        <v>638612141.0</v>
+        <v>686307359.0</v>
       </c>
       <c r="F10" s="6">
-        <v>70.0</v>
+        <v>86.0</v>
       </c>
       <c r="G10" s="6">
-        <v>8248414.0</v>
+        <v>21969323.0</v>
       </c>
       <c r="H10" s="6">
-        <v>118.0</v>
+        <v>141.0</v>
       </c>
       <c r="I10" s="6">
-        <v>170590782.0</v>
+        <v>260195808.0</v>
       </c>
       <c r="J10" s="6">
-        <v>11073.0</v>
+        <v>11529.0</v>
       </c>
       <c r="K10" s="6">
-        <v>5376331672.0</v>
+        <v>6586427901.0</v>
       </c>
       <c r="L10" s="6">
-        <v>323.0</v>
+        <v>327.0</v>
       </c>
       <c r="M10" s="6">
-        <v>297151629.0</v>
+        <v>337855687.0</v>
       </c>
       <c r="N10" s="6">
-        <v>125.0</v>
+        <v>119.0</v>
       </c>
       <c r="O10" s="6">
-        <v>13826816.0</v>
+        <v>12046030.0</v>
       </c>
       <c r="P10" s="6">
-        <v>11557.0</v>
+        <v>12058.0</v>
       </c>
       <c r="Q10" s="6">
-        <v>244350526.0</v>
+        <v>229590555.0</v>
       </c>
       <c r="R10" s="6">
-        <v>2274.0</v>
+        <v>2261.0</v>
       </c>
       <c r="S10" s="6">
-        <v>1240993102.0</v>
+        <v>879443873.0</v>
       </c>
       <c r="T10" s="6">
-        <v>146.0</v>
+        <v>149.0</v>
       </c>
       <c r="U10" s="6">
-        <v>21543637.0</v>
+        <v>19541772.0</v>
       </c>
       <c r="V10" s="6">
-        <v>1142.0</v>
+        <v>1225.0</v>
       </c>
       <c r="W10" s="6">
-        <v>57845007.0</v>
+        <v>60562345.0</v>
       </c>
       <c r="X10" s="6">
-        <v>40.0</v>
+        <v>49.0</v>
       </c>
       <c r="Y10" s="6">
-        <v>87083739.0</v>
+        <v>102894056.0</v>
       </c>
       <c r="Z10" s="6">
-        <v>79.0</v>
+        <v>54.0</v>
       </c>
       <c r="AA10" s="6">
-        <v>3183654.0</v>
+        <v>3324709.0</v>
       </c>
     </row>
     <row r="11" spans="1:27">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022</t>
+            <t xml:space="preserve">2023</t>
           </r>
         </is>
       </c>
       <c r="B11" s="6">
-        <v>3889.0</v>
+        <v>4240.0</v>
       </c>
       <c r="C11" s="6">
-        <v>56079599.0</v>
+        <v>60871393.0</v>
       </c>
       <c r="D11" s="6">
-        <v>37417.0</v>
+        <v>39797.0</v>
       </c>
       <c r="E11" s="6">
-        <v>609729934.0</v>
+        <v>658422470.0</v>
       </c>
       <c r="F11" s="6">
-        <v>172.0</v>
+        <v>71.0</v>
       </c>
       <c r="G11" s="6">
-        <v>25061189.0</v>
+        <v>8466893.0</v>
       </c>
       <c r="H11" s="6">
-        <v>175.0</v>
+        <v>132.0</v>
       </c>
       <c r="I11" s="6">
-        <v>247659772.0</v>
+        <v>169686617.0</v>
       </c>
       <c r="J11" s="6">
-        <v>11087.0</v>
+        <v>11310.0</v>
       </c>
       <c r="K11" s="6">
-        <v>7904043563.0</v>
+        <v>5466796346.0</v>
       </c>
       <c r="L11" s="6">
-        <v>370.0</v>
+        <v>332.0</v>
       </c>
       <c r="M11" s="6">
-        <v>359657614.0</v>
+        <v>303995360.0</v>
       </c>
       <c r="N11" s="6">
-        <v>98.0</v>
+        <v>129.0</v>
       </c>
       <c r="O11" s="6">
-        <v>12599671.0</v>
+        <v>15152009.0</v>
       </c>
       <c r="P11" s="6">
-        <v>11959.0</v>
+        <v>11733.0</v>
       </c>
       <c r="Q11" s="6">
-        <v>240294612.0</v>
+        <v>250585079.0</v>
       </c>
       <c r="R11" s="6">
-        <v>2306.0</v>
+        <v>2407.0</v>
       </c>
       <c r="S11" s="6">
-        <v>992351197.0</v>
+        <v>1290152892.0</v>
       </c>
       <c r="T11" s="6">
-        <v>120.0</v>
+        <v>147.0</v>
       </c>
       <c r="U11" s="6">
-        <v>16976850.0</v>
+        <v>21619093.0</v>
       </c>
       <c r="V11" s="6">
-        <v>1200.0</v>
+        <v>1203.0</v>
       </c>
       <c r="W11" s="6">
-        <v>67779804.0</v>
+        <v>60440604.0</v>
       </c>
       <c r="X11" s="6">
-        <v>38.0</v>
+        <v>39.0</v>
       </c>
       <c r="Y11" s="6">
-        <v>197292070.0</v>
+        <v>73591198.0</v>
       </c>
       <c r="Z11" s="6">
-        <v>85.0</v>
+        <v>77.0</v>
       </c>
       <c r="AA11" s="6">
-        <v>1601006.0</v>
+        <v>3176339.0</v>
       </c>
     </row>
     <row r="12" spans="1:27">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021</t>
+            <t xml:space="preserve">2022</t>
           </r>
         </is>
       </c>
       <c r="B12" s="6">
-        <v>3960.0</v>
+        <v>3801.0</v>
       </c>
       <c r="C12" s="6">
-        <v>51257991.0</v>
+        <v>54467759.0</v>
       </c>
       <c r="D12" s="6">
-        <v>34510.0</v>
+        <v>37624.0</v>
       </c>
       <c r="E12" s="6">
-        <v>536729625.0</v>
+        <v>612293707.0</v>
       </c>
       <c r="F12" s="6">
-        <v>176.0</v>
+        <v>169.0</v>
       </c>
       <c r="G12" s="6">
-        <v>14733144.0</v>
+        <v>25044963.0</v>
       </c>
       <c r="H12" s="6">
-        <v>229.0</v>
+        <v>173.0</v>
       </c>
       <c r="I12" s="6">
-        <v>239930389.0</v>
+        <v>247657652.0</v>
       </c>
       <c r="J12" s="6">
-        <v>10411.0</v>
+        <v>11145.0</v>
       </c>
       <c r="K12" s="6">
-        <v>5241976055.0</v>
+        <v>8028707111.0</v>
       </c>
       <c r="L12" s="6">
-        <v>372.0</v>
+        <v>374.0</v>
       </c>
       <c r="M12" s="6">
-        <v>305857878.0</v>
+        <v>360623983.0</v>
       </c>
       <c r="N12" s="6">
-        <v>76.0</v>
+        <v>98.0</v>
       </c>
       <c r="O12" s="6">
-        <v>10178556.0</v>
+        <v>12599671.0</v>
       </c>
       <c r="P12" s="6">
-        <v>8200.0</v>
+        <v>11974.0</v>
       </c>
       <c r="Q12" s="6">
-        <v>163713514.0</v>
+        <v>241794015.0</v>
       </c>
       <c r="R12" s="6">
-        <v>2000.0</v>
+        <v>2374.0</v>
       </c>
       <c r="S12" s="6">
-        <v>784207602.0</v>
+        <v>1025794299.0</v>
       </c>
       <c r="T12" s="6">
-        <v>110.0</v>
+        <v>120.0</v>
       </c>
       <c r="U12" s="6">
-        <v>13984142.0</v>
+        <v>16971068.0</v>
       </c>
       <c r="V12" s="6">
-        <v>1127.0</v>
+        <v>1196.0</v>
       </c>
       <c r="W12" s="6">
-        <v>52544066.0</v>
+        <v>65227322.0</v>
       </c>
       <c r="X12" s="6">
         <v>36.0</v>
       </c>
       <c r="Y12" s="6">
-        <v>145489201.0</v>
+        <v>182299644.0</v>
       </c>
       <c r="Z12" s="6">
-        <v>91.0</v>
+        <v>81.0</v>
       </c>
       <c r="AA12" s="6">
-        <v>1277392.0</v>
+        <v>1563245.0</v>
       </c>
     </row>
     <row r="13" spans="1:27">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2020</t>
+            <t xml:space="preserve">2021</t>
           </r>
         </is>
       </c>
       <c r="B13" s="6">
-        <v>3237.0</v>
+        <v>3839.0</v>
       </c>
       <c r="C13" s="6">
-        <v>40398013.0</v>
+        <v>49596382.0</v>
       </c>
       <c r="D13" s="6">
-        <v>34193.0</v>
+        <v>35792.0</v>
       </c>
       <c r="E13" s="6">
-        <v>515999399.0</v>
+        <v>559518796.0</v>
       </c>
       <c r="F13" s="6">
-        <v>166.0</v>
+        <v>177.0</v>
       </c>
       <c r="G13" s="6">
-        <v>7451285.0</v>
+        <v>14758339.0</v>
       </c>
       <c r="H13" s="6">
-        <v>232.0</v>
+        <v>229.0</v>
       </c>
       <c r="I13" s="6">
-        <v>164058471.0</v>
+        <v>239930389.0</v>
       </c>
       <c r="J13" s="6">
-        <v>10548.0</v>
+        <v>10415.0</v>
       </c>
       <c r="K13" s="6">
-        <v>3363752795.0</v>
+        <v>5276502591.0</v>
       </c>
       <c r="L13" s="6">
-        <v>360.0</v>
+        <v>376.0</v>
       </c>
       <c r="M13" s="6">
-        <v>193546884.0</v>
+        <v>307568349.0</v>
       </c>
       <c r="N13" s="6">
-        <v>98.0</v>
+        <v>76.0</v>
       </c>
       <c r="O13" s="6">
-        <v>8157072.0</v>
+        <v>10178556.0</v>
       </c>
       <c r="P13" s="6">
-        <v>7169.0</v>
+        <v>8200.0</v>
       </c>
       <c r="Q13" s="6">
-        <v>149767634.0</v>
+        <v>163793294.0</v>
       </c>
       <c r="R13" s="6">
-        <v>1893.0</v>
+        <v>2051.0</v>
       </c>
       <c r="S13" s="6">
-        <v>803835157.0</v>
+        <v>807647843.0</v>
       </c>
       <c r="T13" s="6">
-        <v>117.0</v>
+        <v>110.0</v>
       </c>
       <c r="U13" s="6">
-        <v>14131532.0</v>
+        <v>13984142.0</v>
       </c>
       <c r="V13" s="6">
-        <v>1121.0</v>
+        <v>1125.0</v>
       </c>
       <c r="W13" s="6">
-        <v>41438477.0</v>
+        <v>52377882.0</v>
       </c>
       <c r="X13" s="6">
-        <v>34.0</v>
+        <v>35.0</v>
       </c>
       <c r="Y13" s="6">
-        <v>68815443.0</v>
+        <v>134155362.0</v>
       </c>
       <c r="Z13" s="6">
-        <v>84.0</v>
+        <v>91.0</v>
       </c>
       <c r="AA13" s="6">
-        <v>1332414.0</v>
+        <v>1277392.0</v>
       </c>
     </row>
     <row r="14" spans="1:27">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
+      <c r="B14" s="6">
+        <v>3145.0</v>
+      </c>
+      <c r="C14" s="6">
+        <v>39195936.0</v>
+      </c>
+      <c r="D14" s="6">
+        <v>33821.0</v>
+      </c>
+      <c r="E14" s="6">
+        <v>515957222.0</v>
+      </c>
+      <c r="F14" s="6">
+        <v>166.0</v>
+      </c>
+      <c r="G14" s="6">
+        <v>7451285.0</v>
+      </c>
+      <c r="H14" s="6">
+        <v>232.0</v>
+      </c>
+      <c r="I14" s="6">
+        <v>164058471.0</v>
+      </c>
+      <c r="J14" s="6">
+        <v>10548.0</v>
+      </c>
+      <c r="K14" s="6">
+        <v>3363752795.0</v>
+      </c>
+      <c r="L14" s="6">
+        <v>360.0</v>
+      </c>
+      <c r="M14" s="6">
+        <v>193546884.0</v>
+      </c>
+      <c r="N14" s="6">
+        <v>98.0</v>
+      </c>
+      <c r="O14" s="6">
+        <v>8157072.0</v>
+      </c>
+      <c r="P14" s="6">
+        <v>7169.0</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>149767634.0</v>
+      </c>
+      <c r="R14" s="6">
+        <v>1893.0</v>
+      </c>
+      <c r="S14" s="6">
+        <v>803828906.0</v>
+      </c>
+      <c r="T14" s="6">
+        <v>117.0</v>
+      </c>
+      <c r="U14" s="6">
+        <v>14131532.0</v>
+      </c>
+      <c r="V14" s="6">
+        <v>1121.0</v>
+      </c>
+      <c r="W14" s="6">
+        <v>41438477.0</v>
+      </c>
+      <c r="X14" s="6">
+        <v>34.0</v>
+      </c>
+      <c r="Y14" s="6">
+        <v>62953728.0</v>
+      </c>
+      <c r="Z14" s="6">
+        <v>84.0</v>
+      </c>
+      <c r="AA14" s="6">
+        <v>1332414.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:27">
+      <c r="A15" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2019</t>
           </r>
         </is>
       </c>
-      <c r="B14" s="6">
+      <c r="B15" s="6">
         <v>2367.0</v>
       </c>
-      <c r="C14" s="6">
+      <c r="C15" s="6">
         <v>27925443.0</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D15" s="6">
         <v>31847.0</v>
       </c>
-      <c r="E14" s="6">
+      <c r="E15" s="6">
         <v>432941575.0</v>
       </c>
-      <c r="F14" s="6">
+      <c r="F15" s="6">
         <v>191.0</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G15" s="6">
         <v>6003121.0</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H15" s="6">
         <v>222.0</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I15" s="6">
         <v>21635430.0</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J15" s="6">
         <v>12776.0</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K15" s="6">
         <v>3283454924.0</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L15" s="6">
         <v>270.0</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M15" s="6">
         <v>132237541.0</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N15" s="6">
         <v>80.0</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O15" s="6">
         <v>5046991.0</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P15" s="6">
         <v>7238.0</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q15" s="6">
         <v>155567523.0</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R15" s="6">
         <v>1740.0</v>
       </c>
-      <c r="S14" s="6">
+      <c r="S15" s="6">
         <v>585128923.0</v>
       </c>
-      <c r="T14" s="6">
+      <c r="T15" s="6">
         <v>101.0</v>
       </c>
-      <c r="U14" s="6">
+      <c r="U15" s="6">
         <v>9095572.0</v>
       </c>
-      <c r="V14" s="6">
+      <c r="V15" s="6">
         <v>1126.0</v>
       </c>
-      <c r="W14" s="6">
+      <c r="W15" s="6">
         <v>41010192.0</v>
       </c>
-      <c r="X14" s="6">
+      <c r="X15" s="6">
         <v>40.0</v>
       </c>
-      <c r="Y14" s="6">
+      <c r="Y15" s="6">
         <v>63216343.0</v>
       </c>
-      <c r="Z14" s="6">
+      <c r="Z15" s="6">
         <v>97.0</v>
       </c>
-      <c r="AA14" s="6">
+      <c r="AA15" s="6">
         <v>2018504.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:AA2"/>
     <mergeCell ref="B4:AA4"/>
     <mergeCell ref="B5:AA5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>