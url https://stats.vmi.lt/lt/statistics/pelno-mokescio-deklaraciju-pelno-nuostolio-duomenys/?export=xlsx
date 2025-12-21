--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -37,51 +37,51 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pelno mokesčio deklaracijų pelno-nuostolio duomenys</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-10-24</t>
+    <t>2025-11-11</t>
   </si>
   <si>
     <t>EV sekcija</t>
   </si>
   <si>
     <t>Laikotarpis</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pelningų įmonių skaičius</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
@@ -504,51 +504,51 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">V: V</t>
+      <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
     </r>
   </si>
   <si>
     <t>•</t>
   </si>
   <si>
     <t>• Neskelbiami duomenys</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -5336,51 +5336,51 @@
         <v>0.0</v>
       </c>
       <c r="D141" s="6">
         <v>0.0</v>
       </c>
       <c r="E141" s="6">
         <v>0.0</v>
       </c>
       <c r="F141" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">V: V</t>
+            <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
           </r>
         </is>
       </c>
       <c r="B142" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="C142" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>40</v>
       </c>