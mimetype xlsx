--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -37,51 +37,51 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Pelno mokesčio deklaracijų veiklos duomenys</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2024-10-17</t>
+    <t>2025-11-11</t>
   </si>
   <si>
     <t>EV skyrius</t>
   </si>
   <si>
     <t>SUM: Iš viso</t>
   </si>
   <si>
     <t>Laikotarpis</t>
   </si>
   <si>
     <t>EV sekcija</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MM skaičius</t>
@@ -132,51 +132,51 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Mokėtinas pelno mokestis</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2023</t>
+      <t xml:space="preserve">2024</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SUM: Iš viso</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -440,114 +440,136 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2022</t>
+      <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
+      <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
     </r>
   </si>
   <si>
-    <t>•</t>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2023</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2022</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2021</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2020</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2019</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>• Neskelbiami duomenys</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -889,54 +911,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H122"/>
+  <dimension ref="A1:H147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H119" sqref="H119"/>
+      <selection activeCell="H147" sqref="H147"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="2" spans="1:8">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Pelno mokesčio deklaracijų veiklos duomenys</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>1</v>
@@ -1043,5475 +1065,6858 @@
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Mokėtinas pelno mokestis</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023</t>
+            <t xml:space="preserve">2024</t>
           </r>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D11" s="6">
-        <v>165786.0</v>
+        <v>173694.0</v>
       </c>
       <c r="E11" s="6">
-        <v>172023571051.0</v>
+        <v>180575783763.0</v>
       </c>
       <c r="F11" s="6">
-        <v>10387810562.0</v>
+        <v>10125607157.0</v>
       </c>
       <c r="G11" s="6">
-        <v>12621973031.0</v>
+        <v>12453474964.0</v>
       </c>
       <c r="H11" s="6">
-        <v>1481528773.0</v>
+        <v>1507043103.0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D12" s="6">
-        <v>3858.0</v>
+        <v>3909.0</v>
       </c>
       <c r="E12" s="6">
-        <v>2634243086.0</v>
+        <v>2630247244.0</v>
       </c>
       <c r="F12" s="6">
-        <v>127593396.0</v>
+        <v>86121555.0</v>
       </c>
       <c r="G12" s="6">
-        <v>229852335.0</v>
+        <v>189850988.0</v>
       </c>
       <c r="H12" s="6">
-        <v>28240507.0</v>
+        <v>22849464.0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D13" s="6">
-        <v>271.0</v>
+        <v>290.0</v>
       </c>
       <c r="E13" s="6">
-        <v>312350889.0</v>
+        <v>354525719.0</v>
       </c>
       <c r="F13" s="6">
-        <v>39156368.0</v>
+        <v>51269270.0</v>
       </c>
       <c r="G13" s="6">
-        <v>39222996.0</v>
+        <v>52186699.0</v>
       </c>
       <c r="H13" s="6">
-        <v>4581645.0</v>
+        <v>5266741.0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D14" s="6">
-        <v>12762.0</v>
+        <v>13210.0</v>
       </c>
       <c r="E14" s="6">
-        <v>34186993934.0</v>
+        <v>33968788725.0</v>
       </c>
       <c r="F14" s="6">
-        <v>1783035979.0</v>
+        <v>1611326159.0</v>
       </c>
       <c r="G14" s="6">
-        <v>2363411300.0</v>
+        <v>2131985452.0</v>
       </c>
       <c r="H14" s="6">
-        <v>225630099.0</v>
+        <v>227492232.0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D15" s="6">
-        <v>1281.0</v>
+        <v>1326.0</v>
       </c>
       <c r="E15" s="6">
-        <v>4706548165.0</v>
+        <v>4852524607.0</v>
       </c>
       <c r="F15" s="6">
-        <v>275054786.0</v>
+        <v>323170556.0</v>
       </c>
       <c r="G15" s="6">
-        <v>483400432.0</v>
+        <v>428267455.0</v>
       </c>
       <c r="H15" s="6">
-        <v>15686177.0</v>
+        <v>30902413.0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D16" s="6">
-        <v>491.0</v>
+        <v>498.0</v>
       </c>
       <c r="E16" s="6">
-        <v>1272400126.0</v>
+        <v>1350856888.0</v>
       </c>
       <c r="F16" s="6">
-        <v>58379111.0</v>
+        <v>63616447.0</v>
       </c>
       <c r="G16" s="6">
-        <v>61238648.0</v>
+        <v>68404300.0</v>
       </c>
       <c r="H16" s="6">
-        <v>4360078.0</v>
+        <v>4291058.0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D17" s="6">
-        <v>15186.0</v>
+        <v>16262.0</v>
       </c>
       <c r="E17" s="6">
-        <v>11341163064.0</v>
+        <v>12237757456.0</v>
       </c>
       <c r="F17" s="6">
-        <v>713966652.0</v>
+        <v>831908549.0</v>
       </c>
       <c r="G17" s="6">
-        <v>869760767.0</v>
+        <v>1004743522.0</v>
       </c>
       <c r="H17" s="6">
-        <v>110231520.0</v>
+        <v>130442611.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D18" s="6">
-        <v>34561.0</v>
+        <v>32835.0</v>
       </c>
       <c r="E18" s="6">
-        <v>58595199124.0</v>
+        <v>60721005069.0</v>
       </c>
       <c r="F18" s="6">
-        <v>2222380870.0</v>
+        <v>2240495649.0</v>
       </c>
       <c r="G18" s="6">
-        <v>2477552326.0</v>
+        <v>2431588695.0</v>
       </c>
       <c r="H18" s="6">
-        <v>333520721.0</v>
+        <v>323180262.0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D19" s="6">
-        <v>9887.0</v>
+        <v>10266.0</v>
       </c>
       <c r="E19" s="6">
-        <v>20548055608.0</v>
+        <v>20676432508.0</v>
       </c>
       <c r="F19" s="6">
-        <v>1259250053.0</v>
+        <v>688548203.0</v>
       </c>
       <c r="G19" s="6">
-        <v>1366690459.0</v>
+        <v>843407282.0</v>
       </c>
       <c r="H19" s="6">
-        <v>170163166.0</v>
+        <v>96382161.0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D20" s="6">
-        <v>5212.0</v>
+        <v>5308.0</v>
       </c>
       <c r="E20" s="6">
-        <v>2146492026.0</v>
+        <v>2286038674.0</v>
       </c>
       <c r="F20" s="6">
-        <v>154225975.0</v>
+        <v>79824333.0</v>
       </c>
       <c r="G20" s="6">
-        <v>169893033.0</v>
+        <v>127512462.0</v>
       </c>
       <c r="H20" s="6">
-        <v>21735143.0</v>
+        <v>16347978.0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D21" s="6">
-        <v>7125.0</v>
+        <v>2032.0</v>
       </c>
       <c r="E21" s="6">
-        <v>6653196586.0</v>
+        <v>1617939176.0</v>
       </c>
       <c r="F21" s="6">
-        <v>831440627.0</v>
+        <v>198460976.0</v>
       </c>
       <c r="G21" s="6">
-        <v>866717993.0</v>
+        <v>163771107.0</v>
       </c>
       <c r="H21" s="6">
-        <v>96327584.0</v>
+        <v>17770920.0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D22" s="6">
-        <v>2624.0</v>
+        <v>6083.0</v>
       </c>
       <c r="E22" s="6">
-        <v>8858410340.0</v>
+        <v>5951821406.0</v>
       </c>
       <c r="F22" s="6">
-        <v>1498942120.0</v>
+        <v>691489574.0</v>
       </c>
       <c r="G22" s="6">
-        <v>1617229946.0</v>
+        <v>817086907.0</v>
       </c>
       <c r="H22" s="6">
-        <v>235038582.0</v>
+        <v>90566918.0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D23" s="6">
-        <v>8085.0</v>
+        <v>2876.0</v>
       </c>
       <c r="E23" s="6">
-        <v>3496487422.0</v>
+        <v>10418239145.0</v>
       </c>
       <c r="F23" s="6">
-        <v>335745613.0</v>
+        <v>1755504047.0</v>
       </c>
       <c r="G23" s="6">
-        <v>555470756.0</v>
+        <v>1960181941.0</v>
       </c>
       <c r="H23" s="6">
-        <v>70909341.0</v>
+        <v>283066258.0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D24" s="6">
-        <v>16652.0</v>
+        <v>8760.0</v>
       </c>
       <c r="E24" s="6">
-        <v>5522192490.0</v>
+        <v>3652181185.0</v>
       </c>
       <c r="F24" s="6">
-        <v>322958692.0</v>
+        <v>353456932.0</v>
       </c>
       <c r="G24" s="6">
-        <v>588129130.0</v>
+        <v>604539845.0</v>
       </c>
       <c r="H24" s="6">
-        <v>58708845.0</v>
+        <v>78289197.0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D25" s="6">
-        <v>5949.0</v>
+        <v>18744.0</v>
       </c>
       <c r="E25" s="6">
-        <v>4608290591.0</v>
+        <v>6457833145.0</v>
       </c>
       <c r="F25" s="6">
-        <v>395279394.0</v>
+        <v>457332214.0</v>
       </c>
       <c r="G25" s="6">
-        <v>439173382.0</v>
+        <v>734493981.0</v>
       </c>
       <c r="H25" s="6">
-        <v>55596749.0</v>
+        <v>83085817.0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D26" s="6">
-        <v>221.0</v>
+        <v>6571.0</v>
       </c>
       <c r="E26" s="6">
-        <v>77310859.0</v>
+        <v>4845802959.0</v>
       </c>
       <c r="F26" s="6">
-        <v>-3133121.0</v>
+        <v>289964623.0</v>
       </c>
       <c r="G26" s="6">
-        <v>938326.0</v>
+        <v>347939484.0</v>
       </c>
       <c r="H26" s="6">
-        <v>97539.0</v>
+        <v>41099332.0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D27" s="6">
-        <v>3773.0</v>
+        <v>257.0</v>
       </c>
       <c r="E27" s="6">
-        <v>608386676.0</v>
+        <v>136877702.0</v>
       </c>
       <c r="F27" s="6">
-        <v>66794571.0</v>
+        <v>11331708.0</v>
       </c>
       <c r="G27" s="6">
-        <v>87966635.0</v>
+        <v>9103111.0</v>
       </c>
       <c r="H27" s="6">
-        <v>6941100.0</v>
+        <v>1336275.0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D28" s="6">
-        <v>4618.0</v>
+        <v>4236.0</v>
       </c>
       <c r="E28" s="6">
-        <v>3566328656.0</v>
+        <v>720548190.0</v>
       </c>
       <c r="F28" s="6">
-        <v>91165089.0</v>
+        <v>74283185.0</v>
       </c>
       <c r="G28" s="6">
-        <v>138536900.0</v>
+        <v>96121847.0</v>
       </c>
       <c r="H28" s="6">
-        <v>14729510.0</v>
+        <v>7181056.0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D29" s="6">
-        <v>6269.0</v>
+        <v>4920.0</v>
       </c>
       <c r="E29" s="6">
-        <v>833819386.0</v>
+        <v>4490990883.0</v>
       </c>
       <c r="F29" s="6">
-        <v>119338677.0</v>
+        <v>96652945.0</v>
       </c>
       <c r="G29" s="6">
-        <v>130732490.0</v>
+        <v>149486483.0</v>
       </c>
       <c r="H29" s="6">
-        <v>15456014.0</v>
+        <v>15374418.0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D30" s="6">
-        <v>11676.0</v>
+        <v>6959.0</v>
       </c>
       <c r="E30" s="6">
-        <v>342496665.0</v>
+        <v>931100645.0</v>
       </c>
       <c r="F30" s="6">
-        <v>22551752.0</v>
+        <v>128000952.0</v>
       </c>
       <c r="G30" s="6">
-        <v>34539170.0</v>
+        <v>142544267.0</v>
       </c>
       <c r="H30" s="6">
-        <v>3104203.0</v>
+        <v>17916527.0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D31" s="6">
-        <v>76.0</v>
+        <v>14649.0</v>
       </c>
       <c r="E31" s="6">
-        <v>750001.0</v>
+        <v>1187869349.0</v>
       </c>
       <c r="F31" s="6">
-        <v>59364.0</v>
+        <v>64798108.0</v>
       </c>
       <c r="G31" s="6">
-        <v>28402.0</v>
+        <v>90074028.0</v>
       </c>
       <c r="H31" s="6">
-        <v>3737.0</v>
+        <v>10360062.0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
-      <c r="A32" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SUM: Iš viso</t>
+            <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D32" s="6">
-        <v>170264.0</v>
+        <v>71.0</v>
       </c>
       <c r="E32" s="6">
-        <v>183018394971.0</v>
+        <v>448060.0</v>
       </c>
       <c r="F32" s="6">
-        <v>10490481427.0</v>
+        <v>-1233.0</v>
       </c>
       <c r="G32" s="6">
-        <v>12414745943.0</v>
+        <v>8789.0</v>
       </c>
       <c r="H32" s="6">
-        <v>1530421756.0</v>
+        <v>1044.0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
+            <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
           </r>
         </is>
       </c>
       <c r="C33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D33" s="6">
-        <v>4071.0</v>
+        <v>10.0</v>
       </c>
       <c r="E33" s="6">
-        <v>3203840169.0</v>
+        <v>0.0</v>
       </c>
       <c r="F33" s="6">
-        <v>360275730.0</v>
+        <v>-15596.0</v>
       </c>
       <c r="G33" s="6">
-        <v>382694820.0</v>
+        <v>0.0</v>
       </c>
       <c r="H33" s="6">
-        <v>46585924.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
+      <c r="A34" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2023</t>
+          </r>
+        </is>
+      </c>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
+            <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D34" s="6">
-        <v>273.0</v>
+        <v>173879.0</v>
       </c>
       <c r="E34" s="6">
-        <v>304778545.0</v>
+        <v>178020389293.0</v>
       </c>
       <c r="F34" s="6">
-        <v>32945399.0</v>
+        <v>10788878695.0</v>
       </c>
       <c r="G34" s="6">
-        <v>35992047.0</v>
+        <v>12960020540.0</v>
       </c>
       <c r="H34" s="6">
-        <v>3452010.0</v>
+        <v>1524462476.0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
+            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D35" s="6">
-        <v>13307.0</v>
+        <v>4010.0</v>
       </c>
       <c r="E35" s="6">
-        <v>39557747170.0</v>
+        <v>2968274286.0</v>
       </c>
       <c r="F35" s="6">
-        <v>2390373860.0</v>
+        <v>111537366.0</v>
       </c>
       <c r="G35" s="6">
-        <v>2691229159.0</v>
+        <v>232354248.0</v>
       </c>
       <c r="H35" s="6">
-        <v>294089692.0</v>
+        <v>28250503.0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
+            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D36" s="6">
-        <v>1338.0</v>
+        <v>282.0</v>
       </c>
       <c r="E36" s="6">
-        <v>7965035771.0</v>
+        <v>323324963.0</v>
       </c>
       <c r="F36" s="6">
-        <v>513115563.0</v>
+        <v>41299510.0</v>
       </c>
       <c r="G36" s="6">
-        <v>687124279.0</v>
+        <v>41421374.0</v>
       </c>
       <c r="H36" s="6">
-        <v>80261742.0</v>
+        <v>4904398.0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
+            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D37" s="6">
-        <v>505.0</v>
+        <v>13242.0</v>
       </c>
       <c r="E37" s="6">
-        <v>1332557225.0</v>
+        <v>35691784688.0</v>
       </c>
       <c r="F37" s="6">
-        <v>-17456833.0</v>
+        <v>2032600435.0</v>
       </c>
       <c r="G37" s="6">
-        <v>45687372.0</v>
+        <v>2457557423.0</v>
       </c>
       <c r="H37" s="6">
-        <v>5203756.0</v>
+        <v>236672940.0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">F: Statyba</t>
+            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D38" s="6">
-        <v>15131.0</v>
+        <v>1330.0</v>
       </c>
       <c r="E38" s="6">
-        <v>9948888873.0</v>
+        <v>5078142865.0</v>
       </c>
       <c r="F38" s="6">
-        <v>433972990.0</v>
+        <v>304674112.0</v>
       </c>
       <c r="G38" s="6">
-        <v>614944411.0</v>
+        <v>499806952.0</v>
       </c>
       <c r="H38" s="6">
-        <v>76971186.0</v>
+        <v>16908871.0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
+            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D39" s="6">
-        <v>36313.0</v>
+        <v>501.0</v>
       </c>
       <c r="E39" s="6">
-        <v>65380670891.0</v>
+        <v>1272653854.0</v>
       </c>
       <c r="F39" s="6">
-        <v>2777297334.0</v>
+        <v>58595809.0</v>
       </c>
       <c r="G39" s="6">
-        <v>2909242757.0</v>
+        <v>61453498.0</v>
       </c>
       <c r="H39" s="6">
-        <v>398145765.0</v>
+        <v>4235284.0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H: Transportas ir saugojimas</t>
+            <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D40" s="6">
-        <v>10125.0</v>
+        <v>15745.0</v>
       </c>
       <c r="E40" s="6">
-        <v>19389971664.0</v>
+        <v>11527671597.0</v>
       </c>
       <c r="F40" s="6">
-        <v>1108215239.0</v>
+        <v>725763980.0</v>
       </c>
       <c r="G40" s="6">
-        <v>1157984543.0</v>
+        <v>885558257.0</v>
       </c>
       <c r="H40" s="6">
-        <v>140169049.0</v>
+        <v>111661901.0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
+            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D41" s="6">
-        <v>5406.0</v>
+        <v>33238.0</v>
       </c>
       <c r="E41" s="6">
-        <v>1875674064.0</v>
+        <v>61163220658.0</v>
       </c>
       <c r="F41" s="6">
-        <v>92702564.0</v>
+        <v>2254162964.0</v>
       </c>
       <c r="G41" s="6">
-        <v>120435091.0</v>
+        <v>2543410199.0</v>
       </c>
       <c r="H41" s="6">
-        <v>15389798.0</v>
+        <v>343350226.0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
+            <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D42" s="6">
-        <v>6978.0</v>
+        <v>10277.0</v>
       </c>
       <c r="E42" s="6">
-        <v>5811383984.0</v>
+        <v>20597192593.0</v>
       </c>
       <c r="F42" s="6">
-        <v>509214024.0</v>
+        <v>1272111027.0</v>
       </c>
       <c r="G42" s="6">
-        <v>767772155.0</v>
+        <v>1388756687.0</v>
       </c>
       <c r="H42" s="6">
-        <v>85212071.0</v>
+        <v>173204902.0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
+            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D43" s="6">
-        <v>2544.0</v>
+        <v>5413.0</v>
       </c>
       <c r="E43" s="6">
-        <v>6892305980.0</v>
+        <v>2186440899.0</v>
       </c>
       <c r="F43" s="6">
-        <v>820499633.0</v>
+        <v>157581739.0</v>
       </c>
       <c r="G43" s="6">
-        <v>995967042.0</v>
+        <v>173803311.0</v>
       </c>
       <c r="H43" s="6">
-        <v>144304584.0</v>
+        <v>22216729.0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
+            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D44" s="6">
-        <v>7978.0</v>
+        <v>1990.0</v>
       </c>
       <c r="E44" s="6">
-        <v>3517503709.0</v>
+        <v>1370496068.0</v>
       </c>
       <c r="F44" s="6">
-        <v>462230923.0</v>
+        <v>149250853.0</v>
       </c>
       <c r="G44" s="6">
-        <v>620564603.0</v>
+        <v>127897053.0</v>
       </c>
       <c r="H44" s="6">
-        <v>83485145.0</v>
+        <v>13497570.0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
+            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D45" s="6">
-        <v>16477.0</v>
+        <v>5439.0</v>
       </c>
       <c r="E45" s="6">
-        <v>7638928948.0</v>
+        <v>5440912671.0</v>
       </c>
       <c r="F45" s="6">
-        <v>343408492.0</v>
+        <v>666234676.0</v>
       </c>
       <c r="G45" s="6">
-        <v>533546787.0</v>
+        <v>732799187.0</v>
       </c>
       <c r="H45" s="6">
-        <v>61467228.0</v>
+        <v>83149032.0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
+            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D46" s="6">
-        <v>5967.0</v>
+        <v>2715.0</v>
       </c>
       <c r="E46" s="6">
-        <v>4298153125.0</v>
+        <v>8967553195.0</v>
       </c>
       <c r="F46" s="6">
-        <v>346604183.0</v>
+        <v>1506215223.0</v>
       </c>
       <c r="G46" s="6">
-        <v>394848910.0</v>
+        <v>1624493714.0</v>
       </c>
       <c r="H46" s="6">
-        <v>49713904.0</v>
+        <v>236075200.0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
+            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D47" s="6">
-        <v>236.0</v>
+        <v>8315.0</v>
       </c>
       <c r="E47" s="6">
-        <v>72688045.0</v>
+        <v>3610558228.0</v>
       </c>
       <c r="F47" s="6">
-        <v>336652.0</v>
+        <v>353243670.0</v>
       </c>
       <c r="G47" s="6">
-        <v>4123128.0</v>
+        <v>572466592.0</v>
       </c>
       <c r="H47" s="6">
-        <v>608431.0</v>
+        <v>73151029.0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
+            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D48" s="6">
-        <v>3933.0</v>
+        <v>17244.0</v>
       </c>
       <c r="E48" s="6">
-        <v>556956486.0</v>
+        <v>5735812793.0</v>
       </c>
       <c r="F48" s="6">
-        <v>62329326.0</v>
+        <v>393632947.0</v>
       </c>
       <c r="G48" s="6">
-        <v>87118203.0</v>
+        <v>660382142.0</v>
       </c>
       <c r="H48" s="6">
-        <v>5692410.0</v>
+        <v>68968385.0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Q: Švietimas</t>
+            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D49" s="6">
-        <v>4726.0</v>
+        <v>6212.0</v>
       </c>
       <c r="E49" s="6">
-        <v>3012292382.0</v>
+        <v>4692223955.0</v>
       </c>
       <c r="F49" s="6">
-        <v>83706404.0</v>
+        <v>396629239.0</v>
       </c>
       <c r="G49" s="6">
-        <v>137829561.0</v>
+        <v>443484922.0</v>
       </c>
       <c r="H49" s="6">
-        <v>14512317.0</v>
+        <v>56001871.0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
+            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D50" s="6">
-        <v>6821.0</v>
+        <v>238.0</v>
       </c>
       <c r="E50" s="6">
-        <v>722288085.0</v>
+        <v>77383819.0</v>
       </c>
       <c r="F50" s="6">
-        <v>105799293.0</v>
+        <v>-3117578.0</v>
       </c>
       <c r="G50" s="6">
-        <v>111770814.0</v>
+        <v>951763.0</v>
       </c>
       <c r="H50" s="6">
-        <v>13915179.0</v>
+        <v>98450.0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
+            <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D51" s="6">
-        <v>12953.0</v>
+        <v>3960.0</v>
       </c>
       <c r="E51" s="6">
-        <v>283307755.0</v>
+        <v>665184570.0</v>
       </c>
       <c r="F51" s="6">
-        <v>10246598.0</v>
+        <v>70996897.0</v>
       </c>
       <c r="G51" s="6">
-        <v>23642441.0</v>
+        <v>94346711.0</v>
       </c>
       <c r="H51" s="6">
-        <v>2188000.0</v>
+        <v>7781540.0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
+            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D52" s="6">
-        <v>82.0</v>
+        <v>4742.0</v>
       </c>
       <c r="E52" s="6">
-        <v>775108.0</v>
+        <v>3585023690.0</v>
       </c>
       <c r="F52" s="6">
-        <v>-12236.0</v>
+        <v>93025720.0</v>
       </c>
       <c r="G52" s="6">
-        <v>8406.0</v>
+        <v>138997962.0</v>
       </c>
       <c r="H52" s="6">
-        <v>967.0</v>
+        <v>14691480.0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
+            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
-      <c r="D53" s="6" t="s">
-[...12 lines deleted...]
-        <v>38</v>
+      <c r="D53" s="6">
+        <v>6637.0</v>
+      </c>
+      <c r="E53" s="6">
+        <v>859023183.0</v>
+      </c>
+      <c r="F53" s="6">
+        <v>121380707.0</v>
+      </c>
+      <c r="G53" s="6">
+        <v>132951230.0</v>
+      </c>
+      <c r="H53" s="6">
+        <v>15512460.0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
-      <c r="A54" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SUM: Iš viso</t>
+            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D54" s="6">
-        <v>164788.0</v>
+        <v>15099.0</v>
       </c>
       <c r="E54" s="6">
-        <v>141602613912.0</v>
+        <v>1194974362.0</v>
       </c>
       <c r="F54" s="6">
-        <v>8411727839.0</v>
+        <v>70103449.0</v>
       </c>
       <c r="G54" s="6">
-        <v>10133687265.0</v>
+        <v>92543251.0</v>
       </c>
       <c r="H54" s="6">
-        <v>1250408002.0</v>
+        <v>10416951.0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
+            <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D55" s="6">
-        <v>4132.0</v>
+        <v>79.0</v>
       </c>
       <c r="E55" s="6">
-        <v>2375536835.0</v>
+        <v>708676.0</v>
       </c>
       <c r="F55" s="6">
-        <v>146992305.0</v>
+        <v>59364.0</v>
       </c>
       <c r="G55" s="6">
-        <v>185401274.0</v>
+        <v>28402.0</v>
       </c>
       <c r="H55" s="6">
-        <v>20777999.0</v>
+        <v>3737.0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
+            <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
           </r>
         </is>
       </c>
       <c r="C56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D56" s="6">
-        <v>267.0</v>
+        <v>9.0</v>
       </c>
       <c r="E56" s="6">
-        <v>264531285.0</v>
+        <v>0.0</v>
       </c>
       <c r="F56" s="6">
-        <v>12908737.0</v>
+        <v>0.0</v>
       </c>
       <c r="G56" s="6">
-        <v>36208739.0</v>
+        <v>0.0</v>
       </c>
       <c r="H56" s="6">
-        <v>3858023.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
+      <c r="A57" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2022</t>
+          </r>
+        </is>
+      </c>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
+            <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D57" s="6">
-        <v>13248.0</v>
+        <v>171728.0</v>
       </c>
       <c r="E57" s="6">
-        <v>30605140274.0</v>
+        <v>183561038679.0</v>
       </c>
       <c r="F57" s="6">
-        <v>2226992137.0</v>
+        <v>10478669474.0</v>
       </c>
       <c r="G57" s="6">
-        <v>2443598576.0</v>
+        <v>12427995914.0</v>
       </c>
       <c r="H57" s="6">
-        <v>274551920.0</v>
+        <v>1528435254.0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
+            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D58" s="6">
-        <v>1274.0</v>
+        <v>4109.0</v>
       </c>
       <c r="E58" s="6">
-        <v>3949750406.0</v>
+        <v>3205802424.0</v>
       </c>
       <c r="F58" s="6">
-        <v>204726632.0</v>
+        <v>359139184.0</v>
       </c>
       <c r="G58" s="6">
-        <v>305314451.0</v>
+        <v>383583040.0</v>
       </c>
       <c r="H58" s="6">
-        <v>30055409.0</v>
+        <v>46478819.0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
+            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D59" s="6">
-        <v>521.0</v>
+        <v>275.0</v>
       </c>
       <c r="E59" s="6">
-        <v>1220643539.0</v>
+        <v>304787925.0</v>
       </c>
       <c r="F59" s="6">
-        <v>62104692.0</v>
+        <v>32937860.0</v>
       </c>
       <c r="G59" s="6">
-        <v>70757104.0</v>
+        <v>35993770.0</v>
       </c>
       <c r="H59" s="6">
-        <v>6583626.0</v>
+        <v>3452096.0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">F: Statyba</t>
+            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D60" s="6">
-        <v>14303.0</v>
+        <v>13485.0</v>
       </c>
       <c r="E60" s="6">
-        <v>8027043630.0</v>
+        <v>39697057567.0</v>
       </c>
       <c r="F60" s="6">
-        <v>360473005.0</v>
+        <v>2397359730.0</v>
       </c>
       <c r="G60" s="6">
-        <v>517972869.0</v>
+        <v>2699069493.0</v>
       </c>
       <c r="H60" s="6">
-        <v>65018228.0</v>
+        <v>293612206.0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
+            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D61" s="6">
-        <v>36115.0</v>
+        <v>1350.0</v>
       </c>
       <c r="E61" s="6">
-        <v>52626440262.0</v>
+        <v>8052342841.0</v>
       </c>
       <c r="F61" s="6">
-        <v>2485227259.0</v>
+        <v>512486136.0</v>
       </c>
       <c r="G61" s="6">
-        <v>2587909404.0</v>
+        <v>685954266.0</v>
       </c>
       <c r="H61" s="6">
-        <v>357517312.0</v>
+        <v>80016245.0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H: Transportas ir saugojimas</t>
+            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D62" s="6">
-        <v>9852.0</v>
+        <v>514.0</v>
       </c>
       <c r="E62" s="6">
-        <v>15185904801.0</v>
+        <v>1335447871.0</v>
       </c>
       <c r="F62" s="6">
-        <v>541199276.0</v>
+        <v>-16847986.0</v>
       </c>
       <c r="G62" s="6">
-        <v>650292965.0</v>
+        <v>45759690.0</v>
       </c>
       <c r="H62" s="6">
-        <v>72772496.0</v>
+        <v>5169602.0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
+            <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D63" s="6">
-        <v>5408.0</v>
+        <v>15309.0</v>
       </c>
       <c r="E63" s="6">
-        <v>1338118705.0</v>
+        <v>9812564330.0</v>
       </c>
       <c r="F63" s="6">
-        <v>36897459.0</v>
+        <v>443190991.0</v>
       </c>
       <c r="G63" s="6">
-        <v>89800628.0</v>
+        <v>621212955.0</v>
       </c>
       <c r="H63" s="6">
-        <v>11450576.0</v>
+        <v>77659314.0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
+            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D64" s="6">
-        <v>6758.0</v>
+        <v>33934.0</v>
       </c>
       <c r="E64" s="6">
-        <v>4671462371.0</v>
+        <v>65516659947.0</v>
       </c>
       <c r="F64" s="6">
-        <v>330889977.0</v>
+        <v>2756163926.0</v>
       </c>
       <c r="G64" s="6">
-        <v>627126986.0</v>
+        <v>2877095588.0</v>
       </c>
       <c r="H64" s="6">
-        <v>72372796.0</v>
+        <v>393742474.0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
+            <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D65" s="6">
-        <v>2409.0</v>
+        <v>10238.0</v>
       </c>
       <c r="E65" s="6">
-        <v>5714295115.0</v>
+        <v>19401378363.0</v>
       </c>
       <c r="F65" s="6">
-        <v>601510855.0</v>
+        <v>1115678997.0</v>
       </c>
       <c r="G65" s="6">
-        <v>741352025.0</v>
+        <v>1165184456.0</v>
       </c>
       <c r="H65" s="6">
-        <v>107686799.0</v>
+        <v>141039683.0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
+            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D66" s="6">
-        <v>7658.0</v>
+        <v>5477.0</v>
       </c>
       <c r="E66" s="6">
-        <v>3036136624.0</v>
+        <v>1892289788.0</v>
       </c>
       <c r="F66" s="6">
-        <v>373722929.0</v>
+        <v>92761902.0</v>
       </c>
       <c r="G66" s="6">
-        <v>540094669.0</v>
+        <v>120908496.0</v>
       </c>
       <c r="H66" s="6">
-        <v>70563931.0</v>
+        <v>15444126.0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
+            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D67" s="6">
-        <v>15743.0</v>
+        <v>2005.0</v>
       </c>
       <c r="E67" s="6">
-        <v>4361294251.0</v>
+        <v>1128743973.0</v>
       </c>
       <c r="F67" s="6">
-        <v>292614712.0</v>
+        <v>20046002.0</v>
       </c>
       <c r="G67" s="6">
-        <v>460079838.0</v>
+        <v>81044876.0</v>
       </c>
       <c r="H67" s="6">
-        <v>51556513.0</v>
+        <v>8352332.0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="B68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
+            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D68" s="6">
-        <v>5750.0</v>
+        <v>5060.0</v>
       </c>
       <c r="E68" s="6">
-        <v>3588241681.0</v>
+        <v>4695475599.0</v>
       </c>
       <c r="F68" s="6">
-        <v>400858770.0</v>
+        <v>474565628.0</v>
       </c>
       <c r="G68" s="6">
-        <v>438466780.0</v>
+        <v>691344227.0</v>
       </c>
       <c r="H68" s="6">
-        <v>58427080.0</v>
+        <v>76381442.0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
+            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D69" s="6">
-        <v>242.0</v>
+        <v>2581.0</v>
       </c>
       <c r="E69" s="6">
-        <v>51381223.0</v>
+        <v>6953602381.0</v>
       </c>
       <c r="F69" s="6">
-        <v>6060640.0</v>
+        <v>821845752.0</v>
       </c>
       <c r="G69" s="6">
-        <v>6394946.0</v>
+        <v>1000675140.0</v>
       </c>
       <c r="H69" s="6">
-        <v>930596.0</v>
+        <v>144872054.0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
+            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D70" s="6">
-        <v>3930.0</v>
+        <v>8053.0</v>
       </c>
       <c r="E70" s="6">
-        <v>461647488.0</v>
+        <v>3556446967.0</v>
       </c>
       <c r="F70" s="6">
-        <v>54019402.0</v>
+        <v>469120176.0</v>
       </c>
       <c r="G70" s="6">
-        <v>68757995.0</v>
+        <v>628890908.0</v>
       </c>
       <c r="H70" s="6">
-        <v>5692407.0</v>
+        <v>84262779.0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="B71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Q: Švietimas</t>
+            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D71" s="6">
-        <v>4727.0</v>
+        <v>16632.0</v>
       </c>
       <c r="E71" s="6">
-        <v>2674426999.0</v>
+        <v>7648811711.0</v>
       </c>
       <c r="F71" s="6">
-        <v>107003320.0</v>
+        <v>342873023.0</v>
       </c>
       <c r="G71" s="6">
-        <v>148854200.0</v>
+        <v>533287320.0</v>
       </c>
       <c r="H71" s="6">
-        <v>16929438.0</v>
+        <v>61154949.0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="B72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
+            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D72" s="6">
-        <v>7029.0</v>
+        <v>6051.0</v>
       </c>
       <c r="E72" s="6">
-        <v>519304214.0</v>
+        <v>4375200359.0</v>
       </c>
       <c r="F72" s="6">
-        <v>67931547.0</v>
+        <v>347098525.0</v>
       </c>
       <c r="G72" s="6">
-        <v>84312798.0</v>
+        <v>396353240.0</v>
       </c>
       <c r="H72" s="6">
-        <v>10160963.0</v>
+        <v>49899976.0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="B73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
+            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D73" s="6">
-        <v>13172.0</v>
+        <v>238.0</v>
       </c>
       <c r="E73" s="6">
-        <v>269764156.0</v>
+        <v>73261714.0</v>
       </c>
       <c r="F73" s="6">
-        <v>17838153.0</v>
+        <v>392629.0</v>
       </c>
       <c r="G73" s="6">
-        <v>29606936.0</v>
+        <v>4135339.0</v>
       </c>
       <c r="H73" s="6">
-        <v>3196001.0</v>
+        <v>610262.0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="B74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
+            <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D74" s="6">
-        <v>96.0</v>
+        <v>3968.0</v>
       </c>
       <c r="E74" s="6">
-        <v>1351714.0</v>
+        <v>564147473.0</v>
       </c>
       <c r="F74" s="6">
-        <v>-145486.0</v>
+        <v>63264069.0</v>
       </c>
       <c r="G74" s="6">
-        <v>1343.0</v>
+        <v>88047542.0</v>
       </c>
       <c r="H74" s="6">
-        <v>0.0</v>
+        <v>6043166.0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="B75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
+            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
-      <c r="D75" s="6" t="s">
-[...12 lines deleted...]
-        <v>38</v>
+      <c r="D75" s="6">
+        <v>4761.0</v>
+      </c>
+      <c r="E75" s="6">
+        <v>3037806944.0</v>
+      </c>
+      <c r="F75" s="6">
+        <v>83788525.0</v>
+      </c>
+      <c r="G75" s="6">
+        <v>138061747.0</v>
+      </c>
+      <c r="H75" s="6">
+        <v>14531360.0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
-      <c r="A76" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="B76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SUM: Iš viso</t>
+            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D76" s="6">
-        <v>154323.0</v>
+        <v>6870.0</v>
       </c>
       <c r="E76" s="6">
-        <v>113753829223.0</v>
+        <v>726625161.0</v>
       </c>
       <c r="F76" s="6">
-        <v>6263697329.0</v>
+        <v>105243163.0</v>
       </c>
       <c r="G76" s="6">
-        <v>7690450578.0</v>
+        <v>111568367.0</v>
       </c>
       <c r="H76" s="6">
-        <v>903490226.0</v>
+        <v>13877617.0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="B77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
+            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D77" s="6">
-        <v>4111.0</v>
+        <v>15935.0</v>
       </c>
       <c r="E77" s="6">
-        <v>2418464285.0</v>
+        <v>1047720989.0</v>
       </c>
       <c r="F77" s="6">
-        <v>32542746.0</v>
+        <v>46646204.0</v>
       </c>
       <c r="G77" s="6">
-        <v>86522853.0</v>
+        <v>71248994.0</v>
       </c>
       <c r="H77" s="6">
-        <v>9359741.0</v>
+        <v>8000734.0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="B78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
+            <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D78" s="6">
-        <v>256.0</v>
+        <v>83.0</v>
       </c>
       <c r="E78" s="6">
-        <v>261021984.0</v>
+        <v>721278.0</v>
       </c>
       <c r="F78" s="6">
-        <v>34077417.0</v>
+        <v>-12236.0</v>
       </c>
       <c r="G78" s="6">
-        <v>41938245.0</v>
+        <v>8406.0</v>
       </c>
       <c r="H78" s="6">
-        <v>4841496.0</v>
+        <v>967.0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="B79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
+            <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
           </r>
         </is>
       </c>
       <c r="C79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D79" s="6">
-        <v>12748.0</v>
+        <v>14.0</v>
       </c>
       <c r="E79" s="6">
-        <v>23306627462.0</v>
+        <v>0.0</v>
       </c>
       <c r="F79" s="6">
-        <v>1523250429.0</v>
+        <v>0.0</v>
       </c>
       <c r="G79" s="6">
-        <v>1908616490.0</v>
+        <v>0.0</v>
       </c>
       <c r="H79" s="6">
-        <v>203369369.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
+      <c r="A80" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021</t>
+          </r>
+        </is>
+      </c>
       <c r="B80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
+            <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D80" s="6">
-        <v>1261.0</v>
+        <v>164969.0</v>
       </c>
       <c r="E80" s="6">
-        <v>2546378214.0</v>
+        <v>141697286623.0</v>
       </c>
       <c r="F80" s="6">
-        <v>266555963.0</v>
+        <v>8405933972.0</v>
       </c>
       <c r="G80" s="6">
-        <v>257820025.0</v>
+        <v>10138706873.0</v>
       </c>
       <c r="H80" s="6">
-        <v>17092201.0</v>
+        <v>1249117145.0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="B81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
+            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D81" s="6">
-        <v>542.0</v>
+        <v>4136.0</v>
       </c>
       <c r="E81" s="6">
-        <v>875743862.0</v>
+        <v>2380712794.0</v>
       </c>
       <c r="F81" s="6">
-        <v>33591623.0</v>
+        <v>146492382.0</v>
       </c>
       <c r="G81" s="6">
-        <v>47329246.0</v>
+        <v>185703783.0</v>
       </c>
       <c r="H81" s="6">
-        <v>3747314.0</v>
+        <v>20821398.0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="B82" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">F: Statyba</t>
+            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C82" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D82" s="6">
-        <v>13058.0</v>
+        <v>267.0</v>
       </c>
       <c r="E82" s="6">
-        <v>7210420276.0</v>
+        <v>264531285.0</v>
       </c>
       <c r="F82" s="6">
-        <v>430037312.0</v>
+        <v>12908737.0</v>
       </c>
       <c r="G82" s="6">
-        <v>528023680.0</v>
+        <v>36208739.0</v>
       </c>
       <c r="H82" s="6">
-        <v>64683290.0</v>
+        <v>3858023.0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="B83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
+            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D83" s="6">
-        <v>34716.0</v>
+        <v>13285.0</v>
       </c>
       <c r="E83" s="6">
-        <v>43530002785.0</v>
+        <v>30856543823.0</v>
       </c>
       <c r="F83" s="6">
-        <v>1807640820.0</v>
+        <v>2236334160.0</v>
       </c>
       <c r="G83" s="6">
-        <v>1882788795.0</v>
+        <v>2459027769.0</v>
       </c>
       <c r="H83" s="6">
-        <v>250498143.0</v>
+        <v>274388929.0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="B84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H: Transportas ir saugojimas</t>
+            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D84" s="6">
-        <v>9322.0</v>
+        <v>1279.0</v>
       </c>
       <c r="E84" s="6">
-        <v>12572572127.0</v>
+        <v>3949867087.0</v>
       </c>
       <c r="F84" s="6">
-        <v>470807327.0</v>
+        <v>204509437.0</v>
       </c>
       <c r="G84" s="6">
-        <v>614877515.0</v>
+        <v>305505711.0</v>
       </c>
       <c r="H84" s="6">
-        <v>65759655.0</v>
+        <v>30055367.0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="B85" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
+            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C85" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D85" s="6">
-        <v>5169.0</v>
+        <v>522.0</v>
       </c>
       <c r="E85" s="6">
-        <v>1069172454.0</v>
+        <v>1220894979.0</v>
       </c>
       <c r="F85" s="6">
-        <v>3747413.0</v>
+        <v>62644516.0</v>
       </c>
       <c r="G85" s="6">
-        <v>67895837.0</v>
+        <v>71286522.0</v>
       </c>
       <c r="H85" s="6">
-        <v>8342703.0</v>
+        <v>6589600.0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="B86" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
+            <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C86" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D86" s="6">
-        <v>6380.0</v>
+        <v>14339.0</v>
       </c>
       <c r="E86" s="6">
-        <v>3482204567.0</v>
+        <v>8034472454.0</v>
       </c>
       <c r="F86" s="6">
-        <v>383775077.0</v>
+        <v>361018426.0</v>
       </c>
       <c r="G86" s="6">
-        <v>454480154.0</v>
+        <v>517861244.0</v>
       </c>
       <c r="H86" s="6">
-        <v>51444277.0</v>
+        <v>64905255.0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="B87" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
+            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C87" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D87" s="6">
-        <v>2249.0</v>
+        <v>33389.0</v>
       </c>
       <c r="E87" s="6">
-        <v>3863667353.0</v>
+        <v>52105431019.0</v>
       </c>
       <c r="F87" s="6">
-        <v>479175251.0</v>
+        <v>2452967309.0</v>
       </c>
       <c r="G87" s="6">
-        <v>560797471.0</v>
+        <v>2549955263.0</v>
       </c>
       <c r="H87" s="6">
-        <v>80300504.0</v>
+        <v>352782442.0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="B88" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
+            <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C88" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D88" s="6">
-        <v>7166.0</v>
+        <v>9882.0</v>
       </c>
       <c r="E88" s="6">
-        <v>2305029666.0</v>
+        <v>15234839384.0</v>
       </c>
       <c r="F88" s="6">
-        <v>223325183.0</v>
+        <v>544978900.0</v>
       </c>
       <c r="G88" s="6">
-        <v>363939514.0</v>
+        <v>653183218.0</v>
       </c>
       <c r="H88" s="6">
-        <v>47902816.0</v>
+        <v>73072396.0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="B89" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
+            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C89" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D89" s="6">
-        <v>14724.0</v>
+        <v>5421.0</v>
       </c>
       <c r="E89" s="6">
-        <v>3529276749.0</v>
+        <v>1339916457.0</v>
       </c>
       <c r="F89" s="6">
-        <v>272845437.0</v>
+        <v>37099433.0</v>
       </c>
       <c r="G89" s="6">
-        <v>390147432.0</v>
+        <v>89944925.0</v>
       </c>
       <c r="H89" s="6">
-        <v>42123022.0</v>
+        <v>11393050.0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="B90" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
+            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C90" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D90" s="6">
-        <v>5387.0</v>
+        <v>1979.0</v>
       </c>
       <c r="E90" s="6">
-        <v>2317840546.0</v>
+        <v>946532749.0</v>
       </c>
       <c r="F90" s="6">
-        <v>116654265.0</v>
+        <v>-59458074.0</v>
       </c>
       <c r="G90" s="6">
-        <v>182491934.0</v>
+        <v>70503288.0</v>
       </c>
       <c r="H90" s="6">
-        <v>22520148.0</v>
+        <v>8836217.0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="B91" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
+            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C91" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D91" s="6">
-        <v>205.0</v>
+        <v>4799.0</v>
       </c>
       <c r="E91" s="6">
-        <v>84404353.0</v>
+        <v>3731356992.0</v>
       </c>
       <c r="F91" s="6">
-        <v>492315.0</v>
+        <v>390999340.0</v>
       </c>
       <c r="G91" s="6">
-        <v>1521377.0</v>
+        <v>557463857.0</v>
       </c>
       <c r="H91" s="6">
-        <v>198936.0</v>
+        <v>63521137.0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="B92" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
+            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C92" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D92" s="6">
-        <v>3781.0</v>
+        <v>2417.0</v>
       </c>
       <c r="E92" s="6">
-        <v>389183917.0</v>
+        <v>5712048848.0</v>
       </c>
       <c r="F92" s="6">
-        <v>46348185.0</v>
+        <v>608414295.0</v>
       </c>
       <c r="G92" s="6">
-        <v>54796969.0</v>
+        <v>748349842.0</v>
       </c>
       <c r="H92" s="6">
-        <v>3510620.0</v>
+        <v>108693342.0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="B93" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Q: Švietimas</t>
+            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C93" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D93" s="6">
-        <v>4556.0</v>
+        <v>7675.0</v>
       </c>
       <c r="E93" s="6">
-        <v>2255730225.0</v>
+        <v>3044783042.0</v>
       </c>
       <c r="F93" s="6">
-        <v>28665688.0</v>
+        <v>374415023.0</v>
       </c>
       <c r="G93" s="6">
-        <v>94126184.0</v>
+        <v>541036399.0</v>
       </c>
       <c r="H93" s="6">
-        <v>9869475.0</v>
+        <v>70617447.0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="B94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
+            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D94" s="6">
-        <v>6894.0</v>
+        <v>15787.0</v>
       </c>
       <c r="E94" s="6">
-        <v>936748556.0</v>
+        <v>4421092310.0</v>
       </c>
       <c r="F94" s="6">
-        <v>59169850.0</v>
+        <v>297727235.0</v>
       </c>
       <c r="G94" s="6">
-        <v>76555696.0</v>
+        <v>467923619.0</v>
       </c>
       <c r="H94" s="6">
-        <v>9720254.0</v>
+        <v>52243206.0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="B95" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
+            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C95" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D95" s="6">
-        <v>12457.0</v>
+        <v>5773.0</v>
       </c>
       <c r="E95" s="6">
-        <v>234738544.0</v>
+        <v>3597821556.0</v>
       </c>
       <c r="F95" s="6">
-        <v>13514435.0</v>
+        <v>401225242.0</v>
       </c>
       <c r="G95" s="6">
-        <v>23196386.0</v>
+        <v>438863266.0</v>
       </c>
       <c r="H95" s="6">
-        <v>2267768.0</v>
+        <v>58398831.0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="B96" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
+            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C96" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D96" s="6">
-        <v>61.0</v>
+        <v>243.0</v>
       </c>
       <c r="E96" s="6">
-        <v>1272293.0</v>
+        <v>51390776.0</v>
       </c>
       <c r="F96" s="6">
-        <v>-3495.0</v>
+        <v>6111209.0</v>
       </c>
       <c r="G96" s="6">
-        <v>4860.0</v>
+        <v>6402934.0</v>
       </c>
       <c r="H96" s="6">
-        <v>507.0</v>
+        <v>930995.0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="B97" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
+            <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C97" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
-      <c r="D97" s="6" t="s">
-[...12 lines deleted...]
-        <v>38</v>
+      <c r="D97" s="6">
+        <v>3937.0</v>
+      </c>
+      <c r="E97" s="6">
+        <v>462474423.0</v>
+      </c>
+      <c r="F97" s="6">
+        <v>54493483.0</v>
+      </c>
+      <c r="G97" s="6">
+        <v>69223160.0</v>
+      </c>
+      <c r="H97" s="6">
+        <v>5757113.0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
-      <c r="A98" s="5" t="inlineStr">
-[...14 lines deleted...]
-      </c>
       <c r="B98" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">SUM: Iš viso</t>
+            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C98" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D98" s="6">
-        <v>144250.0</v>
+        <v>4733.0</v>
       </c>
       <c r="E98" s="6">
-        <v>112529052083.0</v>
+        <v>2674604432.0</v>
       </c>
       <c r="F98" s="6">
-        <v>5390349152.0</v>
+        <v>106656667.0</v>
       </c>
       <c r="G98" s="6">
-        <v>6572351556.0</v>
+        <v>148735627.0</v>
       </c>
       <c r="H98" s="6">
-        <v>799191213.0</v>
+        <v>16840690.0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="B99" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
+            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C99" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D99" s="6">
-        <v>4091.0</v>
+        <v>7046.0</v>
       </c>
       <c r="E99" s="6">
-        <v>1964314446.0</v>
+        <v>604855447.0</v>
       </c>
       <c r="F99" s="6">
-        <v>-9632065.0</v>
+        <v>99934725.0</v>
       </c>
       <c r="G99" s="6">
-        <v>81842731.0</v>
+        <v>118689688.0</v>
       </c>
       <c r="H99" s="6">
-        <v>9175578.0</v>
+        <v>14967071.0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="B100" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
+            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C100" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D100" s="6">
-        <v>243.0</v>
+        <v>16036.0</v>
       </c>
       <c r="E100" s="6">
-        <v>250299294.0</v>
+        <v>893973337.0</v>
       </c>
       <c r="F100" s="6">
-        <v>24984652.0</v>
+        <v>53824034.0</v>
       </c>
       <c r="G100" s="6">
-        <v>29528623.0</v>
+        <v>71863536.0</v>
       </c>
       <c r="H100" s="6">
-        <v>3125708.0</v>
+        <v>8260114.0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="B101" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
+            <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C101" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D101" s="6">
-        <v>12226.0</v>
+        <v>96.0</v>
       </c>
       <c r="E101" s="6">
-        <v>24558950386.0</v>
+        <v>1351714.0</v>
       </c>
       <c r="F101" s="6">
-        <v>1333687384.0</v>
+        <v>-145486.0</v>
       </c>
       <c r="G101" s="6">
-        <v>1472562606.0</v>
+        <v>1343.0</v>
       </c>
       <c r="H101" s="6">
-        <v>164329765.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="B102" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
+            <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
           </r>
         </is>
       </c>
       <c r="C102" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D102" s="6">
-        <v>1292.0</v>
+        <v>13.0</v>
       </c>
       <c r="E102" s="6">
-        <v>2288129012.0</v>
+        <v>0.0</v>
       </c>
       <c r="F102" s="6">
-        <v>136190060.0</v>
+        <v>0.0</v>
       </c>
       <c r="G102" s="6">
-        <v>178037606.0</v>
+        <v>0.0</v>
       </c>
       <c r="H102" s="6">
-        <v>16571691.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
+      <c r="A103" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2020</t>
+          </r>
+        </is>
+      </c>
       <c r="B103" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
+            <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C103" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D103" s="6">
-        <v>530.0</v>
+        <v>154323.0</v>
       </c>
       <c r="E103" s="6">
-        <v>775637465.0</v>
+        <v>113755183009.0</v>
       </c>
       <c r="F103" s="6">
-        <v>26007191.0</v>
+        <v>6266620516.0</v>
       </c>
       <c r="G103" s="6">
-        <v>40059855.0</v>
+        <v>7692434218.0</v>
       </c>
       <c r="H103" s="6">
-        <v>3712206.0</v>
+        <v>903818494.0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="B104" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">F: Statyba</t>
+            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C104" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D104" s="6">
-        <v>11970.0</v>
+        <v>4114.0</v>
       </c>
       <c r="E104" s="6">
-        <v>6897805223.0</v>
+        <v>2327447310.0</v>
       </c>
       <c r="F104" s="6">
-        <v>378271041.0</v>
+        <v>35170652.0</v>
       </c>
       <c r="G104" s="6">
-        <v>440533781.0</v>
+        <v>86686677.0</v>
       </c>
       <c r="H104" s="6">
-        <v>55981621.0</v>
+        <v>9373201.0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="B105" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
+            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C105" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D105" s="6">
-        <v>33203.0</v>
+        <v>257.0</v>
       </c>
       <c r="E105" s="6">
-        <v>41151518923.0</v>
+        <v>261051135.0</v>
       </c>
       <c r="F105" s="6">
-        <v>1257068422.0</v>
+        <v>34075357.0</v>
       </c>
       <c r="G105" s="6">
-        <v>1380340126.0</v>
+        <v>41938245.0</v>
       </c>
       <c r="H105" s="6">
-        <v>181625305.0</v>
+        <v>4841496.0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="B106" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">H: Transportas ir saugojimas</t>
+            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C106" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D106" s="6">
-        <v>8853.0</v>
+        <v>12804.0</v>
       </c>
       <c r="E106" s="6">
-        <v>12480331026.0</v>
+        <v>23459800924.0</v>
       </c>
       <c r="F106" s="6">
-        <v>548258694.0</v>
+        <v>1522738352.0</v>
       </c>
       <c r="G106" s="6">
-        <v>601021249.0</v>
+        <v>1911553047.0</v>
       </c>
       <c r="H106" s="6">
-        <v>68776813.0</v>
+        <v>203765598.0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="B107" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
+            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C107" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D107" s="6">
-        <v>4702.0</v>
+        <v>1266.0</v>
       </c>
       <c r="E107" s="6">
-        <v>1353778719.0</v>
+        <v>2570411859.0</v>
       </c>
       <c r="F107" s="6">
-        <v>62171032.0</v>
+        <v>270572505.0</v>
       </c>
       <c r="G107" s="6">
-        <v>91774671.0</v>
+        <v>260284882.0</v>
       </c>
       <c r="H107" s="6">
-        <v>11581994.0</v>
+        <v>17409545.0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="B108" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
+            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C108" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D108" s="6">
-        <v>5956.0</v>
+        <v>541.0</v>
       </c>
       <c r="E108" s="6">
-        <v>3192665615.0</v>
+        <v>875833755.0</v>
       </c>
       <c r="F108" s="6">
-        <v>330991996.0</v>
+        <v>33596406.0</v>
       </c>
       <c r="G108" s="6">
-        <v>401678475.0</v>
+        <v>47329952.0</v>
       </c>
       <c r="H108" s="6">
-        <v>48908579.0</v>
+        <v>3747349.0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="B109" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
+            <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C109" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D109" s="6">
-        <v>2121.0</v>
+        <v>13110.0</v>
       </c>
       <c r="E109" s="6">
-        <v>3709385197.0</v>
+        <v>7242863222.0</v>
       </c>
       <c r="F109" s="6">
-        <v>542318581.0</v>
+        <v>430831408.0</v>
       </c>
       <c r="G109" s="6">
-        <v>600245803.0</v>
+        <v>530530725.0</v>
       </c>
       <c r="H109" s="6">
-        <v>87034880.0</v>
+        <v>65017315.0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="B110" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
+            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C110" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D110" s="6">
-        <v>6692.0</v>
+        <v>32087.0</v>
       </c>
       <c r="E110" s="6">
-        <v>2394149616.0</v>
+        <v>43174812721.0</v>
       </c>
       <c r="F110" s="6">
-        <v>237911550.0</v>
+        <v>1790362575.0</v>
       </c>
       <c r="G110" s="6">
-        <v>355424568.0</v>
+        <v>1860104457.0</v>
       </c>
       <c r="H110" s="6">
-        <v>46311120.0</v>
+        <v>248277045.0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="B111" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
+            <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C111" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D111" s="6">
-        <v>13495.0</v>
+        <v>9349.0</v>
       </c>
       <c r="E111" s="6">
-        <v>3559582878.0</v>
+        <v>12645547289.0</v>
       </c>
       <c r="F111" s="6">
-        <v>219030677.0</v>
+        <v>471926611.0</v>
       </c>
       <c r="G111" s="6">
-        <v>432944580.0</v>
+        <v>615812476.0</v>
       </c>
       <c r="H111" s="6">
-        <v>49860122.0</v>
+        <v>65869780.0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="B112" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
+            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C112" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D112" s="6">
-        <v>5015.0</v>
+        <v>5179.0</v>
       </c>
       <c r="E112" s="6">
-        <v>3095802226.0</v>
+        <v>1072421462.0</v>
       </c>
       <c r="F112" s="6">
-        <v>132754997.0</v>
+        <v>3943725.0</v>
       </c>
       <c r="G112" s="6">
-        <v>169910428.0</v>
+        <v>68096434.0</v>
       </c>
       <c r="H112" s="6">
-        <v>21179502.0</v>
+        <v>8363096.0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="B113" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
+            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C113" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D113" s="6">
-        <v>192.0</v>
+        <v>1925.0</v>
       </c>
       <c r="E113" s="6">
-        <v>66108849.0</v>
+        <v>646228791.0</v>
       </c>
       <c r="F113" s="6">
-        <v>1540270.0</v>
+        <v>49842617.0</v>
       </c>
       <c r="G113" s="6">
-        <v>1515891.0</v>
+        <v>63333432.0</v>
       </c>
       <c r="H113" s="6">
-        <v>209672.0</v>
+        <v>6558925.0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="B114" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
+            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C114" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D114" s="6">
-        <v>3461.0</v>
+        <v>4475.0</v>
       </c>
       <c r="E114" s="6">
-        <v>407658292.0</v>
+        <v>2841220308.0</v>
       </c>
       <c r="F114" s="6">
-        <v>34240148.0</v>
+        <v>334775434.0</v>
       </c>
       <c r="G114" s="6">
-        <v>45364256.0</v>
+        <v>391576633.0</v>
       </c>
       <c r="H114" s="6">
-        <v>2685832.0</v>
+        <v>44939255.0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="B115" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Q: Švietimas</t>
+            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C115" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D115" s="6">
-        <v>4344.0</v>
+        <v>2261.0</v>
       </c>
       <c r="E115" s="6">
-        <v>2084685871.0</v>
+        <v>3863887383.0</v>
       </c>
       <c r="F115" s="6">
-        <v>8065509.0</v>
+        <v>478864083.0</v>
       </c>
       <c r="G115" s="6">
-        <v>73550029.0</v>
+        <v>560822533.0</v>
       </c>
       <c r="H115" s="6">
-        <v>6917609.0</v>
+        <v>80327444.0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="B116" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
+            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C116" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D116" s="6">
-        <v>6402.0</v>
+        <v>7206.0</v>
       </c>
       <c r="E116" s="6">
-        <v>1108253240.0</v>
+        <v>2314890329.0</v>
       </c>
       <c r="F116" s="6">
-        <v>78935288.0</v>
+        <v>223320819.0</v>
       </c>
       <c r="G116" s="6">
-        <v>94333866.0</v>
+        <v>365127009.0</v>
       </c>
       <c r="H116" s="6">
-        <v>12309698.0</v>
+        <v>48018790.0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="B117" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
+            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C117" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D117" s="6">
-        <v>11767.0</v>
+        <v>14765.0</v>
       </c>
       <c r="E117" s="6">
-        <v>234650417.0</v>
+        <v>3520307335.0</v>
       </c>
       <c r="F117" s="6">
-        <v>6368591.0</v>
+        <v>270151208.0</v>
       </c>
       <c r="G117" s="6">
-        <v>16090791.0</v>
+        <v>390502169.0</v>
       </c>
       <c r="H117" s="6">
-        <v>1513893.0</v>
+        <v>42158203.0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="B118" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
+            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C118" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D118" s="6">
-        <v>58.0</v>
+        <v>5426.0</v>
       </c>
       <c r="E118" s="6">
-        <v>764242.0</v>
+        <v>2344622565.0</v>
       </c>
       <c r="F118" s="6">
-        <v>-193537.0</v>
+        <v>118881117.0</v>
       </c>
       <c r="G118" s="6">
-        <v>16278.0</v>
+        <v>184833428.0</v>
       </c>
       <c r="H118" s="6">
-        <v>488.0</v>
+        <v>22846826.0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="B119" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C119" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D119" s="6">
+        <v>205.0</v>
+      </c>
+      <c r="E119" s="6">
+        <v>85738305.0</v>
+      </c>
+      <c r="F119" s="6">
+        <v>527960.0</v>
+      </c>
+      <c r="G119" s="6">
+        <v>1557022.0</v>
+      </c>
+      <c r="H119" s="6">
+        <v>204283.0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="B120" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Q: Švietimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C120" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D120" s="6">
+        <v>3793.0</v>
+      </c>
+      <c r="E120" s="6">
+        <v>390554051.0</v>
+      </c>
+      <c r="F120" s="6">
+        <v>46871142.0</v>
+      </c>
+      <c r="G120" s="6">
+        <v>55293607.0</v>
+      </c>
+      <c r="H120" s="6">
+        <v>3573853.0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="B121" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C121" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D121" s="6">
+        <v>4564.0</v>
+      </c>
+      <c r="E121" s="6">
+        <v>2256542725.0</v>
+      </c>
+      <c r="F121" s="6">
+        <v>28819303.0</v>
+      </c>
+      <c r="G121" s="6">
+        <v>94272059.0</v>
+      </c>
+      <c r="H121" s="6">
+        <v>9875634.0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="B122" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C122" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D122" s="6">
+        <v>6903.0</v>
+      </c>
+      <c r="E122" s="6">
+        <v>937048728.0</v>
+      </c>
+      <c r="F122" s="6">
+        <v>59212271.0</v>
+      </c>
+      <c r="G122" s="6">
+        <v>76657037.0</v>
+      </c>
+      <c r="H122" s="6">
+        <v>9725417.0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="B123" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C123" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D123" s="6">
+        <v>15197.0</v>
+      </c>
+      <c r="E123" s="6">
+        <v>736047004.0</v>
+      </c>
+      <c r="F123" s="6">
+        <v>44049483.0</v>
+      </c>
+      <c r="G123" s="6">
+        <v>58865705.0</v>
+      </c>
+      <c r="H123" s="6">
+        <v>6412805.0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="B124" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
-      <c r="C119" s="5" t="inlineStr">
-[...15 lines deleted...]
-      <c r="D119" s="6">
+      <c r="C124" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D124" s="6">
+        <v>61.0</v>
+      </c>
+      <c r="E124" s="6">
+        <v>1272293.0</v>
+      </c>
+      <c r="F124" s="6">
+        <v>-3495.0</v>
+      </c>
+      <c r="G124" s="6">
+        <v>4860.0</v>
+      </c>
+      <c r="H124" s="6">
+        <v>507.0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="B125" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">V: Ekstrateritorinių organizacijų ir įstaigų veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C125" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D125" s="6">
+        <v>13.0</v>
+      </c>
+      <c r="E125" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F125" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="G125" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H125" s="6">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2019</t>
+          </r>
+        </is>
+      </c>
+      <c r="B126" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="C126" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D126" s="6">
+        <v>144250.0</v>
+      </c>
+      <c r="E126" s="6">
+        <v>112529052083.0</v>
+      </c>
+      <c r="F126" s="6">
+        <v>5390349152.0</v>
+      </c>
+      <c r="G126" s="6">
+        <v>6572351556.0</v>
+      </c>
+      <c r="H126" s="6">
+        <v>799191213.0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="B127" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
+          </r>
+        </is>
+      </c>
+      <c r="C127" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D127" s="6">
+        <v>4091.0</v>
+      </c>
+      <c r="E127" s="6">
+        <v>1964314446.0</v>
+      </c>
+      <c r="F127" s="6">
+        <v>-9632065.0</v>
+      </c>
+      <c r="G127" s="6">
+        <v>81842731.0</v>
+      </c>
+      <c r="H127" s="6">
+        <v>9175578.0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="B128" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C128" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D128" s="6">
+        <v>243.0</v>
+      </c>
+      <c r="E128" s="6">
+        <v>250299294.0</v>
+      </c>
+      <c r="F128" s="6">
+        <v>24984652.0</v>
+      </c>
+      <c r="G128" s="6">
+        <v>29528623.0</v>
+      </c>
+      <c r="H128" s="6">
+        <v>3125708.0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="B129" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">C: Apdirbamoji gamyba</t>
+          </r>
+        </is>
+      </c>
+      <c r="C129" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D129" s="6">
+        <v>12226.0</v>
+      </c>
+      <c r="E129" s="6">
+        <v>24558950386.0</v>
+      </c>
+      <c r="F129" s="6">
+        <v>1333687384.0</v>
+      </c>
+      <c r="G129" s="6">
+        <v>1472562606.0</v>
+      </c>
+      <c r="H129" s="6">
+        <v>164329765.0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="B130" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C130" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D130" s="6">
+        <v>1292.0</v>
+      </c>
+      <c r="E130" s="6">
+        <v>2288129012.0</v>
+      </c>
+      <c r="F130" s="6">
+        <v>136190060.0</v>
+      </c>
+      <c r="G130" s="6">
+        <v>178037606.0</v>
+      </c>
+      <c r="H130" s="6">
+        <v>16571691.0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="B131" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C131" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D131" s="6">
+        <v>530.0</v>
+      </c>
+      <c r="E131" s="6">
+        <v>775637465.0</v>
+      </c>
+      <c r="F131" s="6">
+        <v>26007191.0</v>
+      </c>
+      <c r="G131" s="6">
+        <v>40059855.0</v>
+      </c>
+      <c r="H131" s="6">
+        <v>3712206.0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="B132" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">F: Statyba</t>
+          </r>
+        </is>
+      </c>
+      <c r="C132" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D132" s="6">
+        <v>11970.0</v>
+      </c>
+      <c r="E132" s="6">
+        <v>6897805223.0</v>
+      </c>
+      <c r="F132" s="6">
+        <v>378271041.0</v>
+      </c>
+      <c r="G132" s="6">
+        <v>440533781.0</v>
+      </c>
+      <c r="H132" s="6">
+        <v>55981621.0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="B133" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
+          </r>
+        </is>
+      </c>
+      <c r="C133" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D133" s="6">
+        <v>33203.0</v>
+      </c>
+      <c r="E133" s="6">
+        <v>41151518923.0</v>
+      </c>
+      <c r="F133" s="6">
+        <v>1257068422.0</v>
+      </c>
+      <c r="G133" s="6">
+        <v>1380340126.0</v>
+      </c>
+      <c r="H133" s="6">
+        <v>181625305.0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="B134" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">H: Transportas ir saugojimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C134" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D134" s="6">
+        <v>8853.0</v>
+      </c>
+      <c r="E134" s="6">
+        <v>12480331026.0</v>
+      </c>
+      <c r="F134" s="6">
+        <v>548258694.0</v>
+      </c>
+      <c r="G134" s="6">
+        <v>601021249.0</v>
+      </c>
+      <c r="H134" s="6">
+        <v>68776813.0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="B135" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C135" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D135" s="6">
+        <v>4702.0</v>
+      </c>
+      <c r="E135" s="6">
+        <v>1353778719.0</v>
+      </c>
+      <c r="F135" s="6">
+        <v>62171032.0</v>
+      </c>
+      <c r="G135" s="6">
+        <v>91774671.0</v>
+      </c>
+      <c r="H135" s="6">
+        <v>11581994.0</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="B136" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C136" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D136" s="6">
+        <v>5956.0</v>
+      </c>
+      <c r="E136" s="6">
+        <v>3192665615.0</v>
+      </c>
+      <c r="F136" s="6">
+        <v>330991996.0</v>
+      </c>
+      <c r="G136" s="6">
+        <v>401678475.0</v>
+      </c>
+      <c r="H136" s="6">
+        <v>48908579.0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="B137" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C137" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D137" s="6">
+        <v>2121.0</v>
+      </c>
+      <c r="E137" s="6">
+        <v>3709385197.0</v>
+      </c>
+      <c r="F137" s="6">
+        <v>542318581.0</v>
+      </c>
+      <c r="G137" s="6">
+        <v>600245803.0</v>
+      </c>
+      <c r="H137" s="6">
+        <v>87034880.0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="B138" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C138" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D138" s="6">
+        <v>6692.0</v>
+      </c>
+      <c r="E138" s="6">
+        <v>2394149616.0</v>
+      </c>
+      <c r="F138" s="6">
+        <v>237911550.0</v>
+      </c>
+      <c r="G138" s="6">
+        <v>355424568.0</v>
+      </c>
+      <c r="H138" s="6">
+        <v>46311120.0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="B139" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
+          </r>
+        </is>
+      </c>
+      <c r="C139" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D139" s="6">
+        <v>13495.0</v>
+      </c>
+      <c r="E139" s="6">
+        <v>3559582878.0</v>
+      </c>
+      <c r="F139" s="6">
+        <v>219030677.0</v>
+      </c>
+      <c r="G139" s="6">
+        <v>432944580.0</v>
+      </c>
+      <c r="H139" s="6">
+        <v>49860122.0</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="B140" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C140" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D140" s="6">
+        <v>5015.0</v>
+      </c>
+      <c r="E140" s="6">
+        <v>3095802226.0</v>
+      </c>
+      <c r="F140" s="6">
+        <v>132754997.0</v>
+      </c>
+      <c r="G140" s="6">
+        <v>169910428.0</v>
+      </c>
+      <c r="H140" s="6">
+        <v>21179502.0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="B141" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C141" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D141" s="6">
+        <v>192.0</v>
+      </c>
+      <c r="E141" s="6">
+        <v>66108849.0</v>
+      </c>
+      <c r="F141" s="6">
+        <v>1540270.0</v>
+      </c>
+      <c r="G141" s="6">
+        <v>1515891.0</v>
+      </c>
+      <c r="H141" s="6">
+        <v>209672.0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="B142" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C142" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D142" s="6">
+        <v>3461.0</v>
+      </c>
+      <c r="E142" s="6">
+        <v>407658292.0</v>
+      </c>
+      <c r="F142" s="6">
+        <v>34240148.0</v>
+      </c>
+      <c r="G142" s="6">
+        <v>45364256.0</v>
+      </c>
+      <c r="H142" s="6">
+        <v>2685832.0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="B143" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">Q: Švietimas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C143" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D143" s="6">
+        <v>4344.0</v>
+      </c>
+      <c r="E143" s="6">
+        <v>2084685871.0</v>
+      </c>
+      <c r="F143" s="6">
+        <v>8065509.0</v>
+      </c>
+      <c r="G143" s="6">
+        <v>73550029.0</v>
+      </c>
+      <c r="H143" s="6">
+        <v>6917609.0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="B144" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
+          </r>
+        </is>
+      </c>
+      <c r="C144" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D144" s="6">
+        <v>6402.0</v>
+      </c>
+      <c r="E144" s="6">
+        <v>1108253240.0</v>
+      </c>
+      <c r="F144" s="6">
+        <v>78935288.0</v>
+      </c>
+      <c r="G144" s="6">
+        <v>94333866.0</v>
+      </c>
+      <c r="H144" s="6">
+        <v>12309698.0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="B145" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C145" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D145" s="6">
+        <v>11767.0</v>
+      </c>
+      <c r="E145" s="6">
+        <v>234650417.0</v>
+      </c>
+      <c r="F145" s="6">
+        <v>6368591.0</v>
+      </c>
+      <c r="G145" s="6">
+        <v>16090791.0</v>
+      </c>
+      <c r="H145" s="6">
+        <v>1513893.0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="B146" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
+          </r>
+        </is>
+      </c>
+      <c r="C146" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D146" s="6">
+        <v>58.0</v>
+      </c>
+      <c r="E146" s="6">
+        <v>764242.0</v>
+      </c>
+      <c r="F146" s="6">
+        <v>-193537.0</v>
+      </c>
+      <c r="G146" s="6">
+        <v>16278.0</v>
+      </c>
+      <c r="H146" s="6">
+        <v>488.0</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="B147" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
+          </r>
+        </is>
+      </c>
+      <c r="C147" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">SUM: Iš viso</t>
+          </r>
+        </is>
+      </c>
+      <c r="D147" s="6">
         <v>14.0</v>
       </c>
-      <c r="E119" s="6">
+      <c r="E147" s="6">
         <v>0.0</v>
       </c>
-      <c r="F119" s="6">
+      <c r="F147" s="6">
         <v>0.0</v>
       </c>
-      <c r="G119" s="6">
+      <c r="G147" s="6">
         <v>0.0</v>
       </c>
-      <c r="H119" s="6">
+      <c r="H147" s="6">
         <v>0.0</v>
-      </c>
-[...3 lines deleted...]
-        <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="B5:H5"/>
     <mergeCell ref="B8:H8"/>
-    <mergeCell ref="A11:A31"/>
-[...4 lines deleted...]
-    <mergeCell ref="A122:G122"/>
+    <mergeCell ref="A11:A33"/>
+    <mergeCell ref="A34:A56"/>
+    <mergeCell ref="A57:A79"/>
+    <mergeCell ref="A80:A102"/>
+    <mergeCell ref="A103:A125"/>
+    <mergeCell ref="A126:A147"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>