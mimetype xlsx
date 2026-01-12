--- v0 (2025-10-29)
+++ v1 (2026-01-12)
@@ -37,51 +37,51 @@
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PVM deklaracijų duomenys - ekonominės veiklos</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-10-06</t>
+    <t>2025-12-05</t>
   </si>
   <si>
     <t>EV skyrius</t>
   </si>
   <si>
     <t>SUM: Iš viso</t>
   </si>
   <si>
     <t>Laikotarpis</t>
   </si>
   <si>
     <t>EV sekcija</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MM skaičius</t>
@@ -272,51 +272,51 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Deklaruota PVM prievolė (Mokėtino PVM ir Gražintino PVM skirtumas)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2025-08</t>
+      <t xml:space="preserve">2025-10</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SUM: Iš viso</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -584,120 +584,120 @@
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
     </r>
   </si>
   <si>
-    <t>•</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2025-07</t>
+      <t xml:space="preserve">2025-09</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2025-06</t>
+      <t xml:space="preserve">2025-08</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2025-05</t>
+      <t xml:space="preserve">2025-07</t>
     </r>
+  </si>
+  <si>
+    <t>•</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2025-04</t>
+      <t xml:space="preserve">2025-06</t>
     </r>
   </si>
   <si>
     <t>• Neskelbiami duomenys</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
@@ -1357,9200 +1357,9200 @@
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Deklaruota PVM prievolė (Mokėtino PVM ir Gražintino PVM skirtumas)</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-08</t>
+            <t xml:space="preserve">2025-10</t>
           </r>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D11" s="6">
-        <v>95055.0</v>
+        <v>97059.0</v>
       </c>
       <c r="E11" s="6">
-        <v>15952036713.0</v>
+        <v>17591457001.0</v>
       </c>
       <c r="F11" s="6">
-        <v>10572004195.0</v>
+        <v>11586756300.0</v>
       </c>
       <c r="G11" s="6">
-        <v>5380032518.0</v>
+        <v>6004700701.0</v>
       </c>
       <c r="H11" s="6">
-        <v>2026162693.0</v>
+        <v>2275963559.0</v>
       </c>
       <c r="I11" s="6">
-        <v>959478707.0</v>
+        <v>1145966619.0</v>
       </c>
       <c r="J11" s="6">
-        <v>9612525488.0</v>
+        <v>10440789681.0</v>
       </c>
       <c r="K11" s="6">
-        <v>11464545109.0</v>
+        <v>12710416321.0</v>
       </c>
       <c r="L11" s="6">
-        <v>7413622371.0</v>
+        <v>7933080008.0</v>
       </c>
       <c r="M11" s="6">
-        <v>900355638.0</v>
+        <v>819754671.0</v>
       </c>
       <c r="N11" s="6">
-        <v>2653218641.0</v>
+        <v>2976445036.0</v>
       </c>
       <c r="O11" s="6">
-        <v>2396395466.0</v>
+        <v>2654600839.0</v>
       </c>
       <c r="P11" s="6">
-        <v>926927969.0</v>
+        <v>983726065.0</v>
       </c>
       <c r="Q11" s="6">
-        <v>405289601.0</v>
+        <v>400435139.0</v>
       </c>
       <c r="R11" s="6">
-        <v>521638368.0</v>
+        <v>583290926.0</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D12" s="6">
-        <v>4329.0</v>
+        <v>4437.0</v>
       </c>
       <c r="E12" s="6">
-        <v>378444879.0</v>
+        <v>341381038.0</v>
       </c>
       <c r="F12" s="6">
-        <v>338236689.0</v>
+        <v>294738963.0</v>
       </c>
       <c r="G12" s="6">
-        <v>40208190.0</v>
+        <v>46642075.0</v>
       </c>
       <c r="H12" s="6">
-        <v>30331917.0</v>
+        <v>32691372.0</v>
       </c>
       <c r="I12" s="6">
-        <v>1287931.0</v>
+        <v>2349300.0</v>
       </c>
       <c r="J12" s="6">
-        <v>336948758.0</v>
+        <v>292389663.0</v>
       </c>
       <c r="K12" s="6">
-        <v>272089605.0</v>
+        <v>251340406.0</v>
       </c>
       <c r="L12" s="6">
-        <v>257410571.0</v>
+        <v>232472015.0</v>
       </c>
       <c r="M12" s="6">
-        <v>771024.0</v>
+        <v>1165995.0</v>
       </c>
       <c r="N12" s="6">
-        <v>77020479.0</v>
+        <v>69312373.0</v>
       </c>
       <c r="O12" s="6">
-        <v>56898348.0</v>
+        <v>52505116.0</v>
       </c>
       <c r="P12" s="6">
-        <v>32460068.0</v>
+        <v>26141118.0</v>
       </c>
       <c r="Q12" s="6">
-        <v>11590441.0</v>
+        <v>8948895.0</v>
       </c>
       <c r="R12" s="6">
-        <v>20869627.0</v>
+        <v>17192223.0</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D13" s="6">
         <v>220.0</v>
       </c>
       <c r="E13" s="6">
-        <v>30199048.0</v>
+        <v>37288669.0</v>
       </c>
       <c r="F13" s="6">
-        <v>26380200.0</v>
+        <v>31886532.0</v>
       </c>
       <c r="G13" s="6">
-        <v>3818848.0</v>
+        <v>5402137.0</v>
       </c>
       <c r="H13" s="6">
-        <v>2441370.0</v>
+        <v>3588070.0</v>
       </c>
       <c r="I13" s="6">
-        <v>368871.0</v>
+        <v>67310.0</v>
       </c>
       <c r="J13" s="6">
-        <v>26011329.0</v>
+        <v>31819222.0</v>
       </c>
       <c r="K13" s="6">
-        <v>15549843.0</v>
+        <v>22113838.0</v>
       </c>
       <c r="L13" s="6">
-        <v>14594586.0</v>
+        <v>18949195.0</v>
       </c>
       <c r="M13" s="6">
-        <v>621552.0</v>
+        <v>126724.0</v>
       </c>
       <c r="N13" s="6">
-        <v>5428884.0</v>
+        <v>7905021.0</v>
       </c>
       <c r="O13" s="6">
-        <v>3265467.0</v>
+        <v>4643906.0</v>
       </c>
       <c r="P13" s="6">
-        <v>2599998.0</v>
+        <v>3559724.0</v>
       </c>
       <c r="Q13" s="6">
-        <v>293910.0</v>
+        <v>223978.0</v>
       </c>
       <c r="R13" s="6">
-        <v>2306088.0</v>
+        <v>3335746.0</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D14" s="6">
-        <v>9324.0</v>
+        <v>9445.0</v>
       </c>
       <c r="E14" s="6">
-        <v>3064286202.0</v>
+        <v>3318754185.0</v>
       </c>
       <c r="F14" s="6">
-        <v>1358255300.0</v>
+        <v>1522072831.0</v>
       </c>
       <c r="G14" s="6">
-        <v>1706030902.0</v>
+        <v>1796681354.0</v>
       </c>
       <c r="H14" s="6">
-        <v>1073513720.0</v>
+        <v>1156952608.0</v>
       </c>
       <c r="I14" s="6">
-        <v>9016608.0</v>
+        <v>9601799.0</v>
       </c>
       <c r="J14" s="6">
-        <v>1349238692.0</v>
+        <v>1512471032.0</v>
       </c>
       <c r="K14" s="6">
-        <v>2272266434.0</v>
+        <v>2420826419.0</v>
       </c>
       <c r="L14" s="6">
-        <v>1135842338.0</v>
+        <v>1356164367.0</v>
       </c>
       <c r="M14" s="6">
-        <v>542952757.0</v>
+        <v>349109895.0</v>
       </c>
       <c r="N14" s="6">
-        <v>412509484.0</v>
+        <v>471616641.0</v>
       </c>
       <c r="O14" s="6">
-        <v>476573389.0</v>
+        <v>507676935.0</v>
       </c>
       <c r="P14" s="6">
-        <v>128422234.0</v>
+        <v>127078163.0</v>
       </c>
       <c r="Q14" s="6">
-        <v>78691787.0</v>
+        <v>90671941.0</v>
       </c>
       <c r="R14" s="6">
-        <v>49730447.0</v>
+        <v>36406222.0</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D15" s="6">
-        <v>932.0</v>
+        <v>940.0</v>
       </c>
       <c r="E15" s="6">
-        <v>363764015.0</v>
+        <v>456538358.0</v>
       </c>
       <c r="F15" s="6">
-        <v>270868846.0</v>
+        <v>364708044.0</v>
       </c>
       <c r="G15" s="6">
-        <v>92895169.0</v>
+        <v>91830314.0</v>
       </c>
       <c r="H15" s="6">
-        <v>21553257.0</v>
+        <v>10633831.0</v>
       </c>
       <c r="I15" s="6">
-        <v>1342687.0</v>
+        <v>1428661.0</v>
       </c>
       <c r="J15" s="6">
-        <v>269526159.0</v>
+        <v>363279383.0</v>
       </c>
       <c r="K15" s="6">
-        <v>430796781.0</v>
+        <v>527501180.0</v>
       </c>
       <c r="L15" s="6">
-        <v>298154167.0</v>
+        <v>371271171.0</v>
       </c>
       <c r="M15" s="6">
-        <v>67124.0</v>
+        <v>142910.0</v>
       </c>
       <c r="N15" s="6">
-        <v>105476795.0</v>
+        <v>137693483.0</v>
       </c>
       <c r="O15" s="6">
-        <v>90467324.0</v>
+        <v>110764324.0</v>
       </c>
       <c r="P15" s="6">
-        <v>20243699.0</v>
+        <v>35656466.0</v>
       </c>
       <c r="Q15" s="6">
-        <v>5105933.0</v>
+        <v>8493144.0</v>
       </c>
       <c r="R15" s="6">
-        <v>15137766.0</v>
+        <v>27163322.0</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D16" s="6">
         <v>386.0</v>
       </c>
       <c r="E16" s="6">
-        <v>94221076.0</v>
+        <v>101768034.0</v>
       </c>
       <c r="F16" s="6">
-        <v>79756897.0</v>
+        <v>86058948.0</v>
       </c>
       <c r="G16" s="6">
-        <v>14464179.0</v>
+        <v>15709086.0</v>
       </c>
       <c r="H16" s="6">
-        <v>11425200.0</v>
+        <v>11360612.0</v>
       </c>
       <c r="I16" s="6">
-        <v>402033.0</v>
+        <v>351946.0</v>
       </c>
       <c r="J16" s="6">
-        <v>79354864.0</v>
+        <v>85707002.0</v>
       </c>
       <c r="K16" s="6">
-        <v>57896743.0</v>
+        <v>85635133.0</v>
       </c>
       <c r="L16" s="6">
-        <v>54037252.0</v>
+        <v>75327600.0</v>
       </c>
       <c r="M16" s="6">
-        <v>609581.0</v>
+        <v>1291376.0</v>
       </c>
       <c r="N16" s="6">
-        <v>18180692.0</v>
+        <v>23448935.0</v>
       </c>
       <c r="O16" s="6">
-        <v>12158316.0</v>
+        <v>17983378.0</v>
       </c>
       <c r="P16" s="6">
-        <v>7940410.0</v>
+        <v>7960427.0</v>
       </c>
       <c r="Q16" s="6">
-        <v>1727669.0</v>
+        <v>1527706.0</v>
       </c>
       <c r="R16" s="6">
-        <v>6212741.0</v>
+        <v>6432721.0</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D17" s="6">
-        <v>11500.0</v>
+        <v>11824.0</v>
       </c>
       <c r="E17" s="6">
-        <v>1074794797.0</v>
+        <v>1201263480.0</v>
       </c>
       <c r="F17" s="6">
-        <v>962796516.0</v>
+        <v>1052456070.0</v>
       </c>
       <c r="G17" s="6">
-        <v>111998281.0</v>
+        <v>148807410.0</v>
       </c>
       <c r="H17" s="6">
-        <v>6638793.0</v>
+        <v>8797527.0</v>
       </c>
       <c r="I17" s="6">
-        <v>4707230.0</v>
+        <v>8615848.0</v>
       </c>
       <c r="J17" s="6">
-        <v>958089286.0</v>
+        <v>1043840222.0</v>
       </c>
       <c r="K17" s="6">
-        <v>756701882.0</v>
+        <v>821185579.0</v>
       </c>
       <c r="L17" s="6">
-        <v>677129423.0</v>
+        <v>741214605.0</v>
       </c>
       <c r="M17" s="6">
-        <v>28718919.0</v>
+        <v>17840319.0</v>
       </c>
       <c r="N17" s="6">
-        <v>140229865.0</v>
+        <v>151490652.0</v>
       </c>
       <c r="O17" s="6">
-        <v>158870218.0</v>
+        <v>172443014.0</v>
       </c>
       <c r="P17" s="6">
-        <v>33566144.0</v>
+        <v>33992178.0</v>
       </c>
       <c r="Q17" s="6">
-        <v>43902506.0</v>
+        <v>49585655.0</v>
       </c>
       <c r="R17" s="6">
-        <v>-10336362.0</v>
+        <v>-15593477.0</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D18" s="6">
-        <v>23708.0</v>
+        <v>24773.0</v>
       </c>
       <c r="E18" s="6">
-        <v>5713385316.0</v>
+        <v>6330004892.0</v>
       </c>
       <c r="F18" s="6">
-        <v>4158544139.0</v>
+        <v>4489326019.0</v>
       </c>
       <c r="G18" s="6">
-        <v>1554841177.0</v>
+        <v>1840678873.0</v>
       </c>
       <c r="H18" s="6">
-        <v>816154655.0</v>
+        <v>966350576.0</v>
       </c>
       <c r="I18" s="6">
-        <v>23940927.0</v>
+        <v>164691667.0</v>
       </c>
       <c r="J18" s="6">
-        <v>4134603212.0</v>
+        <v>4324634352.0</v>
       </c>
       <c r="K18" s="6">
-        <v>4668379399.0</v>
+        <v>5017157857.0</v>
       </c>
       <c r="L18" s="6">
-        <v>2852262867.0</v>
+        <v>2725372366.0</v>
       </c>
       <c r="M18" s="6">
-        <v>281850943.0</v>
+        <v>341739376.0</v>
       </c>
       <c r="N18" s="6">
-        <v>1144866819.0</v>
+        <v>1264418423.0</v>
       </c>
       <c r="O18" s="6">
-        <v>971716393.0</v>
+        <v>1041648620.0</v>
       </c>
       <c r="P18" s="6">
-        <v>389485932.0</v>
+        <v>397285502.0</v>
       </c>
       <c r="Q18" s="6">
-        <v>150186624.0</v>
+        <v>98615526.0</v>
       </c>
       <c r="R18" s="6">
-        <v>239299308.0</v>
+        <v>298669976.0</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D19" s="6">
-        <v>8086.0</v>
+        <v>8213.0</v>
       </c>
       <c r="E19" s="6">
-        <v>1896449262.0</v>
+        <v>2184370073.0</v>
       </c>
       <c r="F19" s="6">
-        <v>748128601.0</v>
+        <v>886352667.0</v>
       </c>
       <c r="G19" s="6">
-        <v>1148320661.0</v>
+        <v>1298017406.0</v>
       </c>
       <c r="H19" s="6">
-        <v>15474475.0</v>
+        <v>26592651.0</v>
       </c>
       <c r="I19" s="6">
-        <v>8945824.0</v>
+        <v>15609085.0</v>
       </c>
       <c r="J19" s="6">
-        <v>739182777.0</v>
+        <v>870743582.0</v>
       </c>
       <c r="K19" s="6">
-        <v>1038143417.0</v>
+        <v>1308151497.0</v>
       </c>
       <c r="L19" s="6">
-        <v>620462891.0</v>
+        <v>757872323.0</v>
       </c>
       <c r="M19" s="6">
-        <v>19574871.0</v>
+        <v>8619252.0</v>
       </c>
       <c r="N19" s="6">
-        <v>240768981.0</v>
+        <v>302058626.0</v>
       </c>
       <c r="O19" s="6">
-        <v>217442498.0</v>
+        <v>274162857.0</v>
       </c>
       <c r="P19" s="6">
-        <v>78332877.0</v>
+        <v>91518447.0</v>
       </c>
       <c r="Q19" s="6">
-        <v>49899800.0</v>
+        <v>61237716.0</v>
       </c>
       <c r="R19" s="6">
-        <v>28433077.0</v>
+        <v>30280731.0</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D20" s="6">
-        <v>3922.0</v>
+        <v>3998.0</v>
       </c>
       <c r="E20" s="6">
-        <v>244621749.0</v>
+        <v>196066622.0</v>
       </c>
       <c r="F20" s="6">
-        <v>240780915.0</v>
+        <v>192181900.0</v>
       </c>
       <c r="G20" s="6">
-        <v>3840834.0</v>
+        <v>3884722.0</v>
       </c>
       <c r="H20" s="6">
-        <v>1478454.0</v>
+        <v>1368227.0</v>
       </c>
       <c r="I20" s="6">
-        <v>4870927.0</v>
+        <v>3516716.0</v>
       </c>
       <c r="J20" s="6">
-        <v>235909988.0</v>
+        <v>188665184.0</v>
       </c>
       <c r="K20" s="6">
-        <v>127739857.0</v>
+        <v>121902732.0</v>
       </c>
       <c r="L20" s="6">
-        <v>113939095.0</v>
+        <v>109509519.0</v>
       </c>
       <c r="M20" s="6">
-        <v>271062.0</v>
+        <v>276590.0</v>
       </c>
       <c r="N20" s="6">
-        <v>49184410.0</v>
+        <v>40104703.0</v>
       </c>
       <c r="O20" s="6">
-        <v>26825370.0</v>
+        <v>25599508.0</v>
       </c>
       <c r="P20" s="6">
-        <v>23590947.0</v>
+        <v>17244372.0</v>
       </c>
       <c r="Q20" s="6">
-        <v>906846.0</v>
+        <v>2367610.0</v>
       </c>
       <c r="R20" s="6">
-        <v>22684101.0</v>
+        <v>14876762.0</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D21" s="6">
-        <v>1082.0</v>
+        <v>1119.0</v>
       </c>
       <c r="E21" s="6">
-        <v>120202574.0</v>
+        <v>151969462.0</v>
       </c>
       <c r="F21" s="6">
-        <v>58928818.0</v>
+        <v>81708815.0</v>
       </c>
       <c r="G21" s="6">
-        <v>61273756.0</v>
+        <v>70260647.0</v>
       </c>
       <c r="H21" s="6">
-        <v>300882.0</v>
+        <v>500473.0</v>
       </c>
       <c r="I21" s="6">
-        <v>590574.0</v>
+        <v>6959241.0</v>
       </c>
       <c r="J21" s="6">
-        <v>58338244.0</v>
+        <v>74749574.0</v>
       </c>
       <c r="K21" s="6">
-        <v>185527467.0</v>
+        <v>277740288.0</v>
       </c>
       <c r="L21" s="6">
-        <v>137597395.0</v>
+        <v>197806495.0</v>
       </c>
       <c r="M21" s="6">
-        <v>269105.0</v>
+        <v>796367.0</v>
       </c>
       <c r="N21" s="6">
-        <v>19706692.0</v>
+        <v>31130158.0</v>
       </c>
       <c r="O21" s="6">
-        <v>38960480.0</v>
+        <v>58324044.0</v>
       </c>
       <c r="P21" s="6">
-        <v>4774140.0</v>
+        <v>8240484.0</v>
       </c>
       <c r="Q21" s="6">
-        <v>23413752.0</v>
+        <v>34325401.0</v>
       </c>
       <c r="R21" s="6">
-        <v>-18639612.0</v>
+        <v>-26084917.0</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D22" s="6">
-        <v>3746.0</v>
+        <v>3881.0</v>
       </c>
       <c r="E22" s="6">
-        <v>466474175.0</v>
+        <v>533748562.0</v>
       </c>
       <c r="F22" s="6">
-        <v>207345753.0</v>
+        <v>245833803.0</v>
       </c>
       <c r="G22" s="6">
-        <v>259128422.0</v>
+        <v>287914759.0</v>
       </c>
       <c r="H22" s="6">
-        <v>9391991.0</v>
+        <v>10826457.0</v>
       </c>
       <c r="I22" s="6">
-        <v>3282008.0</v>
+        <v>4194390.0</v>
       </c>
       <c r="J22" s="6">
-        <v>204063745.0</v>
+        <v>241639413.0</v>
       </c>
       <c r="K22" s="6">
-        <v>242131345.0</v>
+        <v>286734456.0</v>
       </c>
       <c r="L22" s="6">
-        <v>118749100.0</v>
+        <v>154883671.0</v>
       </c>
       <c r="M22" s="6">
-        <v>2109686.0</v>
+        <v>1769171.0</v>
       </c>
       <c r="N22" s="6">
-        <v>70394928.0</v>
+        <v>80671227.0</v>
       </c>
       <c r="O22" s="6">
-        <v>50826216.0</v>
+        <v>60211910.0</v>
       </c>
       <c r="P22" s="6">
-        <v>27595047.0</v>
+        <v>31230614.0</v>
       </c>
       <c r="Q22" s="6">
-        <v>6508966.0</v>
+        <v>8851123.0</v>
       </c>
       <c r="R22" s="6">
-        <v>21086081.0</v>
+        <v>22379491.0</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D23" s="6">
-        <v>749.0</v>
+        <v>775.0</v>
       </c>
       <c r="E23" s="6">
-        <v>849264289.0</v>
+        <v>907757366.0</v>
       </c>
       <c r="F23" s="6">
-        <v>776929580.0</v>
+        <v>872248399.0</v>
       </c>
       <c r="G23" s="6">
-        <v>72334709.0</v>
+        <v>35508967.0</v>
       </c>
       <c r="H23" s="6">
-        <v>183574.0</v>
+        <v>292582.0</v>
       </c>
       <c r="I23" s="6">
-        <v>586373084.0</v>
+        <v>619337239.0</v>
       </c>
       <c r="J23" s="6">
-        <v>190556496.0</v>
+        <v>252911160.0</v>
       </c>
       <c r="K23" s="6">
-        <v>219454811.0</v>
+        <v>298721190.0</v>
       </c>
       <c r="L23" s="6">
-        <v>178272124.0</v>
+        <v>250144291.0</v>
       </c>
       <c r="M23" s="6">
-        <v>251905.0</v>
+        <v>145214.0</v>
       </c>
       <c r="N23" s="6">
-        <v>47800957.0</v>
+        <v>63586051.0</v>
       </c>
       <c r="O23" s="6">
-        <v>45266903.0</v>
+        <v>62731450.0</v>
       </c>
       <c r="P23" s="6">
-        <v>12260047.0</v>
+        <v>13317840.0</v>
       </c>
       <c r="Q23" s="6">
-        <v>1001747.0</v>
+        <v>981102.0</v>
       </c>
       <c r="R23" s="6">
-        <v>11258300.0</v>
+        <v>12336738.0</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D24" s="6">
-        <v>6678.0</v>
+        <v>6798.0</v>
       </c>
       <c r="E24" s="6">
-        <v>379778867.0</v>
+        <v>406663032.0</v>
       </c>
       <c r="F24" s="6">
-        <v>355618301.0</v>
+        <v>395967126.0</v>
       </c>
       <c r="G24" s="6">
-        <v>24160566.0</v>
+        <v>10695906.0</v>
       </c>
       <c r="H24" s="6">
-        <v>1344652.0</v>
+        <v>3242067.0</v>
       </c>
       <c r="I24" s="6">
-        <v>43442743.0</v>
+        <v>45722546.0</v>
       </c>
       <c r="J24" s="6">
-        <v>312175558.0</v>
+        <v>350244580.0</v>
       </c>
       <c r="K24" s="6">
-        <v>326419931.0</v>
+        <v>323233697.0</v>
       </c>
       <c r="L24" s="6">
-        <v>318690914.0</v>
+        <v>311943167.0</v>
       </c>
       <c r="M24" s="6">
-        <v>579262.0</v>
+        <v>940752.0</v>
       </c>
       <c r="N24" s="6">
-        <v>92804168.0</v>
+        <v>99516604.0</v>
       </c>
       <c r="O24" s="6">
-        <v>68539375.0</v>
+        <v>67839161.0</v>
       </c>
       <c r="P24" s="6">
-        <v>45588019.0</v>
+        <v>49313337.0</v>
       </c>
       <c r="Q24" s="6">
-        <v>17027296.0</v>
+        <v>15864160.0</v>
       </c>
       <c r="R24" s="6">
-        <v>28560723.0</v>
+        <v>33449177.0</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D25" s="6">
-        <v>10113.0</v>
+        <v>10378.0</v>
       </c>
       <c r="E25" s="6">
-        <v>422711037.0</v>
+        <v>516239362.0</v>
       </c>
       <c r="F25" s="6">
-        <v>306058193.0</v>
+        <v>362321194.0</v>
       </c>
       <c r="G25" s="6">
-        <v>116652844.0</v>
+        <v>153918168.0</v>
       </c>
       <c r="H25" s="6">
-        <v>8484492.0</v>
+        <v>11329254.0</v>
       </c>
       <c r="I25" s="6">
-        <v>11566883.0</v>
+        <v>12518262.0</v>
       </c>
       <c r="J25" s="6">
-        <v>294491310.0</v>
+        <v>349802932.0</v>
       </c>
       <c r="K25" s="6">
-        <v>234156940.0</v>
+        <v>287181349.0</v>
       </c>
       <c r="L25" s="6">
-        <v>151537090.0</v>
+        <v>201539362.0</v>
       </c>
       <c r="M25" s="6">
-        <v>13257510.0</v>
+        <v>4354376.0</v>
       </c>
       <c r="N25" s="6">
-        <v>72223273.0</v>
+        <v>90332761.0</v>
       </c>
       <c r="O25" s="6">
-        <v>49133592.0</v>
+        <v>60263195.0</v>
       </c>
       <c r="P25" s="6">
-        <v>35393219.0</v>
+        <v>43395059.0</v>
       </c>
       <c r="Q25" s="6">
-        <v>8105529.0</v>
+        <v>10166119.0</v>
       </c>
       <c r="R25" s="6">
-        <v>27287690.0</v>
+        <v>33228940.0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D26" s="6">
-        <v>4107.0</v>
+        <v>4221.0</v>
       </c>
       <c r="E26" s="6">
-        <v>388552479.0</v>
+        <v>469524932.0</v>
       </c>
       <c r="F26" s="6">
-        <v>251292274.0</v>
+        <v>297897410.0</v>
       </c>
       <c r="G26" s="6">
-        <v>137260205.0</v>
+        <v>171627522.0</v>
       </c>
       <c r="H26" s="6">
-        <v>19566998.0</v>
+        <v>25014591.0</v>
       </c>
       <c r="I26" s="6">
-        <v>7817993.0</v>
+        <v>7704888.0</v>
       </c>
       <c r="J26" s="6">
-        <v>243474281.0</v>
+        <v>290192522.0</v>
       </c>
       <c r="K26" s="6">
-        <v>190438667.0</v>
+        <v>238580126.0</v>
       </c>
       <c r="L26" s="6">
-        <v>126370833.0</v>
+        <v>156827295.0</v>
       </c>
       <c r="M26" s="6">
-        <v>2405752.0</v>
+        <v>2514671.0</v>
       </c>
       <c r="N26" s="6">
-        <v>63157917.0</v>
+        <v>74575242.0</v>
       </c>
       <c r="O26" s="6">
-        <v>39821205.0</v>
+        <v>49113923.0</v>
       </c>
       <c r="P26" s="6">
-        <v>29766817.0</v>
+        <v>33341020.0</v>
       </c>
       <c r="Q26" s="6">
-        <v>5262880.0</v>
+        <v>6634278.0</v>
       </c>
       <c r="R26" s="6">
-        <v>24503937.0</v>
+        <v>26706742.0</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D27" s="6">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="E27" s="6">
-        <v>23487996.0</v>
+        <v>14842543.0</v>
       </c>
       <c r="F27" s="6">
-        <v>21579240.0</v>
+        <v>13401123.0</v>
       </c>
       <c r="G27" s="6">
-        <v>1908756.0</v>
+        <v>1441420.0</v>
       </c>
       <c r="H27" s="6">
         <v>0.0</v>
       </c>
       <c r="I27" s="6">
-        <v>7880107.0</v>
+        <v>6576397.0</v>
       </c>
       <c r="J27" s="6">
-        <v>13699133.0</v>
+        <v>6824726.0</v>
       </c>
       <c r="K27" s="6">
-        <v>147109648.0</v>
+        <v>225159729.0</v>
       </c>
       <c r="L27" s="6">
-        <v>112664800.0</v>
+        <v>104814786.0</v>
       </c>
       <c r="M27" s="6">
-        <v>804852.0</v>
+        <v>84917305.0</v>
       </c>
       <c r="N27" s="6">
-        <v>26220542.0</v>
+        <v>24165048.0</v>
       </c>
       <c r="O27" s="6">
-        <v>30893026.0</v>
+        <v>47283543.0</v>
       </c>
       <c r="P27" s="6">
-        <v>23624075.0</v>
+        <v>40682503.0</v>
       </c>
       <c r="Q27" s="6">
-        <v>6115.0</v>
+        <v>16960.0</v>
       </c>
       <c r="R27" s="6">
-        <v>23617960.0</v>
+        <v>40665543.0</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D28" s="6">
-        <v>615.0</v>
+        <v>642.0</v>
       </c>
       <c r="E28" s="6">
-        <v>30243501.0</v>
+        <v>31724892.0</v>
       </c>
       <c r="F28" s="6">
-        <v>28588350.0</v>
+        <v>29669868.0</v>
       </c>
       <c r="G28" s="6">
-        <v>1655151.0</v>
+        <v>2055024.0</v>
       </c>
       <c r="H28" s="6">
-        <v>182444.0</v>
+        <v>266823.0</v>
       </c>
       <c r="I28" s="6">
-        <v>18254695.0</v>
+        <v>18180501.0</v>
       </c>
       <c r="J28" s="6">
-        <v>10333655.0</v>
+        <v>11489367.0</v>
       </c>
       <c r="K28" s="6">
-        <v>16766762.0</v>
+        <v>22147606.0</v>
       </c>
       <c r="L28" s="6">
-        <v>15312581.0</v>
+        <v>18961867.0</v>
       </c>
       <c r="M28" s="6">
-        <v>37295.0</v>
+        <v>158500.0</v>
       </c>
       <c r="N28" s="6">
-        <v>3450180.0</v>
+        <v>4249775.0</v>
       </c>
       <c r="O28" s="6">
-        <v>3521020.0</v>
+        <v>4650928.0</v>
       </c>
       <c r="P28" s="6">
-        <v>2586893.0</v>
+        <v>3264867.0</v>
       </c>
       <c r="Q28" s="6">
-        <v>132592.0</v>
+        <v>183201.0</v>
       </c>
       <c r="R28" s="6">
-        <v>2454301.0</v>
+        <v>3081666.0</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D29" s="6">
-        <v>460.0</v>
+        <v>471.0</v>
       </c>
       <c r="E29" s="6">
-        <v>229505331.0</v>
+        <v>224668530.0</v>
       </c>
       <c r="F29" s="6">
-        <v>228336055.0</v>
+        <v>223204909.0</v>
       </c>
       <c r="G29" s="6">
-        <v>1169276.0</v>
+        <v>1463621.0</v>
       </c>
       <c r="H29" s="6">
-        <v>192819.0</v>
+        <v>308732.0</v>
       </c>
       <c r="I29" s="6">
-        <v>217889618.0</v>
+        <v>211236046.0</v>
       </c>
       <c r="J29" s="6">
-        <v>10446437.0</v>
+        <v>11968863.0</v>
       </c>
       <c r="K29" s="6">
-        <v>153813681.0</v>
+        <v>73182190.0</v>
       </c>
       <c r="L29" s="6">
-        <v>150779162.0</v>
+        <v>67799476.0</v>
       </c>
       <c r="M29" s="6">
-        <v>164490.0</v>
+        <v>613743.0</v>
       </c>
       <c r="N29" s="6">
-        <v>27801437.0</v>
+        <v>6774727.0</v>
       </c>
       <c r="O29" s="6">
-        <v>32300873.0</v>
+        <v>15368260.0</v>
       </c>
       <c r="P29" s="6">
-        <v>12243960.0</v>
+        <v>5029423.0</v>
       </c>
       <c r="Q29" s="6">
-        <v>101896.0</v>
+        <v>147913.0</v>
       </c>
       <c r="R29" s="6">
-        <v>12142064.0</v>
+        <v>4881510.0</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D30" s="6">
-        <v>1326.0</v>
+        <v>1379.0</v>
       </c>
       <c r="E30" s="6">
-        <v>54257777.0</v>
+        <v>44648729.0</v>
       </c>
       <c r="F30" s="6">
-        <v>51372713.0</v>
+        <v>40680547.0</v>
       </c>
       <c r="G30" s="6">
-        <v>2885064.0</v>
+        <v>3968182.0</v>
       </c>
       <c r="H30" s="6">
-        <v>841788.0</v>
+        <v>788457.0</v>
       </c>
       <c r="I30" s="6">
-        <v>5911747.0</v>
+        <v>5455843.0</v>
       </c>
       <c r="J30" s="6">
-        <v>45460966.0</v>
+        <v>35224704.0</v>
       </c>
       <c r="K30" s="6">
-        <v>30376052.0</v>
+        <v>30932528.0</v>
       </c>
       <c r="L30" s="6">
-        <v>26178566.0</v>
+        <v>26016133.0</v>
       </c>
       <c r="M30" s="6">
-        <v>501329.0</v>
+        <v>571752.0</v>
       </c>
       <c r="N30" s="6">
-        <v>10073812.0</v>
+        <v>8859106.0</v>
       </c>
       <c r="O30" s="6">
-        <v>6378971.0</v>
+        <v>6495831.0</v>
       </c>
       <c r="P30" s="6">
-        <v>5042544.0</v>
+        <v>4165041.0</v>
       </c>
       <c r="Q30" s="6">
-        <v>480611.0</v>
+        <v>730626.0</v>
       </c>
       <c r="R30" s="6">
-        <v>4561933.0</v>
+        <v>3434415.0</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D31" s="6">
-        <v>3677.0</v>
+        <v>3028.0</v>
       </c>
       <c r="E31" s="6">
-        <v>126849837.0</v>
+        <v>120831072.0</v>
       </c>
       <c r="F31" s="6">
-        <v>101719030.0</v>
+        <v>103039554.0</v>
       </c>
       <c r="G31" s="6">
-        <v>25130807.0</v>
+        <v>17791518.0</v>
       </c>
       <c r="H31" s="6">
-        <v>6606491.0</v>
+        <v>4663507.0</v>
       </c>
       <c r="I31" s="6">
-        <v>1583939.0</v>
+        <v>1847602.0</v>
       </c>
       <c r="J31" s="6">
-        <v>100135091.0</v>
+        <v>101191952.0</v>
       </c>
       <c r="K31" s="6">
-        <v>78245539.0</v>
+        <v>69964106.0</v>
       </c>
       <c r="L31" s="6">
-        <v>53484000.0</v>
+        <v>53826357.0</v>
       </c>
       <c r="M31" s="6">
-        <v>4497833.0</v>
+        <v>2609957.0</v>
       </c>
       <c r="N31" s="6">
-        <v>25743901.0</v>
+        <v>24203192.0</v>
       </c>
       <c r="O31" s="6">
-        <v>16423018.0</v>
+        <v>14675809.0</v>
       </c>
       <c r="P31" s="6">
-        <v>11328429.0</v>
+        <v>11163272.0</v>
       </c>
       <c r="Q31" s="6">
-        <v>931215.0</v>
+        <v>848277.0</v>
       </c>
       <c r="R31" s="6">
-        <v>10397214.0</v>
+        <v>10314995.0</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
-      <c r="D32" s="6" t="s">
-[...42 lines deleted...]
-        <v>47</v>
+      <c r="D32" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="E32" s="6">
+        <v>1278.0</v>
+      </c>
+      <c r="F32" s="6">
+        <v>1278.0</v>
+      </c>
+      <c r="G32" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H32" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I32" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="J32" s="6">
+        <v>1278.0</v>
+      </c>
+      <c r="K32" s="6">
+        <v>1357.0</v>
+      </c>
+      <c r="L32" s="6">
+        <v>1152.0</v>
+      </c>
+      <c r="M32" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N32" s="6">
+        <v>273.0</v>
+      </c>
+      <c r="O32" s="6">
+        <v>285.0</v>
+      </c>
+      <c r="P32" s="6">
+        <v>125.0</v>
+      </c>
+      <c r="Q32" s="6">
+        <v>137.0</v>
+      </c>
+      <c r="R32" s="6">
+        <v>-12.0</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D33" s="6">
-        <v>36.0</v>
+        <v>69.0</v>
       </c>
       <c r="E33" s="6">
-        <v>539935.0</v>
+        <v>1401890.0</v>
       </c>
       <c r="F33" s="6">
-        <v>485214.0</v>
+        <v>1000300.0</v>
       </c>
       <c r="G33" s="6">
-        <v>54721.0</v>
+        <v>401590.0</v>
       </c>
       <c r="H33" s="6">
-        <v>54721.0</v>
+        <v>395142.0</v>
       </c>
       <c r="I33" s="6">
-        <v>2278.0</v>
+        <v>1332.0</v>
       </c>
       <c r="J33" s="6">
-        <v>482936.0</v>
+        <v>998968.0</v>
       </c>
       <c r="K33" s="6">
-        <v>537090.0</v>
+        <v>1023057.0</v>
       </c>
       <c r="L33" s="6">
-        <v>150529.0</v>
+        <v>362795.0</v>
       </c>
       <c r="M33" s="6">
-        <v>38786.0</v>
+        <v>50424.0</v>
       </c>
       <c r="N33" s="6">
-        <v>173648.0</v>
+        <v>332015.0</v>
       </c>
       <c r="O33" s="6">
-        <v>112789.0</v>
+        <v>214842.0</v>
       </c>
       <c r="P33" s="6">
-        <v>82314.0</v>
+        <v>146083.0</v>
       </c>
       <c r="Q33" s="6">
-        <v>11432.0</v>
+        <v>13671.0</v>
       </c>
       <c r="R33" s="6">
-        <v>70882.0</v>
+        <v>132412.0</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-07</t>
+            <t xml:space="preserve">2025-09</t>
           </r>
         </is>
       </c>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D34" s="6">
-        <v>95631.0</v>
+        <v>97669.0</v>
       </c>
       <c r="E34" s="6">
-        <v>16399489406.0</v>
+        <v>17431412477.0</v>
       </c>
       <c r="F34" s="6">
-        <v>10788583390.0</v>
+        <v>11461973249.0</v>
       </c>
       <c r="G34" s="6">
-        <v>5610906016.0</v>
+        <v>5969439228.0</v>
       </c>
       <c r="H34" s="6">
-        <v>2059211371.0</v>
+        <v>2240280066.0</v>
       </c>
       <c r="I34" s="6">
-        <v>940851151.0</v>
+        <v>1311556789.0</v>
       </c>
       <c r="J34" s="6">
-        <v>9847732239.0</v>
+        <v>10150416460.0</v>
       </c>
       <c r="K34" s="6">
-        <v>11866258373.0</v>
+        <v>12592157951.0</v>
       </c>
       <c r="L34" s="6">
-        <v>7139160779.0</v>
+        <v>7804922985.0</v>
       </c>
       <c r="M34" s="6">
-        <v>1164645324.0</v>
+        <v>1097331076.0</v>
       </c>
       <c r="N34" s="6">
-        <v>2767757846.0</v>
+        <v>2884879599.0</v>
       </c>
       <c r="O34" s="6">
-        <v>2480584914.0</v>
+        <v>2631928838.0</v>
       </c>
       <c r="P34" s="6">
-        <v>929775470.0</v>
+        <v>938325509.0</v>
       </c>
       <c r="Q34" s="6">
-        <v>348256875.0</v>
+        <v>391232919.0</v>
       </c>
       <c r="R34" s="6">
-        <v>581518595.0</v>
+        <v>547092590.0</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D35" s="6">
-        <v>4345.0</v>
+        <v>4521.0</v>
       </c>
       <c r="E35" s="6">
-        <v>257155091.0</v>
+        <v>360923199.0</v>
       </c>
       <c r="F35" s="6">
-        <v>214012522.0</v>
+        <v>304663711.0</v>
       </c>
       <c r="G35" s="6">
-        <v>43142569.0</v>
+        <v>56259488.0</v>
       </c>
       <c r="H35" s="6">
-        <v>28422353.0</v>
+        <v>42077590.0</v>
       </c>
       <c r="I35" s="6">
-        <v>1566126.0</v>
+        <v>4283145.0</v>
       </c>
       <c r="J35" s="6">
-        <v>212446396.0</v>
+        <v>300380566.0</v>
       </c>
       <c r="K35" s="6">
-        <v>227623572.0</v>
+        <v>285366544.0</v>
       </c>
       <c r="L35" s="6">
-        <v>206500109.0</v>
+        <v>267533571.0</v>
       </c>
       <c r="M35" s="6">
-        <v>1783567.0</v>
+        <v>1257400.0</v>
       </c>
       <c r="N35" s="6">
-        <v>51989362.0</v>
+        <v>70573297.0</v>
       </c>
       <c r="O35" s="6">
-        <v>47474961.0</v>
+        <v>59604253.0</v>
       </c>
       <c r="P35" s="6">
-        <v>17346995.0</v>
+        <v>24586687.0</v>
       </c>
       <c r="Q35" s="6">
-        <v>12187740.0</v>
+        <v>13167509.0</v>
       </c>
       <c r="R35" s="6">
-        <v>5159255.0</v>
+        <v>11419178.0</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D36" s="6">
-        <v>221.0</v>
+        <v>220.0</v>
       </c>
       <c r="E36" s="6">
-        <v>32867109.0</v>
+        <v>36378696.0</v>
       </c>
       <c r="F36" s="6">
-        <v>28259444.0</v>
+        <v>30811845.0</v>
       </c>
       <c r="G36" s="6">
-        <v>4607665.0</v>
+        <v>5566851.0</v>
       </c>
       <c r="H36" s="6">
-        <v>3258925.0</v>
+        <v>3238559.0</v>
       </c>
       <c r="I36" s="6">
-        <v>66914.0</v>
+        <v>82183.0</v>
       </c>
       <c r="J36" s="6">
-        <v>28192530.0</v>
+        <v>30729662.0</v>
       </c>
       <c r="K36" s="6">
-        <v>18130786.0</v>
+        <v>17380795.0</v>
       </c>
       <c r="L36" s="6">
-        <v>16535695.0</v>
+        <v>16163062.0</v>
       </c>
       <c r="M36" s="6">
-        <v>738329.0</v>
+        <v>136548.0</v>
       </c>
       <c r="N36" s="6">
-        <v>6103662.0</v>
+        <v>6666894.0</v>
       </c>
       <c r="O36" s="6">
-        <v>3807465.0</v>
+        <v>3649967.0</v>
       </c>
       <c r="P36" s="6">
-        <v>2841451.0</v>
+        <v>3324319.0</v>
       </c>
       <c r="Q36" s="6">
-        <v>385822.0</v>
+        <v>260929.0</v>
       </c>
       <c r="R36" s="6">
-        <v>2455629.0</v>
+        <v>3063390.0</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D37" s="6">
-        <v>9374.0</v>
+        <v>9500.0</v>
       </c>
       <c r="E37" s="6">
-        <v>3175125071.0</v>
+        <v>3264145708.0</v>
       </c>
       <c r="F37" s="6">
-        <v>1394651523.0</v>
+        <v>1446801147.0</v>
       </c>
       <c r="G37" s="6">
-        <v>1780473548.0</v>
+        <v>1817344561.0</v>
       </c>
       <c r="H37" s="6">
-        <v>1097884537.0</v>
+        <v>1171229224.0</v>
       </c>
       <c r="I37" s="6">
-        <v>7333152.0</v>
+        <v>7766622.0</v>
       </c>
       <c r="J37" s="6">
-        <v>1387318371.0</v>
+        <v>1439034525.0</v>
       </c>
       <c r="K37" s="6">
-        <v>2556684400.0</v>
+        <v>2721396964.0</v>
       </c>
       <c r="L37" s="6">
-        <v>1147636224.0</v>
+        <v>1315072353.0</v>
       </c>
       <c r="M37" s="6">
-        <v>756545105.0</v>
+        <v>722256500.0</v>
       </c>
       <c r="N37" s="6">
-        <v>432959712.0</v>
+        <v>458974553.0</v>
       </c>
       <c r="O37" s="6">
-        <v>536569171.0</v>
+        <v>570979725.0</v>
       </c>
       <c r="P37" s="6">
-        <v>131183661.0</v>
+        <v>131387521.0</v>
       </c>
       <c r="Q37" s="6">
-        <v>77066871.0</v>
+        <v>83756886.0</v>
       </c>
       <c r="R37" s="6">
-        <v>54116790.0</v>
+        <v>47630635.0</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D38" s="6">
-        <v>946.0</v>
+        <v>950.0</v>
       </c>
       <c r="E38" s="6">
-        <v>313675829.0</v>
+        <v>473314839.0</v>
       </c>
       <c r="F38" s="6">
-        <v>259907647.0</v>
+        <v>357896787.0</v>
       </c>
       <c r="G38" s="6">
-        <v>53768182.0</v>
+        <v>115418052.0</v>
       </c>
       <c r="H38" s="6">
-        <v>9655559.0</v>
+        <v>11169829.0</v>
       </c>
       <c r="I38" s="6">
-        <v>1597756.0</v>
+        <v>1266164.0</v>
       </c>
       <c r="J38" s="6">
-        <v>258309891.0</v>
+        <v>356630623.0</v>
       </c>
       <c r="K38" s="6">
-        <v>491113266.0</v>
+        <v>602633843.0</v>
       </c>
       <c r="L38" s="6">
-        <v>343813514.0</v>
+        <v>422980733.0</v>
       </c>
       <c r="M38" s="6">
-        <v>236957.0</v>
+        <v>12404395.0</v>
       </c>
       <c r="N38" s="6">
-        <v>114355216.0</v>
+        <v>137416500.0</v>
       </c>
       <c r="O38" s="6">
-        <v>103133786.0</v>
+        <v>126553107.0</v>
       </c>
       <c r="P38" s="6">
-        <v>22172309.0</v>
+        <v>28112463.0</v>
       </c>
       <c r="Q38" s="6">
-        <v>10841202.0</v>
+        <v>14546323.0</v>
       </c>
       <c r="R38" s="6">
-        <v>11331107.0</v>
+        <v>13566140.0</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D39" s="6">
-        <v>385.0</v>
+        <v>386.0</v>
       </c>
       <c r="E39" s="6">
-        <v>102336122.0</v>
+        <v>100646821.0</v>
       </c>
       <c r="F39" s="6">
-        <v>87795440.0</v>
+        <v>85471978.0</v>
       </c>
       <c r="G39" s="6">
-        <v>14540682.0</v>
+        <v>15174843.0</v>
       </c>
       <c r="H39" s="6">
-        <v>10649882.0</v>
+        <v>12515561.0</v>
       </c>
       <c r="I39" s="6">
-        <v>187439.0</v>
+        <v>344273.0</v>
       </c>
       <c r="J39" s="6">
-        <v>87608001.0</v>
+        <v>85127705.0</v>
       </c>
       <c r="K39" s="6">
-        <v>71084945.0</v>
+        <v>71477571.0</v>
       </c>
       <c r="L39" s="6">
-        <v>63994305.0</v>
+        <v>66545857.0</v>
       </c>
       <c r="M39" s="6">
-        <v>1002900.0</v>
+        <v>583781.0</v>
       </c>
       <c r="N39" s="6">
-        <v>21263360.0</v>
+        <v>21497524.0</v>
       </c>
       <c r="O39" s="6">
-        <v>14874192.0</v>
+        <v>15010222.0</v>
       </c>
       <c r="P39" s="6">
-        <v>8623918.0</v>
+        <v>8035601.0</v>
       </c>
       <c r="Q39" s="6">
-        <v>1978309.0</v>
+        <v>1371797.0</v>
       </c>
       <c r="R39" s="6">
-        <v>6645609.0</v>
+        <v>6663804.0</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D40" s="6">
-        <v>11572.0</v>
+        <v>11868.0</v>
       </c>
       <c r="E40" s="6">
-        <v>1133463478.0</v>
+        <v>1199722109.0</v>
       </c>
       <c r="F40" s="6">
-        <v>998723575.0</v>
+        <v>1060922433.0</v>
       </c>
       <c r="G40" s="6">
-        <v>134739903.0</v>
+        <v>138799676.0</v>
       </c>
       <c r="H40" s="6">
-        <v>8036660.0</v>
+        <v>7750484.0</v>
       </c>
       <c r="I40" s="6">
-        <v>6501111.0</v>
+        <v>7469463.0</v>
       </c>
       <c r="J40" s="6">
-        <v>992222464.0</v>
+        <v>1053452970.0</v>
       </c>
       <c r="K40" s="6">
-        <v>799517235.0</v>
+        <v>838421143.0</v>
       </c>
       <c r="L40" s="6">
-        <v>719942386.0</v>
+        <v>758670119.0</v>
       </c>
       <c r="M40" s="6">
-        <v>22026314.0</v>
+        <v>18249252.0</v>
       </c>
       <c r="N40" s="6">
-        <v>152170479.0</v>
+        <v>156838297.0</v>
       </c>
       <c r="O40" s="6">
-        <v>167874157.0</v>
+        <v>176068440.0</v>
       </c>
       <c r="P40" s="6">
-        <v>34857242.0</v>
+        <v>35556998.0</v>
       </c>
       <c r="Q40" s="6">
-        <v>44876203.0</v>
+        <v>50063916.0</v>
       </c>
       <c r="R40" s="6">
-        <v>-10018961.0</v>
+        <v>-14506918.0</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D41" s="6">
-        <v>23954.0</v>
+        <v>24918.0</v>
       </c>
       <c r="E41" s="6">
-        <v>5840294185.0</v>
+        <v>6103944538.0</v>
       </c>
       <c r="F41" s="6">
-        <v>4232126990.0</v>
+        <v>4291928451.0</v>
       </c>
       <c r="G41" s="6">
-        <v>1608167195.0</v>
+        <v>1812016087.0</v>
       </c>
       <c r="H41" s="6">
-        <v>829905405.0</v>
+        <v>912783325.0</v>
       </c>
       <c r="I41" s="6">
-        <v>26485305.0</v>
+        <v>61384586.0</v>
       </c>
       <c r="J41" s="6">
-        <v>4205641685.0</v>
+        <v>4230543865.0</v>
       </c>
       <c r="K41" s="6">
-        <v>4580595129.0</v>
+        <v>4839592233.0</v>
       </c>
       <c r="L41" s="6">
-        <v>2464664138.0</v>
+        <v>2677948681.0</v>
       </c>
       <c r="M41" s="6">
-        <v>340873371.0</v>
+        <v>305968714.0</v>
       </c>
       <c r="N41" s="6">
-        <v>1207833108.0</v>
+        <v>1234861434.0</v>
       </c>
       <c r="O41" s="6">
-        <v>952262226.0</v>
+        <v>1006151337.0</v>
       </c>
       <c r="P41" s="6">
-        <v>406953751.0</v>
+        <v>398907163.0</v>
       </c>
       <c r="Q41" s="6">
-        <v>81019381.0</v>
+        <v>104711978.0</v>
       </c>
       <c r="R41" s="6">
-        <v>325934370.0</v>
+        <v>294195185.0</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D42" s="6">
-        <v>8142.0</v>
+        <v>8264.0</v>
       </c>
       <c r="E42" s="6">
-        <v>2056030504.0</v>
+        <v>2098834538.0</v>
       </c>
       <c r="F42" s="6">
-        <v>787651634.0</v>
+        <v>842876487.0</v>
       </c>
       <c r="G42" s="6">
-        <v>1268378870.0</v>
+        <v>1255958051.0</v>
       </c>
       <c r="H42" s="6">
-        <v>18715093.0</v>
+        <v>22200117.0</v>
       </c>
       <c r="I42" s="6">
-        <v>9696531.0</v>
+        <v>9738273.0</v>
       </c>
       <c r="J42" s="6">
-        <v>777955103.0</v>
+        <v>833138214.0</v>
       </c>
       <c r="K42" s="6">
-        <v>1129022778.0</v>
+        <v>1142407491.0</v>
       </c>
       <c r="L42" s="6">
-        <v>682954943.0</v>
+        <v>705266595.0</v>
       </c>
       <c r="M42" s="6">
-        <v>8278371.0</v>
+        <v>14697305.0</v>
       </c>
       <c r="N42" s="6">
-        <v>257434063.0</v>
+        <v>267502899.0</v>
       </c>
       <c r="O42" s="6">
-        <v>236944748.0</v>
+        <v>239509572.0</v>
       </c>
       <c r="P42" s="6">
-        <v>78941474.0</v>
+        <v>89205269.0</v>
       </c>
       <c r="Q42" s="6">
-        <v>55768324.0</v>
+        <v>57214993.0</v>
       </c>
       <c r="R42" s="6">
-        <v>23173150.0</v>
+        <v>31990276.0</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D43" s="6">
-        <v>3956.0</v>
+        <v>4006.0</v>
       </c>
       <c r="E43" s="6">
-        <v>238615046.0</v>
+        <v>211742971.0</v>
       </c>
       <c r="F43" s="6">
-        <v>235427873.0</v>
+        <v>208358440.0</v>
       </c>
       <c r="G43" s="6">
-        <v>3187173.0</v>
+        <v>3384531.0</v>
       </c>
       <c r="H43" s="6">
-        <v>1293443.0</v>
+        <v>1289054.0</v>
       </c>
       <c r="I43" s="6">
-        <v>4365040.0</v>
+        <v>7081350.0</v>
       </c>
       <c r="J43" s="6">
-        <v>231062833.0</v>
+        <v>201277090.0</v>
       </c>
       <c r="K43" s="6">
-        <v>134382704.0</v>
+        <v>135074052.0</v>
       </c>
       <c r="L43" s="6">
-        <v>121801595.0</v>
+        <v>121893876.0</v>
       </c>
       <c r="M43" s="6">
-        <v>321333.0</v>
+        <v>297262.0</v>
       </c>
       <c r="N43" s="6">
-        <v>48636522.0</v>
+        <v>45960527.0</v>
       </c>
       <c r="O43" s="6">
-        <v>28220368.0</v>
+        <v>28365551.0</v>
       </c>
       <c r="P43" s="6">
-        <v>21794997.0</v>
+        <v>18984983.0</v>
       </c>
       <c r="Q43" s="6">
-        <v>1016390.0</v>
+        <v>948750.0</v>
       </c>
       <c r="R43" s="6">
-        <v>20778607.0</v>
+        <v>18036233.0</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D44" s="6">
-        <v>1091.0</v>
+        <v>1126.0</v>
       </c>
       <c r="E44" s="6">
-        <v>120319586.0</v>
+        <v>133093056.0</v>
       </c>
       <c r="F44" s="6">
-        <v>55030912.0</v>
+        <v>65219636.0</v>
       </c>
       <c r="G44" s="6">
-        <v>65288674.0</v>
+        <v>67873420.0</v>
       </c>
       <c r="H44" s="6">
-        <v>1049920.0</v>
+        <v>459948.0</v>
       </c>
       <c r="I44" s="6">
-        <v>5606285.0</v>
+        <v>4982580.0</v>
       </c>
       <c r="J44" s="6">
-        <v>49424627.0</v>
+        <v>60237056.0</v>
       </c>
       <c r="K44" s="6">
-        <v>189154984.0</v>
+        <v>239572308.0</v>
       </c>
       <c r="L44" s="6">
-        <v>137990357.0</v>
+        <v>178201062.0</v>
       </c>
       <c r="M44" s="6">
-        <v>261033.0</v>
+        <v>261762.0</v>
       </c>
       <c r="N44" s="6">
-        <v>19845134.0</v>
+        <v>24079339.0</v>
       </c>
       <c r="O44" s="6">
-        <v>39717327.0</v>
+        <v>50302161.0</v>
       </c>
       <c r="P44" s="6">
-        <v>4402954.0</v>
+        <v>5662549.0</v>
       </c>
       <c r="Q44" s="6">
-        <v>23634366.0</v>
+        <v>31065132.0</v>
       </c>
       <c r="R44" s="6">
-        <v>-19231412.0</v>
+        <v>-25402583.0</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D45" s="6">
-        <v>3733.0</v>
+        <v>3869.0</v>
       </c>
       <c r="E45" s="6">
-        <v>514052489.0</v>
+        <v>530438969.0</v>
       </c>
       <c r="F45" s="6">
-        <v>235387933.0</v>
+        <v>227835926.0</v>
       </c>
       <c r="G45" s="6">
-        <v>278664556.0</v>
+        <v>302603043.0</v>
       </c>
       <c r="H45" s="6">
-        <v>5961248.0</v>
+        <v>10581464.0</v>
       </c>
       <c r="I45" s="6">
-        <v>3850138.0</v>
+        <v>2723623.0</v>
       </c>
       <c r="J45" s="6">
-        <v>231537795.0</v>
+        <v>225112303.0</v>
       </c>
       <c r="K45" s="6">
-        <v>264988481.0</v>
+        <v>273984770.0</v>
       </c>
       <c r="L45" s="6">
-        <v>129812591.0</v>
+        <v>128618895.0</v>
       </c>
       <c r="M45" s="6">
-        <v>1749719.0</v>
+        <v>3309386.0</v>
       </c>
       <c r="N45" s="6">
-        <v>79588615.0</v>
+        <v>79465957.0</v>
       </c>
       <c r="O45" s="6">
-        <v>55643242.0</v>
+        <v>57525846.0</v>
       </c>
       <c r="P45" s="6">
-        <v>32026747.0</v>
+        <v>29844060.0</v>
       </c>
       <c r="Q45" s="6">
-        <v>6508849.0</v>
+        <v>6376494.0</v>
       </c>
       <c r="R45" s="6">
-        <v>25517898.0</v>
+        <v>23467566.0</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D46" s="6">
-        <v>752.0</v>
+        <v>771.0</v>
       </c>
       <c r="E46" s="6">
-        <v>882765738.0</v>
+        <v>1162579735.0</v>
       </c>
       <c r="F46" s="6">
-        <v>847232461.0</v>
+        <v>1125010423.0</v>
       </c>
       <c r="G46" s="6">
-        <v>35533277.0</v>
+        <v>37569312.0</v>
       </c>
       <c r="H46" s="6">
-        <v>1457812.0</v>
+        <v>274030.0</v>
       </c>
       <c r="I46" s="6">
-        <v>579973348.0</v>
+        <v>878649834.0</v>
       </c>
       <c r="J46" s="6">
-        <v>267259113.0</v>
+        <v>246360589.0</v>
       </c>
       <c r="K46" s="6">
-        <v>297980537.0</v>
+        <v>300384092.0</v>
       </c>
       <c r="L46" s="6">
-        <v>248199367.0</v>
+        <v>246838962.0</v>
       </c>
       <c r="M46" s="6">
-        <v>410324.0</v>
+        <v>465976.0</v>
       </c>
       <c r="N46" s="6">
-        <v>66368860.0</v>
+        <v>62815426.0</v>
       </c>
       <c r="O46" s="6">
-        <v>62424219.0</v>
+        <v>62979328.0</v>
       </c>
       <c r="P46" s="6">
-        <v>14961330.0</v>
+        <v>12887991.0</v>
       </c>
       <c r="Q46" s="6">
-        <v>1511675.0</v>
+        <v>2732905.0</v>
       </c>
       <c r="R46" s="6">
-        <v>13449655.0</v>
+        <v>10155086.0</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D47" s="6">
-        <v>6705.0</v>
+        <v>6899.0</v>
       </c>
       <c r="E47" s="6">
-        <v>378929870.0</v>
+        <v>366354301.0</v>
       </c>
       <c r="F47" s="6">
-        <v>371038296.0</v>
+        <v>356101463.0</v>
       </c>
       <c r="G47" s="6">
-        <v>7891574.0</v>
+        <v>10252838.0</v>
       </c>
       <c r="H47" s="6">
-        <v>2323113.0</v>
+        <v>1732926.0</v>
       </c>
       <c r="I47" s="6">
-        <v>39070741.0</v>
+        <v>40020156.0</v>
       </c>
       <c r="J47" s="6">
-        <v>331967555.0</v>
+        <v>316081307.0</v>
       </c>
       <c r="K47" s="6">
-        <v>308421530.0</v>
+        <v>308555447.0</v>
       </c>
       <c r="L47" s="6">
-        <v>296800866.0</v>
+        <v>298043677.0</v>
       </c>
       <c r="M47" s="6">
-        <v>1236333.0</v>
+        <v>1328419.0</v>
       </c>
       <c r="N47" s="6">
-        <v>94131356.0</v>
+        <v>97445990.0</v>
       </c>
       <c r="O47" s="6">
-        <v>64759643.0</v>
+        <v>64785147.0</v>
       </c>
       <c r="P47" s="6">
-        <v>44454779.0</v>
+        <v>42755048.0</v>
       </c>
       <c r="Q47" s="6">
-        <v>14556780.0</v>
+        <v>8514115.0</v>
       </c>
       <c r="R47" s="6">
-        <v>29897999.0</v>
+        <v>34240933.0</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D48" s="6">
-        <v>10119.0</v>
+        <v>10511.0</v>
       </c>
       <c r="E48" s="6">
-        <v>488265242.0</v>
+        <v>477117023.0</v>
       </c>
       <c r="F48" s="6">
-        <v>360634410.0</v>
+        <v>335166497.0</v>
       </c>
       <c r="G48" s="6">
-        <v>127630832.0</v>
+        <v>141950526.0</v>
       </c>
       <c r="H48" s="6">
-        <v>10733164.0</v>
+        <v>11589785.0</v>
       </c>
       <c r="I48" s="6">
-        <v>12051211.0</v>
+        <v>13135555.0</v>
       </c>
       <c r="J48" s="6">
-        <v>348583199.0</v>
+        <v>322030942.0</v>
       </c>
       <c r="K48" s="6">
-        <v>252907564.0</v>
+        <v>263780431.0</v>
       </c>
       <c r="L48" s="6">
-        <v>169496271.0</v>
+        <v>190006704.0</v>
       </c>
       <c r="M48" s="6">
-        <v>11030410.0</v>
+        <v>2192052.0</v>
       </c>
       <c r="N48" s="6">
-        <v>77623706.0</v>
+        <v>82202852.0</v>
       </c>
       <c r="O48" s="6">
-        <v>53028931.0</v>
+        <v>55336524.0</v>
       </c>
       <c r="P48" s="6">
-        <v>36741316.0</v>
+        <v>36837156.0</v>
       </c>
       <c r="Q48" s="6">
-        <v>8573749.0</v>
+        <v>7888703.0</v>
       </c>
       <c r="R48" s="6">
-        <v>28167567.0</v>
+        <v>28948453.0</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D49" s="6">
-        <v>4128.0</v>
+        <v>4234.0</v>
       </c>
       <c r="E49" s="6">
-        <v>416087450.0</v>
+        <v>453206463.0</v>
       </c>
       <c r="F49" s="6">
-        <v>263202140.0</v>
+        <v>289063698.0</v>
       </c>
       <c r="G49" s="6">
-        <v>152885310.0</v>
+        <v>164142765.0</v>
       </c>
       <c r="H49" s="6">
-        <v>22489322.0</v>
+        <v>26096087.0</v>
       </c>
       <c r="I49" s="6">
-        <v>7225965.0</v>
+        <v>7874017.0</v>
       </c>
       <c r="J49" s="6">
-        <v>255976175.0</v>
+        <v>281189681.0</v>
       </c>
       <c r="K49" s="6">
-        <v>231693884.0</v>
+        <v>244877510.0</v>
       </c>
       <c r="L49" s="6">
-        <v>147498914.0</v>
+        <v>162263581.0</v>
       </c>
       <c r="M49" s="6">
-        <v>2457533.0</v>
+        <v>2894700.0</v>
       </c>
       <c r="N49" s="6">
-        <v>69482027.0</v>
+        <v>73500009.0</v>
       </c>
       <c r="O49" s="6">
-        <v>48137151.0</v>
+        <v>50585909.0</v>
       </c>
       <c r="P49" s="6">
-        <v>28861362.0</v>
+        <v>30848525.0</v>
       </c>
       <c r="Q49" s="6">
-        <v>6213633.0</v>
+        <v>6440936.0</v>
       </c>
       <c r="R49" s="6">
-        <v>22647729.0</v>
+        <v>24407589.0</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D50" s="6">
         <v>57.0</v>
       </c>
       <c r="E50" s="6">
-        <v>13402425.0</v>
+        <v>23017923.0</v>
       </c>
       <c r="F50" s="6">
-        <v>12127416.0</v>
+        <v>19834120.0</v>
       </c>
       <c r="G50" s="6">
-        <v>1275009.0</v>
+        <v>3183803.0</v>
       </c>
       <c r="H50" s="6">
         <v>0.0</v>
       </c>
       <c r="I50" s="6">
-        <v>6436701.0</v>
+        <v>6362063.0</v>
       </c>
       <c r="J50" s="6">
-        <v>5690715.0</v>
+        <v>13472057.0</v>
       </c>
       <c r="K50" s="6">
-        <v>113882310.0</v>
+        <v>127645719.0</v>
       </c>
       <c r="L50" s="6">
-        <v>85442529.0</v>
+        <v>100049705.0</v>
       </c>
       <c r="M50" s="6">
-        <v>7812648.0</v>
+        <v>5699824.0</v>
       </c>
       <c r="N50" s="6">
-        <v>20238113.0</v>
+        <v>22123252.0</v>
       </c>
       <c r="O50" s="6">
-        <v>23915285.0</v>
+        <v>26805601.0</v>
       </c>
       <c r="P50" s="6">
-        <v>20718328.0</v>
+        <v>20233817.0</v>
       </c>
       <c r="Q50" s="6">
-        <v>7694.0</v>
+        <v>665.0</v>
       </c>
       <c r="R50" s="6">
-        <v>20710634.0</v>
+        <v>20233152.0</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D51" s="6">
-        <v>620.0</v>
+        <v>636.0</v>
       </c>
       <c r="E51" s="6">
-        <v>31602688.0</v>
+        <v>65330081.0</v>
       </c>
       <c r="F51" s="6">
-        <v>29890965.0</v>
+        <v>63671107.0</v>
       </c>
       <c r="G51" s="6">
-        <v>1711723.0</v>
+        <v>1658974.0</v>
       </c>
       <c r="H51" s="6">
-        <v>161222.0</v>
+        <v>144536.0</v>
       </c>
       <c r="I51" s="6">
-        <v>19896516.0</v>
+        <v>51323621.0</v>
       </c>
       <c r="J51" s="6">
-        <v>9994449.0</v>
+        <v>12347486.0</v>
       </c>
       <c r="K51" s="6">
-        <v>20758552.0</v>
+        <v>20818691.0</v>
       </c>
       <c r="L51" s="6">
-        <v>18957419.0</v>
+        <v>18892753.0</v>
       </c>
       <c r="M51" s="6">
-        <v>100376.0</v>
+        <v>116267.0</v>
       </c>
       <c r="N51" s="6">
-        <v>3511614.0</v>
+        <v>4130176.0</v>
       </c>
       <c r="O51" s="6">
-        <v>4359296.0</v>
+        <v>4371925.0</v>
       </c>
       <c r="P51" s="6">
-        <v>2585078.0</v>
+        <v>3159777.0</v>
       </c>
       <c r="Q51" s="6">
-        <v>234147.0</v>
+        <v>386895.0</v>
       </c>
       <c r="R51" s="6">
-        <v>2350931.0</v>
+        <v>2772882.0</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D52" s="6">
-        <v>458.0</v>
+        <v>461.0</v>
       </c>
       <c r="E52" s="6">
-        <v>211950159.0</v>
+        <v>214240308.0</v>
       </c>
       <c r="F52" s="6">
-        <v>210771362.0</v>
+        <v>212780097.0</v>
       </c>
       <c r="G52" s="6">
-        <v>1178797.0</v>
+        <v>1460211.0</v>
       </c>
       <c r="H52" s="6">
-        <v>263119.0</v>
+        <v>478467.0</v>
       </c>
       <c r="I52" s="6">
-        <v>199899649.0</v>
+        <v>200514036.0</v>
       </c>
       <c r="J52" s="6">
-        <v>10871713.0</v>
+        <v>12266061.0</v>
       </c>
       <c r="K52" s="6">
-        <v>50569105.0</v>
+        <v>50094286.0</v>
       </c>
       <c r="L52" s="6">
-        <v>46365352.0</v>
+        <v>45447610.0</v>
       </c>
       <c r="M52" s="6">
-        <v>525148.0</v>
+        <v>224462.0</v>
       </c>
       <c r="N52" s="6">
-        <v>4919325.0</v>
+        <v>5670505.0</v>
       </c>
       <c r="O52" s="6">
-        <v>10619512.0</v>
+        <v>10519800.0</v>
       </c>
       <c r="P52" s="6">
-        <v>3329139.0</v>
+        <v>3988207.0</v>
       </c>
       <c r="Q52" s="6">
-        <v>190676.0</v>
+        <v>125613.0</v>
       </c>
       <c r="R52" s="6">
-        <v>3138463.0</v>
+        <v>3862594.0</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D53" s="6">
-        <v>1325.0</v>
+        <v>1373.0</v>
       </c>
       <c r="E53" s="6">
-        <v>52366083.0</v>
+        <v>49004273.0</v>
       </c>
       <c r="F53" s="6">
-        <v>48541706.0</v>
+        <v>45890079.0</v>
       </c>
       <c r="G53" s="6">
-        <v>3824377.0</v>
+        <v>3114194.0</v>
       </c>
       <c r="H53" s="6">
-        <v>861346.0</v>
+        <v>521627.0</v>
       </c>
       <c r="I53" s="6">
-        <v>6775727.0</v>
+        <v>5161095.0</v>
       </c>
       <c r="J53" s="6">
-        <v>41765979.0</v>
+        <v>40728984.0</v>
       </c>
       <c r="K53" s="6">
-        <v>32753936.0</v>
+        <v>40734371.0</v>
       </c>
       <c r="L53" s="6">
-        <v>27515252.0</v>
+        <v>33861905.0</v>
       </c>
       <c r="M53" s="6">
-        <v>894800.0</v>
+        <v>598843.0</v>
       </c>
       <c r="N53" s="6">
-        <v>9729700.0</v>
+        <v>11375695.0</v>
       </c>
       <c r="O53" s="6">
-        <v>6878200.0</v>
+        <v>8554218.0</v>
       </c>
       <c r="P53" s="6">
-        <v>4764096.0</v>
+        <v>4439026.0</v>
       </c>
       <c r="Q53" s="6">
-        <v>574302.0</v>
+        <v>726676.0</v>
       </c>
       <c r="R53" s="6">
-        <v>4189794.0</v>
+        <v>3712350.0</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D54" s="6">
-        <v>3709.0</v>
+        <v>3029.0</v>
       </c>
       <c r="E54" s="6">
-        <v>139752940.0</v>
+        <v>105714838.0</v>
       </c>
       <c r="F54" s="6">
-        <v>115758468.0</v>
+        <v>90027073.0</v>
       </c>
       <c r="G54" s="6">
-        <v>23994472.0</v>
+        <v>15687765.0</v>
       </c>
       <c r="H54" s="6">
-        <v>6067620.0</v>
+        <v>4135663.0</v>
       </c>
       <c r="I54" s="6">
-        <v>2262833.0</v>
+        <v>1389976.0</v>
       </c>
       <c r="J54" s="6">
-        <v>113495635.0</v>
+        <v>88637097.0</v>
       </c>
       <c r="K54" s="6">
-        <v>94440419.0</v>
+        <v>67394210.0</v>
       </c>
       <c r="L54" s="6">
-        <v>63133310.0</v>
+        <v>50372038.0</v>
       </c>
       <c r="M54" s="6">
-        <v>6013233.0</v>
+        <v>4273038.0</v>
       </c>
       <c r="N54" s="6">
-        <v>29470592.0</v>
+        <v>21394562.0</v>
       </c>
       <c r="O54" s="6">
-        <v>19825060.0</v>
+        <v>14151454.0</v>
       </c>
       <c r="P54" s="6">
-        <v>12148487.0</v>
+        <v>9272366.0</v>
       </c>
       <c r="Q54" s="6">
-        <v>1105795.0</v>
+        <v>925498.0</v>
       </c>
       <c r="R54" s="6">
-        <v>11042692.0</v>
+        <v>8346868.0</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
-      <c r="D55" s="6" t="s">
-[...42 lines deleted...]
-        <v>47</v>
+      <c r="D55" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="E55" s="6">
+        <v>1990.0</v>
+      </c>
+      <c r="F55" s="6">
+        <v>1990.0</v>
+      </c>
+      <c r="G55" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H55" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I55" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="J55" s="6">
+        <v>1990.0</v>
+      </c>
+      <c r="K55" s="6">
+        <v>1343.0</v>
+      </c>
+      <c r="L55" s="6">
+        <v>824.0</v>
+      </c>
+      <c r="M55" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N55" s="6">
+        <v>401.0</v>
+      </c>
+      <c r="O55" s="6">
+        <v>282.0</v>
+      </c>
+      <c r="P55" s="6">
+        <v>198.0</v>
+      </c>
+      <c r="Q55" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="R55" s="6">
+        <v>198.0</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D56" s="6">
-        <v>37.0</v>
+        <v>67.0</v>
       </c>
       <c r="E56" s="6">
-        <v>429761.0</v>
+        <v>1660098.0</v>
       </c>
       <c r="F56" s="6">
-        <v>408133.0</v>
+        <v>1639861.0</v>
       </c>
       <c r="G56" s="6">
-        <v>21628.0</v>
+        <v>20237.0</v>
       </c>
       <c r="H56" s="6">
-        <v>21628.0</v>
+        <v>11790.0</v>
       </c>
       <c r="I56" s="6">
-        <v>2663.0</v>
+        <v>4174.0</v>
       </c>
       <c r="J56" s="6">
-        <v>405470.0</v>
+        <v>1635687.0</v>
       </c>
       <c r="K56" s="6">
-        <v>551019.0</v>
+        <v>564138.0</v>
       </c>
       <c r="L56" s="6">
-        <v>104505.0</v>
+        <v>250424.0</v>
       </c>
       <c r="M56" s="6">
-        <v>347519.0</v>
+        <v>115190.0</v>
       </c>
       <c r="N56" s="6">
-        <v>103099.0</v>
+        <v>383510.0</v>
       </c>
       <c r="O56" s="6">
-        <v>115714.0</v>
+        <v>118469.0</v>
       </c>
       <c r="P56" s="6">
-        <v>66056.0</v>
+        <v>295785.0</v>
       </c>
       <c r="Q56" s="6">
-        <v>4928.0</v>
+        <v>6206.0</v>
       </c>
       <c r="R56" s="6">
-        <v>61128.0</v>
+        <v>289579.0</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-06</t>
+            <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D57" s="6">
-        <v>114880.0</v>
+        <v>96322.0</v>
       </c>
       <c r="E57" s="6">
-        <v>16570558042.0</v>
+        <v>16035548797.0</v>
       </c>
       <c r="F57" s="6">
-        <v>11092490921.0</v>
+        <v>10622539481.0</v>
       </c>
       <c r="G57" s="6">
-        <v>5478067121.0</v>
+        <v>5413009316.0</v>
       </c>
       <c r="H57" s="6">
-        <v>2062009726.0</v>
+        <v>2027512167.0</v>
       </c>
       <c r="I57" s="6">
-        <v>957219187.0</v>
+        <v>968374156.0</v>
       </c>
       <c r="J57" s="6">
-        <v>10135271734.0</v>
+        <v>9654165325.0</v>
       </c>
       <c r="K57" s="6">
-        <v>12283034591.0</v>
+        <v>11572398358.0</v>
       </c>
       <c r="L57" s="6">
-        <v>7934504165.0</v>
+        <v>7475036266.0</v>
       </c>
       <c r="M57" s="6">
-        <v>904704862.0</v>
+        <v>902639252.0</v>
       </c>
       <c r="N57" s="6">
-        <v>2880975553.0</v>
+        <v>2678602840.0</v>
       </c>
       <c r="O57" s="6">
-        <v>2566661280.0</v>
+        <v>2418583066.0</v>
       </c>
       <c r="P57" s="6">
-        <v>974347242.0</v>
+        <v>933903963.0</v>
       </c>
       <c r="Q57" s="6">
-        <v>395849317.0</v>
+        <v>408481682.0</v>
       </c>
       <c r="R57" s="6">
-        <v>578497925.0</v>
+        <v>525422281.0</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D58" s="6">
-        <v>16936.0</v>
+        <v>4441.0</v>
       </c>
       <c r="E58" s="6">
-        <v>598841992.0</v>
+        <v>387874829.0</v>
       </c>
       <c r="F58" s="6">
-        <v>539700566.0</v>
+        <v>347292068.0</v>
       </c>
       <c r="G58" s="6">
-        <v>59141426.0</v>
+        <v>40582761.0</v>
       </c>
       <c r="H58" s="6">
-        <v>39879022.0</v>
+        <v>30678489.0</v>
       </c>
       <c r="I58" s="6">
-        <v>5347972.0</v>
+        <v>1317329.0</v>
       </c>
       <c r="J58" s="6">
-        <v>534352594.0</v>
+        <v>345974739.0</v>
       </c>
       <c r="K58" s="6">
-        <v>775647133.0</v>
+        <v>277571996.0</v>
       </c>
       <c r="L58" s="6">
-        <v>757892281.0</v>
+        <v>262444062.0</v>
       </c>
       <c r="M58" s="6">
-        <v>1435595.0</v>
+        <v>791671.0</v>
       </c>
       <c r="N58" s="6">
-        <v>127908125.0</v>
+        <v>79206984.0</v>
       </c>
       <c r="O58" s="6">
-        <v>162865318.0</v>
+        <v>58049650.0</v>
       </c>
       <c r="P58" s="6">
-        <v>36904872.0</v>
+        <v>33745773.0</v>
       </c>
       <c r="Q58" s="6">
-        <v>70331253.0</v>
+        <v>11856085.0</v>
       </c>
       <c r="R58" s="6">
-        <v>-33426381.0</v>
+        <v>21889688.0</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D59" s="6">
-        <v>223.0</v>
+        <v>218.0</v>
       </c>
       <c r="E59" s="6">
-        <v>30140323.0</v>
+        <v>29905362.0</v>
       </c>
       <c r="F59" s="6">
-        <v>26200170.0</v>
+        <v>26086146.0</v>
       </c>
       <c r="G59" s="6">
-        <v>3940153.0</v>
+        <v>3819216.0</v>
       </c>
       <c r="H59" s="6">
-        <v>2397326.0</v>
+        <v>2441370.0</v>
       </c>
       <c r="I59" s="6">
-        <v>47081.0</v>
+        <v>402221.0</v>
       </c>
       <c r="J59" s="6">
-        <v>26153089.0</v>
+        <v>25683925.0</v>
       </c>
       <c r="K59" s="6">
-        <v>15797795.0</v>
+        <v>15342629.0</v>
       </c>
       <c r="L59" s="6">
-        <v>14520062.0</v>
+        <v>14391324.0</v>
       </c>
       <c r="M59" s="6">
-        <v>469295.0</v>
+        <v>621552.0</v>
       </c>
       <c r="N59" s="6">
-        <v>5616823.0</v>
+        <v>5394795.0</v>
       </c>
       <c r="O59" s="6">
-        <v>3317537.0</v>
+        <v>3221952.0</v>
       </c>
       <c r="P59" s="6">
-        <v>2655208.0</v>
+        <v>2600637.0</v>
       </c>
       <c r="Q59" s="6">
-        <v>250903.0</v>
+        <v>289926.0</v>
       </c>
       <c r="R59" s="6">
-        <v>2404305.0</v>
+        <v>2310711.0</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D60" s="6">
-        <v>9694.0</v>
+        <v>9420.0</v>
       </c>
       <c r="E60" s="6">
-        <v>3188452108.0</v>
+        <v>3067444909.0</v>
       </c>
       <c r="F60" s="6">
-        <v>1411420417.0</v>
+        <v>1363061127.0</v>
       </c>
       <c r="G60" s="6">
-        <v>1777031691.0</v>
+        <v>1704383782.0</v>
       </c>
       <c r="H60" s="6">
-        <v>1152675451.0</v>
+        <v>1070894276.0</v>
       </c>
       <c r="I60" s="6">
-        <v>14629289.0</v>
+        <v>9101780.0</v>
       </c>
       <c r="J60" s="6">
-        <v>1396791128.0</v>
+        <v>1353959347.0</v>
       </c>
       <c r="K60" s="6">
-        <v>2462675739.0</v>
+        <v>2287514604.0</v>
       </c>
       <c r="L60" s="6">
-        <v>1240636014.0</v>
+        <v>1149090390.0</v>
       </c>
       <c r="M60" s="6">
-        <v>550937700.0</v>
+        <v>543620329.0</v>
       </c>
       <c r="N60" s="6">
-        <v>453752109.0</v>
+        <v>414902899.0</v>
       </c>
       <c r="O60" s="6">
-        <v>516676626.0</v>
+        <v>479775250.0</v>
       </c>
       <c r="P60" s="6">
-        <v>132986440.0</v>
+        <v>128537074.0</v>
       </c>
       <c r="Q60" s="6">
-        <v>80236770.0</v>
+        <v>79035647.0</v>
       </c>
       <c r="R60" s="6">
-        <v>52749670.0</v>
+        <v>49501427.0</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D61" s="6">
-        <v>1171.0</v>
+        <v>937.0</v>
       </c>
       <c r="E61" s="6">
-        <v>311906384.0</v>
+        <v>368993265.0</v>
       </c>
       <c r="F61" s="6">
-        <v>250564549.0</v>
+        <v>271353262.0</v>
       </c>
       <c r="G61" s="6">
-        <v>61341835.0</v>
+        <v>97640003.0</v>
       </c>
       <c r="H61" s="6">
-        <v>7125957.0</v>
+        <v>21553257.0</v>
       </c>
       <c r="I61" s="6">
-        <v>2969906.0</v>
+        <v>1342687.0</v>
       </c>
       <c r="J61" s="6">
-        <v>247594643.0</v>
+        <v>270010575.0</v>
       </c>
       <c r="K61" s="6">
-        <v>704525319.0</v>
+        <v>432605119.0</v>
       </c>
       <c r="L61" s="6">
-        <v>626382805.0</v>
+        <v>299945124.0</v>
       </c>
       <c r="M61" s="6">
-        <v>1464776.0</v>
+        <v>67124.0</v>
       </c>
       <c r="N61" s="6">
-        <v>153177249.0</v>
+        <v>105905806.0</v>
       </c>
       <c r="O61" s="6">
-        <v>147950317.0</v>
+        <v>90847075.0</v>
       </c>
       <c r="P61" s="6">
-        <v>13325074.0</v>
+        <v>20352166.0</v>
       </c>
       <c r="Q61" s="6">
-        <v>7782372.0</v>
+        <v>5164659.0</v>
       </c>
       <c r="R61" s="6">
-        <v>5542702.0</v>
+        <v>15187507.0</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D62" s="6">
-        <v>391.0</v>
+        <v>385.0</v>
       </c>
       <c r="E62" s="6">
-        <v>100666693.0</v>
+        <v>94206107.0</v>
       </c>
       <c r="F62" s="6">
-        <v>83941444.0</v>
+        <v>79719094.0</v>
       </c>
       <c r="G62" s="6">
-        <v>16725249.0</v>
+        <v>14487013.0</v>
       </c>
       <c r="H62" s="6">
-        <v>12593597.0</v>
+        <v>11462851.0</v>
       </c>
       <c r="I62" s="6">
-        <v>158001.0</v>
+        <v>402033.0</v>
       </c>
       <c r="J62" s="6">
-        <v>83783443.0</v>
+        <v>79317061.0</v>
       </c>
       <c r="K62" s="6">
-        <v>64226676.0</v>
+        <v>57981676.0</v>
       </c>
       <c r="L62" s="6">
-        <v>59412248.0</v>
+        <v>54090557.0</v>
       </c>
       <c r="M62" s="6">
-        <v>281705.0</v>
+        <v>609581.0</v>
       </c>
       <c r="N62" s="6">
-        <v>19909307.0</v>
+        <v>18190045.0</v>
       </c>
       <c r="O62" s="6">
-        <v>13376983.0</v>
+        <v>12176152.0</v>
       </c>
       <c r="P62" s="6">
-        <v>8560439.0</v>
+        <v>7939399.0</v>
       </c>
       <c r="Q62" s="6">
-        <v>1896637.0</v>
+        <v>1735086.0</v>
       </c>
       <c r="R62" s="6">
-        <v>6663802.0</v>
+        <v>6204313.0</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D63" s="6">
-        <v>11963.0</v>
+        <v>11671.0</v>
       </c>
       <c r="E63" s="6">
-        <v>1094726127.0</v>
+        <v>1090164131.0</v>
       </c>
       <c r="F63" s="6">
-        <v>960858553.0</v>
+        <v>975773619.0</v>
       </c>
       <c r="G63" s="6">
-        <v>133867574.0</v>
+        <v>114390512.0</v>
       </c>
       <c r="H63" s="6">
-        <v>8094079.0</v>
+        <v>6641372.0</v>
       </c>
       <c r="I63" s="6">
-        <v>7077412.0</v>
+        <v>4785222.0</v>
       </c>
       <c r="J63" s="6">
-        <v>953781141.0</v>
+        <v>970988397.0</v>
       </c>
       <c r="K63" s="6">
-        <v>742761565.0</v>
+        <v>774320244.0</v>
       </c>
       <c r="L63" s="6">
-        <v>660063466.0</v>
+        <v>693680361.0</v>
       </c>
       <c r="M63" s="6">
-        <v>25783548.0</v>
+        <v>28852100.0</v>
       </c>
       <c r="N63" s="6">
-        <v>143867286.0</v>
+        <v>144638364.0</v>
       </c>
       <c r="O63" s="6">
-        <v>155975563.0</v>
+        <v>162570074.0</v>
       </c>
       <c r="P63" s="6">
-        <v>37836206.0</v>
+        <v>34525621.0</v>
       </c>
       <c r="Q63" s="6">
-        <v>43851381.0</v>
+        <v>44159861.0</v>
       </c>
       <c r="R63" s="6">
-        <v>-6015175.0</v>
+        <v>-9634240.0</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D64" s="6">
-        <v>24609.0</v>
+        <v>24737.0</v>
       </c>
       <c r="E64" s="6">
-        <v>5561894452.0</v>
+        <v>5766313001.0</v>
       </c>
       <c r="F64" s="6">
-        <v>4104820614.0</v>
+        <v>4190329211.0</v>
       </c>
       <c r="G64" s="6">
-        <v>1457073838.0</v>
+        <v>1575983790.0</v>
       </c>
       <c r="H64" s="6">
-        <v>771678027.0</v>
+        <v>821074516.0</v>
       </c>
       <c r="I64" s="6">
-        <v>25080382.0</v>
+        <v>29791312.0</v>
       </c>
       <c r="J64" s="6">
-        <v>4079740232.0</v>
+        <v>4160537899.0</v>
       </c>
       <c r="K64" s="6">
-        <v>4363973709.0</v>
+        <v>4724306678.0</v>
       </c>
       <c r="L64" s="6">
-        <v>2405950791.0</v>
+        <v>2877089458.0</v>
       </c>
       <c r="M64" s="6">
-        <v>301047724.0</v>
+        <v>284253619.0</v>
       </c>
       <c r="N64" s="6">
-        <v>1158180490.0</v>
+        <v>1156351413.0</v>
       </c>
       <c r="O64" s="6">
-        <v>905163483.0</v>
+        <v>983043975.0</v>
       </c>
       <c r="P64" s="6">
-        <v>401670507.0</v>
+        <v>392243432.0</v>
       </c>
       <c r="Q64" s="6">
-        <v>76303512.0</v>
+        <v>152406157.0</v>
       </c>
       <c r="R64" s="6">
-        <v>325366995.0</v>
+        <v>239837275.0</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D65" s="6">
-        <v>8415.0</v>
+        <v>8191.0</v>
       </c>
       <c r="E65" s="6">
-        <v>1951083452.0</v>
+        <v>1903143058.0</v>
       </c>
       <c r="F65" s="6">
-        <v>752009110.0</v>
+        <v>749972139.0</v>
       </c>
       <c r="G65" s="6">
-        <v>1199074342.0</v>
+        <v>1153170919.0</v>
       </c>
       <c r="H65" s="6">
-        <v>21762447.0</v>
+        <v>15847945.0</v>
       </c>
       <c r="I65" s="6">
-        <v>10043641.0</v>
+        <v>9025743.0</v>
       </c>
       <c r="J65" s="6">
-        <v>741965469.0</v>
+        <v>740946396.0</v>
       </c>
       <c r="K65" s="6">
-        <v>1092758064.0</v>
+        <v>1043200223.0</v>
       </c>
       <c r="L65" s="6">
-        <v>658934320.0</v>
+        <v>622326600.0</v>
       </c>
       <c r="M65" s="6">
-        <v>7508338.0</v>
+        <v>19620652.0</v>
       </c>
       <c r="N65" s="6">
-        <v>249973491.0</v>
+        <v>241806153.0</v>
       </c>
       <c r="O65" s="6">
-        <v>229352781.0</v>
+        <v>218460545.0</v>
       </c>
       <c r="P65" s="6">
-        <v>75321325.0</v>
+        <v>78602537.0</v>
       </c>
       <c r="Q65" s="6">
-        <v>52194350.0</v>
+        <v>50111434.0</v>
       </c>
       <c r="R65" s="6">
-        <v>23126975.0</v>
+        <v>28491103.0</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D66" s="6">
-        <v>4121.0</v>
+        <v>3979.0</v>
       </c>
       <c r="E66" s="6">
-        <v>213921954.0</v>
+        <v>247083810.0</v>
       </c>
       <c r="F66" s="6">
-        <v>210829712.0</v>
+        <v>243226355.0</v>
       </c>
       <c r="G66" s="6">
-        <v>3092242.0</v>
+        <v>3857455.0</v>
       </c>
       <c r="H66" s="6">
-        <v>1248589.0</v>
+        <v>1495558.0</v>
       </c>
       <c r="I66" s="6">
-        <v>3979078.0</v>
+        <v>4951757.0</v>
       </c>
       <c r="J66" s="6">
-        <v>206850634.0</v>
+        <v>238274598.0</v>
       </c>
       <c r="K66" s="6">
-        <v>133043114.0</v>
+        <v>125711457.0</v>
       </c>
       <c r="L66" s="6">
-        <v>119251295.0</v>
+        <v>111810667.0</v>
       </c>
       <c r="M66" s="6">
-        <v>591190.0</v>
+        <v>272500.0</v>
       </c>
       <c r="N66" s="6">
-        <v>45500666.0</v>
+        <v>49066677.0</v>
       </c>
       <c r="O66" s="6">
-        <v>27939054.0</v>
+        <v>26399406.0</v>
       </c>
       <c r="P66" s="6">
-        <v>19267927.0</v>
+        <v>23895503.0</v>
       </c>
       <c r="Q66" s="6">
-        <v>1351493.0</v>
+        <v>896266.0</v>
       </c>
       <c r="R66" s="6">
-        <v>17916434.0</v>
+        <v>22999237.0</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D67" s="6">
-        <v>1225.0</v>
+        <v>1103.0</v>
       </c>
       <c r="E67" s="6">
-        <v>128214594.0</v>
+        <v>120731146.0</v>
       </c>
       <c r="F67" s="6">
-        <v>65996620.0</v>
+        <v>59199394.0</v>
       </c>
       <c r="G67" s="6">
-        <v>62217974.0</v>
+        <v>61531752.0</v>
       </c>
       <c r="H67" s="6">
-        <v>374540.0</v>
+        <v>301691.0</v>
       </c>
       <c r="I67" s="6">
-        <v>6825499.0</v>
+        <v>5944511.0</v>
       </c>
       <c r="J67" s="6">
-        <v>59171121.0</v>
+        <v>53254883.0</v>
       </c>
       <c r="K67" s="6">
-        <v>202242894.0</v>
+        <v>186082120.0</v>
       </c>
       <c r="L67" s="6">
-        <v>139350186.0</v>
+        <v>137959562.0</v>
       </c>
       <c r="M67" s="6">
-        <v>274833.0</v>
+        <v>269119.0</v>
       </c>
       <c r="N67" s="6">
-        <v>24338480.0</v>
+        <v>19791709.0</v>
       </c>
       <c r="O67" s="6">
-        <v>42468638.0</v>
+        <v>39076957.0</v>
       </c>
       <c r="P67" s="6">
-        <v>6054485.0</v>
+        <v>4781264.0</v>
       </c>
       <c r="Q67" s="6">
-        <v>23596164.0</v>
+        <v>23453828.0</v>
       </c>
       <c r="R67" s="6">
-        <v>-17541679.0</v>
+        <v>-18672564.0</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D68" s="6">
-        <v>4196.0</v>
+        <v>3798.0</v>
       </c>
       <c r="E68" s="6">
-        <v>537603852.0</v>
+        <v>471083514.0</v>
       </c>
       <c r="F68" s="6">
-        <v>230365582.0</v>
+        <v>208653516.0</v>
       </c>
       <c r="G68" s="6">
-        <v>307238270.0</v>
+        <v>262429998.0</v>
       </c>
       <c r="H68" s="6">
-        <v>8243019.0</v>
+        <v>9397919.0</v>
       </c>
       <c r="I68" s="6">
-        <v>4017080.0</v>
+        <v>3230569.0</v>
       </c>
       <c r="J68" s="6">
-        <v>226348502.0</v>
+        <v>205422947.0</v>
       </c>
       <c r="K68" s="6">
-        <v>256104552.0</v>
+        <v>244076069.0</v>
       </c>
       <c r="L68" s="6">
-        <v>124034938.0</v>
+        <v>119594976.0</v>
       </c>
       <c r="M68" s="6">
-        <v>1786481.0</v>
+        <v>2029914.0</v>
       </c>
       <c r="N68" s="6">
-        <v>78338550.0</v>
+        <v>70877300.0</v>
       </c>
       <c r="O68" s="6">
-        <v>53774380.0</v>
+        <v>51234608.0</v>
       </c>
       <c r="P68" s="6">
-        <v>31740980.0</v>
+        <v>27752872.0</v>
       </c>
       <c r="Q68" s="6">
-        <v>5665179.0</v>
+        <v>6591793.0</v>
       </c>
       <c r="R68" s="6">
-        <v>26075801.0</v>
+        <v>21161079.0</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D69" s="6">
-        <v>824.0</v>
+        <v>760.0</v>
       </c>
       <c r="E69" s="6">
-        <v>812050401.0</v>
+        <v>849273340.0</v>
       </c>
       <c r="F69" s="6">
-        <v>771899162.0</v>
+        <v>773174283.0</v>
       </c>
       <c r="G69" s="6">
-        <v>40151239.0</v>
+        <v>76099057.0</v>
       </c>
       <c r="H69" s="6">
-        <v>232162.0</v>
+        <v>177751.0</v>
       </c>
       <c r="I69" s="6">
-        <v>545484295.0</v>
+        <v>582426267.0</v>
       </c>
       <c r="J69" s="6">
-        <v>226414867.0</v>
+        <v>190748016.0</v>
       </c>
       <c r="K69" s="6">
-        <v>269167362.0</v>
+        <v>220076720.0</v>
       </c>
       <c r="L69" s="6">
-        <v>214380071.0</v>
+        <v>178711005.0</v>
       </c>
       <c r="M69" s="6">
-        <v>92481.0</v>
+        <v>238548.0</v>
       </c>
       <c r="N69" s="6">
-        <v>58961117.0</v>
+        <v>47895947.0</v>
       </c>
       <c r="O69" s="6">
-        <v>56525146.0</v>
+        <v>45397504.0</v>
       </c>
       <c r="P69" s="6">
-        <v>14573226.0</v>
+        <v>12288004.0</v>
       </c>
       <c r="Q69" s="6">
-        <v>1920868.0</v>
+        <v>998187.0</v>
       </c>
       <c r="R69" s="6">
-        <v>12652358.0</v>
+        <v>11289817.0</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D70" s="6">
-        <v>7127.0</v>
+        <v>6736.0</v>
       </c>
       <c r="E70" s="6">
-        <v>530021200.0</v>
+        <v>381983985.0</v>
       </c>
       <c r="F70" s="6">
-        <v>522470266.0</v>
+        <v>357916368.0</v>
       </c>
       <c r="G70" s="6">
-        <v>7550934.0</v>
+        <v>24067617.0</v>
       </c>
       <c r="H70" s="6">
-        <v>1812688.0</v>
+        <v>1378252.0</v>
       </c>
       <c r="I70" s="6">
-        <v>83351117.0</v>
+        <v>43842119.0</v>
       </c>
       <c r="J70" s="6">
-        <v>439119149.0</v>
+        <v>314074249.0</v>
       </c>
       <c r="K70" s="6">
-        <v>322535462.0</v>
+        <v>329539337.0</v>
       </c>
       <c r="L70" s="6">
-        <v>304971257.0</v>
+        <v>321843071.0</v>
       </c>
       <c r="M70" s="6">
-        <v>1163081.0</v>
+        <v>579262.0</v>
       </c>
       <c r="N70" s="6">
-        <v>103414953.0</v>
+        <v>96279159.0</v>
       </c>
       <c r="O70" s="6">
-        <v>67728663.0</v>
+        <v>69194146.0</v>
       </c>
       <c r="P70" s="6">
-        <v>47350896.0</v>
+        <v>45793046.0</v>
       </c>
       <c r="Q70" s="6">
-        <v>10663286.0</v>
+        <v>17008407.0</v>
       </c>
       <c r="R70" s="6">
-        <v>36687610.0</v>
+        <v>28784639.0</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D71" s="6">
-        <v>12583.0</v>
+        <v>10226.0</v>
       </c>
       <c r="E71" s="6">
-        <v>626938508.0</v>
+        <v>425980950.0</v>
       </c>
       <c r="F71" s="6">
-        <v>473143040.0</v>
+        <v>307672585.0</v>
       </c>
       <c r="G71" s="6">
-        <v>153795468.0</v>
+        <v>118308365.0</v>
       </c>
       <c r="H71" s="6">
-        <v>10136208.0</v>
+        <v>8962057.0</v>
       </c>
       <c r="I71" s="6">
-        <v>19458103.0</v>
+        <v>11718835.0</v>
       </c>
       <c r="J71" s="6">
-        <v>453684937.0</v>
+        <v>295953750.0</v>
       </c>
       <c r="K71" s="6">
-        <v>267051943.0</v>
+        <v>241247111.0</v>
       </c>
       <c r="L71" s="6">
-        <v>194138214.0</v>
+        <v>153565404.0</v>
       </c>
       <c r="M71" s="6">
-        <v>1889214.0</v>
+        <v>13372262.0</v>
       </c>
       <c r="N71" s="6">
-        <v>107667831.0</v>
+        <v>73906162.0</v>
       </c>
       <c r="O71" s="6">
-        <v>55956569.0</v>
+        <v>50622528.0</v>
       </c>
       <c r="P71" s="6">
-        <v>61811918.0</v>
+        <v>35623485.0</v>
       </c>
       <c r="Q71" s="6">
-        <v>9375969.0</v>
+        <v>8117113.0</v>
       </c>
       <c r="R71" s="6">
-        <v>52435949.0</v>
+        <v>27506372.0</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D72" s="6">
-        <v>4402.0</v>
+        <v>4160.0</v>
       </c>
       <c r="E72" s="6">
-        <v>440096966.0</v>
+        <v>390682150.0</v>
       </c>
       <c r="F72" s="6">
-        <v>277544610.0</v>
+        <v>252816246.0</v>
       </c>
       <c r="G72" s="6">
-        <v>162552356.0</v>
+        <v>137865904.0</v>
       </c>
       <c r="H72" s="6">
-        <v>16108501.0</v>
+        <v>19507006.0</v>
       </c>
       <c r="I72" s="6">
-        <v>8124708.0</v>
+        <v>7876710.0</v>
       </c>
       <c r="J72" s="6">
-        <v>269419902.0</v>
+        <v>244939536.0</v>
       </c>
       <c r="K72" s="6">
-        <v>238043329.0</v>
+        <v>192659779.0</v>
       </c>
       <c r="L72" s="6">
-        <v>157014366.0</v>
+        <v>128955324.0</v>
       </c>
       <c r="M72" s="6">
-        <v>2782748.0</v>
+        <v>2457114.0</v>
       </c>
       <c r="N72" s="6">
-        <v>71257142.0</v>
+        <v>63386020.0</v>
       </c>
       <c r="O72" s="6">
-        <v>49375936.0</v>
+        <v>40279132.0</v>
       </c>
       <c r="P72" s="6">
-        <v>30111570.0</v>
+        <v>29602390.0</v>
       </c>
       <c r="Q72" s="6">
-        <v>6834105.0</v>
+        <v>5289745.0</v>
       </c>
       <c r="R72" s="6">
-        <v>23277465.0</v>
+        <v>24312645.0</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D73" s="6">
         <v>57.0</v>
       </c>
       <c r="E73" s="6">
-        <v>9437291.0</v>
+        <v>23515656.0</v>
       </c>
       <c r="F73" s="6">
-        <v>7963613.0</v>
+        <v>21582999.0</v>
       </c>
       <c r="G73" s="6">
-        <v>1473678.0</v>
+        <v>1932657.0</v>
       </c>
       <c r="H73" s="6">
-        <v>5876.0</v>
+        <v>0.0</v>
       </c>
       <c r="I73" s="6">
-        <v>4989952.0</v>
+        <v>7883594.0</v>
       </c>
       <c r="J73" s="6">
-        <v>2973661.0</v>
+        <v>13699405.0</v>
       </c>
       <c r="K73" s="6">
-        <v>174806871.0</v>
+        <v>157343438.0</v>
       </c>
       <c r="L73" s="6">
-        <v>99306671.0</v>
+        <v>111662919.0</v>
       </c>
       <c r="M73" s="6">
-        <v>1609571.0</v>
+        <v>584495.0</v>
       </c>
       <c r="N73" s="6">
-        <v>29504823.0</v>
+        <v>28774268.0</v>
       </c>
       <c r="O73" s="6">
-        <v>36709443.0</v>
+        <v>33042122.0</v>
       </c>
       <c r="P73" s="6">
-        <v>29301410.0</v>
+        <v>26134249.0</v>
       </c>
       <c r="Q73" s="6">
-        <v>12081.0</v>
+        <v>13792.0</v>
       </c>
       <c r="R73" s="6">
-        <v>29289329.0</v>
+        <v>26120457.0</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D74" s="6">
-        <v>734.0</v>
+        <v>626.0</v>
       </c>
       <c r="E74" s="6">
-        <v>31122274.0</v>
+        <v>30311886.0</v>
       </c>
       <c r="F74" s="6">
-        <v>29302568.0</v>
+        <v>28466233.0</v>
       </c>
       <c r="G74" s="6">
-        <v>1819706.0</v>
+        <v>1845653.0</v>
       </c>
       <c r="H74" s="6">
-        <v>15176.0</v>
+        <v>278333.0</v>
       </c>
       <c r="I74" s="6">
-        <v>15554829.0</v>
+        <v>18063993.0</v>
       </c>
       <c r="J74" s="6">
-        <v>13747739.0</v>
+        <v>10402240.0</v>
       </c>
       <c r="K74" s="6">
-        <v>21105500.0</v>
+        <v>17233753.0</v>
       </c>
       <c r="L74" s="6">
-        <v>19484967.0</v>
+        <v>15707448.0</v>
       </c>
       <c r="M74" s="6">
-        <v>61048.0</v>
+        <v>37295.0</v>
       </c>
       <c r="N74" s="6">
-        <v>4027554.0</v>
+        <v>3612287.0</v>
       </c>
       <c r="O74" s="6">
-        <v>4432155.0</v>
+        <v>3619088.0</v>
       </c>
       <c r="P74" s="6">
-        <v>2853886.0</v>
+        <v>2734269.0</v>
       </c>
       <c r="Q74" s="6">
-        <v>675198.0</v>
+        <v>146908.0</v>
       </c>
       <c r="R74" s="6">
-        <v>2178688.0</v>
+        <v>2587361.0</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D75" s="6">
-        <v>478.0</v>
+        <v>464.0</v>
       </c>
       <c r="E75" s="6">
-        <v>204291184.0</v>
+        <v>230449119.0</v>
       </c>
       <c r="F75" s="6">
-        <v>202987321.0</v>
+        <v>229213810.0</v>
       </c>
       <c r="G75" s="6">
-        <v>1303863.0</v>
+        <v>1235309.0</v>
       </c>
       <c r="H75" s="6">
-        <v>285561.0</v>
+        <v>192819.0</v>
       </c>
       <c r="I75" s="6">
-        <v>192116660.0</v>
+        <v>218665781.0</v>
       </c>
       <c r="J75" s="6">
-        <v>10870661.0</v>
+        <v>10548029.0</v>
       </c>
       <c r="K75" s="6">
-        <v>48310019.0</v>
+        <v>154178705.0</v>
       </c>
       <c r="L75" s="6">
-        <v>44572748.0</v>
+        <v>151034290.0</v>
       </c>
       <c r="M75" s="6">
-        <v>250229.0</v>
+        <v>166843.0</v>
       </c>
       <c r="N75" s="6">
-        <v>4929982.0</v>
+        <v>27871371.0</v>
       </c>
       <c r="O75" s="6">
-        <v>10145104.0</v>
+        <v>32377528.0</v>
       </c>
       <c r="P75" s="6">
-        <v>3460140.0</v>
+        <v>12292349.0</v>
       </c>
       <c r="Q75" s="6">
-        <v>253274.0</v>
+        <v>102166.0</v>
       </c>
       <c r="R75" s="6">
-        <v>3206866.0</v>
+        <v>12190183.0</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D76" s="6">
-        <v>1535.0</v>
+        <v>1347.0</v>
       </c>
       <c r="E76" s="6">
-        <v>56994290.0</v>
+        <v>55474271.0</v>
       </c>
       <c r="F76" s="6">
-        <v>52414887.0</v>
+        <v>52575828.0</v>
       </c>
       <c r="G76" s="6">
-        <v>4579403.0</v>
+        <v>2898443.0</v>
       </c>
       <c r="H76" s="6">
-        <v>813102.0</v>
+        <v>841788.0</v>
       </c>
       <c r="I76" s="6">
-        <v>6215463.0</v>
+        <v>6159223.0</v>
       </c>
       <c r="J76" s="6">
-        <v>46199424.0</v>
+        <v>46416605.0</v>
       </c>
       <c r="K76" s="6">
-        <v>35813909.0</v>
+        <v>30767395.0</v>
       </c>
       <c r="L76" s="6">
-        <v>29609847.0</v>
+        <v>26509814.0</v>
       </c>
       <c r="M76" s="6">
-        <v>1116010.0</v>
+        <v>517481.0</v>
       </c>
       <c r="N76" s="6">
-        <v>10840313.0</v>
+        <v>10287833.0</v>
       </c>
       <c r="O76" s="6">
-        <v>7520921.0</v>
+        <v>6461153.0</v>
       </c>
       <c r="P76" s="6">
-        <v>5341109.0</v>
+        <v>5179619.0</v>
       </c>
       <c r="Q76" s="6">
-        <v>956938.0</v>
+        <v>461962.0</v>
       </c>
       <c r="R76" s="6">
-        <v>4384171.0</v>
+        <v>4717657.0</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D77" s="6">
-        <v>3963.0</v>
+        <v>2992.0</v>
       </c>
       <c r="E77" s="6">
-        <v>136355387.0</v>
+        <v>100087216.0</v>
       </c>
       <c r="F77" s="6">
-        <v>112320226.0</v>
+        <v>83675732.0</v>
       </c>
       <c r="G77" s="6">
-        <v>24035161.0</v>
+        <v>16411484.0</v>
       </c>
       <c r="H77" s="6">
-        <v>6480222.0</v>
+        <v>4325593.0</v>
       </c>
       <c r="I77" s="6">
-        <v>1608196.0</v>
+        <v>1439382.0</v>
       </c>
       <c r="J77" s="6">
-        <v>110712030.0</v>
+        <v>82236350.0</v>
       </c>
       <c r="K77" s="6">
-        <v>89440258.0</v>
+        <v>59871908.0</v>
       </c>
       <c r="L77" s="6">
-        <v>61800033.0</v>
+        <v>44315014.0</v>
       </c>
       <c r="M77" s="6">
-        <v>4063833.0</v>
+        <v>3639005.0</v>
       </c>
       <c r="N77" s="6">
-        <v>28456192.0</v>
+        <v>20207240.0</v>
       </c>
       <c r="O77" s="6">
-        <v>18775954.0</v>
+        <v>12573068.0</v>
       </c>
       <c r="P77" s="6">
-        <v>12337764.0</v>
+        <v>9164475.0</v>
       </c>
       <c r="Q77" s="6">
-        <v>1563871.0</v>
+        <v>626731.0</v>
       </c>
       <c r="R77" s="6">
-        <v>10773893.0</v>
+        <v>8537744.0</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
-      <c r="D78" s="6" t="s">
-[...42 lines deleted...]
-        <v>47</v>
+      <c r="D78" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="E78" s="6">
+        <v>2821.0</v>
+      </c>
+      <c r="F78" s="6">
+        <v>2821.0</v>
+      </c>
+      <c r="G78" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H78" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I78" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="J78" s="6">
+        <v>2821.0</v>
+      </c>
+      <c r="K78" s="6">
+        <v>3629.0</v>
+      </c>
+      <c r="L78" s="6">
+        <v>2500.0</v>
+      </c>
+      <c r="M78" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N78" s="6">
+        <v>777.0</v>
+      </c>
+      <c r="O78" s="6">
+        <v>762.0</v>
+      </c>
+      <c r="P78" s="6">
+        <v>156.0</v>
+      </c>
+      <c r="Q78" s="6">
+        <v>141.0</v>
+      </c>
+      <c r="R78" s="6">
+        <v>15.0</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D79" s="6">
-        <v>231.0</v>
+        <v>71.0</v>
       </c>
       <c r="E79" s="6">
-        <v>5796342.0</v>
+        <v>844271.0</v>
       </c>
       <c r="F79" s="6">
-        <v>5735623.0</v>
+        <v>776645.0</v>
       </c>
       <c r="G79" s="6">
-        <v>60719.0</v>
+        <v>67626.0</v>
       </c>
       <c r="H79" s="6">
-        <v>48176.0</v>
+        <v>59324.0</v>
       </c>
       <c r="I79" s="6">
-        <v>140523.0</v>
+        <v>3088.0</v>
       </c>
       <c r="J79" s="6">
-        <v>5595100.0</v>
+        <v>773557.0</v>
       </c>
       <c r="K79" s="6">
-        <v>3001252.0</v>
+        <v>763767.0</v>
       </c>
       <c r="L79" s="6">
-        <v>2795519.0</v>
+        <v>306395.0</v>
       </c>
       <c r="M79" s="6">
-        <v>95462.0</v>
+        <v>38786.0</v>
       </c>
       <c r="N79" s="6">
-        <v>1352986.0</v>
+        <v>249631.0</v>
       </c>
       <c r="O79" s="6">
-        <v>630263.0</v>
+        <v>160391.0</v>
       </c>
       <c r="P79" s="6">
-        <v>881860.0</v>
+        <v>115643.0</v>
       </c>
       <c r="Q79" s="6">
-        <v>133351.0</v>
+        <v>15788.0</v>
       </c>
       <c r="R79" s="6">
-        <v>748509.0</v>
+        <v>99855.0</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-05</t>
+            <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
       <c r="B80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D80" s="6">
-        <v>94985.0</v>
+        <v>95922.0</v>
       </c>
       <c r="E80" s="6">
-        <v>16406896701.0</v>
+        <v>16421498000.0</v>
       </c>
       <c r="F80" s="6">
-        <v>10849069871.0</v>
+        <v>10800386701.0</v>
       </c>
       <c r="G80" s="6">
-        <v>5557826830.0</v>
+        <v>5621111299.0</v>
       </c>
       <c r="H80" s="6">
-        <v>2034740580.0</v>
+        <v>2060251315.0</v>
       </c>
       <c r="I80" s="6">
-        <v>1213543124.0</v>
+        <v>942786460.0</v>
       </c>
       <c r="J80" s="6">
-        <v>9635526747.0</v>
+        <v>9857600241.0</v>
       </c>
       <c r="K80" s="6">
-        <v>11768790694.0</v>
+        <v>11943346443.0</v>
       </c>
       <c r="L80" s="6">
-        <v>7218041601.0</v>
+        <v>7197867465.0</v>
       </c>
       <c r="M80" s="6">
-        <v>1042874852.0</v>
+        <v>1168592376.0</v>
       </c>
       <c r="N80" s="6">
-        <v>2763342630.0</v>
+        <v>2782639725.0</v>
       </c>
       <c r="O80" s="6">
-        <v>2459802505.0</v>
+        <v>2496485214.0</v>
       </c>
       <c r="P80" s="6">
-        <v>913115976.0</v>
+        <v>931772349.0</v>
       </c>
       <c r="Q80" s="6">
-        <v>341813741.0</v>
+        <v>349133226.0</v>
       </c>
       <c r="R80" s="6">
-        <v>571302235.0</v>
+        <v>582639123.0</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D81" s="6">
-        <v>4423.0</v>
+        <v>4433.0</v>
       </c>
       <c r="E81" s="6">
-        <v>260584103.0</v>
+        <v>255491045.0</v>
       </c>
       <c r="F81" s="6">
-        <v>211499209.0</v>
+        <v>212695914.0</v>
       </c>
       <c r="G81" s="6">
-        <v>49084894.0</v>
+        <v>42795131.0</v>
       </c>
       <c r="H81" s="6">
-        <v>32985885.0</v>
+        <v>28074275.0</v>
       </c>
       <c r="I81" s="6">
-        <v>1169468.0</v>
+        <v>1552557.0</v>
       </c>
       <c r="J81" s="6">
-        <v>210329741.0</v>
+        <v>211143357.0</v>
       </c>
       <c r="K81" s="6">
-        <v>238166781.0</v>
+        <v>229627543.0</v>
       </c>
       <c r="L81" s="6">
-        <v>220413924.0</v>
+        <v>207535305.0</v>
       </c>
       <c r="M81" s="6">
-        <v>1038357.0</v>
+        <v>1783567.0</v>
       </c>
       <c r="N81" s="6">
-        <v>52590165.0</v>
+        <v>52150486.0</v>
       </c>
       <c r="O81" s="6">
-        <v>50002928.0</v>
+        <v>47895795.0</v>
       </c>
       <c r="P81" s="6">
-        <v>16515175.0</v>
+        <v>17417956.0</v>
       </c>
       <c r="Q81" s="6">
-        <v>13541927.0</v>
+        <v>12523028.0</v>
       </c>
       <c r="R81" s="6">
-        <v>2973248.0</v>
+        <v>4894928.0</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C82" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D82" s="6">
-        <v>220.0</v>
+        <v>218.0</v>
       </c>
       <c r="E82" s="6">
-        <v>31393366.0</v>
+        <v>32569373.0</v>
       </c>
       <c r="F82" s="6">
-        <v>27232962.0</v>
+        <v>27961213.0</v>
       </c>
       <c r="G82" s="6">
-        <v>4160404.0</v>
+        <v>4608160.0</v>
       </c>
       <c r="H82" s="6">
-        <v>2617884.0</v>
+        <v>3258925.0</v>
       </c>
       <c r="I82" s="6">
-        <v>264961.0</v>
+        <v>66914.0</v>
       </c>
       <c r="J82" s="6">
-        <v>26968001.0</v>
+        <v>27894299.0</v>
       </c>
       <c r="K82" s="6">
-        <v>19419943.0</v>
+        <v>17843771.0</v>
       </c>
       <c r="L82" s="6">
-        <v>18324133.0</v>
+        <v>16366838.0</v>
       </c>
       <c r="M82" s="6">
-        <v>544067.0</v>
+        <v>738329.0</v>
       </c>
       <c r="N82" s="6">
-        <v>5668581.0</v>
+        <v>6027533.0</v>
       </c>
       <c r="O82" s="6">
-        <v>4078188.0</v>
+        <v>3747192.0</v>
       </c>
       <c r="P82" s="6">
-        <v>1909914.0</v>
+        <v>2830277.0</v>
       </c>
       <c r="Q82" s="6">
-        <v>179782.0</v>
+        <v>383943.0</v>
       </c>
       <c r="R82" s="6">
-        <v>1730132.0</v>
+        <v>2446334.0</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D83" s="6">
-        <v>9325.0</v>
+        <v>9388.0</v>
       </c>
       <c r="E83" s="6">
-        <v>3249304998.0</v>
+        <v>3178432671.0</v>
       </c>
       <c r="F83" s="6">
-        <v>1414787247.0</v>
+        <v>1396431683.0</v>
       </c>
       <c r="G83" s="6">
-        <v>1834517751.0</v>
+        <v>1782000988.0</v>
       </c>
       <c r="H83" s="6">
-        <v>1131947429.0</v>
+        <v>1098522626.0</v>
       </c>
       <c r="I83" s="6">
-        <v>8034896.0</v>
+        <v>7345381.0</v>
       </c>
       <c r="J83" s="6">
-        <v>1406752351.0</v>
+        <v>1389086302.0</v>
       </c>
       <c r="K83" s="6">
-        <v>2453389212.0</v>
+        <v>2562730120.0</v>
       </c>
       <c r="L83" s="6">
-        <v>1147942329.0</v>
+        <v>1152174243.0</v>
       </c>
       <c r="M83" s="6">
-        <v>652078586.0</v>
+        <v>756336071.0</v>
       </c>
       <c r="N83" s="6">
-        <v>430077815.0</v>
+        <v>434121610.0</v>
       </c>
       <c r="O83" s="6">
-        <v>514689935.0</v>
+        <v>537838700.0</v>
       </c>
       <c r="P83" s="6">
-        <v>129315161.0</v>
+        <v>131271586.0</v>
       </c>
       <c r="Q83" s="6">
-        <v>78895282.0</v>
+        <v>77248516.0</v>
       </c>
       <c r="R83" s="6">
-        <v>50419879.0</v>
+        <v>54023070.0</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D84" s="6">
-        <v>948.0</v>
+        <v>949.0</v>
       </c>
       <c r="E84" s="6">
-        <v>466097236.0</v>
+        <v>313785095.0</v>
       </c>
       <c r="F84" s="6">
-        <v>382023358.0</v>
+        <v>260025002.0</v>
       </c>
       <c r="G84" s="6">
-        <v>84073878.0</v>
+        <v>53760093.0</v>
       </c>
       <c r="H84" s="6">
-        <v>6706931.0</v>
+        <v>9655559.0</v>
       </c>
       <c r="I84" s="6">
-        <v>1439389.0</v>
+        <v>1597510.0</v>
       </c>
       <c r="J84" s="6">
-        <v>380583969.0</v>
+        <v>258427492.0</v>
       </c>
       <c r="K84" s="6">
-        <v>753629590.0</v>
+        <v>525227838.0</v>
       </c>
       <c r="L84" s="6">
-        <v>603630486.0</v>
+        <v>377838557.0</v>
       </c>
       <c r="M84" s="6">
-        <v>2848252.0</v>
+        <v>236957.0</v>
       </c>
       <c r="N84" s="6">
-        <v>178266087.0</v>
+        <v>121530611.0</v>
       </c>
       <c r="O84" s="6">
-        <v>158262214.0</v>
+        <v>110297846.0</v>
       </c>
       <c r="P84" s="6">
-        <v>33866123.0</v>
+        <v>22214987.0</v>
       </c>
       <c r="Q84" s="6">
-        <v>13135590.0</v>
+        <v>10872358.0</v>
       </c>
       <c r="R84" s="6">
-        <v>20730533.0</v>
+        <v>11342629.0</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C85" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D85" s="6">
-        <v>381.0</v>
+        <v>383.0</v>
       </c>
       <c r="E85" s="6">
-        <v>97949849.0</v>
+        <v>102357663.0</v>
       </c>
       <c r="F85" s="6">
-        <v>82187646.0</v>
+        <v>87817966.0</v>
       </c>
       <c r="G85" s="6">
-        <v>15762203.0</v>
+        <v>14539697.0</v>
       </c>
       <c r="H85" s="6">
-        <v>12863788.0</v>
+        <v>10648897.0</v>
       </c>
       <c r="I85" s="6">
-        <v>103273.0</v>
+        <v>210194.0</v>
       </c>
       <c r="J85" s="6">
-        <v>82084373.0</v>
+        <v>87607772.0</v>
       </c>
       <c r="K85" s="6">
-        <v>61662448.0</v>
+        <v>71189992.0</v>
       </c>
       <c r="L85" s="6">
-        <v>56404848.0</v>
+        <v>64054176.0</v>
       </c>
       <c r="M85" s="6">
-        <v>366976.0</v>
+        <v>1002900.0</v>
       </c>
       <c r="N85" s="6">
-        <v>19191360.0</v>
+        <v>21284984.0</v>
       </c>
       <c r="O85" s="6">
-        <v>12949114.0</v>
+        <v>14896252.0</v>
       </c>
       <c r="P85" s="6">
-        <v>7630915.0</v>
+        <v>8632577.0</v>
       </c>
       <c r="Q85" s="6">
-        <v>1263779.0</v>
+        <v>1982091.0</v>
       </c>
       <c r="R85" s="6">
-        <v>6367136.0</v>
+        <v>6650486.0</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C86" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D86" s="6">
-        <v>11466.0</v>
+        <v>11622.0</v>
       </c>
       <c r="E86" s="6">
-        <v>1012607197.0</v>
+        <v>1138322256.0</v>
       </c>
       <c r="F86" s="6">
-        <v>885043190.0</v>
+        <v>1003355999.0</v>
       </c>
       <c r="G86" s="6">
-        <v>127564007.0</v>
+        <v>134966257.0</v>
       </c>
       <c r="H86" s="6">
-        <v>7621978.0</v>
+        <v>7784655.0</v>
       </c>
       <c r="I86" s="6">
-        <v>6022312.0</v>
+        <v>6685460.0</v>
       </c>
       <c r="J86" s="6">
-        <v>879020878.0</v>
+        <v>996670539.0</v>
       </c>
       <c r="K86" s="6">
-        <v>716742151.0</v>
+        <v>805986668.0</v>
       </c>
       <c r="L86" s="6">
-        <v>637854333.0</v>
+        <v>726414467.0</v>
       </c>
       <c r="M86" s="6">
-        <v>22671705.0</v>
+        <v>22040452.0</v>
       </c>
       <c r="N86" s="6">
-        <v>134002621.0</v>
+        <v>154158315.0</v>
       </c>
       <c r="O86" s="6">
-        <v>150357787.0</v>
+        <v>169232738.0</v>
       </c>
       <c r="P86" s="6">
-        <v>31987289.0</v>
+        <v>35488527.0</v>
       </c>
       <c r="Q86" s="6">
-        <v>42666087.0</v>
+        <v>44847452.0</v>
       </c>
       <c r="R86" s="6">
-        <v>-10678798.0</v>
+        <v>-9358925.0</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C87" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D87" s="6">
-        <v>23845.0</v>
+        <v>24698.0</v>
       </c>
       <c r="E87" s="6">
-        <v>5597641210.0</v>
+        <v>5884698653.0</v>
       </c>
       <c r="F87" s="6">
-        <v>4064970486.0</v>
+        <v>4263375146.0</v>
       </c>
       <c r="G87" s="6">
-        <v>1532670724.0</v>
+        <v>1621323507.0</v>
       </c>
       <c r="H87" s="6">
-        <v>767185075.0</v>
+        <v>833299747.0</v>
       </c>
       <c r="I87" s="6">
-        <v>22828635.0</v>
+        <v>33991675.0</v>
       </c>
       <c r="J87" s="6">
-        <v>4042141851.0</v>
+        <v>4229383471.0</v>
       </c>
       <c r="K87" s="6">
-        <v>4306935614.0</v>
+        <v>4616922399.0</v>
       </c>
       <c r="L87" s="6">
-        <v>2332976324.0</v>
+        <v>2480828700.0</v>
       </c>
       <c r="M87" s="6">
-        <v>294780176.0</v>
+        <v>342143828.0</v>
       </c>
       <c r="N87" s="6">
-        <v>1160776218.0</v>
+        <v>1217022765.0</v>
       </c>
       <c r="O87" s="6">
-        <v>894701820.0</v>
+        <v>959597699.0</v>
       </c>
       <c r="P87" s="6">
-        <v>400311616.0</v>
+        <v>409339028.0</v>
       </c>
       <c r="Q87" s="6">
-        <v>71409043.0</v>
+        <v>81331789.0</v>
       </c>
       <c r="R87" s="6">
-        <v>328902573.0</v>
+        <v>328007239.0</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C88" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D88" s="6">
-        <v>8151.0</v>
+        <v>8166.0</v>
       </c>
       <c r="E88" s="6">
-        <v>2009152840.0</v>
+        <v>2060188875.0</v>
       </c>
       <c r="F88" s="6">
-        <v>794393343.0</v>
+        <v>788248433.0</v>
       </c>
       <c r="G88" s="6">
-        <v>1214759497.0</v>
+        <v>1271940442.0</v>
       </c>
       <c r="H88" s="6">
-        <v>13427513.0</v>
+        <v>18851435.0</v>
       </c>
       <c r="I88" s="6">
-        <v>8598671.0</v>
+        <v>9677159.0</v>
       </c>
       <c r="J88" s="6">
-        <v>785794672.0</v>
+        <v>778571274.0</v>
       </c>
       <c r="K88" s="6">
-        <v>1159711670.0</v>
+        <v>1133240482.0</v>
       </c>
       <c r="L88" s="6">
-        <v>661306176.0</v>
+        <v>683792019.0</v>
       </c>
       <c r="M88" s="6">
-        <v>12317524.0</v>
+        <v>8289995.0</v>
       </c>
       <c r="N88" s="6">
-        <v>270447747.0</v>
+        <v>258299176.0</v>
       </c>
       <c r="O88" s="6">
-        <v>243500009.0</v>
+        <v>237830466.0</v>
       </c>
       <c r="P88" s="6">
-        <v>79746665.0</v>
+        <v>79016723.0</v>
       </c>
       <c r="Q88" s="6">
-        <v>51290354.0</v>
+        <v>55857083.0</v>
       </c>
       <c r="R88" s="6">
-        <v>28456311.0</v>
+        <v>23159640.0</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C89" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D89" s="6">
-        <v>3924.0</v>
+        <v>3962.0</v>
       </c>
       <c r="E89" s="6">
-        <v>207687848.0</v>
+        <v>239365319.0</v>
       </c>
       <c r="F89" s="6">
-        <v>204184174.0</v>
+        <v>236181076.0</v>
       </c>
       <c r="G89" s="6">
-        <v>3503674.0</v>
+        <v>3184243.0</v>
       </c>
       <c r="H89" s="6">
-        <v>1366598.0</v>
+        <v>1293443.0</v>
       </c>
       <c r="I89" s="6">
-        <v>7847805.0</v>
+        <v>4482439.0</v>
       </c>
       <c r="J89" s="6">
-        <v>196336369.0</v>
+        <v>231698637.0</v>
       </c>
       <c r="K89" s="6">
-        <v>120924152.0</v>
+        <v>133887600.0</v>
       </c>
       <c r="L89" s="6">
-        <v>108451353.0</v>
+        <v>121378114.0</v>
       </c>
       <c r="M89" s="6">
-        <v>495362.0</v>
+        <v>322362.0</v>
       </c>
       <c r="N89" s="6">
-        <v>42045329.0</v>
+        <v>48568433.0</v>
       </c>
       <c r="O89" s="6">
-        <v>25394072.0</v>
+        <v>28116396.0</v>
       </c>
       <c r="P89" s="6">
-        <v>18229201.0</v>
+        <v>21875059.0</v>
       </c>
       <c r="Q89" s="6">
-        <v>1238140.0</v>
+        <v>1025893.0</v>
       </c>
       <c r="R89" s="6">
-        <v>16991061.0</v>
+        <v>20849166.0</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C90" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D90" s="6">
-        <v>1081.0</v>
+        <v>1099.0</v>
       </c>
       <c r="E90" s="6">
-        <v>149157726.0</v>
+        <v>120655312.0</v>
       </c>
       <c r="F90" s="6">
-        <v>68483237.0</v>
+        <v>55244239.0</v>
       </c>
       <c r="G90" s="6">
-        <v>80674489.0</v>
+        <v>65411073.0</v>
       </c>
       <c r="H90" s="6">
-        <v>539622.0</v>
+        <v>1049920.0</v>
       </c>
       <c r="I90" s="6">
-        <v>7338167.0</v>
+        <v>5605292.0</v>
       </c>
       <c r="J90" s="6">
-        <v>61145070.0</v>
+        <v>49638947.0</v>
       </c>
       <c r="K90" s="6">
-        <v>213630073.0</v>
+        <v>189387907.0</v>
       </c>
       <c r="L90" s="6">
-        <v>149968214.0</v>
+        <v>138077610.0</v>
       </c>
       <c r="M90" s="6">
-        <v>262019.0</v>
+        <v>261033.0</v>
       </c>
       <c r="N90" s="6">
-        <v>25330266.0</v>
+        <v>19902713.0</v>
       </c>
       <c r="O90" s="6">
-        <v>44858854.0</v>
+        <v>39766241.0</v>
       </c>
       <c r="P90" s="6">
-        <v>6636616.0</v>
+        <v>4405929.0</v>
       </c>
       <c r="Q90" s="6">
-        <v>25435498.0</v>
+        <v>23640749.0</v>
       </c>
       <c r="R90" s="6">
-        <v>-18798882.0</v>
+        <v>-19234820.0</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C91" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D91" s="6">
-        <v>3655.0</v>
+        <v>3746.0</v>
       </c>
       <c r="E91" s="6">
-        <v>462395005.0</v>
+        <v>516558883.0</v>
       </c>
       <c r="F91" s="6">
-        <v>208300378.0</v>
+        <v>235954256.0</v>
       </c>
       <c r="G91" s="6">
-        <v>254094627.0</v>
+        <v>280604627.0</v>
       </c>
       <c r="H91" s="6">
-        <v>10256606.0</v>
+        <v>5998228.0</v>
       </c>
       <c r="I91" s="6">
-        <v>3102697.0</v>
+        <v>3849912.0</v>
       </c>
       <c r="J91" s="6">
-        <v>205197681.0</v>
+        <v>232104344.0</v>
       </c>
       <c r="K91" s="6">
-        <v>255174418.0</v>
+        <v>265139368.0</v>
       </c>
       <c r="L91" s="6">
-        <v>130101067.0</v>
+        <v>130232029.0</v>
       </c>
       <c r="M91" s="6">
-        <v>1746943.0</v>
+        <v>1753314.0</v>
       </c>
       <c r="N91" s="6">
-        <v>71637037.0</v>
+        <v>79669145.0</v>
       </c>
       <c r="O91" s="6">
-        <v>53582990.0</v>
+        <v>55674889.0</v>
       </c>
       <c r="P91" s="6">
-        <v>27359216.0</v>
+        <v>32104192.0</v>
       </c>
       <c r="Q91" s="6">
-        <v>7826811.0</v>
+        <v>6528647.0</v>
       </c>
       <c r="R91" s="6">
-        <v>19532405.0</v>
+        <v>25575545.0</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C92" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D92" s="6">
-        <v>732.0</v>
+        <v>757.0</v>
       </c>
       <c r="E92" s="6">
-        <v>1038154007.0</v>
+        <v>874506126.0</v>
       </c>
       <c r="F92" s="6">
-        <v>1004623787.0</v>
+        <v>841447684.0</v>
       </c>
       <c r="G92" s="6">
-        <v>33530220.0</v>
+        <v>33058442.0</v>
       </c>
       <c r="H92" s="6">
-        <v>59022.0</v>
+        <v>1419529.0</v>
       </c>
       <c r="I92" s="6">
-        <v>721054683.0</v>
+        <v>574242636.0</v>
       </c>
       <c r="J92" s="6">
-        <v>283569104.0</v>
+        <v>267205048.0</v>
       </c>
       <c r="K92" s="6">
-        <v>330062919.0</v>
+        <v>297948276.0</v>
       </c>
       <c r="L92" s="6">
-        <v>274765471.0</v>
+        <v>248319610.0</v>
       </c>
       <c r="M92" s="6">
-        <v>128438.0</v>
+        <v>369648.0</v>
       </c>
       <c r="N92" s="6">
-        <v>71017165.0</v>
+        <v>66335808.0</v>
       </c>
       <c r="O92" s="6">
-        <v>69313213.0</v>
+        <v>62417918.0</v>
       </c>
       <c r="P92" s="6">
-        <v>12010935.0</v>
+        <v>14916259.0</v>
       </c>
       <c r="Q92" s="6">
-        <v>1365205.0</v>
+        <v>1516944.0</v>
       </c>
       <c r="R92" s="6">
-        <v>10645730.0</v>
+        <v>13399315.0</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C93" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D93" s="6">
-        <v>6638.0</v>
+        <v>6709.0</v>
       </c>
       <c r="E93" s="6">
-        <v>361203467.0</v>
+        <v>379454825.0</v>
       </c>
       <c r="F93" s="6">
-        <v>354406059.0</v>
+        <v>371712900.0</v>
       </c>
       <c r="G93" s="6">
-        <v>6797408.0</v>
+        <v>7741925.0</v>
       </c>
       <c r="H93" s="6">
-        <v>1563999.0</v>
+        <v>2331468.0</v>
       </c>
       <c r="I93" s="6">
-        <v>36729969.0</v>
+        <v>39109717.0</v>
       </c>
       <c r="J93" s="6">
-        <v>317676090.0</v>
+        <v>332603183.0</v>
       </c>
       <c r="K93" s="6">
-        <v>288892738.0</v>
+        <v>316436887.0</v>
       </c>
       <c r="L93" s="6">
-        <v>279268329.0</v>
+        <v>304307609.0</v>
       </c>
       <c r="M93" s="6">
-        <v>873605.0</v>
+        <v>1236786.0</v>
       </c>
       <c r="N93" s="6">
-        <v>90775462.0</v>
+        <v>95100071.0</v>
       </c>
       <c r="O93" s="6">
-        <v>60667475.0</v>
+        <v>66442868.0</v>
       </c>
       <c r="P93" s="6">
-        <v>41543779.0</v>
+        <v>44641195.0</v>
       </c>
       <c r="Q93" s="6">
-        <v>9887079.0</v>
+        <v>14701478.0</v>
       </c>
       <c r="R93" s="6">
-        <v>31656700.0</v>
+        <v>29939717.0</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D94" s="6">
-        <v>9970.0</v>
+        <v>10133.0</v>
       </c>
       <c r="E94" s="6">
-        <v>602127496.0</v>
+        <v>489329573.0</v>
       </c>
       <c r="F94" s="6">
-        <v>470851985.0</v>
+        <v>360694726.0</v>
       </c>
       <c r="G94" s="6">
-        <v>131275511.0</v>
+        <v>128634847.0</v>
       </c>
       <c r="H94" s="6">
-        <v>15754794.0</v>
+        <v>10766022.0</v>
       </c>
       <c r="I94" s="6">
-        <v>152208715.0</v>
+        <v>12238447.0</v>
       </c>
       <c r="J94" s="6">
-        <v>318643270.0</v>
+        <v>348456279.0</v>
       </c>
       <c r="K94" s="6">
-        <v>292861148.0</v>
+        <v>254610099.0</v>
       </c>
       <c r="L94" s="6">
-        <v>189203009.0</v>
+        <v>169829485.0</v>
       </c>
       <c r="M94" s="6">
-        <v>24066614.0</v>
+        <v>11030833.0</v>
       </c>
       <c r="N94" s="6">
-        <v>79915740.0</v>
+        <v>78091579.0</v>
       </c>
       <c r="O94" s="6">
-        <v>60797273.0</v>
+        <v>53386272.0</v>
       </c>
       <c r="P94" s="6">
-        <v>36841811.0</v>
+        <v>36852884.0</v>
       </c>
       <c r="Q94" s="6">
-        <v>11516569.0</v>
+        <v>8571193.0</v>
       </c>
       <c r="R94" s="6">
-        <v>25325242.0</v>
+        <v>28281691.0</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C95" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D95" s="6">
-        <v>4090.0</v>
+        <v>4135.0</v>
       </c>
       <c r="E95" s="6">
-        <v>433670133.0</v>
+        <v>416508272.0</v>
       </c>
       <c r="F95" s="6">
-        <v>282086391.0</v>
+        <v>263584028.0</v>
       </c>
       <c r="G95" s="6">
-        <v>151583742.0</v>
+        <v>152924244.0</v>
       </c>
       <c r="H95" s="6">
-        <v>20294151.0</v>
+        <v>22381485.0</v>
       </c>
       <c r="I95" s="6">
-        <v>7509972.0</v>
+        <v>7060078.0</v>
       </c>
       <c r="J95" s="6">
-        <v>274576419.0</v>
+        <v>256523950.0</v>
       </c>
       <c r="K95" s="6">
-        <v>242556635.0</v>
+        <v>234728722.0</v>
       </c>
       <c r="L95" s="6">
-        <v>170160043.0</v>
+        <v>147677343.0</v>
       </c>
       <c r="M95" s="6">
-        <v>2809971.0</v>
+        <v>5029938.0</v>
       </c>
       <c r="N95" s="6">
-        <v>70412913.0</v>
+        <v>69606412.0</v>
       </c>
       <c r="O95" s="6">
-        <v>50494139.0</v>
+        <v>48774467.0</v>
       </c>
       <c r="P95" s="6">
-        <v>29142710.0</v>
+        <v>29042640.0</v>
       </c>
       <c r="Q95" s="6">
-        <v>7920593.0</v>
+        <v>6227661.0</v>
       </c>
       <c r="R95" s="6">
-        <v>21222117.0</v>
+        <v>22814979.0</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C96" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D96" s="6">
         <v>57.0</v>
       </c>
       <c r="E96" s="6">
-        <v>11879491.0</v>
+        <v>13420298.0</v>
       </c>
       <c r="F96" s="6">
-        <v>9716182.0</v>
+        <v>12128504.0</v>
       </c>
       <c r="G96" s="6">
-        <v>2163309.0</v>
+        <v>1291794.0</v>
       </c>
       <c r="H96" s="6">
-        <v>1463.0</v>
+        <v>0.0</v>
       </c>
       <c r="I96" s="6">
-        <v>6667280.0</v>
+        <v>6437789.0</v>
       </c>
       <c r="J96" s="6">
-        <v>3048902.0</v>
+        <v>5690715.0</v>
       </c>
       <c r="K96" s="6">
-        <v>123023152.0</v>
+        <v>115213390.0</v>
       </c>
       <c r="L96" s="6">
-        <v>89924838.0</v>
+        <v>85200300.0</v>
       </c>
       <c r="M96" s="6">
-        <v>21486905.0</v>
+        <v>9246410.0</v>
       </c>
       <c r="N96" s="6">
-        <v>16021250.0</v>
+        <v>20215788.0</v>
       </c>
       <c r="O96" s="6">
-        <v>25834862.0</v>
+        <v>24194812.0</v>
       </c>
       <c r="P96" s="6">
-        <v>19913323.0</v>
+        <v>20993806.0</v>
       </c>
       <c r="Q96" s="6">
-        <v>4184.0</v>
+        <v>7694.0</v>
       </c>
       <c r="R96" s="6">
-        <v>19909139.0</v>
+        <v>20986112.0</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C97" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D97" s="6">
-        <v>614.0</v>
+        <v>621.0</v>
       </c>
       <c r="E97" s="6">
-        <v>27584658.0</v>
+        <v>31479865.0</v>
       </c>
       <c r="F97" s="6">
-        <v>25359872.0</v>
+        <v>29670765.0</v>
       </c>
       <c r="G97" s="6">
-        <v>2224786.0</v>
+        <v>1809100.0</v>
       </c>
       <c r="H97" s="6">
-        <v>184614.0</v>
+        <v>249021.0</v>
       </c>
       <c r="I97" s="6">
-        <v>15923637.0</v>
+        <v>19710327.0</v>
       </c>
       <c r="J97" s="6">
-        <v>9436235.0</v>
+        <v>9960438.0</v>
       </c>
       <c r="K97" s="6">
-        <v>17928462.0</v>
+        <v>20979748.0</v>
       </c>
       <c r="L97" s="6">
-        <v>15678143.0</v>
+        <v>19161319.0</v>
       </c>
       <c r="M97" s="6">
-        <v>41590.0</v>
+        <v>100376.0</v>
       </c>
       <c r="N97" s="6">
-        <v>3184063.0</v>
+        <v>3519632.0</v>
       </c>
       <c r="O97" s="6">
-        <v>3764977.0</v>
+        <v>4405747.0</v>
       </c>
       <c r="P97" s="6">
-        <v>2224252.0</v>
+        <v>2586657.0</v>
       </c>
       <c r="Q97" s="6">
-        <v>438871.0</v>
+        <v>232980.0</v>
       </c>
       <c r="R97" s="6">
-        <v>1785381.0</v>
+        <v>2353677.0</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C98" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D98" s="6">
-        <v>447.0</v>
+        <v>460.0</v>
       </c>
       <c r="E98" s="6">
-        <v>212142445.0</v>
+        <v>212438671.0</v>
       </c>
       <c r="F98" s="6">
-        <v>209139489.0</v>
+        <v>211135282.0</v>
       </c>
       <c r="G98" s="6">
-        <v>3002956.0</v>
+        <v>1303389.0</v>
       </c>
       <c r="H98" s="6">
-        <v>1952972.0</v>
+        <v>263119.0</v>
       </c>
       <c r="I98" s="6">
-        <v>198541079.0</v>
+        <v>200125492.0</v>
       </c>
       <c r="J98" s="6">
-        <v>10598410.0</v>
+        <v>11009790.0</v>
       </c>
       <c r="K98" s="6">
-        <v>50540790.0</v>
+        <v>50851519.0</v>
       </c>
       <c r="L98" s="6">
-        <v>45834548.0</v>
+        <v>46421071.0</v>
       </c>
       <c r="M98" s="6">
-        <v>321700.0</v>
+        <v>525148.0</v>
       </c>
       <c r="N98" s="6">
-        <v>4578524.0</v>
+        <v>5025526.0</v>
       </c>
       <c r="O98" s="6">
-        <v>10613566.0</v>
+        <v>10678819.0</v>
       </c>
       <c r="P98" s="6">
-        <v>2972538.0</v>
+        <v>3404334.0</v>
       </c>
       <c r="Q98" s="6">
-        <v>1989622.0</v>
+        <v>192474.0</v>
       </c>
       <c r="R98" s="6">
-        <v>982916.0</v>
+        <v>3211860.0</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C99" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D99" s="6">
-        <v>1294.0</v>
+        <v>1327.0</v>
       </c>
       <c r="E99" s="6">
-        <v>39915515.0</v>
+        <v>52522511.0</v>
       </c>
       <c r="F99" s="6">
-        <v>37245830.0</v>
+        <v>48755593.0</v>
       </c>
       <c r="G99" s="6">
-        <v>2669685.0</v>
+        <v>3766918.0</v>
       </c>
       <c r="H99" s="6">
-        <v>724294.0</v>
+        <v>861346.0</v>
       </c>
       <c r="I99" s="6">
-        <v>6383277.0</v>
+        <v>6760658.0</v>
       </c>
       <c r="J99" s="6">
-        <v>30862553.0</v>
+        <v>41994935.0</v>
       </c>
       <c r="K99" s="6">
-        <v>30397743.0</v>
+        <v>32981227.0</v>
       </c>
       <c r="L99" s="6">
-        <v>24353257.0</v>
+        <v>27720633.0</v>
       </c>
       <c r="M99" s="6">
-        <v>379771.0</v>
+        <v>894800.0</v>
       </c>
       <c r="N99" s="6">
-        <v>8081926.0</v>
+        <v>9772467.0</v>
       </c>
       <c r="O99" s="6">
-        <v>6383526.0</v>
+        <v>6925931.0</v>
       </c>
       <c r="P99" s="6">
-        <v>3180277.0</v>
+        <v>4772749.0</v>
       </c>
       <c r="Q99" s="6">
-        <v>738638.0</v>
+        <v>585907.0</v>
       </c>
       <c r="R99" s="6">
-        <v>2441639.0</v>
+        <v>4186842.0</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C100" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D100" s="6">
-        <v>3686.0</v>
+        <v>2985.0</v>
       </c>
       <c r="E100" s="6">
-        <v>135793881.0</v>
+        <v>108666587.0</v>
       </c>
       <c r="F100" s="6">
-        <v>112093988.0</v>
+        <v>93295661.0</v>
       </c>
       <c r="G100" s="6">
-        <v>23699893.0</v>
+        <v>15370926.0</v>
       </c>
       <c r="H100" s="6">
-        <v>6672790.0</v>
+        <v>3478149.0</v>
       </c>
       <c r="I100" s="6">
-        <v>1770836.0</v>
+        <v>2032488.0</v>
       </c>
       <c r="J100" s="6">
-        <v>110323152.0</v>
+        <v>91263173.0</v>
       </c>
       <c r="K100" s="6">
-        <v>92621511.0</v>
+        <v>67597734.0</v>
       </c>
       <c r="L100" s="6">
-        <v>61399857.0</v>
+        <v>50258943.0</v>
       </c>
       <c r="M100" s="6">
-        <v>3529824.0</v>
+        <v>4902110.0</v>
       </c>
       <c r="N100" s="6">
-        <v>29157895.0</v>
+        <v>22061555.0</v>
       </c>
       <c r="O100" s="6">
-        <v>19446459.0</v>
+        <v>14192984.0</v>
       </c>
       <c r="P100" s="6">
-        <v>11699788.0</v>
+        <v>9879310.0</v>
       </c>
       <c r="Q100" s="6">
-        <v>1065888.0</v>
+        <v>847368.0</v>
       </c>
       <c r="R100" s="6">
-        <v>10633900.0</v>
+        <v>9031942.0</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C101" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="I101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="J101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="K101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="M101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="N101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="O101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="P101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="Q101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="R101" s="6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C102" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D102" s="6">
-        <v>36.0</v>
+        <v>72.0</v>
       </c>
       <c r="E102" s="6">
-        <v>452786.0</v>
+        <v>743587.0</v>
       </c>
       <c r="F102" s="6">
-        <v>439614.0</v>
+        <v>668091.0</v>
       </c>
       <c r="G102" s="6">
-        <v>13172.0</v>
+        <v>75496.0</v>
       </c>
       <c r="H102" s="6">
-        <v>13172.0</v>
+        <v>63466.0</v>
       </c>
       <c r="I102" s="6">
-        <v>3402.0</v>
+        <v>4335.0</v>
       </c>
       <c r="J102" s="6">
-        <v>436212.0</v>
+        <v>663756.0</v>
       </c>
       <c r="K102" s="6">
-        <v>517848.0</v>
+        <v>813914.0</v>
       </c>
       <c r="L102" s="6">
-        <v>79329.0</v>
+        <v>277957.0</v>
       </c>
       <c r="M102" s="6">
-        <v>86467.0</v>
+        <v>347519.0</v>
       </c>
       <c r="N102" s="6">
-        <v>164338.0</v>
+        <v>174895.0</v>
       </c>
       <c r="O102" s="6">
-        <v>108748.0</v>
+        <v>170922.0</v>
       </c>
       <c r="P102" s="6">
-        <v>78598.0</v>
+        <v>85674.0</v>
       </c>
       <c r="Q102" s="6">
-        <v>4497.0</v>
+        <v>7939.0</v>
       </c>
       <c r="R102" s="6">
-        <v>74101.0</v>
+        <v>77735.0</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-04</t>
+            <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
       <c r="B103" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C103" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D103" s="6">
-        <v>94263.0</v>
+        <v>115003.0</v>
       </c>
       <c r="E103" s="6">
-        <v>16032251393.0</v>
+        <v>16591536722.0</v>
       </c>
       <c r="F103" s="6">
-        <v>10590657961.0</v>
+        <v>11105820148.0</v>
       </c>
       <c r="G103" s="6">
-        <v>5441593432.0</v>
+        <v>5485716574.0</v>
       </c>
       <c r="H103" s="6">
-        <v>2000478336.0</v>
+        <v>2064251990.0</v>
       </c>
       <c r="I103" s="6">
-        <v>1021067944.0</v>
+        <v>959814652.0</v>
       </c>
       <c r="J103" s="6">
-        <v>9569590017.0</v>
+        <v>10146005496.0</v>
       </c>
       <c r="K103" s="6">
-        <v>11456659626.0</v>
+        <v>12317049559.0</v>
       </c>
       <c r="L103" s="6">
-        <v>6953427975.0</v>
+        <v>7951568827.0</v>
       </c>
       <c r="M103" s="6">
-        <v>1005733986.0</v>
+        <v>905738924.0</v>
       </c>
       <c r="N103" s="6">
-        <v>2686765507.0</v>
+        <v>2888364259.0</v>
       </c>
       <c r="O103" s="6">
-        <v>2391795394.0</v>
+        <v>2573353572.0</v>
       </c>
       <c r="P103" s="6">
-        <v>896340071.0</v>
+        <v>975512609.0</v>
       </c>
       <c r="Q103" s="6">
-        <v>340292914.0</v>
+        <v>396101321.0</v>
       </c>
       <c r="R103" s="6">
-        <v>556047157.0</v>
+        <v>579411288.0</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C104" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D104" s="6">
-        <v>4400.0</v>
+        <v>17018.0</v>
       </c>
       <c r="E104" s="6">
-        <v>276805382.0</v>
+        <v>598443352.0</v>
       </c>
       <c r="F104" s="6">
-        <v>230070672.0</v>
+        <v>539721801.0</v>
       </c>
       <c r="G104" s="6">
-        <v>46734710.0</v>
+        <v>58721551.0</v>
       </c>
       <c r="H104" s="6">
-        <v>35174335.0</v>
+        <v>39458485.0</v>
       </c>
       <c r="I104" s="6">
-        <v>1921360.0</v>
+        <v>5315071.0</v>
       </c>
       <c r="J104" s="6">
-        <v>228149312.0</v>
+        <v>534406730.0</v>
       </c>
       <c r="K104" s="6">
-        <v>257345843.0</v>
+        <v>778185771.0</v>
       </c>
       <c r="L104" s="6">
-        <v>237582024.0</v>
+        <v>759034938.0</v>
       </c>
       <c r="M104" s="6">
-        <v>860638.0</v>
+        <v>1430410.0</v>
       </c>
       <c r="N104" s="6">
-        <v>55269641.0</v>
+        <v>128207699.0</v>
       </c>
       <c r="O104" s="6">
-        <v>54042627.0</v>
+        <v>163398432.0</v>
       </c>
       <c r="P104" s="6">
-        <v>17210931.0</v>
+        <v>36934540.0</v>
       </c>
       <c r="Q104" s="6">
-        <v>15659716.0</v>
+        <v>70588569.0</v>
       </c>
       <c r="R104" s="6">
-        <v>1551215.0</v>
+        <v>-33654029.0</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C105" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D105" s="6">
-        <v>217.0</v>
+        <v>220.0</v>
       </c>
       <c r="E105" s="6">
-        <v>30881445.0</v>
+        <v>29881137.0</v>
       </c>
       <c r="F105" s="6">
-        <v>27000747.0</v>
+        <v>25940749.0</v>
       </c>
       <c r="G105" s="6">
-        <v>3880698.0</v>
+        <v>3940388.0</v>
       </c>
       <c r="H105" s="6">
-        <v>2282622.0</v>
+        <v>2397326.0</v>
       </c>
       <c r="I105" s="6">
-        <v>1378949.0</v>
+        <v>47081.0</v>
       </c>
       <c r="J105" s="6">
-        <v>25621798.0</v>
+        <v>25893668.0</v>
       </c>
       <c r="K105" s="6">
-        <v>16770267.0</v>
+        <v>15625067.0</v>
       </c>
       <c r="L105" s="6">
-        <v>15001710.0</v>
+        <v>14347224.0</v>
       </c>
       <c r="M105" s="6">
-        <v>385814.0</v>
+        <v>469295.0</v>
       </c>
       <c r="N105" s="6">
-        <v>5572965.0</v>
+        <v>5584033.0</v>
       </c>
       <c r="O105" s="6">
-        <v>3521756.0</v>
+        <v>3281264.0</v>
       </c>
       <c r="P105" s="6">
-        <v>2484439.0</v>
+        <v>2654889.0</v>
       </c>
       <c r="Q105" s="6">
-        <v>349123.0</v>
+        <v>243664.0</v>
       </c>
       <c r="R105" s="6">
-        <v>2135316.0</v>
+        <v>2411225.0</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C106" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D106" s="6">
-        <v>9287.0</v>
+        <v>9706.0</v>
       </c>
       <c r="E106" s="6">
-        <v>3142952895.0</v>
+        <v>3192437989.0</v>
       </c>
       <c r="F106" s="6">
-        <v>1385887822.0</v>
+        <v>1412773336.0</v>
       </c>
       <c r="G106" s="6">
-        <v>1757065073.0</v>
+        <v>1779664653.0</v>
       </c>
       <c r="H106" s="6">
-        <v>1089971473.0</v>
+        <v>1154649467.0</v>
       </c>
       <c r="I106" s="6">
-        <v>30587544.0</v>
+        <v>14627710.0</v>
       </c>
       <c r="J106" s="6">
-        <v>1355300278.0</v>
+        <v>1398145626.0</v>
       </c>
       <c r="K106" s="6">
-        <v>2449073478.0</v>
+        <v>2467812292.0</v>
       </c>
       <c r="L106" s="6">
-        <v>1181223019.0</v>
+        <v>1242974819.0</v>
       </c>
       <c r="M106" s="6">
-        <v>648842876.0</v>
+        <v>550959338.0</v>
       </c>
       <c r="N106" s="6">
-        <v>417853728.0</v>
+        <v>454843789.0</v>
       </c>
       <c r="O106" s="6">
-        <v>513678477.0</v>
+        <v>517755302.0</v>
       </c>
       <c r="P106" s="6">
-        <v>123177429.0</v>
+        <v>133103268.0</v>
       </c>
       <c r="Q106" s="6">
-        <v>83397199.0</v>
+        <v>80296921.0</v>
       </c>
       <c r="R106" s="6">
-        <v>39780230.0</v>
+        <v>52806347.0</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C107" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D107" s="6">
-        <v>949.0</v>
+        <v>1159.0</v>
       </c>
       <c r="E107" s="6">
-        <v>470161183.0</v>
+        <v>310930103.0</v>
       </c>
       <c r="F107" s="6">
-        <v>388891250.0</v>
+        <v>249645997.0</v>
       </c>
       <c r="G107" s="6">
-        <v>81269933.0</v>
+        <v>61284106.0</v>
       </c>
       <c r="H107" s="6">
-        <v>9719588.0</v>
+        <v>7136331.0</v>
       </c>
       <c r="I107" s="6">
-        <v>2347875.0</v>
+        <v>2228348.0</v>
       </c>
       <c r="J107" s="6">
-        <v>386543375.0</v>
+        <v>247417649.0</v>
       </c>
       <c r="K107" s="6">
-        <v>477603490.0</v>
+        <v>714622467.0</v>
       </c>
       <c r="L107" s="6">
-        <v>364976114.0</v>
+        <v>635411005.0</v>
       </c>
       <c r="M107" s="6">
-        <v>108714.0</v>
+        <v>1464776.0</v>
       </c>
       <c r="N107" s="6">
-        <v>118044000.0</v>
+        <v>155268082.0</v>
       </c>
       <c r="O107" s="6">
-        <v>100289803.0</v>
+        <v>150070718.0</v>
       </c>
       <c r="P107" s="6">
-        <v>33247077.0</v>
+        <v>13293142.0</v>
       </c>
       <c r="Q107" s="6">
-        <v>15064519.0</v>
+        <v>7779669.0</v>
       </c>
       <c r="R107" s="6">
-        <v>18182558.0</v>
+        <v>5513473.0</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C108" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D108" s="6">
-        <v>381.0</v>
+        <v>392.0</v>
       </c>
       <c r="E108" s="6">
-        <v>98507572.0</v>
+        <v>100673171.0</v>
       </c>
       <c r="F108" s="6">
-        <v>83846233.0</v>
+        <v>83941699.0</v>
       </c>
       <c r="G108" s="6">
-        <v>14661339.0</v>
+        <v>16731472.0</v>
       </c>
       <c r="H108" s="6">
-        <v>11491273.0</v>
+        <v>12593820.0</v>
       </c>
       <c r="I108" s="6">
-        <v>132489.0</v>
+        <v>161801.0</v>
       </c>
       <c r="J108" s="6">
-        <v>83713744.0</v>
+        <v>83779898.0</v>
       </c>
       <c r="K108" s="6">
-        <v>60152014.0</v>
+        <v>64377966.0</v>
       </c>
       <c r="L108" s="6">
-        <v>55778286.0</v>
+        <v>59563352.0</v>
       </c>
       <c r="M108" s="6">
-        <v>463390.0</v>
+        <v>281705.0</v>
       </c>
       <c r="N108" s="6">
-        <v>18802031.0</v>
+        <v>19925079.0</v>
       </c>
       <c r="O108" s="6">
-        <v>12631901.0</v>
+        <v>13408754.0</v>
       </c>
       <c r="P108" s="6">
-        <v>7562321.0</v>
+        <v>8578369.0</v>
       </c>
       <c r="Q108" s="6">
-        <v>1312507.0</v>
+        <v>1930618.0</v>
       </c>
       <c r="R108" s="6">
-        <v>6249814.0</v>
+        <v>6647751.0</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C109" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D109" s="6">
-        <v>11372.0</v>
+        <v>11992.0</v>
       </c>
       <c r="E109" s="6">
-        <v>993773889.0</v>
+        <v>1100309663.0</v>
       </c>
       <c r="F109" s="6">
-        <v>860553929.0</v>
+        <v>966336570.0</v>
       </c>
       <c r="G109" s="6">
-        <v>133219960.0</v>
+        <v>133973093.0</v>
       </c>
       <c r="H109" s="6">
-        <v>13533731.0</v>
+        <v>7855893.0</v>
       </c>
       <c r="I109" s="6">
-        <v>6655355.0</v>
+        <v>7688705.0</v>
       </c>
       <c r="J109" s="6">
-        <v>853898574.0</v>
+        <v>958647865.0</v>
       </c>
       <c r="K109" s="6">
-        <v>695066216.0</v>
+        <v>745655137.0</v>
       </c>
       <c r="L109" s="6">
-        <v>626436795.0</v>
+        <v>661171542.0</v>
       </c>
       <c r="M109" s="6">
-        <v>14028448.0</v>
+        <v>25784148.0</v>
       </c>
       <c r="N109" s="6">
-        <v>133692519.0</v>
+        <v>145357067.0</v>
       </c>
       <c r="O109" s="6">
-        <v>145945832.0</v>
+        <v>156583213.0</v>
       </c>
       <c r="P109" s="6">
-        <v>32791358.0</v>
+        <v>38320078.0</v>
       </c>
       <c r="Q109" s="6">
-        <v>41450121.0</v>
+        <v>43773019.0</v>
       </c>
       <c r="R109" s="6">
-        <v>-8658763.0</v>
+        <v>-5452941.0</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C110" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D110" s="6">
-        <v>23694.0</v>
+        <v>25376.0</v>
       </c>
       <c r="E110" s="6">
-        <v>5680437774.0</v>
+        <v>5604693419.0</v>
       </c>
       <c r="F110" s="6">
-        <v>4142401089.0</v>
+        <v>4136134658.0</v>
       </c>
       <c r="G110" s="6">
-        <v>1538036685.0</v>
+        <v>1468558761.0</v>
       </c>
       <c r="H110" s="6">
-        <v>769211937.0</v>
+        <v>774947193.0</v>
       </c>
       <c r="I110" s="6">
-        <v>31852283.0</v>
+        <v>29756632.0</v>
       </c>
       <c r="J110" s="6">
-        <v>4110548806.0</v>
+        <v>4106378026.0</v>
       </c>
       <c r="K110" s="6">
-        <v>4442178218.0</v>
+        <v>4390762690.0</v>
       </c>
       <c r="L110" s="6">
-        <v>2373451776.0</v>
+        <v>2417018738.0</v>
       </c>
       <c r="M110" s="6">
-        <v>298747957.0</v>
+        <v>302013367.0</v>
       </c>
       <c r="N110" s="6">
-        <v>1187031152.0</v>
+        <v>1166539133.0</v>
       </c>
       <c r="O110" s="6">
-        <v>921902570.0</v>
+        <v>910423930.0</v>
       </c>
       <c r="P110" s="6">
-        <v>399847353.0</v>
+        <v>404807532.0</v>
       </c>
       <c r="Q110" s="6">
-        <v>70880559.0</v>
+        <v>76739666.0</v>
       </c>
       <c r="R110" s="6">
-        <v>328966794.0</v>
+        <v>328067866.0</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C111" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D111" s="6">
-        <v>8101.0</v>
+        <v>8429.0</v>
       </c>
       <c r="E111" s="6">
-        <v>1948816166.0</v>
+        <v>1954439388.0</v>
       </c>
       <c r="F111" s="6">
-        <v>772457091.0</v>
+        <v>752805731.0</v>
       </c>
       <c r="G111" s="6">
-        <v>1176359075.0</v>
+        <v>1201633657.0</v>
       </c>
       <c r="H111" s="6">
-        <v>20791938.0</v>
+        <v>22419666.0</v>
       </c>
       <c r="I111" s="6">
-        <v>7468116.0</v>
+        <v>10018058.0</v>
       </c>
       <c r="J111" s="6">
-        <v>764988975.0</v>
+        <v>742787673.0</v>
       </c>
       <c r="K111" s="6">
-        <v>1101795590.0</v>
+        <v>1097049825.0</v>
       </c>
       <c r="L111" s="6">
-        <v>654459795.0</v>
+        <v>659320372.0</v>
       </c>
       <c r="M111" s="6">
-        <v>11035562.0</v>
+        <v>7518429.0</v>
       </c>
       <c r="N111" s="6">
-        <v>255210046.0</v>
+        <v>250881266.0</v>
       </c>
       <c r="O111" s="6">
-        <v>230808002.0</v>
+        <v>230158685.0</v>
       </c>
       <c r="P111" s="6">
-        <v>76513490.0</v>
+        <v>75425335.0</v>
       </c>
       <c r="Q111" s="6">
-        <v>48592239.0</v>
+        <v>52191953.0</v>
       </c>
       <c r="R111" s="6">
-        <v>27921251.0</v>
+        <v>23233382.0</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C112" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D112" s="6">
-        <v>3893.0</v>
+        <v>4114.0</v>
       </c>
       <c r="E112" s="6">
-        <v>180703328.0</v>
+        <v>214951273.0</v>
       </c>
       <c r="F112" s="6">
-        <v>177657661.0</v>
+        <v>211797654.0</v>
       </c>
       <c r="G112" s="6">
-        <v>3045667.0</v>
+        <v>3153619.0</v>
       </c>
       <c r="H112" s="6">
-        <v>1027646.0</v>
+        <v>1247465.0</v>
       </c>
       <c r="I112" s="6">
-        <v>6727665.0</v>
+        <v>4608948.0</v>
       </c>
       <c r="J112" s="6">
-        <v>170929996.0</v>
+        <v>207188706.0</v>
       </c>
       <c r="K112" s="6">
-        <v>115319415.0</v>
+        <v>124174433.0</v>
       </c>
       <c r="L112" s="6">
-        <v>102900890.0</v>
+        <v>110503324.0</v>
       </c>
       <c r="M112" s="6">
-        <v>231824.0</v>
+        <v>590724.0</v>
       </c>
       <c r="N112" s="6">
-        <v>37315021.0</v>
+        <v>43708402.0</v>
       </c>
       <c r="O112" s="6">
-        <v>24217034.0</v>
+        <v>26076631.0</v>
       </c>
       <c r="P112" s="6">
-        <v>15402399.0</v>
+        <v>19319869.0</v>
       </c>
       <c r="Q112" s="6">
-        <v>1791365.0</v>
+        <v>1292604.0</v>
       </c>
       <c r="R112" s="6">
-        <v>13611034.0</v>
+        <v>18027265.0</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C113" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D113" s="6">
-        <v>1075.0</v>
+        <v>1234.0</v>
       </c>
       <c r="E113" s="6">
-        <v>121175848.0</v>
+        <v>128227203.0</v>
       </c>
       <c r="F113" s="6">
-        <v>63338363.0</v>
+        <v>66043262.0</v>
       </c>
       <c r="G113" s="6">
-        <v>57837485.0</v>
+        <v>62183941.0</v>
       </c>
       <c r="H113" s="6">
-        <v>352186.0</v>
+        <v>374540.0</v>
       </c>
       <c r="I113" s="6">
-        <v>8211569.0</v>
+        <v>6825499.0</v>
       </c>
       <c r="J113" s="6">
-        <v>55126794.0</v>
+        <v>59217763.0</v>
       </c>
       <c r="K113" s="6">
-        <v>217111761.0</v>
+        <v>202379989.0</v>
       </c>
       <c r="L113" s="6">
-        <v>152042481.0</v>
+        <v>139425372.0</v>
       </c>
       <c r="M113" s="6">
-        <v>331738.0</v>
+        <v>274833.0</v>
       </c>
       <c r="N113" s="6">
-        <v>24321920.0</v>
+        <v>24354541.0</v>
       </c>
       <c r="O113" s="6">
-        <v>45587634.0</v>
+        <v>42497428.0</v>
       </c>
       <c r="P113" s="6">
-        <v>5543385.0</v>
+        <v>6045706.0</v>
       </c>
       <c r="Q113" s="6">
-        <v>25962239.0</v>
+        <v>23600010.0</v>
       </c>
       <c r="R113" s="6">
-        <v>-20418854.0</v>
+        <v>-17554304.0</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C114" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D114" s="6">
-        <v>3607.0</v>
+        <v>4207.0</v>
       </c>
       <c r="E114" s="6">
-        <v>487932698.0</v>
+        <v>539543309.0</v>
       </c>
       <c r="F114" s="6">
-        <v>213715191.0</v>
+        <v>231450914.0</v>
       </c>
       <c r="G114" s="6">
-        <v>274217507.0</v>
+        <v>308092395.0</v>
       </c>
       <c r="H114" s="6">
-        <v>8666951.0</v>
+        <v>8279588.0</v>
       </c>
       <c r="I114" s="6">
-        <v>3026795.0</v>
+        <v>3991425.0</v>
       </c>
       <c r="J114" s="6">
-        <v>210688396.0</v>
+        <v>227459489.0</v>
       </c>
       <c r="K114" s="6">
-        <v>247814762.0</v>
+        <v>256987343.0</v>
       </c>
       <c r="L114" s="6">
-        <v>120330552.0</v>
+        <v>124610133.0</v>
       </c>
       <c r="M114" s="6">
-        <v>2592367.0</v>
+        <v>1783590.0</v>
       </c>
       <c r="N114" s="6">
-        <v>72716504.0</v>
+        <v>78647297.0</v>
       </c>
       <c r="O114" s="6">
-        <v>52031958.0</v>
+        <v>53959766.0</v>
       </c>
       <c r="P114" s="6">
-        <v>28308496.0</v>
+        <v>31901917.0</v>
       </c>
       <c r="Q114" s="6">
-        <v>6199853.0</v>
+        <v>5708452.0</v>
       </c>
       <c r="R114" s="6">
-        <v>22108643.0</v>
+        <v>26193465.0</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C115" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D115" s="6">
-        <v>728.0</v>
+        <v>827.0</v>
       </c>
       <c r="E115" s="6">
-        <v>920702595.0</v>
+        <v>806250582.0</v>
       </c>
       <c r="F115" s="6">
-        <v>888032707.0</v>
+        <v>768475037.0</v>
       </c>
       <c r="G115" s="6">
-        <v>32669888.0</v>
+        <v>37775545.0</v>
       </c>
       <c r="H115" s="6">
-        <v>304940.0</v>
+        <v>175269.0</v>
       </c>
       <c r="I115" s="6">
-        <v>614957165.0</v>
+        <v>542326968.0</v>
       </c>
       <c r="J115" s="6">
-        <v>273075542.0</v>
+        <v>226148069.0</v>
       </c>
       <c r="K115" s="6">
-        <v>315218716.0</v>
+        <v>269016509.0</v>
       </c>
       <c r="L115" s="6">
-        <v>277942900.0</v>
+        <v>214296428.0</v>
       </c>
       <c r="M115" s="6">
-        <v>58281.0</v>
+        <v>92481.0</v>
       </c>
       <c r="N115" s="6">
-        <v>65196829.0</v>
+        <v>58891787.0</v>
       </c>
       <c r="O115" s="6">
-        <v>66195182.0</v>
+        <v>56493467.0</v>
       </c>
       <c r="P115" s="6">
-        <v>9513425.0</v>
+        <v>14546894.0</v>
       </c>
       <c r="Q115" s="6">
-        <v>1997847.0</v>
+        <v>1924556.0</v>
       </c>
       <c r="R115" s="6">
-        <v>7515578.0</v>
+        <v>12622338.0</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C116" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D116" s="6">
-        <v>6602.0</v>
+        <v>7087.0</v>
       </c>
       <c r="E116" s="6">
-        <v>361218915.0</v>
+        <v>530410204.0</v>
       </c>
       <c r="F116" s="6">
-        <v>353327320.0</v>
+        <v>522913283.0</v>
       </c>
       <c r="G116" s="6">
-        <v>7891595.0</v>
+        <v>7496921.0</v>
       </c>
       <c r="H116" s="6">
-        <v>2609356.0</v>
+        <v>1831453.0</v>
       </c>
       <c r="I116" s="6">
-        <v>44607107.0</v>
+        <v>84881802.0</v>
       </c>
       <c r="J116" s="6">
-        <v>308720213.0</v>
+        <v>438031481.0</v>
       </c>
       <c r="K116" s="6">
-        <v>251472042.0</v>
+        <v>330240310.0</v>
       </c>
       <c r="L116" s="6">
-        <v>240053290.0</v>
+        <v>313724409.0</v>
       </c>
       <c r="M116" s="6">
-        <v>581371.0</v>
+        <v>1163548.0</v>
       </c>
       <c r="N116" s="6">
-        <v>86765100.0</v>
+        <v>104862196.0</v>
       </c>
       <c r="O116" s="6">
-        <v>52789864.0</v>
+        <v>69350465.0</v>
       </c>
       <c r="P116" s="6">
-        <v>43811381.0</v>
+        <v>47117482.0</v>
       </c>
       <c r="Q116" s="6">
-        <v>8349731.0</v>
+        <v>10695341.0</v>
       </c>
       <c r="R116" s="6">
-        <v>35461650.0</v>
+        <v>36422141.0</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C117" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D117" s="6">
-        <v>9837.0</v>
+        <v>12600.0</v>
       </c>
       <c r="E117" s="6">
-        <v>482951252.0</v>
+        <v>629082070.0</v>
       </c>
       <c r="F117" s="6">
-        <v>338350247.0</v>
+        <v>474250076.0</v>
       </c>
       <c r="G117" s="6">
-        <v>144601005.0</v>
+        <v>154831994.0</v>
       </c>
       <c r="H117" s="6">
-        <v>11333881.0</v>
+        <v>10224478.0</v>
       </c>
       <c r="I117" s="6">
-        <v>26467519.0</v>
+        <v>19799808.0</v>
       </c>
       <c r="J117" s="6">
-        <v>311882728.0</v>
+        <v>454450268.0</v>
       </c>
       <c r="K117" s="6">
-        <v>273440400.0</v>
+        <v>267160893.0</v>
       </c>
       <c r="L117" s="6">
-        <v>168075210.0</v>
+        <v>194033819.0</v>
       </c>
       <c r="M117" s="6">
-        <v>17629757.0</v>
+        <v>1887671.0</v>
       </c>
       <c r="N117" s="6">
-        <v>77728527.0</v>
+        <v>107930961.0</v>
       </c>
       <c r="O117" s="6">
-        <v>55954112.0</v>
+        <v>55978918.0</v>
       </c>
       <c r="P117" s="6">
-        <v>36140610.0</v>
+        <v>62050855.0</v>
       </c>
       <c r="Q117" s="6">
-        <v>9526571.0</v>
+        <v>9379698.0</v>
       </c>
       <c r="R117" s="6">
-        <v>26614039.0</v>
+        <v>52671157.0</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C118" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D118" s="6">
-        <v>4056.0</v>
+        <v>4400.0</v>
       </c>
       <c r="E118" s="6">
-        <v>412259587.0</v>
+        <v>440560668.0</v>
       </c>
       <c r="F118" s="6">
-        <v>271918452.0</v>
+        <v>278077932.0</v>
       </c>
       <c r="G118" s="6">
-        <v>140341135.0</v>
+        <v>162482736.0</v>
       </c>
       <c r="H118" s="6">
-        <v>17348257.0</v>
+        <v>15965566.0</v>
       </c>
       <c r="I118" s="6">
-        <v>7041987.0</v>
+        <v>8224367.0</v>
       </c>
       <c r="J118" s="6">
-        <v>264876465.0</v>
+        <v>269853565.0</v>
       </c>
       <c r="K118" s="6">
-        <v>244485003.0</v>
+        <v>238757863.0</v>
       </c>
       <c r="L118" s="6">
-        <v>171196342.0</v>
+        <v>157135157.0</v>
       </c>
       <c r="M118" s="6">
-        <v>2410352.0</v>
+        <v>2782748.0</v>
       </c>
       <c r="N118" s="6">
-        <v>68118520.0</v>
+        <v>71331803.0</v>
       </c>
       <c r="O118" s="6">
-        <v>50921170.0</v>
+        <v>49525988.0</v>
       </c>
       <c r="P118" s="6">
-        <v>25748099.0</v>
+        <v>30018701.0</v>
       </c>
       <c r="Q118" s="6">
-        <v>7189039.0</v>
+        <v>6796510.0</v>
       </c>
       <c r="R118" s="6">
-        <v>18559060.0</v>
+        <v>23222191.0</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C119" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D119" s="6">
-        <v>56.0</v>
+        <v>57.0</v>
       </c>
       <c r="E119" s="6">
-        <v>12757941.0</v>
+        <v>9437291.0</v>
       </c>
       <c r="F119" s="6">
-        <v>11327067.0</v>
+        <v>7963613.0</v>
       </c>
       <c r="G119" s="6">
-        <v>1430874.0</v>
+        <v>1473678.0</v>
       </c>
       <c r="H119" s="6">
-        <v>8326.0</v>
+        <v>5876.0</v>
       </c>
       <c r="I119" s="6">
-        <v>7922225.0</v>
+        <v>4989952.0</v>
       </c>
       <c r="J119" s="6">
-        <v>3404842.0</v>
+        <v>2973661.0</v>
       </c>
       <c r="K119" s="6">
-        <v>111514114.0</v>
+        <v>178916114.0</v>
       </c>
       <c r="L119" s="6">
-        <v>72271276.0</v>
+        <v>102679605.0</v>
       </c>
       <c r="M119" s="6">
-        <v>1573624.0</v>
+        <v>2343367.0</v>
       </c>
       <c r="N119" s="6">
-        <v>19095055.0</v>
+        <v>29456480.0</v>
       </c>
       <c r="O119" s="6">
-        <v>23417964.0</v>
+        <v>37572384.0</v>
       </c>
       <c r="P119" s="6">
-        <v>18855669.0</v>
+        <v>29407164.0</v>
       </c>
       <c r="Q119" s="6">
-        <v>16048.0</v>
+        <v>12081.0</v>
       </c>
       <c r="R119" s="6">
-        <v>18839621.0</v>
+        <v>29395083.0</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C120" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D120" s="6">
-        <v>605.0</v>
+        <v>730.0</v>
       </c>
       <c r="E120" s="6">
-        <v>26857997.0</v>
+        <v>30556108.0</v>
       </c>
       <c r="F120" s="6">
-        <v>24643746.0</v>
+        <v>28662852.0</v>
       </c>
       <c r="G120" s="6">
-        <v>2214251.0</v>
+        <v>1893256.0</v>
       </c>
       <c r="H120" s="6">
-        <v>11200.0</v>
+        <v>96431.0</v>
       </c>
       <c r="I120" s="6">
-        <v>15010060.0</v>
+        <v>15552459.0</v>
       </c>
       <c r="J120" s="6">
-        <v>9633686.0</v>
+        <v>13110393.0</v>
       </c>
       <c r="K120" s="6">
-        <v>14918825.0</v>
+        <v>20970062.0</v>
       </c>
       <c r="L120" s="6">
-        <v>12773162.0</v>
+        <v>19339305.0</v>
       </c>
       <c r="M120" s="6">
-        <v>77895.0</v>
+        <v>61048.0</v>
       </c>
       <c r="N120" s="6">
-        <v>3004981.0</v>
+        <v>3894877.0</v>
       </c>
       <c r="O120" s="6">
-        <v>3132922.0</v>
+        <v>4403713.0</v>
       </c>
       <c r="P120" s="6">
-        <v>2094614.0</v>
+        <v>2734503.0</v>
       </c>
       <c r="Q120" s="6">
-        <v>155510.0</v>
+        <v>673140.0</v>
       </c>
       <c r="R120" s="6">
-        <v>1939104.0</v>
+        <v>2061363.0</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C121" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D121" s="6">
-        <v>438.0</v>
+        <v>479.0</v>
       </c>
       <c r="E121" s="6">
-        <v>210685441.0</v>
+        <v>204416401.0</v>
       </c>
       <c r="F121" s="6">
-        <v>209303937.0</v>
+        <v>203045743.0</v>
       </c>
       <c r="G121" s="6">
-        <v>1381504.0</v>
+        <v>1370658.0</v>
       </c>
       <c r="H121" s="6">
-        <v>464966.0</v>
+        <v>289356.0</v>
       </c>
       <c r="I121" s="6">
-        <v>198953787.0</v>
+        <v>192232347.0</v>
       </c>
       <c r="J121" s="6">
-        <v>10350150.0</v>
+        <v>10813396.0</v>
       </c>
       <c r="K121" s="6">
-        <v>42534195.0</v>
+        <v>48655171.0</v>
       </c>
       <c r="L121" s="6">
-        <v>38704652.0</v>
+        <v>44826210.0</v>
       </c>
       <c r="M121" s="6">
-        <v>167490.0</v>
+        <v>250229.0</v>
       </c>
       <c r="N121" s="6">
-        <v>4549182.0</v>
+        <v>4944610.0</v>
       </c>
       <c r="O121" s="6">
-        <v>8932181.0</v>
+        <v>10217586.0</v>
       </c>
       <c r="P121" s="6">
-        <v>3059434.0</v>
+        <v>3451986.0</v>
       </c>
       <c r="Q121" s="6">
-        <v>123280.0</v>
+        <v>255821.0</v>
       </c>
       <c r="R121" s="6">
-        <v>2936154.0</v>
+        <v>3196165.0</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C122" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D122" s="6">
-        <v>1271.0</v>
+        <v>1529.0</v>
       </c>
       <c r="E122" s="6">
-        <v>33852634.0</v>
+        <v>56754873.0</v>
       </c>
       <c r="F122" s="6">
-        <v>31810895.0</v>
+        <v>52149970.0</v>
       </c>
       <c r="G122" s="6">
-        <v>2041739.0</v>
+        <v>4604903.0</v>
       </c>
       <c r="H122" s="6">
-        <v>262582.0</v>
+        <v>813102.0</v>
       </c>
       <c r="I122" s="6">
-        <v>4473809.0</v>
+        <v>4973982.0</v>
       </c>
       <c r="J122" s="6">
-        <v>27337086.0</v>
+        <v>47175988.0</v>
       </c>
       <c r="K122" s="6">
-        <v>27525348.0</v>
+        <v>35799662.0</v>
       </c>
       <c r="L122" s="6">
-        <v>22934562.0</v>
+        <v>29586676.0</v>
       </c>
       <c r="M122" s="6">
-        <v>323457.0</v>
+        <v>1116010.0</v>
       </c>
       <c r="N122" s="6">
-        <v>6954254.0</v>
+        <v>11063218.0</v>
       </c>
       <c r="O122" s="6">
-        <v>5780323.0</v>
+        <v>7517929.0</v>
       </c>
       <c r="P122" s="6">
-        <v>2741019.0</v>
+        <v>5530550.0</v>
       </c>
       <c r="Q122" s="6">
-        <v>797283.0</v>
+        <v>918466.0</v>
       </c>
       <c r="R122" s="6">
-        <v>1943736.0</v>
+        <v>4612084.0</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C123" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D123" s="6">
-        <v>3655.0</v>
+        <v>3162.0</v>
       </c>
       <c r="E123" s="6">
-        <v>138428628.0</v>
+        <v>102447866.0</v>
       </c>
       <c r="F123" s="6">
-        <v>115742217.0</v>
+        <v>86692831.0</v>
       </c>
       <c r="G123" s="6">
-        <v>22686411.0</v>
+        <v>15755035.0</v>
       </c>
       <c r="H123" s="6">
-        <v>5904250.0</v>
+        <v>3440365.0</v>
       </c>
       <c r="I123" s="6">
-        <v>1324285.0</v>
+        <v>1414346.0</v>
       </c>
       <c r="J123" s="6">
-        <v>114417932.0</v>
+        <v>85278485.0</v>
       </c>
       <c r="K123" s="6">
-        <v>94194132.0</v>
+        <v>65707219.0</v>
       </c>
       <c r="L123" s="6">
-        <v>65199619.0</v>
+        <v>48642438.0</v>
       </c>
       <c r="M123" s="6">
-        <v>5282429.0</v>
+        <v>3375748.0</v>
       </c>
       <c r="N123" s="6">
-        <v>29227885.0</v>
+        <v>21044928.0</v>
       </c>
       <c r="O123" s="6">
-        <v>19777665.0</v>
+        <v>13798516.0</v>
       </c>
       <c r="P123" s="6">
-        <v>12223960.0</v>
+        <v>9290619.0</v>
       </c>
       <c r="Q123" s="6">
-        <v>1474613.0</v>
+        <v>1099164.0</v>
       </c>
       <c r="R123" s="6">
-        <v>10749347.0</v>
+        <v>8191455.0</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C124" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
-      <c r="D124" s="6" t="s">
-[...42 lines deleted...]
-        <v>47</v>
+      <c r="D124" s="6">
+        <v>5.0</v>
+      </c>
+      <c r="E124" s="6">
+        <v>180701.0</v>
+      </c>
+      <c r="F124" s="6">
+        <v>180701.0</v>
+      </c>
+      <c r="G124" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H124" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I124" s="6">
+        <v>7680.0</v>
+      </c>
+      <c r="J124" s="6">
+        <v>173021.0</v>
+      </c>
+      <c r="K124" s="6">
+        <v>59710.0</v>
+      </c>
+      <c r="L124" s="6">
+        <v>59652.0</v>
+      </c>
+      <c r="M124" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N124" s="6">
+        <v>35947.0</v>
+      </c>
+      <c r="O124" s="6">
+        <v>12539.0</v>
+      </c>
+      <c r="P124" s="6">
+        <v>26362.0</v>
+      </c>
+      <c r="Q124" s="6">
+        <v>2938.0</v>
+      </c>
+      <c r="R124" s="6">
+        <v>23424.0</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C125" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D125" s="6">
-        <v>37.0</v>
+        <v>280.0</v>
       </c>
       <c r="E125" s="6">
-        <v>386993.0</v>
+        <v>6909951.0</v>
       </c>
       <c r="F125" s="6">
-        <v>380095.0</v>
+        <v>6815739.0</v>
       </c>
       <c r="G125" s="6">
-        <v>6898.0</v>
+        <v>94212.0</v>
       </c>
       <c r="H125" s="6">
-        <v>6898.0</v>
+        <v>50320.0</v>
       </c>
       <c r="I125" s="6">
-        <v>0.0</v>
+        <v>141663.0</v>
       </c>
       <c r="J125" s="6">
-        <v>380095.0</v>
+        <v>6674076.0</v>
       </c>
       <c r="K125" s="6">
-        <v>1125319.0</v>
+        <v>4133067.0</v>
       </c>
       <c r="L125" s="6">
-        <v>93076.0</v>
+        <v>3864310.0</v>
       </c>
       <c r="M125" s="6">
-        <v>0.0</v>
+        <v>95462.0</v>
       </c>
       <c r="N125" s="6">
-        <v>295548.0</v>
+        <v>1591064.0</v>
       </c>
       <c r="O125" s="6">
-        <v>236317.0</v>
+        <v>867944.0</v>
       </c>
       <c r="P125" s="6">
-        <v>63118.0</v>
+        <v>952848.0</v>
       </c>
       <c r="Q125" s="6">
-        <v>3487.0</v>
+        <v>198461.0</v>
       </c>
       <c r="R125" s="6">
-        <v>59631.0</v>
+        <v>754387.0</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="A128" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="B4:R4"/>
     <mergeCell ref="B5:R5"/>
     <mergeCell ref="B8:R8"/>
     <mergeCell ref="A11:A33"/>
     <mergeCell ref="A34:A56"/>
     <mergeCell ref="A57:A79"/>
     <mergeCell ref="A80:A102"/>
     <mergeCell ref="A103:A125"/>
     <mergeCell ref="A128:Q128"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>