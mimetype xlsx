--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -12,76 +12,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pvm-deklaraciju-duomenys-ekono" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PVM deklaracijų duomenys - ekonominės veiklos</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-12-05</t>
+    <t>2026-02-05</t>
   </si>
   <si>
     <t>EV skyrius</t>
   </si>
   <si>
     <t>SUM: Iš viso</t>
   </si>
   <si>
     <t>Laikotarpis</t>
   </si>
   <si>
     <t>EV sekcija</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MM skaičius</t>
@@ -272,51 +272,51 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Deklaruota PVM prievolė (Mokėtino PVM ir Gražintino PVM skirtumas)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">2025-10</t>
+      <t xml:space="preserve">2025-12</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">SUM: Iš viso</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -608,100 +608,94 @@
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
+      <t xml:space="preserve">2025-11</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
       <t xml:space="preserve">2025-09</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-08</t>
     </r>
-  </si>
-[...32 lines deleted...]
-    <t>• Neskelbiami duomenys</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1043,51 +1037,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R128"/>
+  <dimension ref="A1:R125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="R125" sqref="R125"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="2" spans="1:18">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PVM deklaracijų duomenys - ekonominės veiklos</t>
           </r>
         </is>
       </c>
     </row>
@@ -1357,9219 +1351,9213 @@
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Deklaruota PVM prievolė (Mokėtino PVM ir Gražintino PVM skirtumas)</t>
           </r>
         </is>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-10</t>
+            <t xml:space="preserve">2025-12</t>
           </r>
         </is>
       </c>
       <c r="B11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D11" s="6">
-        <v>97059.0</v>
+        <v>116913.0</v>
       </c>
       <c r="E11" s="6">
-        <v>17591457001.0</v>
+        <v>19573515127.0</v>
       </c>
       <c r="F11" s="6">
-        <v>11586756300.0</v>
+        <v>13778663883.0</v>
       </c>
       <c r="G11" s="6">
-        <v>6004700701.0</v>
+        <v>5794851244.0</v>
       </c>
       <c r="H11" s="6">
-        <v>2275963559.0</v>
+        <v>1915666024.0</v>
       </c>
       <c r="I11" s="6">
-        <v>1145966619.0</v>
+        <v>1532815586.0</v>
       </c>
       <c r="J11" s="6">
-        <v>10440789681.0</v>
+        <v>12245848297.0</v>
       </c>
       <c r="K11" s="6">
-        <v>12710416321.0</v>
+        <v>13900834239.0</v>
       </c>
       <c r="L11" s="6">
-        <v>7933080008.0</v>
+        <v>9223869755.0</v>
       </c>
       <c r="M11" s="6">
-        <v>819754671.0</v>
+        <v>966195933.0</v>
       </c>
       <c r="N11" s="6">
-        <v>2976445036.0</v>
+        <v>3376915276.0</v>
       </c>
       <c r="O11" s="6">
-        <v>2654600839.0</v>
+        <v>2904049410.0</v>
       </c>
       <c r="P11" s="6">
-        <v>983726065.0</v>
+        <v>1220803968.0</v>
       </c>
       <c r="Q11" s="6">
-        <v>400435139.0</v>
+        <v>428807199.0</v>
       </c>
       <c r="R11" s="6">
-        <v>583290926.0</v>
+        <v>791996769.0</v>
       </c>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D12" s="6">
-        <v>4437.0</v>
+        <v>16986.0</v>
       </c>
       <c r="E12" s="6">
-        <v>341381038.0</v>
+        <v>1277720187.0</v>
       </c>
       <c r="F12" s="6">
-        <v>294738963.0</v>
+        <v>1218523206.0</v>
       </c>
       <c r="G12" s="6">
-        <v>46642075.0</v>
+        <v>59196981.0</v>
       </c>
       <c r="H12" s="6">
-        <v>32691372.0</v>
+        <v>42629752.0</v>
       </c>
       <c r="I12" s="6">
-        <v>2349300.0</v>
+        <v>5984647.0</v>
       </c>
       <c r="J12" s="6">
-        <v>292389663.0</v>
+        <v>1212538559.0</v>
       </c>
       <c r="K12" s="6">
-        <v>251340406.0</v>
+        <v>1042171552.0</v>
       </c>
       <c r="L12" s="6">
-        <v>232472015.0</v>
+        <v>1022861709.0</v>
       </c>
       <c r="M12" s="6">
-        <v>1165995.0</v>
+        <v>1147276.0</v>
       </c>
       <c r="N12" s="6">
-        <v>69312373.0</v>
+        <v>268647138.0</v>
       </c>
       <c r="O12" s="6">
-        <v>52505116.0</v>
+        <v>218588801.0</v>
       </c>
       <c r="P12" s="6">
-        <v>26141118.0</v>
+        <v>104671418.0</v>
       </c>
       <c r="Q12" s="6">
-        <v>8948895.0</v>
+        <v>29693222.0</v>
       </c>
       <c r="R12" s="6">
-        <v>17192223.0</v>
+        <v>74978196.0</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D13" s="6">
-        <v>220.0</v>
+        <v>219.0</v>
       </c>
       <c r="E13" s="6">
-        <v>37288669.0</v>
+        <v>23940456.0</v>
       </c>
       <c r="F13" s="6">
-        <v>31886532.0</v>
+        <v>20490501.0</v>
       </c>
       <c r="G13" s="6">
-        <v>5402137.0</v>
+        <v>3449955.0</v>
       </c>
       <c r="H13" s="6">
-        <v>3588070.0</v>
+        <v>1524776.0</v>
       </c>
       <c r="I13" s="6">
-        <v>67310.0</v>
+        <v>221272.0</v>
       </c>
       <c r="J13" s="6">
-        <v>31819222.0</v>
+        <v>20269229.0</v>
       </c>
       <c r="K13" s="6">
-        <v>22113838.0</v>
+        <v>17067562.0</v>
       </c>
       <c r="L13" s="6">
-        <v>18949195.0</v>
+        <v>15940205.0</v>
       </c>
       <c r="M13" s="6">
-        <v>126724.0</v>
+        <v>143038.0</v>
       </c>
       <c r="N13" s="6">
-        <v>7905021.0</v>
+        <v>4769584.0</v>
       </c>
       <c r="O13" s="6">
-        <v>4643906.0</v>
+        <v>3584188.0</v>
       </c>
       <c r="P13" s="6">
-        <v>3559724.0</v>
+        <v>1786324.0</v>
       </c>
       <c r="Q13" s="6">
-        <v>223978.0</v>
+        <v>530876.0</v>
       </c>
       <c r="R13" s="6">
-        <v>3335746.0</v>
+        <v>1255448.0</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D14" s="6">
-        <v>9445.0</v>
+        <v>9784.0</v>
       </c>
       <c r="E14" s="6">
-        <v>3318754185.0</v>
+        <v>3197091747.0</v>
       </c>
       <c r="F14" s="6">
-        <v>1522072831.0</v>
+        <v>1519293652.0</v>
       </c>
       <c r="G14" s="6">
-        <v>1796681354.0</v>
+        <v>1677798095.0</v>
       </c>
       <c r="H14" s="6">
-        <v>1156952608.0</v>
+        <v>999500192.0</v>
       </c>
       <c r="I14" s="6">
-        <v>9601799.0</v>
+        <v>20309111.0</v>
       </c>
       <c r="J14" s="6">
-        <v>1512471032.0</v>
+        <v>1498984541.0</v>
       </c>
       <c r="K14" s="6">
-        <v>2420826419.0</v>
+        <v>2566868475.0</v>
       </c>
       <c r="L14" s="6">
-        <v>1356164367.0</v>
+        <v>1322108728.0</v>
       </c>
       <c r="M14" s="6">
-        <v>349109895.0</v>
+        <v>584411400.0</v>
       </c>
       <c r="N14" s="6">
-        <v>471616641.0</v>
+        <v>475956648.0</v>
       </c>
       <c r="O14" s="6">
-        <v>507676935.0</v>
+        <v>538461455.0</v>
       </c>
       <c r="P14" s="6">
-        <v>127078163.0</v>
+        <v>146134926.0</v>
       </c>
       <c r="Q14" s="6">
-        <v>90671941.0</v>
+        <v>84205516.0</v>
       </c>
       <c r="R14" s="6">
-        <v>36406222.0</v>
+        <v>61929410.0</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D15" s="6">
-        <v>940.0</v>
+        <v>1101.0</v>
       </c>
       <c r="E15" s="6">
-        <v>456538358.0</v>
+        <v>544966248.0</v>
       </c>
       <c r="F15" s="6">
-        <v>364708044.0</v>
+        <v>451637082.0</v>
       </c>
       <c r="G15" s="6">
-        <v>91830314.0</v>
+        <v>93329166.0</v>
       </c>
       <c r="H15" s="6">
-        <v>10633831.0</v>
+        <v>15375018.0</v>
       </c>
       <c r="I15" s="6">
-        <v>1428661.0</v>
+        <v>3425509.0</v>
       </c>
       <c r="J15" s="6">
-        <v>363279383.0</v>
+        <v>448211573.0</v>
       </c>
       <c r="K15" s="6">
-        <v>527501180.0</v>
+        <v>885055790.0</v>
       </c>
       <c r="L15" s="6">
-        <v>371271171.0</v>
+        <v>648685881.0</v>
       </c>
       <c r="M15" s="6">
-        <v>142910.0</v>
+        <v>390638.0</v>
       </c>
       <c r="N15" s="6">
-        <v>137693483.0</v>
+        <v>190318821.0</v>
       </c>
       <c r="O15" s="6">
-        <v>110764324.0</v>
+        <v>185861716.0</v>
       </c>
       <c r="P15" s="6">
-        <v>35656466.0</v>
+        <v>36162793.0</v>
       </c>
       <c r="Q15" s="6">
-        <v>8493144.0</v>
+        <v>31464881.0</v>
       </c>
       <c r="R15" s="6">
-        <v>27163322.0</v>
+        <v>4697912.0</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D16" s="6">
-        <v>386.0</v>
+        <v>395.0</v>
       </c>
       <c r="E16" s="6">
-        <v>101768034.0</v>
+        <v>114772240.0</v>
       </c>
       <c r="F16" s="6">
-        <v>86058948.0</v>
+        <v>99758494.0</v>
       </c>
       <c r="G16" s="6">
-        <v>15709086.0</v>
+        <v>15013746.0</v>
       </c>
       <c r="H16" s="6">
-        <v>11360612.0</v>
+        <v>10155534.0</v>
       </c>
       <c r="I16" s="6">
-        <v>351946.0</v>
+        <v>360822.0</v>
       </c>
       <c r="J16" s="6">
-        <v>85707002.0</v>
+        <v>99397672.0</v>
       </c>
       <c r="K16" s="6">
-        <v>85635133.0</v>
+        <v>92496651.0</v>
       </c>
       <c r="L16" s="6">
-        <v>75327600.0</v>
+        <v>87714833.0</v>
       </c>
       <c r="M16" s="6">
-        <v>1291376.0</v>
+        <v>882529.0</v>
       </c>
       <c r="N16" s="6">
-        <v>23448935.0</v>
+        <v>26858277.0</v>
       </c>
       <c r="O16" s="6">
-        <v>17983378.0</v>
+        <v>19356001.0</v>
       </c>
       <c r="P16" s="6">
-        <v>7960427.0</v>
+        <v>9655457.0</v>
       </c>
       <c r="Q16" s="6">
-        <v>1527706.0</v>
+        <v>1788057.0</v>
       </c>
       <c r="R16" s="6">
-        <v>6432721.0</v>
+        <v>7867400.0</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D17" s="6">
-        <v>11824.0</v>
+        <v>12345.0</v>
       </c>
       <c r="E17" s="6">
-        <v>1201263480.0</v>
+        <v>1290180294.0</v>
       </c>
       <c r="F17" s="6">
-        <v>1052456070.0</v>
+        <v>1155576303.0</v>
       </c>
       <c r="G17" s="6">
-        <v>148807410.0</v>
+        <v>134603991.0</v>
       </c>
       <c r="H17" s="6">
-        <v>8797527.0</v>
+        <v>12510403.0</v>
       </c>
       <c r="I17" s="6">
-        <v>8615848.0</v>
+        <v>15709050.0</v>
       </c>
       <c r="J17" s="6">
-        <v>1043840222.0</v>
+        <v>1139867253.0</v>
       </c>
       <c r="K17" s="6">
-        <v>821185579.0</v>
+        <v>857369547.0</v>
       </c>
       <c r="L17" s="6">
-        <v>741214605.0</v>
+        <v>778210757.0</v>
       </c>
       <c r="M17" s="6">
-        <v>17840319.0</v>
+        <v>22258614.0</v>
       </c>
       <c r="N17" s="6">
-        <v>151490652.0</v>
+        <v>177127967.0</v>
       </c>
       <c r="O17" s="6">
-        <v>172443014.0</v>
+        <v>180047446.0</v>
       </c>
       <c r="P17" s="6">
-        <v>33992178.0</v>
+        <v>51481698.0</v>
       </c>
       <c r="Q17" s="6">
-        <v>49585655.0</v>
+        <v>48848234.0</v>
       </c>
       <c r="R17" s="6">
-        <v>-15593477.0</v>
+        <v>2633464.0</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D18" s="6">
-        <v>24773.0</v>
+        <v>25461.0</v>
       </c>
       <c r="E18" s="6">
-        <v>6330004892.0</v>
+        <v>6147638690.0</v>
       </c>
       <c r="F18" s="6">
-        <v>4489326019.0</v>
+        <v>4513030094.0</v>
       </c>
       <c r="G18" s="6">
-        <v>1840678873.0</v>
+        <v>1634608596.0</v>
       </c>
       <c r="H18" s="6">
-        <v>966350576.0</v>
+        <v>757984278.0</v>
       </c>
       <c r="I18" s="6">
-        <v>164691667.0</v>
+        <v>47891108.0</v>
       </c>
       <c r="J18" s="6">
-        <v>4324634352.0</v>
+        <v>4465138986.0</v>
       </c>
       <c r="K18" s="6">
-        <v>5017157857.0</v>
+        <v>4600610460.0</v>
       </c>
       <c r="L18" s="6">
-        <v>2725372366.0</v>
+        <v>2579387338.0</v>
       </c>
       <c r="M18" s="6">
-        <v>341739376.0</v>
+        <v>321986700.0</v>
       </c>
       <c r="N18" s="6">
-        <v>1264418423.0</v>
+        <v>1241998940.0</v>
       </c>
       <c r="O18" s="6">
-        <v>1041648620.0</v>
+        <v>953650918.0</v>
       </c>
       <c r="P18" s="6">
-        <v>397285502.0</v>
+        <v>436236301.0</v>
       </c>
       <c r="Q18" s="6">
-        <v>98615526.0</v>
+        <v>78184212.0</v>
       </c>
       <c r="R18" s="6">
-        <v>298669976.0</v>
+        <v>358052089.0</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D19" s="6">
-        <v>8213.0</v>
+        <v>8434.0</v>
       </c>
       <c r="E19" s="6">
-        <v>2184370073.0</v>
+        <v>2096389184.0</v>
       </c>
       <c r="F19" s="6">
-        <v>886352667.0</v>
+        <v>870630093.0</v>
       </c>
       <c r="G19" s="6">
-        <v>1298017406.0</v>
+        <v>1225759091.0</v>
       </c>
       <c r="H19" s="6">
-        <v>26592651.0</v>
+        <v>26171619.0</v>
       </c>
       <c r="I19" s="6">
-        <v>15609085.0</v>
+        <v>13093294.0</v>
       </c>
       <c r="J19" s="6">
-        <v>870743582.0</v>
+        <v>857536799.0</v>
       </c>
       <c r="K19" s="6">
-        <v>1308151497.0</v>
+        <v>1183036133.0</v>
       </c>
       <c r="L19" s="6">
-        <v>757872323.0</v>
+        <v>753109476.0</v>
       </c>
       <c r="M19" s="6">
-        <v>8619252.0</v>
+        <v>8657652.0</v>
       </c>
       <c r="N19" s="6">
-        <v>302058626.0</v>
+        <v>276847174.0</v>
       </c>
       <c r="O19" s="6">
-        <v>274162857.0</v>
+        <v>248355071.0</v>
       </c>
       <c r="P19" s="6">
-        <v>91518447.0</v>
+        <v>89979196.0</v>
       </c>
       <c r="Q19" s="6">
-        <v>61237716.0</v>
+        <v>58430419.0</v>
       </c>
       <c r="R19" s="6">
-        <v>30280731.0</v>
+        <v>31548777.0</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D20" s="6">
-        <v>3998.0</v>
+        <v>4176.0</v>
       </c>
       <c r="E20" s="6">
-        <v>196066622.0</v>
+        <v>223656986.0</v>
       </c>
       <c r="F20" s="6">
-        <v>192181900.0</v>
+        <v>219941885.0</v>
       </c>
       <c r="G20" s="6">
-        <v>3884722.0</v>
+        <v>3715101.0</v>
       </c>
       <c r="H20" s="6">
-        <v>1368227.0</v>
+        <v>1442859.0</v>
       </c>
       <c r="I20" s="6">
-        <v>3516716.0</v>
+        <v>5096065.0</v>
       </c>
       <c r="J20" s="6">
-        <v>188665184.0</v>
+        <v>214845820.0</v>
       </c>
       <c r="K20" s="6">
-        <v>121902732.0</v>
+        <v>139217179.0</v>
       </c>
       <c r="L20" s="6">
-        <v>109509519.0</v>
+        <v>125988376.0</v>
       </c>
       <c r="M20" s="6">
-        <v>276590.0</v>
+        <v>902500.0</v>
       </c>
       <c r="N20" s="6">
-        <v>40104703.0</v>
+        <v>46672074.0</v>
       </c>
       <c r="O20" s="6">
-        <v>25599508.0</v>
+        <v>29235193.0</v>
       </c>
       <c r="P20" s="6">
-        <v>17244372.0</v>
+        <v>19661420.0</v>
       </c>
       <c r="Q20" s="6">
-        <v>2367610.0</v>
+        <v>1529047.0</v>
       </c>
       <c r="R20" s="6">
-        <v>14876762.0</v>
+        <v>18132373.0</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D21" s="6">
-        <v>1119.0</v>
+        <v>1283.0</v>
       </c>
       <c r="E21" s="6">
-        <v>151969462.0</v>
+        <v>180900292.0</v>
       </c>
       <c r="F21" s="6">
-        <v>81708815.0</v>
+        <v>102048746.0</v>
       </c>
       <c r="G21" s="6">
-        <v>70260647.0</v>
+        <v>78851546.0</v>
       </c>
       <c r="H21" s="6">
-        <v>500473.0</v>
+        <v>987329.0</v>
       </c>
       <c r="I21" s="6">
-        <v>6959241.0</v>
+        <v>17068397.0</v>
       </c>
       <c r="J21" s="6">
-        <v>74749574.0</v>
+        <v>84980349.0</v>
       </c>
       <c r="K21" s="6">
-        <v>277740288.0</v>
+        <v>270505483.0</v>
       </c>
       <c r="L21" s="6">
-        <v>197806495.0</v>
+        <v>197164619.0</v>
       </c>
       <c r="M21" s="6">
-        <v>796367.0</v>
+        <v>173519.0</v>
       </c>
       <c r="N21" s="6">
-        <v>31130158.0</v>
+        <v>31841504.0</v>
       </c>
       <c r="O21" s="6">
-        <v>58324044.0</v>
+        <v>56798911.0</v>
       </c>
       <c r="P21" s="6">
-        <v>8240484.0</v>
+        <v>7524537.0</v>
       </c>
       <c r="Q21" s="6">
-        <v>34325401.0</v>
+        <v>30669151.0</v>
       </c>
       <c r="R21" s="6">
-        <v>-26084917.0</v>
+        <v>-23144614.0</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D22" s="6">
-        <v>3881.0</v>
+        <v>4423.0</v>
       </c>
       <c r="E22" s="6">
-        <v>533748562.0</v>
+        <v>749107147.0</v>
       </c>
       <c r="F22" s="6">
-        <v>245833803.0</v>
+        <v>342319207.0</v>
       </c>
       <c r="G22" s="6">
-        <v>287914759.0</v>
+        <v>406787940.0</v>
       </c>
       <c r="H22" s="6">
-        <v>10826457.0</v>
+        <v>11688710.0</v>
       </c>
       <c r="I22" s="6">
-        <v>4194390.0</v>
+        <v>4219492.0</v>
       </c>
       <c r="J22" s="6">
-        <v>241639413.0</v>
+        <v>338099715.0</v>
       </c>
       <c r="K22" s="6">
-        <v>286734456.0</v>
+        <v>380838443.0</v>
       </c>
       <c r="L22" s="6">
-        <v>154883671.0</v>
+        <v>205310657.0</v>
       </c>
       <c r="M22" s="6">
-        <v>1769171.0</v>
+        <v>2690614.0</v>
       </c>
       <c r="N22" s="6">
-        <v>80671227.0</v>
+        <v>109656505.0</v>
       </c>
       <c r="O22" s="6">
-        <v>60211910.0</v>
+        <v>79912597.0</v>
       </c>
       <c r="P22" s="6">
-        <v>31230614.0</v>
+        <v>43233161.0</v>
       </c>
       <c r="Q22" s="6">
-        <v>8851123.0</v>
+        <v>10682351.0</v>
       </c>
       <c r="R22" s="6">
-        <v>22379491.0</v>
+        <v>32550810.0</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D23" s="6">
-        <v>775.0</v>
+        <v>865.0</v>
       </c>
       <c r="E23" s="6">
-        <v>907757366.0</v>
+        <v>855343830.0</v>
       </c>
       <c r="F23" s="6">
-        <v>872248399.0</v>
+        <v>819720615.0</v>
       </c>
       <c r="G23" s="6">
-        <v>35508967.0</v>
+        <v>35623215.0</v>
       </c>
       <c r="H23" s="6">
-        <v>292582.0</v>
+        <v>435222.0</v>
       </c>
       <c r="I23" s="6">
-        <v>619337239.0</v>
+        <v>594681131.0</v>
       </c>
       <c r="J23" s="6">
-        <v>252911160.0</v>
+        <v>225039484.0</v>
       </c>
       <c r="K23" s="6">
-        <v>298721190.0</v>
+        <v>322065328.0</v>
       </c>
       <c r="L23" s="6">
-        <v>250144291.0</v>
+        <v>245255062.0</v>
       </c>
       <c r="M23" s="6">
-        <v>145214.0</v>
+        <v>63067.0</v>
       </c>
       <c r="N23" s="6">
-        <v>63586051.0</v>
+        <v>64627583.0</v>
       </c>
       <c r="O23" s="6">
-        <v>62731450.0</v>
+        <v>67633719.0</v>
       </c>
       <c r="P23" s="6">
-        <v>13317840.0</v>
+        <v>17254788.0</v>
       </c>
       <c r="Q23" s="6">
-        <v>981102.0</v>
+        <v>2645957.0</v>
       </c>
       <c r="R23" s="6">
-        <v>12336738.0</v>
+        <v>14608831.0</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D24" s="6">
-        <v>6798.0</v>
+        <v>7207.0</v>
       </c>
       <c r="E24" s="6">
-        <v>406663032.0</v>
+        <v>545016369.0</v>
       </c>
       <c r="F24" s="6">
-        <v>395967126.0</v>
+        <v>535040091.0</v>
       </c>
       <c r="G24" s="6">
-        <v>10695906.0</v>
+        <v>9976278.0</v>
       </c>
       <c r="H24" s="6">
-        <v>3242067.0</v>
+        <v>2207550.0</v>
       </c>
       <c r="I24" s="6">
-        <v>45722546.0</v>
+        <v>83928307.0</v>
       </c>
       <c r="J24" s="6">
-        <v>350244580.0</v>
+        <v>451111784.0</v>
       </c>
       <c r="K24" s="6">
-        <v>323233697.0</v>
+        <v>457118167.0</v>
       </c>
       <c r="L24" s="6">
-        <v>311943167.0</v>
+        <v>443190114.0</v>
       </c>
       <c r="M24" s="6">
-        <v>940752.0</v>
+        <v>2475181.0</v>
       </c>
       <c r="N24" s="6">
-        <v>99516604.0</v>
+        <v>139312975.0</v>
       </c>
       <c r="O24" s="6">
-        <v>67839161.0</v>
+        <v>95994815.0</v>
       </c>
       <c r="P24" s="6">
-        <v>49313337.0</v>
+        <v>65663835.0</v>
       </c>
       <c r="Q24" s="6">
-        <v>15864160.0</v>
+        <v>18612638.0</v>
       </c>
       <c r="R24" s="6">
-        <v>33449177.0</v>
+        <v>47051197.0</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D25" s="6">
-        <v>10378.0</v>
+        <v>13104.0</v>
       </c>
       <c r="E25" s="6">
-        <v>516239362.0</v>
+        <v>1345912990.0</v>
       </c>
       <c r="F25" s="6">
-        <v>362321194.0</v>
+        <v>1119492154.0</v>
       </c>
       <c r="G25" s="6">
-        <v>153918168.0</v>
+        <v>226420836.0</v>
       </c>
       <c r="H25" s="6">
-        <v>11329254.0</v>
+        <v>9913219.0</v>
       </c>
       <c r="I25" s="6">
-        <v>12518262.0</v>
+        <v>448700212.0</v>
       </c>
       <c r="J25" s="6">
-        <v>349802932.0</v>
+        <v>670791942.0</v>
       </c>
       <c r="K25" s="6">
-        <v>287181349.0</v>
+        <v>392778256.0</v>
       </c>
       <c r="L25" s="6">
-        <v>201539362.0</v>
+        <v>291321376.0</v>
       </c>
       <c r="M25" s="6">
-        <v>4354376.0</v>
+        <v>2861205.0</v>
       </c>
       <c r="N25" s="6">
-        <v>90332761.0</v>
+        <v>161498466.0</v>
       </c>
       <c r="O25" s="6">
-        <v>60263195.0</v>
+        <v>82405139.0</v>
       </c>
       <c r="P25" s="6">
-        <v>43395059.0</v>
+        <v>98274479.0</v>
       </c>
       <c r="Q25" s="6">
-        <v>10166119.0</v>
+        <v>15661633.0</v>
       </c>
       <c r="R25" s="6">
-        <v>33228940.0</v>
+        <v>82612846.0</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D26" s="6">
-        <v>4221.0</v>
+        <v>4550.0</v>
       </c>
       <c r="E26" s="6">
-        <v>469524932.0</v>
+        <v>467906628.0</v>
       </c>
       <c r="F26" s="6">
-        <v>297897410.0</v>
+        <v>305913847.0</v>
       </c>
       <c r="G26" s="6">
-        <v>171627522.0</v>
+        <v>161992781.0</v>
       </c>
       <c r="H26" s="6">
-        <v>25014591.0</v>
+        <v>17121138.0</v>
       </c>
       <c r="I26" s="6">
-        <v>7704888.0</v>
+        <v>10354262.0</v>
       </c>
       <c r="J26" s="6">
-        <v>290192522.0</v>
+        <v>295559585.0</v>
       </c>
       <c r="K26" s="6">
-        <v>238580126.0</v>
+        <v>252147972.0</v>
       </c>
       <c r="L26" s="6">
-        <v>156827295.0</v>
+        <v>179553547.0</v>
       </c>
       <c r="M26" s="6">
-        <v>2514671.0</v>
+        <v>2721529.0</v>
       </c>
       <c r="N26" s="6">
-        <v>74575242.0</v>
+        <v>74560034.0</v>
       </c>
       <c r="O26" s="6">
-        <v>49113923.0</v>
+        <v>51478574.0</v>
       </c>
       <c r="P26" s="6">
-        <v>33341020.0</v>
+        <v>32714944.0</v>
       </c>
       <c r="Q26" s="6">
-        <v>6634278.0</v>
+        <v>7603602.0</v>
       </c>
       <c r="R26" s="6">
-        <v>26706742.0</v>
+        <v>25111342.0</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D27" s="6">
-        <v>59.0</v>
+        <v>60.0</v>
       </c>
       <c r="E27" s="6">
-        <v>14842543.0</v>
+        <v>26145592.0</v>
       </c>
       <c r="F27" s="6">
-        <v>13401123.0</v>
+        <v>24455425.0</v>
       </c>
       <c r="G27" s="6">
-        <v>1441420.0</v>
+        <v>1690167.0</v>
       </c>
       <c r="H27" s="6">
         <v>0.0</v>
       </c>
       <c r="I27" s="6">
-        <v>6576397.0</v>
+        <v>11797010.0</v>
       </c>
       <c r="J27" s="6">
-        <v>6824726.0</v>
+        <v>12658415.0</v>
       </c>
       <c r="K27" s="6">
-        <v>225159729.0</v>
+        <v>194427690.0</v>
       </c>
       <c r="L27" s="6">
-        <v>104814786.0</v>
+        <v>112925933.0</v>
       </c>
       <c r="M27" s="6">
-        <v>84917305.0</v>
+        <v>10687657.0</v>
       </c>
       <c r="N27" s="6">
-        <v>24165048.0</v>
+        <v>29454493.0</v>
       </c>
       <c r="O27" s="6">
-        <v>47283543.0</v>
+        <v>40829815.0</v>
       </c>
       <c r="P27" s="6">
-        <v>40682503.0</v>
+        <v>28983938.0</v>
       </c>
       <c r="Q27" s="6">
-        <v>16960.0</v>
+        <v>12967.0</v>
       </c>
       <c r="R27" s="6">
-        <v>40665543.0</v>
+        <v>28970971.0</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D28" s="6">
-        <v>642.0</v>
+        <v>759.0</v>
       </c>
       <c r="E28" s="6">
-        <v>31724892.0</v>
+        <v>40567595.0</v>
       </c>
       <c r="F28" s="6">
-        <v>29669868.0</v>
+        <v>38056407.0</v>
       </c>
       <c r="G28" s="6">
-        <v>2055024.0</v>
+        <v>2511188.0</v>
       </c>
       <c r="H28" s="6">
-        <v>266823.0</v>
+        <v>273758.0</v>
       </c>
       <c r="I28" s="6">
-        <v>18180501.0</v>
+        <v>17904392.0</v>
       </c>
       <c r="J28" s="6">
-        <v>11489367.0</v>
+        <v>20152015.0</v>
       </c>
       <c r="K28" s="6">
-        <v>22147606.0</v>
+        <v>35740290.0</v>
       </c>
       <c r="L28" s="6">
-        <v>18961867.0</v>
+        <v>31775828.0</v>
       </c>
       <c r="M28" s="6">
-        <v>158500.0</v>
+        <v>77333.0</v>
       </c>
       <c r="N28" s="6">
-        <v>4249775.0</v>
+        <v>7519023.0</v>
       </c>
       <c r="O28" s="6">
-        <v>4650928.0</v>
+        <v>7505461.0</v>
       </c>
       <c r="P28" s="6">
-        <v>3264867.0</v>
+        <v>5832491.0</v>
       </c>
       <c r="Q28" s="6">
-        <v>183201.0</v>
+        <v>404226.0</v>
       </c>
       <c r="R28" s="6">
-        <v>3081666.0</v>
+        <v>5428265.0</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D29" s="6">
-        <v>471.0</v>
+        <v>497.0</v>
       </c>
       <c r="E29" s="6">
-        <v>224668530.0</v>
+        <v>235835893.0</v>
       </c>
       <c r="F29" s="6">
-        <v>223204909.0</v>
+        <v>234205284.0</v>
       </c>
       <c r="G29" s="6">
-        <v>1463621.0</v>
+        <v>1630609.0</v>
       </c>
       <c r="H29" s="6">
-        <v>308732.0</v>
+        <v>244018.0</v>
       </c>
       <c r="I29" s="6">
-        <v>211236046.0</v>
+        <v>220941848.0</v>
       </c>
       <c r="J29" s="6">
-        <v>11968863.0</v>
+        <v>13263436.0</v>
       </c>
       <c r="K29" s="6">
-        <v>73182190.0</v>
+        <v>61072367.0</v>
       </c>
       <c r="L29" s="6">
-        <v>67799476.0</v>
+        <v>55910419.0</v>
       </c>
       <c r="M29" s="6">
-        <v>613743.0</v>
+        <v>305529.0</v>
       </c>
       <c r="N29" s="6">
-        <v>6774727.0</v>
+        <v>6907825.0</v>
       </c>
       <c r="O29" s="6">
-        <v>15368260.0</v>
+        <v>12825197.0</v>
       </c>
       <c r="P29" s="6">
-        <v>5029423.0</v>
+        <v>4913031.0</v>
       </c>
       <c r="Q29" s="6">
-        <v>147913.0</v>
+        <v>172598.0</v>
       </c>
       <c r="R29" s="6">
-        <v>4881510.0</v>
+        <v>4740433.0</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D30" s="6">
-        <v>1379.0</v>
+        <v>1615.0</v>
       </c>
       <c r="E30" s="6">
-        <v>44648729.0</v>
+        <v>79985863.0</v>
       </c>
       <c r="F30" s="6">
-        <v>40680547.0</v>
+        <v>75879839.0</v>
       </c>
       <c r="G30" s="6">
-        <v>3968182.0</v>
+        <v>4106024.0</v>
       </c>
       <c r="H30" s="6">
-        <v>788457.0</v>
+        <v>506395.0</v>
       </c>
       <c r="I30" s="6">
-        <v>5455843.0</v>
+        <v>5900212.0</v>
       </c>
       <c r="J30" s="6">
-        <v>35224704.0</v>
+        <v>69979627.0</v>
       </c>
       <c r="K30" s="6">
-        <v>30932528.0</v>
+        <v>45720628.0</v>
       </c>
       <c r="L30" s="6">
-        <v>26016133.0</v>
+        <v>39950614.0</v>
       </c>
       <c r="M30" s="6">
-        <v>571752.0</v>
+        <v>346976.0</v>
       </c>
       <c r="N30" s="6">
-        <v>8859106.0</v>
+        <v>15578006.0</v>
       </c>
       <c r="O30" s="6">
-        <v>6495831.0</v>
+        <v>9574015.0</v>
       </c>
       <c r="P30" s="6">
-        <v>4165041.0</v>
+        <v>8211668.0</v>
       </c>
       <c r="Q30" s="6">
-        <v>730626.0</v>
+        <v>957221.0</v>
       </c>
       <c r="R30" s="6">
-        <v>3434415.0</v>
+        <v>7254447.0</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D31" s="6">
-        <v>3028.0</v>
+        <v>3241.0</v>
       </c>
       <c r="E31" s="6">
-        <v>120831072.0</v>
+        <v>116627506.0</v>
       </c>
       <c r="F31" s="6">
-        <v>103039554.0</v>
+        <v>99197632.0</v>
       </c>
       <c r="G31" s="6">
-        <v>17791518.0</v>
+        <v>17429874.0</v>
       </c>
       <c r="H31" s="6">
-        <v>4663507.0</v>
+        <v>4814460.0</v>
       </c>
       <c r="I31" s="6">
-        <v>1847602.0</v>
+        <v>4397122.0</v>
       </c>
       <c r="J31" s="6">
-        <v>101191952.0</v>
+        <v>94800510.0</v>
       </c>
       <c r="K31" s="6">
-        <v>69964106.0</v>
+        <v>80349469.0</v>
       </c>
       <c r="L31" s="6">
-        <v>53826357.0</v>
+        <v>65157729.0</v>
       </c>
       <c r="M31" s="6">
-        <v>2609957.0</v>
+        <v>2853743.0</v>
       </c>
       <c r="N31" s="6">
-        <v>24203192.0</v>
+        <v>23175428.0</v>
       </c>
       <c r="O31" s="6">
-        <v>14675809.0</v>
+        <v>16873251.0</v>
       </c>
       <c r="P31" s="6">
-        <v>11163272.0</v>
+        <v>10453153.0</v>
       </c>
       <c r="Q31" s="6">
-        <v>848277.0</v>
+        <v>3296879.0</v>
       </c>
       <c r="R31" s="6">
-        <v>10314995.0</v>
+        <v>7156274.0</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D32" s="6">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
       <c r="E32" s="6">
-        <v>1278.0</v>
+        <v>259137.0</v>
       </c>
       <c r="F32" s="6">
-        <v>1278.0</v>
+        <v>259137.0</v>
       </c>
       <c r="G32" s="6">
         <v>0.0</v>
       </c>
       <c r="H32" s="6">
         <v>0.0</v>
       </c>
       <c r="I32" s="6">
-        <v>0.0</v>
+        <v>7235.0</v>
       </c>
       <c r="J32" s="6">
-        <v>1278.0</v>
+        <v>251902.0</v>
       </c>
       <c r="K32" s="6">
-        <v>1357.0</v>
+        <v>91767.0</v>
       </c>
       <c r="L32" s="6">
-        <v>1152.0</v>
+        <v>91767.0</v>
       </c>
       <c r="M32" s="6">
         <v>0.0</v>
       </c>
       <c r="N32" s="6">
-        <v>273.0</v>
+        <v>52901.0</v>
       </c>
       <c r="O32" s="6">
-        <v>285.0</v>
+        <v>19271.0</v>
       </c>
       <c r="P32" s="6">
-        <v>125.0</v>
+        <v>33841.0</v>
       </c>
       <c r="Q32" s="6">
-        <v>137.0</v>
+        <v>181.0</v>
       </c>
       <c r="R32" s="6">
-        <v>-12.0</v>
+        <v>33660.0</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D33" s="6">
-        <v>69.0</v>
+        <v>402.0</v>
       </c>
       <c r="E33" s="6">
-        <v>1401890.0</v>
+        <v>13550253.0</v>
       </c>
       <c r="F33" s="6">
-        <v>1000300.0</v>
+        <v>13194189.0</v>
       </c>
       <c r="G33" s="6">
-        <v>401590.0</v>
+        <v>356064.0</v>
       </c>
       <c r="H33" s="6">
-        <v>395142.0</v>
+        <v>179794.0</v>
       </c>
       <c r="I33" s="6">
-        <v>1332.0</v>
+        <v>825088.0</v>
       </c>
       <c r="J33" s="6">
-        <v>998968.0</v>
+        <v>12369101.0</v>
       </c>
       <c r="K33" s="6">
-        <v>1023057.0</v>
+        <v>24085029.0</v>
       </c>
       <c r="L33" s="6">
-        <v>362795.0</v>
+        <v>22254786.0</v>
       </c>
       <c r="M33" s="6">
-        <v>50424.0</v>
+        <v>159233.0</v>
       </c>
       <c r="N33" s="6">
-        <v>332015.0</v>
+        <v>3533910.0</v>
       </c>
       <c r="O33" s="6">
-        <v>214842.0</v>
+        <v>5057856.0</v>
       </c>
       <c r="P33" s="6">
-        <v>146083.0</v>
+        <v>1940569.0</v>
       </c>
       <c r="Q33" s="6">
-        <v>13671.0</v>
+        <v>3413331.0</v>
       </c>
       <c r="R33" s="6">
-        <v>132412.0</v>
+        <v>-1472762.0</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-09</t>
+            <t xml:space="preserve">2025-11</t>
           </r>
         </is>
       </c>
       <c r="B34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D34" s="6">
-        <v>97669.0</v>
+        <v>97700.0</v>
       </c>
       <c r="E34" s="6">
-        <v>17431412477.0</v>
+        <v>16518740541.0</v>
       </c>
       <c r="F34" s="6">
-        <v>11461973249.0</v>
+        <v>10806932154.0</v>
       </c>
       <c r="G34" s="6">
-        <v>5969439228.0</v>
+        <v>5711808387.0</v>
       </c>
       <c r="H34" s="6">
-        <v>2240280066.0</v>
+        <v>2144588253.0</v>
       </c>
       <c r="I34" s="6">
-        <v>1311556789.0</v>
+        <v>997310217.0</v>
       </c>
       <c r="J34" s="6">
-        <v>10150416460.0</v>
+        <v>9809621937.0</v>
       </c>
       <c r="K34" s="6">
-        <v>12592157951.0</v>
+        <v>11781845038.0</v>
       </c>
       <c r="L34" s="6">
-        <v>7804922985.0</v>
+        <v>7264638085.0</v>
       </c>
       <c r="M34" s="6">
-        <v>1097331076.0</v>
+        <v>894006367.0</v>
       </c>
       <c r="N34" s="6">
-        <v>2884879599.0</v>
+        <v>2784488449.0</v>
       </c>
       <c r="O34" s="6">
-        <v>2631928838.0</v>
+        <v>2462383873.0</v>
       </c>
       <c r="P34" s="6">
-        <v>938325509.0</v>
+        <v>935448811.0</v>
       </c>
       <c r="Q34" s="6">
-        <v>391232919.0</v>
+        <v>356500464.0</v>
       </c>
       <c r="R34" s="6">
-        <v>547092590.0</v>
+        <v>578948347.0</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D35" s="6">
-        <v>4521.0</v>
+        <v>4524.0</v>
       </c>
       <c r="E35" s="6">
-        <v>360923199.0</v>
+        <v>309930617.0</v>
       </c>
       <c r="F35" s="6">
-        <v>304663711.0</v>
+        <v>266881994.0</v>
       </c>
       <c r="G35" s="6">
-        <v>56259488.0</v>
+        <v>43048623.0</v>
       </c>
       <c r="H35" s="6">
-        <v>42077590.0</v>
+        <v>31937037.0</v>
       </c>
       <c r="I35" s="6">
-        <v>4283145.0</v>
+        <v>5915905.0</v>
       </c>
       <c r="J35" s="6">
-        <v>300380566.0</v>
+        <v>260966089.0</v>
       </c>
       <c r="K35" s="6">
-        <v>285366544.0</v>
+        <v>225867777.0</v>
       </c>
       <c r="L35" s="6">
-        <v>267533571.0</v>
+        <v>209709924.0</v>
       </c>
       <c r="M35" s="6">
-        <v>1257400.0</v>
+        <v>900852.0</v>
       </c>
       <c r="N35" s="6">
-        <v>70573297.0</v>
+        <v>62709367.0</v>
       </c>
       <c r="O35" s="6">
-        <v>59604253.0</v>
+        <v>47203847.0</v>
       </c>
       <c r="P35" s="6">
-        <v>24586687.0</v>
+        <v>24125169.0</v>
       </c>
       <c r="Q35" s="6">
-        <v>13167509.0</v>
+        <v>8145383.0</v>
       </c>
       <c r="R35" s="6">
-        <v>11419178.0</v>
+        <v>15979786.0</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D36" s="6">
-        <v>220.0</v>
+        <v>217.0</v>
       </c>
       <c r="E36" s="6">
-        <v>36378696.0</v>
+        <v>29304706.0</v>
       </c>
       <c r="F36" s="6">
-        <v>30811845.0</v>
+        <v>24561729.0</v>
       </c>
       <c r="G36" s="6">
-        <v>5566851.0</v>
+        <v>4742977.0</v>
       </c>
       <c r="H36" s="6">
-        <v>3238559.0</v>
+        <v>3077565.0</v>
       </c>
       <c r="I36" s="6">
-        <v>82183.0</v>
+        <v>172975.0</v>
       </c>
       <c r="J36" s="6">
-        <v>30729662.0</v>
+        <v>24388754.0</v>
       </c>
       <c r="K36" s="6">
-        <v>17380795.0</v>
+        <v>15286795.0</v>
       </c>
       <c r="L36" s="6">
-        <v>16163062.0</v>
+        <v>14409967.0</v>
       </c>
       <c r="M36" s="6">
-        <v>136548.0</v>
+        <v>45214.0</v>
       </c>
       <c r="N36" s="6">
-        <v>6666894.0</v>
+        <v>5334859.0</v>
       </c>
       <c r="O36" s="6">
-        <v>3649967.0</v>
+        <v>3210227.0</v>
       </c>
       <c r="P36" s="6">
-        <v>3324319.0</v>
+        <v>2551970.0</v>
       </c>
       <c r="Q36" s="6">
-        <v>260929.0</v>
+        <v>398755.0</v>
       </c>
       <c r="R36" s="6">
-        <v>3063390.0</v>
+        <v>2153215.0</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D37" s="6">
-        <v>9500.0</v>
+        <v>9498.0</v>
       </c>
       <c r="E37" s="6">
-        <v>3264145708.0</v>
+        <v>3164326890.0</v>
       </c>
       <c r="F37" s="6">
-        <v>1446801147.0</v>
+        <v>1358836371.0</v>
       </c>
       <c r="G37" s="6">
-        <v>1817344561.0</v>
+        <v>1805490519.0</v>
       </c>
       <c r="H37" s="6">
-        <v>1171229224.0</v>
+        <v>1121718380.0</v>
       </c>
       <c r="I37" s="6">
-        <v>7766622.0</v>
+        <v>6298816.0</v>
       </c>
       <c r="J37" s="6">
-        <v>1439034525.0</v>
+        <v>1352537555.0</v>
       </c>
       <c r="K37" s="6">
-        <v>2721396964.0</v>
+        <v>2364836944.0</v>
       </c>
       <c r="L37" s="6">
-        <v>1315072353.0</v>
+        <v>1160438200.0</v>
       </c>
       <c r="M37" s="6">
-        <v>722256500.0</v>
+        <v>531500252.0</v>
       </c>
       <c r="N37" s="6">
-        <v>458974553.0</v>
+        <v>426404214.0</v>
       </c>
       <c r="O37" s="6">
-        <v>570979725.0</v>
+        <v>495808393.0</v>
       </c>
       <c r="P37" s="6">
-        <v>131387521.0</v>
+        <v>124081551.0</v>
       </c>
       <c r="Q37" s="6">
-        <v>83756886.0</v>
+        <v>85066261.0</v>
       </c>
       <c r="R37" s="6">
-        <v>47630635.0</v>
+        <v>39015290.0</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D38" s="6">
-        <v>950.0</v>
+        <v>938.0</v>
       </c>
       <c r="E38" s="6">
-        <v>473314839.0</v>
+        <v>488775357.0</v>
       </c>
       <c r="F38" s="6">
-        <v>357896787.0</v>
+        <v>405378693.0</v>
       </c>
       <c r="G38" s="6">
-        <v>115418052.0</v>
+        <v>83396664.0</v>
       </c>
       <c r="H38" s="6">
-        <v>11169829.0</v>
+        <v>10091140.0</v>
       </c>
       <c r="I38" s="6">
-        <v>1266164.0</v>
+        <v>3170428.0</v>
       </c>
       <c r="J38" s="6">
-        <v>356630623.0</v>
+        <v>402208265.0</v>
       </c>
       <c r="K38" s="6">
-        <v>602633843.0</v>
+        <v>537695209.0</v>
       </c>
       <c r="L38" s="6">
-        <v>422980733.0</v>
+        <v>382337476.0</v>
       </c>
       <c r="M38" s="6">
-        <v>12404395.0</v>
+        <v>6069352.0</v>
       </c>
       <c r="N38" s="6">
-        <v>137416500.0</v>
+        <v>141794720.0</v>
       </c>
       <c r="O38" s="6">
-        <v>126553107.0</v>
+        <v>112915994.0</v>
       </c>
       <c r="P38" s="6">
-        <v>28112463.0</v>
+        <v>36790836.0</v>
       </c>
       <c r="Q38" s="6">
-        <v>14546323.0</v>
+        <v>6535706.0</v>
       </c>
       <c r="R38" s="6">
-        <v>13566140.0</v>
+        <v>30255130.0</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D39" s="6">
         <v>386.0</v>
       </c>
       <c r="E39" s="6">
-        <v>100646821.0</v>
+        <v>96021992.0</v>
       </c>
       <c r="F39" s="6">
-        <v>85471978.0</v>
+        <v>79993803.0</v>
       </c>
       <c r="G39" s="6">
-        <v>15174843.0</v>
+        <v>16028189.0</v>
       </c>
       <c r="H39" s="6">
-        <v>12515561.0</v>
+        <v>11035374.0</v>
       </c>
       <c r="I39" s="6">
-        <v>344273.0</v>
+        <v>180824.0</v>
       </c>
       <c r="J39" s="6">
-        <v>85127705.0</v>
+        <v>79812979.0</v>
       </c>
       <c r="K39" s="6">
-        <v>71477571.0</v>
+        <v>73963050.0</v>
       </c>
       <c r="L39" s="6">
-        <v>66545857.0</v>
+        <v>66137419.0</v>
       </c>
       <c r="M39" s="6">
-        <v>583781.0</v>
+        <v>1121071.0</v>
       </c>
       <c r="N39" s="6">
-        <v>21497524.0</v>
+        <v>20529121.0</v>
       </c>
       <c r="O39" s="6">
-        <v>15010222.0</v>
+        <v>15486527.0</v>
       </c>
       <c r="P39" s="6">
-        <v>8035601.0</v>
+        <v>7108325.0</v>
       </c>
       <c r="Q39" s="6">
-        <v>1371797.0</v>
+        <v>1669465.0</v>
       </c>
       <c r="R39" s="6">
-        <v>6663804.0</v>
+        <v>5438860.0</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D40" s="6">
-        <v>11868.0</v>
+        <v>11930.0</v>
       </c>
       <c r="E40" s="6">
-        <v>1199722109.0</v>
+        <v>1160985966.0</v>
       </c>
       <c r="F40" s="6">
-        <v>1060922433.0</v>
+        <v>1020403522.0</v>
       </c>
       <c r="G40" s="6">
-        <v>138799676.0</v>
+        <v>140582444.0</v>
       </c>
       <c r="H40" s="6">
-        <v>7750484.0</v>
+        <v>10303221.0</v>
       </c>
       <c r="I40" s="6">
-        <v>7469463.0</v>
+        <v>5963346.0</v>
       </c>
       <c r="J40" s="6">
-        <v>1053452970.0</v>
+        <v>1014440176.0</v>
       </c>
       <c r="K40" s="6">
-        <v>838421143.0</v>
+        <v>762725988.0</v>
       </c>
       <c r="L40" s="6">
-        <v>758670119.0</v>
+        <v>694347424.0</v>
       </c>
       <c r="M40" s="6">
-        <v>18249252.0</v>
+        <v>15943286.0</v>
       </c>
       <c r="N40" s="6">
-        <v>156838297.0</v>
+        <v>154231752.0</v>
       </c>
       <c r="O40" s="6">
-        <v>176068440.0</v>
+        <v>160185575.0</v>
       </c>
       <c r="P40" s="6">
-        <v>35556998.0</v>
+        <v>40657944.0</v>
       </c>
       <c r="Q40" s="6">
-        <v>50063916.0</v>
+        <v>42477548.0</v>
       </c>
       <c r="R40" s="6">
-        <v>-14506918.0</v>
+        <v>-1819604.0</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D41" s="6">
-        <v>24918.0</v>
+        <v>24915.0</v>
       </c>
       <c r="E41" s="6">
-        <v>6103944538.0</v>
+        <v>5861916710.0</v>
       </c>
       <c r="F41" s="6">
-        <v>4291928451.0</v>
+        <v>4116694030.0</v>
       </c>
       <c r="G41" s="6">
-        <v>1812016087.0</v>
+        <v>1745222680.0</v>
       </c>
       <c r="H41" s="6">
-        <v>912783325.0</v>
+        <v>883421280.0</v>
       </c>
       <c r="I41" s="6">
-        <v>61384586.0</v>
+        <v>34402773.0</v>
       </c>
       <c r="J41" s="6">
-        <v>4230543865.0</v>
+        <v>4082291257.0</v>
       </c>
       <c r="K41" s="6">
-        <v>4839592233.0</v>
+        <v>4576569889.0</v>
       </c>
       <c r="L41" s="6">
-        <v>2677948681.0</v>
+        <v>2506982866.0</v>
       </c>
       <c r="M41" s="6">
-        <v>305968714.0</v>
+        <v>312074381.0</v>
       </c>
       <c r="N41" s="6">
-        <v>1234861434.0</v>
+        <v>1178655899.0</v>
       </c>
       <c r="O41" s="6">
-        <v>1006151337.0</v>
+        <v>951507232.0</v>
       </c>
       <c r="P41" s="6">
-        <v>398907163.0</v>
+        <v>384661016.0</v>
       </c>
       <c r="Q41" s="6">
-        <v>104711978.0</v>
+        <v>86660146.0</v>
       </c>
       <c r="R41" s="6">
-        <v>294195185.0</v>
+        <v>298000870.0</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D42" s="6">
-        <v>8264.0</v>
+        <v>8245.0</v>
       </c>
       <c r="E42" s="6">
-        <v>2098834538.0</v>
+        <v>1997574647.0</v>
       </c>
       <c r="F42" s="6">
-        <v>842876487.0</v>
+        <v>827250125.0</v>
       </c>
       <c r="G42" s="6">
-        <v>1255958051.0</v>
+        <v>1170324522.0</v>
       </c>
       <c r="H42" s="6">
-        <v>22200117.0</v>
+        <v>19757967.0</v>
       </c>
       <c r="I42" s="6">
-        <v>9738273.0</v>
+        <v>9408513.0</v>
       </c>
       <c r="J42" s="6">
-        <v>833138214.0</v>
+        <v>817841612.0</v>
       </c>
       <c r="K42" s="6">
-        <v>1142407491.0</v>
+        <v>1152702584.0</v>
       </c>
       <c r="L42" s="6">
-        <v>705266595.0</v>
+        <v>688424562.0</v>
       </c>
       <c r="M42" s="6">
-        <v>14697305.0</v>
+        <v>6741543.0</v>
       </c>
       <c r="N42" s="6">
-        <v>267502899.0</v>
+        <v>270861969.0</v>
       </c>
       <c r="O42" s="6">
-        <v>239509572.0</v>
+        <v>241877057.0</v>
       </c>
       <c r="P42" s="6">
-        <v>89205269.0</v>
+        <v>85440640.0</v>
       </c>
       <c r="Q42" s="6">
-        <v>57214993.0</v>
+        <v>54476018.0</v>
       </c>
       <c r="R42" s="6">
-        <v>31990276.0</v>
+        <v>30964622.0</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D43" s="6">
-        <v>4006.0</v>
+        <v>4021.0</v>
       </c>
       <c r="E43" s="6">
-        <v>211742971.0</v>
+        <v>184681719.0</v>
       </c>
       <c r="F43" s="6">
-        <v>208358440.0</v>
+        <v>181646038.0</v>
       </c>
       <c r="G43" s="6">
-        <v>3384531.0</v>
+        <v>3035681.0</v>
       </c>
       <c r="H43" s="6">
-        <v>1289054.0</v>
+        <v>1013313.0</v>
       </c>
       <c r="I43" s="6">
-        <v>7081350.0</v>
+        <v>5333642.0</v>
       </c>
       <c r="J43" s="6">
-        <v>201277090.0</v>
+        <v>176312396.0</v>
       </c>
       <c r="K43" s="6">
-        <v>135074052.0</v>
+        <v>107441500.0</v>
       </c>
       <c r="L43" s="6">
-        <v>121893876.0</v>
+        <v>95898552.0</v>
       </c>
       <c r="M43" s="6">
-        <v>297262.0</v>
+        <v>383129.0</v>
       </c>
       <c r="N43" s="6">
-        <v>45960527.0</v>
+        <v>37740430.0</v>
       </c>
       <c r="O43" s="6">
-        <v>28365551.0</v>
+        <v>22562715.0</v>
       </c>
       <c r="P43" s="6">
-        <v>18984983.0</v>
+        <v>16617483.0</v>
       </c>
       <c r="Q43" s="6">
-        <v>948750.0</v>
+        <v>973342.0</v>
       </c>
       <c r="R43" s="6">
-        <v>18036233.0</v>
+        <v>15644141.0</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D44" s="6">
-        <v>1126.0</v>
+        <v>1127.0</v>
       </c>
       <c r="E44" s="6">
-        <v>133093056.0</v>
+        <v>146891876.0</v>
       </c>
       <c r="F44" s="6">
-        <v>65219636.0</v>
+        <v>80215203.0</v>
       </c>
       <c r="G44" s="6">
-        <v>67873420.0</v>
+        <v>66676673.0</v>
       </c>
       <c r="H44" s="6">
-        <v>459948.0</v>
+        <v>387547.0</v>
       </c>
       <c r="I44" s="6">
-        <v>4982580.0</v>
+        <v>10073141.0</v>
       </c>
       <c r="J44" s="6">
-        <v>60237056.0</v>
+        <v>70142062.0</v>
       </c>
       <c r="K44" s="6">
-        <v>239572308.0</v>
+        <v>285603283.0</v>
       </c>
       <c r="L44" s="6">
-        <v>178201062.0</v>
+        <v>186224057.0</v>
       </c>
       <c r="M44" s="6">
-        <v>261762.0</v>
+        <v>236676.0</v>
       </c>
       <c r="N44" s="6">
-        <v>24079339.0</v>
+        <v>34268808.0</v>
       </c>
       <c r="O44" s="6">
-        <v>50302161.0</v>
+        <v>59969062.0</v>
       </c>
       <c r="P44" s="6">
-        <v>5662549.0</v>
+        <v>6561232.0</v>
       </c>
       <c r="Q44" s="6">
-        <v>31065132.0</v>
+        <v>30157259.0</v>
       </c>
       <c r="R44" s="6">
-        <v>-25402583.0</v>
+        <v>-23596027.0</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D45" s="6">
-        <v>3869.0</v>
+        <v>3904.0</v>
       </c>
       <c r="E45" s="6">
-        <v>530438969.0</v>
+        <v>509704372.0</v>
       </c>
       <c r="F45" s="6">
-        <v>227835926.0</v>
+        <v>237156427.0</v>
       </c>
       <c r="G45" s="6">
-        <v>302603043.0</v>
+        <v>272547945.0</v>
       </c>
       <c r="H45" s="6">
-        <v>10581464.0</v>
+        <v>9668334.0</v>
       </c>
       <c r="I45" s="6">
-        <v>2723623.0</v>
+        <v>3739270.0</v>
       </c>
       <c r="J45" s="6">
-        <v>225112303.0</v>
+        <v>233417157.0</v>
       </c>
       <c r="K45" s="6">
-        <v>273984770.0</v>
+        <v>287360557.0</v>
       </c>
       <c r="L45" s="6">
-        <v>128618895.0</v>
+        <v>143599286.0</v>
       </c>
       <c r="M45" s="6">
-        <v>3309386.0</v>
+        <v>2561891.0</v>
       </c>
       <c r="N45" s="6">
-        <v>79465957.0</v>
+        <v>82311905.0</v>
       </c>
       <c r="O45" s="6">
-        <v>57525846.0</v>
+        <v>60342824.0</v>
       </c>
       <c r="P45" s="6">
-        <v>29844060.0</v>
+        <v>30042647.0</v>
       </c>
       <c r="Q45" s="6">
-        <v>6376494.0</v>
+        <v>6320960.0</v>
       </c>
       <c r="R45" s="6">
-        <v>23467566.0</v>
+        <v>23721687.0</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D46" s="6">
-        <v>771.0</v>
+        <v>779.0</v>
       </c>
       <c r="E46" s="6">
-        <v>1162579735.0</v>
+        <v>824340495.0</v>
       </c>
       <c r="F46" s="6">
-        <v>1125010423.0</v>
+        <v>789600395.0</v>
       </c>
       <c r="G46" s="6">
-        <v>37569312.0</v>
+        <v>34740100.0</v>
       </c>
       <c r="H46" s="6">
-        <v>274030.0</v>
+        <v>179541.0</v>
       </c>
       <c r="I46" s="6">
-        <v>878649834.0</v>
+        <v>575341790.0</v>
       </c>
       <c r="J46" s="6">
-        <v>246360589.0</v>
+        <v>214258605.0</v>
       </c>
       <c r="K46" s="6">
-        <v>300384092.0</v>
+        <v>252146938.0</v>
       </c>
       <c r="L46" s="6">
-        <v>246838962.0</v>
+        <v>213692652.0</v>
       </c>
       <c r="M46" s="6">
-        <v>465976.0</v>
+        <v>53924.0</v>
       </c>
       <c r="N46" s="6">
-        <v>62815426.0</v>
+        <v>53326253.0</v>
       </c>
       <c r="O46" s="6">
-        <v>62979328.0</v>
+        <v>52950857.0</v>
       </c>
       <c r="P46" s="6">
-        <v>12887991.0</v>
+        <v>11966881.0</v>
       </c>
       <c r="Q46" s="6">
-        <v>2732905.0</v>
+        <v>1900580.0</v>
       </c>
       <c r="R46" s="6">
-        <v>10155086.0</v>
+        <v>10066301.0</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D47" s="6">
-        <v>6899.0</v>
+        <v>6809.0</v>
       </c>
       <c r="E47" s="6">
-        <v>366354301.0</v>
+        <v>377057396.0</v>
       </c>
       <c r="F47" s="6">
-        <v>356101463.0</v>
+        <v>368132501.0</v>
       </c>
       <c r="G47" s="6">
-        <v>10252838.0</v>
+        <v>8924895.0</v>
       </c>
       <c r="H47" s="6">
-        <v>1732926.0</v>
+        <v>1525395.0</v>
       </c>
       <c r="I47" s="6">
-        <v>40020156.0</v>
+        <v>41490192.0</v>
       </c>
       <c r="J47" s="6">
-        <v>316081307.0</v>
+        <v>326642309.0</v>
       </c>
       <c r="K47" s="6">
-        <v>308555447.0</v>
+        <v>317385313.0</v>
       </c>
       <c r="L47" s="6">
-        <v>298043677.0</v>
+        <v>304897443.0</v>
       </c>
       <c r="M47" s="6">
-        <v>1328419.0</v>
+        <v>1450610.0</v>
       </c>
       <c r="N47" s="6">
-        <v>97445990.0</v>
+        <v>95236931.0</v>
       </c>
       <c r="O47" s="6">
-        <v>64785147.0</v>
+        <v>66641494.0</v>
       </c>
       <c r="P47" s="6">
-        <v>42755048.0</v>
+        <v>44566019.0</v>
       </c>
       <c r="Q47" s="6">
-        <v>8514115.0</v>
+        <v>13426187.0</v>
       </c>
       <c r="R47" s="6">
-        <v>34240933.0</v>
+        <v>31139832.0</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D48" s="6">
-        <v>10511.0</v>
+        <v>10478.0</v>
       </c>
       <c r="E48" s="6">
-        <v>477117023.0</v>
+        <v>492509397.0</v>
       </c>
       <c r="F48" s="6">
-        <v>335166497.0</v>
+        <v>340857193.0</v>
       </c>
       <c r="G48" s="6">
-        <v>141950526.0</v>
+        <v>151652204.0</v>
       </c>
       <c r="H48" s="6">
-        <v>11589785.0</v>
+        <v>12767978.0</v>
       </c>
       <c r="I48" s="6">
-        <v>13135555.0</v>
+        <v>14006122.0</v>
       </c>
       <c r="J48" s="6">
-        <v>322030942.0</v>
+        <v>326851071.0</v>
       </c>
       <c r="K48" s="6">
-        <v>263780431.0</v>
+        <v>274943190.0</v>
       </c>
       <c r="L48" s="6">
-        <v>190006704.0</v>
+        <v>184132186.0</v>
       </c>
       <c r="M48" s="6">
-        <v>2192052.0</v>
+        <v>4272314.0</v>
       </c>
       <c r="N48" s="6">
-        <v>82202852.0</v>
+        <v>85973188.0</v>
       </c>
       <c r="O48" s="6">
-        <v>55336524.0</v>
+        <v>57618048.0</v>
       </c>
       <c r="P48" s="6">
-        <v>36837156.0</v>
+        <v>41227419.0</v>
       </c>
       <c r="Q48" s="6">
-        <v>7888703.0</v>
+        <v>10335514.0</v>
       </c>
       <c r="R48" s="6">
-        <v>28948453.0</v>
+        <v>30891905.0</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D49" s="6">
-        <v>4234.0</v>
+        <v>4255.0</v>
       </c>
       <c r="E49" s="6">
-        <v>453206463.0</v>
+        <v>407286953.0</v>
       </c>
       <c r="F49" s="6">
-        <v>289063698.0</v>
+        <v>267497822.0</v>
       </c>
       <c r="G49" s="6">
-        <v>164142765.0</v>
+        <v>139789131.0</v>
       </c>
       <c r="H49" s="6">
-        <v>26096087.0</v>
+        <v>20861774.0</v>
       </c>
       <c r="I49" s="6">
-        <v>7874017.0</v>
+        <v>6654172.0</v>
       </c>
       <c r="J49" s="6">
-        <v>281189681.0</v>
+        <v>260843650.0</v>
       </c>
       <c r="K49" s="6">
-        <v>244877510.0</v>
+        <v>201171550.0</v>
       </c>
       <c r="L49" s="6">
-        <v>162263581.0</v>
+        <v>138631533.0</v>
       </c>
       <c r="M49" s="6">
-        <v>2894700.0</v>
+        <v>2119676.0</v>
       </c>
       <c r="N49" s="6">
-        <v>73500009.0</v>
+        <v>65356840.0</v>
       </c>
       <c r="O49" s="6">
-        <v>50585909.0</v>
+        <v>41415417.0</v>
       </c>
       <c r="P49" s="6">
-        <v>30848525.0</v>
+        <v>30897489.0</v>
       </c>
       <c r="Q49" s="6">
-        <v>6440936.0</v>
+        <v>5670122.0</v>
       </c>
       <c r="R49" s="6">
-        <v>24407589.0</v>
+        <v>25227367.0</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D50" s="6">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="E50" s="6">
-        <v>23017923.0</v>
+        <v>16434258.0</v>
       </c>
       <c r="F50" s="6">
-        <v>19834120.0</v>
+        <v>14153278.0</v>
       </c>
       <c r="G50" s="6">
-        <v>3183803.0</v>
+        <v>2280980.0</v>
       </c>
       <c r="H50" s="6">
         <v>0.0</v>
       </c>
       <c r="I50" s="6">
-        <v>6362063.0</v>
+        <v>7179788.0</v>
       </c>
       <c r="J50" s="6">
-        <v>13472057.0</v>
+        <v>6973490.0</v>
       </c>
       <c r="K50" s="6">
-        <v>127645719.0</v>
+        <v>157919857.0</v>
       </c>
       <c r="L50" s="6">
-        <v>100049705.0</v>
+        <v>119020162.0</v>
       </c>
       <c r="M50" s="6">
-        <v>5699824.0</v>
+        <v>4859281.0</v>
       </c>
       <c r="N50" s="6">
-        <v>22123252.0</v>
+        <v>25072281.0</v>
       </c>
       <c r="O50" s="6">
-        <v>26805601.0</v>
+        <v>33163170.0</v>
       </c>
       <c r="P50" s="6">
-        <v>20233817.0</v>
+        <v>24455504.0</v>
       </c>
       <c r="Q50" s="6">
-        <v>665.0</v>
+        <v>15158.0</v>
       </c>
       <c r="R50" s="6">
-        <v>20233152.0</v>
+        <v>24440346.0</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D51" s="6">
-        <v>636.0</v>
+        <v>644.0</v>
       </c>
       <c r="E51" s="6">
-        <v>65330081.0</v>
+        <v>34738062.0</v>
       </c>
       <c r="F51" s="6">
-        <v>63671107.0</v>
+        <v>32785089.0</v>
       </c>
       <c r="G51" s="6">
-        <v>1658974.0</v>
+        <v>1952973.0</v>
       </c>
       <c r="H51" s="6">
-        <v>144536.0</v>
+        <v>103733.0</v>
       </c>
       <c r="I51" s="6">
-        <v>51323621.0</v>
+        <v>20099364.0</v>
       </c>
       <c r="J51" s="6">
-        <v>12347486.0</v>
+        <v>12685725.0</v>
       </c>
       <c r="K51" s="6">
-        <v>20818691.0</v>
+        <v>28054448.0</v>
       </c>
       <c r="L51" s="6">
-        <v>18892753.0</v>
+        <v>24334448.0</v>
       </c>
       <c r="M51" s="6">
-        <v>116267.0</v>
+        <v>96714.0</v>
       </c>
       <c r="N51" s="6">
-        <v>4130176.0</v>
+        <v>4940410.0</v>
       </c>
       <c r="O51" s="6">
-        <v>4371925.0</v>
+        <v>5891434.0</v>
       </c>
       <c r="P51" s="6">
-        <v>3159777.0</v>
+        <v>3743496.0</v>
       </c>
       <c r="Q51" s="6">
-        <v>386895.0</v>
+        <v>172762.0</v>
       </c>
       <c r="R51" s="6">
-        <v>2772882.0</v>
+        <v>3570734.0</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D52" s="6">
-        <v>461.0</v>
+        <v>470.0</v>
       </c>
       <c r="E52" s="6">
-        <v>214240308.0</v>
+        <v>256815706.0</v>
       </c>
       <c r="F52" s="6">
-        <v>212780097.0</v>
+        <v>253846647.0</v>
       </c>
       <c r="G52" s="6">
-        <v>1460211.0</v>
+        <v>2969059.0</v>
       </c>
       <c r="H52" s="6">
-        <v>478467.0</v>
+        <v>1771303.0</v>
       </c>
       <c r="I52" s="6">
-        <v>200514036.0</v>
+        <v>240791221.0</v>
       </c>
       <c r="J52" s="6">
-        <v>12266061.0</v>
+        <v>13055426.0</v>
       </c>
       <c r="K52" s="6">
-        <v>50094286.0</v>
+        <v>57303471.0</v>
       </c>
       <c r="L52" s="6">
-        <v>45447610.0</v>
+        <v>53162271.0</v>
       </c>
       <c r="M52" s="6">
-        <v>224462.0</v>
+        <v>269038.0</v>
       </c>
       <c r="N52" s="6">
-        <v>5670505.0</v>
+        <v>6826425.0</v>
       </c>
       <c r="O52" s="6">
-        <v>10519800.0</v>
+        <v>12033729.0</v>
       </c>
       <c r="P52" s="6">
-        <v>3988207.0</v>
+        <v>4953969.0</v>
       </c>
       <c r="Q52" s="6">
-        <v>125613.0</v>
+        <v>281563.0</v>
       </c>
       <c r="R52" s="6">
-        <v>3862594.0</v>
+        <v>4672406.0</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D53" s="6">
-        <v>1373.0</v>
+        <v>1382.0</v>
       </c>
       <c r="E53" s="6">
-        <v>49004273.0</v>
+        <v>46670530.0</v>
       </c>
       <c r="F53" s="6">
-        <v>45890079.0</v>
+        <v>43864100.0</v>
       </c>
       <c r="G53" s="6">
-        <v>3114194.0</v>
+        <v>2806430.0</v>
       </c>
       <c r="H53" s="6">
-        <v>521627.0</v>
+        <v>239823.0</v>
       </c>
       <c r="I53" s="6">
-        <v>5161095.0</v>
+        <v>4944520.0</v>
       </c>
       <c r="J53" s="6">
-        <v>40728984.0</v>
+        <v>38919580.0</v>
       </c>
       <c r="K53" s="6">
-        <v>40734371.0</v>
+        <v>31856333.0</v>
       </c>
       <c r="L53" s="6">
-        <v>33861905.0</v>
+        <v>27024433.0</v>
       </c>
       <c r="M53" s="6">
-        <v>598843.0</v>
+        <v>381667.0</v>
       </c>
       <c r="N53" s="6">
-        <v>11375695.0</v>
+        <v>9162959.0</v>
       </c>
       <c r="O53" s="6">
-        <v>8554218.0</v>
+        <v>6689725.0</v>
       </c>
       <c r="P53" s="6">
-        <v>4439026.0</v>
+        <v>4362542.0</v>
       </c>
       <c r="Q53" s="6">
-        <v>726676.0</v>
+        <v>811329.0</v>
       </c>
       <c r="R53" s="6">
-        <v>3712350.0</v>
+        <v>3551213.0</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D54" s="6">
-        <v>3029.0</v>
+        <v>3049.0</v>
       </c>
       <c r="E54" s="6">
-        <v>105714838.0</v>
+        <v>111781275.0</v>
       </c>
       <c r="F54" s="6">
-        <v>90027073.0</v>
+        <v>96499309.0</v>
       </c>
       <c r="G54" s="6">
-        <v>15687765.0</v>
+        <v>15281966.0</v>
       </c>
       <c r="H54" s="6">
-        <v>4135663.0</v>
+        <v>4418822.0</v>
       </c>
       <c r="I54" s="6">
-        <v>1389976.0</v>
+        <v>2142043.0</v>
       </c>
       <c r="J54" s="6">
-        <v>88637097.0</v>
+        <v>94357266.0</v>
       </c>
       <c r="K54" s="6">
-        <v>67394210.0</v>
+        <v>70400385.0</v>
       </c>
       <c r="L54" s="6">
-        <v>50372038.0</v>
+        <v>51018005.0</v>
       </c>
       <c r="M54" s="6">
-        <v>4273038.0</v>
+        <v>2845276.0</v>
       </c>
       <c r="N54" s="6">
-        <v>21394562.0</v>
+        <v>23544852.0</v>
       </c>
       <c r="O54" s="6">
-        <v>14151454.0</v>
+        <v>14782451.0</v>
       </c>
       <c r="P54" s="6">
-        <v>9272366.0</v>
+        <v>10532381.0</v>
       </c>
       <c r="Q54" s="6">
-        <v>925498.0</v>
+        <v>997845.0</v>
       </c>
       <c r="R54" s="6">
-        <v>8346868.0</v>
+        <v>9534536.0</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D55" s="6">
         <v>3.0</v>
       </c>
       <c r="E55" s="6">
-        <v>1990.0</v>
+        <v>53.0</v>
       </c>
       <c r="F55" s="6">
-        <v>1990.0</v>
+        <v>53.0</v>
       </c>
       <c r="G55" s="6">
         <v>0.0</v>
       </c>
       <c r="H55" s="6">
         <v>0.0</v>
       </c>
       <c r="I55" s="6">
         <v>0.0</v>
       </c>
       <c r="J55" s="6">
-        <v>1990.0</v>
+        <v>53.0</v>
       </c>
       <c r="K55" s="6">
-        <v>1343.0</v>
+        <v>752.0</v>
       </c>
       <c r="L55" s="6">
-        <v>824.0</v>
+        <v>752.0</v>
       </c>
       <c r="M55" s="6">
         <v>0.0</v>
       </c>
       <c r="N55" s="6">
-        <v>401.0</v>
+        <v>11.0</v>
       </c>
       <c r="O55" s="6">
-        <v>282.0</v>
+        <v>158.0</v>
       </c>
       <c r="P55" s="6">
-        <v>198.0</v>
+        <v>0.0</v>
       </c>
       <c r="Q55" s="6">
-        <v>0.0</v>
+        <v>147.0</v>
       </c>
       <c r="R55" s="6">
-        <v>198.0</v>
+        <v>-147.0</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D56" s="6">
         <v>67.0</v>
       </c>
       <c r="E56" s="6">
-        <v>1660098.0</v>
+        <v>991564.0</v>
       </c>
       <c r="F56" s="6">
-        <v>1639861.0</v>
+        <v>677832.0</v>
       </c>
       <c r="G56" s="6">
-        <v>20237.0</v>
+        <v>313732.0</v>
       </c>
       <c r="H56" s="6">
-        <v>11790.0</v>
+        <v>308726.0</v>
       </c>
       <c r="I56" s="6">
-        <v>4174.0</v>
+        <v>1372.0</v>
       </c>
       <c r="J56" s="6">
-        <v>1635687.0</v>
+        <v>676460.0</v>
       </c>
       <c r="K56" s="6">
-        <v>564138.0</v>
+        <v>609224.0</v>
       </c>
       <c r="L56" s="6">
-        <v>250424.0</v>
+        <v>214467.0</v>
       </c>
       <c r="M56" s="6">
-        <v>115190.0</v>
+        <v>80219.0</v>
       </c>
       <c r="N56" s="6">
-        <v>383510.0</v>
+        <v>205255.0</v>
       </c>
       <c r="O56" s="6">
-        <v>118469.0</v>
+        <v>127937.0</v>
       </c>
       <c r="P56" s="6">
-        <v>295785.0</v>
+        <v>104298.0</v>
       </c>
       <c r="Q56" s="6">
-        <v>6206.0</v>
+        <v>8414.0</v>
       </c>
       <c r="R56" s="6">
-        <v>289579.0</v>
+        <v>95884.0</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-08</t>
+            <t xml:space="preserve">2025-10</t>
           </r>
         </is>
       </c>
       <c r="B57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D57" s="6">
-        <v>96322.0</v>
+        <v>97776.0</v>
       </c>
       <c r="E57" s="6">
-        <v>16035548797.0</v>
+        <v>17717178315.0</v>
       </c>
       <c r="F57" s="6">
-        <v>10622539481.0</v>
+        <v>11655365656.0</v>
       </c>
       <c r="G57" s="6">
-        <v>5413009316.0</v>
+        <v>6061812659.0</v>
       </c>
       <c r="H57" s="6">
-        <v>2027512167.0</v>
+        <v>2280055847.0</v>
       </c>
       <c r="I57" s="6">
-        <v>968374156.0</v>
+        <v>1152196967.0</v>
       </c>
       <c r="J57" s="6">
-        <v>9654165325.0</v>
+        <v>10503168689.0</v>
       </c>
       <c r="K57" s="6">
-        <v>11572398358.0</v>
+        <v>12867244573.0</v>
       </c>
       <c r="L57" s="6">
-        <v>7475036266.0</v>
+        <v>8048423451.0</v>
       </c>
       <c r="M57" s="6">
-        <v>902639252.0</v>
+        <v>833176848.0</v>
       </c>
       <c r="N57" s="6">
-        <v>2678602840.0</v>
+        <v>3012453272.0</v>
       </c>
       <c r="O57" s="6">
-        <v>2418583066.0</v>
+        <v>2687554009.0</v>
       </c>
       <c r="P57" s="6">
-        <v>933903963.0</v>
+        <v>988193743.0</v>
       </c>
       <c r="Q57" s="6">
-        <v>408481682.0</v>
+        <v>399356683.0</v>
       </c>
       <c r="R57" s="6">
-        <v>525422281.0</v>
+        <v>588837060.0</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D58" s="6">
-        <v>4441.0</v>
+        <v>4548.0</v>
       </c>
       <c r="E58" s="6">
-        <v>387874829.0</v>
+        <v>345680752.0</v>
       </c>
       <c r="F58" s="6">
-        <v>347292068.0</v>
+        <v>299679598.0</v>
       </c>
       <c r="G58" s="6">
-        <v>40582761.0</v>
+        <v>46001154.0</v>
       </c>
       <c r="H58" s="6">
-        <v>30678489.0</v>
+        <v>32050140.0</v>
       </c>
       <c r="I58" s="6">
-        <v>1317329.0</v>
+        <v>3084312.0</v>
       </c>
       <c r="J58" s="6">
-        <v>345974739.0</v>
+        <v>296595286.0</v>
       </c>
       <c r="K58" s="6">
-        <v>277571996.0</v>
+        <v>255232399.0</v>
       </c>
       <c r="L58" s="6">
-        <v>262444062.0</v>
+        <v>235747095.0</v>
       </c>
       <c r="M58" s="6">
-        <v>791671.0</v>
+        <v>1166986.0</v>
       </c>
       <c r="N58" s="6">
-        <v>79206984.0</v>
+        <v>70687864.0</v>
       </c>
       <c r="O58" s="6">
-        <v>58049650.0</v>
+        <v>53328427.0</v>
       </c>
       <c r="P58" s="6">
-        <v>33745773.0</v>
+        <v>26790784.0</v>
       </c>
       <c r="Q58" s="6">
-        <v>11856085.0</v>
+        <v>9027803.0</v>
       </c>
       <c r="R58" s="6">
-        <v>21889688.0</v>
+        <v>17762981.0</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D59" s="6">
-        <v>218.0</v>
+        <v>220.0</v>
       </c>
       <c r="E59" s="6">
-        <v>29905362.0</v>
+        <v>37339856.0</v>
       </c>
       <c r="F59" s="6">
-        <v>26086146.0</v>
+        <v>31937719.0</v>
       </c>
       <c r="G59" s="6">
-        <v>3819216.0</v>
+        <v>5402137.0</v>
       </c>
       <c r="H59" s="6">
-        <v>2441370.0</v>
+        <v>3588070.0</v>
       </c>
       <c r="I59" s="6">
-        <v>402221.0</v>
+        <v>67310.0</v>
       </c>
       <c r="J59" s="6">
-        <v>25683925.0</v>
+        <v>31870409.0</v>
       </c>
       <c r="K59" s="6">
-        <v>15342629.0</v>
+        <v>22355452.0</v>
       </c>
       <c r="L59" s="6">
-        <v>14391324.0</v>
+        <v>18951010.0</v>
       </c>
       <c r="M59" s="6">
-        <v>621552.0</v>
+        <v>366524.0</v>
       </c>
       <c r="N59" s="6">
-        <v>5394795.0</v>
+        <v>7916599.0</v>
       </c>
       <c r="O59" s="6">
-        <v>3221952.0</v>
+        <v>4694645.0</v>
       </c>
       <c r="P59" s="6">
-        <v>2600637.0</v>
+        <v>3570920.0</v>
       </c>
       <c r="Q59" s="6">
-        <v>289926.0</v>
+        <v>223978.0</v>
       </c>
       <c r="R59" s="6">
-        <v>2310711.0</v>
+        <v>3346942.0</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D60" s="6">
-        <v>9420.0</v>
+        <v>9504.0</v>
       </c>
       <c r="E60" s="6">
-        <v>3067444909.0</v>
+        <v>3321620893.0</v>
       </c>
       <c r="F60" s="6">
-        <v>1363061127.0</v>
+        <v>1523621543.0</v>
       </c>
       <c r="G60" s="6">
-        <v>1704383782.0</v>
+        <v>1797999350.0</v>
       </c>
       <c r="H60" s="6">
-        <v>1070894276.0</v>
+        <v>1157503738.0</v>
       </c>
       <c r="I60" s="6">
-        <v>9101780.0</v>
+        <v>9405837.0</v>
       </c>
       <c r="J60" s="6">
-        <v>1353959347.0</v>
+        <v>1514215706.0</v>
       </c>
       <c r="K60" s="6">
-        <v>2287514604.0</v>
+        <v>2426671200.0</v>
       </c>
       <c r="L60" s="6">
-        <v>1149090390.0</v>
+        <v>1359101771.0</v>
       </c>
       <c r="M60" s="6">
-        <v>543620329.0</v>
+        <v>349589143.0</v>
       </c>
       <c r="N60" s="6">
-        <v>414902899.0</v>
+        <v>472924911.0</v>
       </c>
       <c r="O60" s="6">
-        <v>479775250.0</v>
+        <v>508904339.0</v>
       </c>
       <c r="P60" s="6">
-        <v>128537074.0</v>
+        <v>127222081.0</v>
       </c>
       <c r="Q60" s="6">
-        <v>79035647.0</v>
+        <v>90644839.0</v>
       </c>
       <c r="R60" s="6">
-        <v>49501427.0</v>
+        <v>36577242.0</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D61" s="6">
-        <v>937.0</v>
+        <v>943.0</v>
       </c>
       <c r="E61" s="6">
-        <v>368993265.0</v>
+        <v>462288820.0</v>
       </c>
       <c r="F61" s="6">
-        <v>271353262.0</v>
+        <v>364913234.0</v>
       </c>
       <c r="G61" s="6">
-        <v>97640003.0</v>
+        <v>97375586.0</v>
       </c>
       <c r="H61" s="6">
-        <v>21553257.0</v>
+        <v>10635835.0</v>
       </c>
       <c r="I61" s="6">
-        <v>1342687.0</v>
+        <v>1374164.0</v>
       </c>
       <c r="J61" s="6">
-        <v>270010575.0</v>
+        <v>363539070.0</v>
       </c>
       <c r="K61" s="6">
-        <v>432605119.0</v>
+        <v>525607375.0</v>
       </c>
       <c r="L61" s="6">
-        <v>299945124.0</v>
+        <v>372906071.0</v>
       </c>
       <c r="M61" s="6">
-        <v>67124.0</v>
+        <v>142910.0</v>
       </c>
       <c r="N61" s="6">
-        <v>105905806.0</v>
+        <v>137388630.0</v>
       </c>
       <c r="O61" s="6">
-        <v>90847075.0</v>
+        <v>110366625.0</v>
       </c>
       <c r="P61" s="6">
-        <v>20352166.0</v>
+        <v>35706535.0</v>
       </c>
       <c r="Q61" s="6">
-        <v>5164659.0</v>
+        <v>8457666.0</v>
       </c>
       <c r="R61" s="6">
-        <v>15187507.0</v>
+        <v>27248869.0</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D62" s="6">
-        <v>385.0</v>
+        <v>386.0</v>
       </c>
       <c r="E62" s="6">
-        <v>94206107.0</v>
+        <v>101851606.0</v>
       </c>
       <c r="F62" s="6">
-        <v>79719094.0</v>
+        <v>86162623.0</v>
       </c>
       <c r="G62" s="6">
-        <v>14487013.0</v>
+        <v>15688983.0</v>
       </c>
       <c r="H62" s="6">
-        <v>11462851.0</v>
+        <v>11360509.0</v>
       </c>
       <c r="I62" s="6">
-        <v>402033.0</v>
+        <v>352662.0</v>
       </c>
       <c r="J62" s="6">
-        <v>79317061.0</v>
+        <v>85809961.0</v>
       </c>
       <c r="K62" s="6">
-        <v>57981676.0</v>
+        <v>85783281.0</v>
       </c>
       <c r="L62" s="6">
-        <v>54090557.0</v>
+        <v>75450719.0</v>
       </c>
       <c r="M62" s="6">
-        <v>609581.0</v>
+        <v>1291376.0</v>
       </c>
       <c r="N62" s="6">
-        <v>18190045.0</v>
+        <v>23468552.0</v>
       </c>
       <c r="O62" s="6">
-        <v>12176152.0</v>
+        <v>18014489.0</v>
       </c>
       <c r="P62" s="6">
-        <v>7939399.0</v>
+        <v>7963688.0</v>
       </c>
       <c r="Q62" s="6">
-        <v>1735086.0</v>
+        <v>1527199.0</v>
       </c>
       <c r="R62" s="6">
-        <v>6204313.0</v>
+        <v>6436489.0</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D63" s="6">
-        <v>11671.0</v>
+        <v>11899.0</v>
       </c>
       <c r="E63" s="6">
-        <v>1090164131.0</v>
+        <v>1220593396.0</v>
       </c>
       <c r="F63" s="6">
-        <v>975773619.0</v>
+        <v>1070723664.0</v>
       </c>
       <c r="G63" s="6">
-        <v>114390512.0</v>
+        <v>149869732.0</v>
       </c>
       <c r="H63" s="6">
-        <v>6641372.0</v>
+        <v>8400119.0</v>
       </c>
       <c r="I63" s="6">
-        <v>4785222.0</v>
+        <v>8942068.0</v>
       </c>
       <c r="J63" s="6">
-        <v>970988397.0</v>
+        <v>1061781596.0</v>
       </c>
       <c r="K63" s="6">
-        <v>774320244.0</v>
+        <v>836981217.0</v>
       </c>
       <c r="L63" s="6">
-        <v>693680361.0</v>
+        <v>760690457.0</v>
       </c>
       <c r="M63" s="6">
-        <v>28852100.0</v>
+        <v>17892600.0</v>
       </c>
       <c r="N63" s="6">
-        <v>144638364.0</v>
+        <v>155547517.0</v>
       </c>
       <c r="O63" s="6">
-        <v>162570074.0</v>
+        <v>175760098.0</v>
       </c>
       <c r="P63" s="6">
-        <v>34525621.0</v>
+        <v>34961241.0</v>
       </c>
       <c r="Q63" s="6">
-        <v>44159861.0</v>
+        <v>49753141.0</v>
       </c>
       <c r="R63" s="6">
-        <v>-9634240.0</v>
+        <v>-14791900.0</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D64" s="6">
-        <v>24737.0</v>
+        <v>24956.0</v>
       </c>
       <c r="E64" s="6">
-        <v>5766313001.0</v>
+        <v>6380048032.0</v>
       </c>
       <c r="F64" s="6">
-        <v>4190329211.0</v>
+        <v>4504472898.0</v>
       </c>
       <c r="G64" s="6">
-        <v>1575983790.0</v>
+        <v>1875575134.0</v>
       </c>
       <c r="H64" s="6">
-        <v>821074516.0</v>
+        <v>971583499.0</v>
       </c>
       <c r="I64" s="6">
-        <v>29791312.0</v>
+        <v>165778543.0</v>
       </c>
       <c r="J64" s="6">
-        <v>4160537899.0</v>
+        <v>4338694355.0</v>
       </c>
       <c r="K64" s="6">
-        <v>4724306678.0</v>
+        <v>5037062523.0</v>
       </c>
       <c r="L64" s="6">
-        <v>2877089458.0</v>
+        <v>2730115299.0</v>
       </c>
       <c r="M64" s="6">
-        <v>284253619.0</v>
+        <v>344232543.0</v>
       </c>
       <c r="N64" s="6">
-        <v>1156351413.0</v>
+        <v>1268137652.0</v>
       </c>
       <c r="O64" s="6">
-        <v>983043975.0</v>
+        <v>1045801812.0</v>
       </c>
       <c r="P64" s="6">
-        <v>392243432.0</v>
+        <v>397692236.0</v>
       </c>
       <c r="Q64" s="6">
-        <v>152406157.0</v>
+        <v>98926986.0</v>
       </c>
       <c r="R64" s="6">
-        <v>239837275.0</v>
+        <v>298765250.0</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D65" s="6">
-        <v>8191.0</v>
+        <v>8274.0</v>
       </c>
       <c r="E65" s="6">
-        <v>1903143058.0</v>
+        <v>2197065960.0</v>
       </c>
       <c r="F65" s="6">
-        <v>749972139.0</v>
+        <v>888601931.0</v>
       </c>
       <c r="G65" s="6">
-        <v>1153170919.0</v>
+        <v>1308464029.0</v>
       </c>
       <c r="H65" s="6">
-        <v>15847945.0</v>
+        <v>26169415.0</v>
       </c>
       <c r="I65" s="6">
-        <v>9025743.0</v>
+        <v>15918739.0</v>
       </c>
       <c r="J65" s="6">
-        <v>740946396.0</v>
+        <v>872683192.0</v>
       </c>
       <c r="K65" s="6">
-        <v>1043200223.0</v>
+        <v>1312155868.0</v>
       </c>
       <c r="L65" s="6">
-        <v>622326600.0</v>
+        <v>758372766.0</v>
       </c>
       <c r="M65" s="6">
-        <v>19620652.0</v>
+        <v>8773438.0</v>
       </c>
       <c r="N65" s="6">
-        <v>241806153.0</v>
+        <v>303393386.0</v>
       </c>
       <c r="O65" s="6">
-        <v>218460545.0</v>
+        <v>275043738.0</v>
       </c>
       <c r="P65" s="6">
-        <v>78602537.0</v>
+        <v>91629487.0</v>
       </c>
       <c r="Q65" s="6">
-        <v>50111434.0</v>
+        <v>60952579.0</v>
       </c>
       <c r="R65" s="6">
-        <v>28491103.0</v>
+        <v>30676908.0</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C66" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D66" s="6">
-        <v>3979.0</v>
+        <v>4025.0</v>
       </c>
       <c r="E66" s="6">
-        <v>247083810.0</v>
+        <v>197217792.0</v>
       </c>
       <c r="F66" s="6">
-        <v>243226355.0</v>
+        <v>193334343.0</v>
       </c>
       <c r="G66" s="6">
-        <v>3857455.0</v>
+        <v>3883449.0</v>
       </c>
       <c r="H66" s="6">
-        <v>1495558.0</v>
+        <v>1368227.0</v>
       </c>
       <c r="I66" s="6">
-        <v>4951757.0</v>
+        <v>4379646.0</v>
       </c>
       <c r="J66" s="6">
-        <v>238274598.0</v>
+        <v>188954697.0</v>
       </c>
       <c r="K66" s="6">
-        <v>125711457.0</v>
+        <v>130172289.0</v>
       </c>
       <c r="L66" s="6">
-        <v>111810667.0</v>
+        <v>113906757.0</v>
       </c>
       <c r="M66" s="6">
-        <v>272500.0</v>
+        <v>3822205.0</v>
       </c>
       <c r="N66" s="6">
-        <v>49066677.0</v>
+        <v>41535786.0</v>
       </c>
       <c r="O66" s="6">
-        <v>26399406.0</v>
+        <v>27336115.0</v>
       </c>
       <c r="P66" s="6">
-        <v>23895503.0</v>
+        <v>17248267.0</v>
       </c>
       <c r="Q66" s="6">
-        <v>896266.0</v>
+        <v>1196778.0</v>
       </c>
       <c r="R66" s="6">
-        <v>22999237.0</v>
+        <v>16051489.0</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C67" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D67" s="6">
-        <v>1103.0</v>
+        <v>1125.0</v>
       </c>
       <c r="E67" s="6">
-        <v>120731146.0</v>
+        <v>152746848.0</v>
       </c>
       <c r="F67" s="6">
-        <v>59199394.0</v>
+        <v>81912460.0</v>
       </c>
       <c r="G67" s="6">
-        <v>61531752.0</v>
+        <v>70834388.0</v>
       </c>
       <c r="H67" s="6">
-        <v>301691.0</v>
+        <v>502103.0</v>
       </c>
       <c r="I67" s="6">
-        <v>5944511.0</v>
+        <v>6954443.0</v>
       </c>
       <c r="J67" s="6">
-        <v>53254883.0</v>
+        <v>74958017.0</v>
       </c>
       <c r="K67" s="6">
-        <v>186082120.0</v>
+        <v>277979169.0</v>
       </c>
       <c r="L67" s="6">
-        <v>137959562.0</v>
+        <v>197750667.0</v>
       </c>
       <c r="M67" s="6">
-        <v>269119.0</v>
+        <v>802229.0</v>
       </c>
       <c r="N67" s="6">
-        <v>19791709.0</v>
+        <v>31229110.0</v>
       </c>
       <c r="O67" s="6">
-        <v>39076957.0</v>
+        <v>58374209.0</v>
       </c>
       <c r="P67" s="6">
-        <v>4781264.0</v>
+        <v>8249688.0</v>
       </c>
       <c r="Q67" s="6">
-        <v>23453828.0</v>
+        <v>34355076.0</v>
       </c>
       <c r="R67" s="6">
-        <v>-18672564.0</v>
+        <v>-26105388.0</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C68" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D68" s="6">
-        <v>3798.0</v>
+        <v>3916.0</v>
       </c>
       <c r="E68" s="6">
-        <v>471083514.0</v>
+        <v>535261011.0</v>
       </c>
       <c r="F68" s="6">
-        <v>208653516.0</v>
+        <v>246386753.0</v>
       </c>
       <c r="G68" s="6">
-        <v>262429998.0</v>
+        <v>288874258.0</v>
       </c>
       <c r="H68" s="6">
-        <v>9397919.0</v>
+        <v>10275583.0</v>
       </c>
       <c r="I68" s="6">
-        <v>3230569.0</v>
+        <v>4213918.0</v>
       </c>
       <c r="J68" s="6">
-        <v>205422947.0</v>
+        <v>242172835.0</v>
       </c>
       <c r="K68" s="6">
-        <v>244076069.0</v>
+        <v>291339799.0</v>
       </c>
       <c r="L68" s="6">
-        <v>119594976.0</v>
+        <v>155093805.0</v>
       </c>
       <c r="M68" s="6">
-        <v>2029914.0</v>
+        <v>1800581.0</v>
       </c>
       <c r="N68" s="6">
-        <v>70877300.0</v>
+        <v>81703307.0</v>
       </c>
       <c r="O68" s="6">
-        <v>51234608.0</v>
+        <v>61179032.0</v>
       </c>
       <c r="P68" s="6">
-        <v>27752872.0</v>
+        <v>31272404.0</v>
       </c>
       <c r="Q68" s="6">
-        <v>6591793.0</v>
+        <v>8894210.0</v>
       </c>
       <c r="R68" s="6">
-        <v>21161079.0</v>
+        <v>22378194.0</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C69" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D69" s="6">
-        <v>760.0</v>
+        <v>779.0</v>
       </c>
       <c r="E69" s="6">
-        <v>849273340.0</v>
+        <v>909985245.0</v>
       </c>
       <c r="F69" s="6">
-        <v>773174283.0</v>
+        <v>874505216.0</v>
       </c>
       <c r="G69" s="6">
-        <v>76099057.0</v>
+        <v>35480029.0</v>
       </c>
       <c r="H69" s="6">
-        <v>177751.0</v>
+        <v>292117.0</v>
       </c>
       <c r="I69" s="6">
-        <v>582426267.0</v>
+        <v>621197718.0</v>
       </c>
       <c r="J69" s="6">
-        <v>190748016.0</v>
+        <v>253307498.0</v>
       </c>
       <c r="K69" s="6">
-        <v>220076720.0</v>
+        <v>298708586.0</v>
       </c>
       <c r="L69" s="6">
-        <v>178711005.0</v>
+        <v>250031329.0</v>
       </c>
       <c r="M69" s="6">
-        <v>238548.0</v>
+        <v>145214.0</v>
       </c>
       <c r="N69" s="6">
-        <v>47895947.0</v>
+        <v>63731923.0</v>
       </c>
       <c r="O69" s="6">
-        <v>45397504.0</v>
+        <v>62728803.0</v>
       </c>
       <c r="P69" s="6">
-        <v>12288004.0</v>
+        <v>12998782.0</v>
       </c>
       <c r="Q69" s="6">
-        <v>998187.0</v>
+        <v>977801.0</v>
       </c>
       <c r="R69" s="6">
-        <v>11289817.0</v>
+        <v>12020981.0</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C70" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D70" s="6">
-        <v>6736.0</v>
+        <v>6818.0</v>
       </c>
       <c r="E70" s="6">
-        <v>381983985.0</v>
+        <v>410363328.0</v>
       </c>
       <c r="F70" s="6">
-        <v>357916368.0</v>
+        <v>399492647.0</v>
       </c>
       <c r="G70" s="6">
-        <v>24067617.0</v>
+        <v>10870681.0</v>
       </c>
       <c r="H70" s="6">
-        <v>1378252.0</v>
+        <v>3272067.0</v>
       </c>
       <c r="I70" s="6">
-        <v>43842119.0</v>
+        <v>46231705.0</v>
       </c>
       <c r="J70" s="6">
-        <v>314074249.0</v>
+        <v>353260942.0</v>
       </c>
       <c r="K70" s="6">
-        <v>329539337.0</v>
+        <v>410003030.0</v>
       </c>
       <c r="L70" s="6">
-        <v>321843071.0</v>
+        <v>398646610.0</v>
       </c>
       <c r="M70" s="6">
-        <v>579262.0</v>
+        <v>965552.0</v>
       </c>
       <c r="N70" s="6">
-        <v>96279159.0</v>
+        <v>117324431.0</v>
       </c>
       <c r="O70" s="6">
-        <v>69194146.0</v>
+        <v>86060721.0</v>
       </c>
       <c r="P70" s="6">
-        <v>45793046.0</v>
+        <v>48623214.0</v>
       </c>
       <c r="Q70" s="6">
-        <v>17008407.0</v>
+        <v>15834878.0</v>
       </c>
       <c r="R70" s="6">
-        <v>28784639.0</v>
+        <v>32788336.0</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C71" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D71" s="6">
-        <v>10226.0</v>
+        <v>10449.0</v>
       </c>
       <c r="E71" s="6">
-        <v>425980950.0</v>
+        <v>533022621.0</v>
       </c>
       <c r="F71" s="6">
-        <v>307672585.0</v>
+        <v>378453764.0</v>
       </c>
       <c r="G71" s="6">
-        <v>118308365.0</v>
+        <v>154568857.0</v>
       </c>
       <c r="H71" s="6">
-        <v>8962057.0</v>
+        <v>11538230.0</v>
       </c>
       <c r="I71" s="6">
-        <v>11718835.0</v>
+        <v>12690769.0</v>
       </c>
       <c r="J71" s="6">
-        <v>295953750.0</v>
+        <v>365762995.0</v>
       </c>
       <c r="K71" s="6">
-        <v>241247111.0</v>
+        <v>291470859.0</v>
       </c>
       <c r="L71" s="6">
-        <v>153565404.0</v>
+        <v>203161452.0</v>
       </c>
       <c r="M71" s="6">
-        <v>13372262.0</v>
+        <v>4523567.0</v>
       </c>
       <c r="N71" s="6">
-        <v>73906162.0</v>
+        <v>91478040.0</v>
       </c>
       <c r="O71" s="6">
-        <v>50622528.0</v>
+        <v>61163992.0</v>
       </c>
       <c r="P71" s="6">
-        <v>35623485.0</v>
+        <v>43620163.0</v>
       </c>
       <c r="Q71" s="6">
-        <v>8117113.0</v>
+        <v>10216476.0</v>
       </c>
       <c r="R71" s="6">
-        <v>27506372.0</v>
+        <v>33403687.0</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C72" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D72" s="6">
-        <v>4160.0</v>
+        <v>4250.0</v>
       </c>
       <c r="E72" s="6">
-        <v>390682150.0</v>
+        <v>472075030.0</v>
       </c>
       <c r="F72" s="6">
-        <v>252816246.0</v>
+        <v>298710815.0</v>
       </c>
       <c r="G72" s="6">
-        <v>137865904.0</v>
+        <v>173364215.0</v>
       </c>
       <c r="H72" s="6">
-        <v>19507006.0</v>
+        <v>25051837.0</v>
       </c>
       <c r="I72" s="6">
-        <v>7876710.0</v>
+        <v>7864994.0</v>
       </c>
       <c r="J72" s="6">
-        <v>244939536.0</v>
+        <v>290845821.0</v>
       </c>
       <c r="K72" s="6">
-        <v>192659779.0</v>
+        <v>239711954.0</v>
       </c>
       <c r="L72" s="6">
-        <v>128955324.0</v>
+        <v>156571057.0</v>
       </c>
       <c r="M72" s="6">
-        <v>2457114.0</v>
+        <v>2545100.0</v>
       </c>
       <c r="N72" s="6">
-        <v>63386020.0</v>
+        <v>74958699.0</v>
       </c>
       <c r="O72" s="6">
-        <v>40279132.0</v>
+        <v>49351607.0</v>
       </c>
       <c r="P72" s="6">
-        <v>29602390.0</v>
+        <v>33366731.0</v>
       </c>
       <c r="Q72" s="6">
-        <v>5289745.0</v>
+        <v>6443613.0</v>
       </c>
       <c r="R72" s="6">
-        <v>24312645.0</v>
+        <v>26923118.0</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C73" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D73" s="6">
-        <v>57.0</v>
+        <v>59.0</v>
       </c>
       <c r="E73" s="6">
-        <v>23515656.0</v>
+        <v>14845526.0</v>
       </c>
       <c r="F73" s="6">
-        <v>21582999.0</v>
+        <v>13401123.0</v>
       </c>
       <c r="G73" s="6">
-        <v>1932657.0</v>
+        <v>1444403.0</v>
       </c>
       <c r="H73" s="6">
         <v>0.0</v>
       </c>
       <c r="I73" s="6">
-        <v>7883594.0</v>
+        <v>6576397.0</v>
       </c>
       <c r="J73" s="6">
-        <v>13699405.0</v>
+        <v>6824726.0</v>
       </c>
       <c r="K73" s="6">
-        <v>157343438.0</v>
+        <v>238719600.0</v>
       </c>
       <c r="L73" s="6">
-        <v>111662919.0</v>
+        <v>105179510.0</v>
       </c>
       <c r="M73" s="6">
-        <v>584495.0</v>
+        <v>91074857.0</v>
       </c>
       <c r="N73" s="6">
-        <v>28774268.0</v>
+        <v>25674028.0</v>
       </c>
       <c r="O73" s="6">
-        <v>33042122.0</v>
+        <v>50131116.0</v>
       </c>
       <c r="P73" s="6">
-        <v>26134249.0</v>
+        <v>43483703.0</v>
       </c>
       <c r="Q73" s="6">
-        <v>13792.0</v>
+        <v>16960.0</v>
       </c>
       <c r="R73" s="6">
-        <v>26120457.0</v>
+        <v>43466743.0</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C74" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D74" s="6">
-        <v>626.0</v>
+        <v>645.0</v>
       </c>
       <c r="E74" s="6">
-        <v>30311886.0</v>
+        <v>31901131.0</v>
       </c>
       <c r="F74" s="6">
-        <v>28466233.0</v>
+        <v>29745248.0</v>
       </c>
       <c r="G74" s="6">
-        <v>1845653.0</v>
+        <v>2155883.0</v>
       </c>
       <c r="H74" s="6">
-        <v>278333.0</v>
+        <v>266823.0</v>
       </c>
       <c r="I74" s="6">
-        <v>18063993.0</v>
+        <v>18220473.0</v>
       </c>
       <c r="J74" s="6">
-        <v>10402240.0</v>
+        <v>11524775.0</v>
       </c>
       <c r="K74" s="6">
-        <v>17233753.0</v>
+        <v>22760100.0</v>
       </c>
       <c r="L74" s="6">
-        <v>15707448.0</v>
+        <v>19517848.0</v>
       </c>
       <c r="M74" s="6">
-        <v>37295.0</v>
+        <v>158457.0</v>
       </c>
       <c r="N74" s="6">
-        <v>3612287.0</v>
+        <v>4302259.0</v>
       </c>
       <c r="O74" s="6">
-        <v>3619088.0</v>
+        <v>4779621.0</v>
       </c>
       <c r="P74" s="6">
-        <v>2734269.0</v>
+        <v>3273717.0</v>
       </c>
       <c r="Q74" s="6">
-        <v>146908.0</v>
+        <v>210542.0</v>
       </c>
       <c r="R74" s="6">
-        <v>2587361.0</v>
+        <v>3063175.0</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C75" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D75" s="6">
-        <v>464.0</v>
+        <v>473.0</v>
       </c>
       <c r="E75" s="6">
-        <v>230449119.0</v>
+        <v>224932928.0</v>
       </c>
       <c r="F75" s="6">
-        <v>229213810.0</v>
+        <v>223469214.0</v>
       </c>
       <c r="G75" s="6">
-        <v>1235309.0</v>
+        <v>1463714.0</v>
       </c>
       <c r="H75" s="6">
-        <v>192819.0</v>
+        <v>308732.0</v>
       </c>
       <c r="I75" s="6">
-        <v>218665781.0</v>
+        <v>211577972.0</v>
       </c>
       <c r="J75" s="6">
-        <v>10548029.0</v>
+        <v>11891242.0</v>
       </c>
       <c r="K75" s="6">
-        <v>154178705.0</v>
+        <v>58379643.0</v>
       </c>
       <c r="L75" s="6">
-        <v>151034290.0</v>
+        <v>52982514.0</v>
       </c>
       <c r="M75" s="6">
-        <v>166843.0</v>
+        <v>621995.0</v>
       </c>
       <c r="N75" s="6">
-        <v>27871371.0</v>
+        <v>6717394.0</v>
       </c>
       <c r="O75" s="6">
-        <v>32377528.0</v>
+        <v>12259725.0</v>
       </c>
       <c r="P75" s="6">
-        <v>12292349.0</v>
+        <v>5035658.0</v>
       </c>
       <c r="Q75" s="6">
-        <v>102166.0</v>
+        <v>153338.0</v>
       </c>
       <c r="R75" s="6">
-        <v>12190183.0</v>
+        <v>4882320.0</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C76" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D76" s="6">
-        <v>1347.0</v>
+        <v>1390.0</v>
       </c>
       <c r="E76" s="6">
-        <v>55474271.0</v>
+        <v>45285957.0</v>
       </c>
       <c r="F76" s="6">
-        <v>52575828.0</v>
+        <v>41264717.0</v>
       </c>
       <c r="G76" s="6">
-        <v>2898443.0</v>
+        <v>4021240.0</v>
       </c>
       <c r="H76" s="6">
-        <v>841788.0</v>
+        <v>814022.0</v>
       </c>
       <c r="I76" s="6">
-        <v>6159223.0</v>
+        <v>5510651.0</v>
       </c>
       <c r="J76" s="6">
-        <v>46416605.0</v>
+        <v>35754066.0</v>
       </c>
       <c r="K76" s="6">
-        <v>30767395.0</v>
+        <v>34611338.0</v>
       </c>
       <c r="L76" s="6">
-        <v>26509814.0</v>
+        <v>29628971.0</v>
       </c>
       <c r="M76" s="6">
-        <v>517481.0</v>
+        <v>572586.0</v>
       </c>
       <c r="N76" s="6">
-        <v>10287833.0</v>
+        <v>9678566.0</v>
       </c>
       <c r="O76" s="6">
-        <v>6461153.0</v>
+        <v>7268381.0</v>
       </c>
       <c r="P76" s="6">
-        <v>5179619.0</v>
+        <v>4182050.0</v>
       </c>
       <c r="Q76" s="6">
-        <v>461962.0</v>
+        <v>701626.0</v>
       </c>
       <c r="R76" s="6">
-        <v>4717657.0</v>
+        <v>3480424.0</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C77" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D77" s="6">
-        <v>2992.0</v>
+        <v>3037.0</v>
       </c>
       <c r="E77" s="6">
-        <v>100087216.0</v>
+        <v>121648595.0</v>
       </c>
       <c r="F77" s="6">
-        <v>83675732.0</v>
+        <v>103574748.0</v>
       </c>
       <c r="G77" s="6">
-        <v>16411484.0</v>
+        <v>18073847.0</v>
       </c>
       <c r="H77" s="6">
-        <v>4325593.0</v>
+        <v>4679639.0</v>
       </c>
       <c r="I77" s="6">
-        <v>1439382.0</v>
+        <v>1853314.0</v>
       </c>
       <c r="J77" s="6">
-        <v>82236350.0</v>
+        <v>101721434.0</v>
       </c>
       <c r="K77" s="6">
-        <v>59871908.0</v>
+        <v>70513796.0</v>
       </c>
       <c r="L77" s="6">
-        <v>44315014.0</v>
+        <v>54253114.0</v>
       </c>
       <c r="M77" s="6">
-        <v>3639005.0</v>
+        <v>2638562.0</v>
       </c>
       <c r="N77" s="6">
-        <v>20207240.0</v>
+        <v>24321213.0</v>
       </c>
       <c r="O77" s="6">
-        <v>12573068.0</v>
+        <v>14791244.0</v>
       </c>
       <c r="P77" s="6">
-        <v>9164475.0</v>
+        <v>11155175.0</v>
       </c>
       <c r="Q77" s="6">
-        <v>626731.0</v>
+        <v>828466.0</v>
       </c>
       <c r="R77" s="6">
-        <v>8537744.0</v>
+        <v>10326709.0</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C78" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D78" s="6">
         <v>3.0</v>
       </c>
       <c r="E78" s="6">
-        <v>2821.0</v>
+        <v>1098.0</v>
       </c>
       <c r="F78" s="6">
-        <v>2821.0</v>
+        <v>1098.0</v>
       </c>
       <c r="G78" s="6">
         <v>0.0</v>
       </c>
       <c r="H78" s="6">
         <v>0.0</v>
       </c>
       <c r="I78" s="6">
         <v>0.0</v>
       </c>
       <c r="J78" s="6">
-        <v>2821.0</v>
+        <v>1098.0</v>
       </c>
       <c r="K78" s="6">
-        <v>3629.0</v>
+        <v>1405.0</v>
       </c>
       <c r="L78" s="6">
-        <v>2500.0</v>
+        <v>1200.0</v>
       </c>
       <c r="M78" s="6">
         <v>0.0</v>
       </c>
       <c r="N78" s="6">
-        <v>777.0</v>
+        <v>273.0</v>
       </c>
       <c r="O78" s="6">
-        <v>762.0</v>
+        <v>295.0</v>
       </c>
       <c r="P78" s="6">
-        <v>156.0</v>
+        <v>125.0</v>
       </c>
       <c r="Q78" s="6">
-        <v>141.0</v>
+        <v>147.0</v>
       </c>
       <c r="R78" s="6">
-        <v>15.0</v>
+        <v>-22.0</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C79" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D79" s="6">
-        <v>71.0</v>
+        <v>77.0</v>
       </c>
       <c r="E79" s="6">
-        <v>844271.0</v>
+        <v>1401890.0</v>
       </c>
       <c r="F79" s="6">
-        <v>776645.0</v>
+        <v>1000300.0</v>
       </c>
       <c r="G79" s="6">
-        <v>67626.0</v>
+        <v>401590.0</v>
       </c>
       <c r="H79" s="6">
-        <v>59324.0</v>
+        <v>395142.0</v>
       </c>
       <c r="I79" s="6">
-        <v>3088.0</v>
+        <v>1332.0</v>
       </c>
       <c r="J79" s="6">
-        <v>773557.0</v>
+        <v>998968.0</v>
       </c>
       <c r="K79" s="6">
-        <v>763767.0</v>
+        <v>1023690.0</v>
       </c>
       <c r="L79" s="6">
-        <v>306395.0</v>
+        <v>363429.0</v>
       </c>
       <c r="M79" s="6">
-        <v>38786.0</v>
+        <v>50424.0</v>
       </c>
       <c r="N79" s="6">
-        <v>249631.0</v>
+        <v>333132.0</v>
       </c>
       <c r="O79" s="6">
-        <v>160391.0</v>
+        <v>214975.0</v>
       </c>
       <c r="P79" s="6">
-        <v>115643.0</v>
+        <v>147094.0</v>
       </c>
       <c r="Q79" s="6">
-        <v>15788.0</v>
+        <v>12581.0</v>
       </c>
       <c r="R79" s="6">
-        <v>99855.0</v>
+        <v>134513.0</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="A80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-07</t>
+            <t xml:space="preserve">2025-09</t>
           </r>
         </is>
       </c>
       <c r="B80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C80" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D80" s="6">
-        <v>95922.0</v>
+        <v>97889.0</v>
       </c>
       <c r="E80" s="6">
-        <v>16421498000.0</v>
+        <v>17462513822.0</v>
       </c>
       <c r="F80" s="6">
-        <v>10800386701.0</v>
+        <v>11473909199.0</v>
       </c>
       <c r="G80" s="6">
-        <v>5621111299.0</v>
+        <v>5988604623.0</v>
       </c>
       <c r="H80" s="6">
-        <v>2060251315.0</v>
+        <v>2249518544.0</v>
       </c>
       <c r="I80" s="6">
-        <v>942786460.0</v>
+        <v>1312689646.0</v>
       </c>
       <c r="J80" s="6">
-        <v>9857600241.0</v>
+        <v>10161219553.0</v>
       </c>
       <c r="K80" s="6">
-        <v>11943346443.0</v>
+        <v>12685614263.0</v>
       </c>
       <c r="L80" s="6">
-        <v>7197867465.0</v>
+        <v>7879882028.0</v>
       </c>
       <c r="M80" s="6">
-        <v>1168592376.0</v>
+        <v>1100171367.0</v>
       </c>
       <c r="N80" s="6">
-        <v>2782639725.0</v>
+        <v>2903682814.0</v>
       </c>
       <c r="O80" s="6">
-        <v>2496485214.0</v>
+        <v>2651399229.0</v>
       </c>
       <c r="P80" s="6">
-        <v>931772349.0</v>
+        <v>939607168.0</v>
       </c>
       <c r="Q80" s="6">
-        <v>349133226.0</v>
+        <v>391616607.0</v>
       </c>
       <c r="R80" s="6">
-        <v>582639123.0</v>
+        <v>547990561.0</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C81" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D81" s="6">
-        <v>4433.0</v>
+        <v>4613.0</v>
       </c>
       <c r="E81" s="6">
-        <v>255491045.0</v>
+        <v>362676643.0</v>
       </c>
       <c r="F81" s="6">
-        <v>212695914.0</v>
+        <v>306317810.0</v>
       </c>
       <c r="G81" s="6">
-        <v>42795131.0</v>
+        <v>56358833.0</v>
       </c>
       <c r="H81" s="6">
-        <v>28074275.0</v>
+        <v>42186099.0</v>
       </c>
       <c r="I81" s="6">
-        <v>1552557.0</v>
+        <v>4283801.0</v>
       </c>
       <c r="J81" s="6">
-        <v>211143357.0</v>
+        <v>302034009.0</v>
       </c>
       <c r="K81" s="6">
-        <v>229627543.0</v>
+        <v>288807006.0</v>
       </c>
       <c r="L81" s="6">
-        <v>207535305.0</v>
+        <v>269845186.0</v>
       </c>
       <c r="M81" s="6">
-        <v>1783567.0</v>
+        <v>1222471.0</v>
       </c>
       <c r="N81" s="6">
-        <v>52150486.0</v>
+        <v>71229576.0</v>
       </c>
       <c r="O81" s="6">
-        <v>47895795.0</v>
+        <v>60326750.0</v>
       </c>
       <c r="P81" s="6">
-        <v>17417956.0</v>
+        <v>24732480.0</v>
       </c>
       <c r="Q81" s="6">
-        <v>12523028.0</v>
+        <v>13383784.0</v>
       </c>
       <c r="R81" s="6">
-        <v>4894928.0</v>
+        <v>11348696.0</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C82" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D82" s="6">
-        <v>218.0</v>
+        <v>220.0</v>
       </c>
       <c r="E82" s="6">
-        <v>32569373.0</v>
+        <v>36348554.0</v>
       </c>
       <c r="F82" s="6">
-        <v>27961213.0</v>
+        <v>30781703.0</v>
       </c>
       <c r="G82" s="6">
-        <v>4608160.0</v>
+        <v>5566851.0</v>
       </c>
       <c r="H82" s="6">
-        <v>3258925.0</v>
+        <v>3238559.0</v>
       </c>
       <c r="I82" s="6">
-        <v>66914.0</v>
+        <v>82183.0</v>
       </c>
       <c r="J82" s="6">
-        <v>27894299.0</v>
+        <v>30699520.0</v>
       </c>
       <c r="K82" s="6">
-        <v>17843771.0</v>
+        <v>17383686.0</v>
       </c>
       <c r="L82" s="6">
-        <v>16366838.0</v>
+        <v>16165952.0</v>
       </c>
       <c r="M82" s="6">
-        <v>738329.0</v>
+        <v>136548.0</v>
       </c>
       <c r="N82" s="6">
-        <v>6027533.0</v>
+        <v>6660571.0</v>
       </c>
       <c r="O82" s="6">
-        <v>3747192.0</v>
+        <v>3650574.0</v>
       </c>
       <c r="P82" s="6">
-        <v>2830277.0</v>
+        <v>3317567.0</v>
       </c>
       <c r="Q82" s="6">
-        <v>383943.0</v>
+        <v>261107.0</v>
       </c>
       <c r="R82" s="6">
-        <v>2446334.0</v>
+        <v>3056460.0</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C83" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D83" s="6">
-        <v>9388.0</v>
+        <v>9520.0</v>
       </c>
       <c r="E83" s="6">
-        <v>3178432671.0</v>
+        <v>3264434945.0</v>
       </c>
       <c r="F83" s="6">
-        <v>1396431683.0</v>
+        <v>1447303591.0</v>
       </c>
       <c r="G83" s="6">
-        <v>1782000988.0</v>
+        <v>1817131354.0</v>
       </c>
       <c r="H83" s="6">
-        <v>1098522626.0</v>
+        <v>1170953277.0</v>
       </c>
       <c r="I83" s="6">
-        <v>7345381.0</v>
+        <v>7797976.0</v>
       </c>
       <c r="J83" s="6">
-        <v>1389086302.0</v>
+        <v>1439505615.0</v>
       </c>
       <c r="K83" s="6">
-        <v>2562730120.0</v>
+        <v>2723461340.0</v>
       </c>
       <c r="L83" s="6">
-        <v>1152174243.0</v>
+        <v>1315909943.0</v>
       </c>
       <c r="M83" s="6">
-        <v>756336071.0</v>
+        <v>722176567.0</v>
       </c>
       <c r="N83" s="6">
-        <v>434121610.0</v>
+        <v>459434792.0</v>
       </c>
       <c r="O83" s="6">
-        <v>537838700.0</v>
+        <v>571413244.0</v>
       </c>
       <c r="P83" s="6">
-        <v>131271586.0</v>
+        <v>131440333.0</v>
       </c>
       <c r="Q83" s="6">
-        <v>77248516.0</v>
+        <v>83814036.0</v>
       </c>
       <c r="R83" s="6">
-        <v>54023070.0</v>
+        <v>47626297.0</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C84" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D84" s="6">
-        <v>949.0</v>
+        <v>951.0</v>
       </c>
       <c r="E84" s="6">
-        <v>313785095.0</v>
+        <v>473336407.0</v>
       </c>
       <c r="F84" s="6">
-        <v>260025002.0</v>
+        <v>357899922.0</v>
       </c>
       <c r="G84" s="6">
-        <v>53760093.0</v>
+        <v>115436485.0</v>
       </c>
       <c r="H84" s="6">
-        <v>9655559.0</v>
+        <v>11184199.0</v>
       </c>
       <c r="I84" s="6">
-        <v>1597510.0</v>
+        <v>1216311.0</v>
       </c>
       <c r="J84" s="6">
-        <v>258427492.0</v>
+        <v>356683611.0</v>
       </c>
       <c r="K84" s="6">
-        <v>525227838.0</v>
+        <v>602406947.0</v>
       </c>
       <c r="L84" s="6">
-        <v>377838557.0</v>
+        <v>422743014.0</v>
       </c>
       <c r="M84" s="6">
-        <v>236957.0</v>
+        <v>12404395.0</v>
       </c>
       <c r="N84" s="6">
-        <v>121530611.0</v>
+        <v>137430910.0</v>
       </c>
       <c r="O84" s="6">
-        <v>110297846.0</v>
+        <v>126505459.0</v>
       </c>
       <c r="P84" s="6">
-        <v>22214987.0</v>
+        <v>28114581.0</v>
       </c>
       <c r="Q84" s="6">
-        <v>10872358.0</v>
+        <v>14480748.0</v>
       </c>
       <c r="R84" s="6">
-        <v>11342629.0</v>
+        <v>13633833.0</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C85" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D85" s="6">
-        <v>383.0</v>
+        <v>386.0</v>
       </c>
       <c r="E85" s="6">
-        <v>102357663.0</v>
+        <v>100654101.0</v>
       </c>
       <c r="F85" s="6">
-        <v>87817966.0</v>
+        <v>85479258.0</v>
       </c>
       <c r="G85" s="6">
-        <v>14539697.0</v>
+        <v>15174843.0</v>
       </c>
       <c r="H85" s="6">
-        <v>10648897.0</v>
+        <v>12515561.0</v>
       </c>
       <c r="I85" s="6">
-        <v>210194.0</v>
+        <v>344273.0</v>
       </c>
       <c r="J85" s="6">
-        <v>87607772.0</v>
+        <v>85134985.0</v>
       </c>
       <c r="K85" s="6">
-        <v>71189992.0</v>
+        <v>71483394.0</v>
       </c>
       <c r="L85" s="6">
-        <v>64054176.0</v>
+        <v>66549452.0</v>
       </c>
       <c r="M85" s="6">
-        <v>1002900.0</v>
+        <v>583781.0</v>
       </c>
       <c r="N85" s="6">
-        <v>21284984.0</v>
+        <v>21500725.0</v>
       </c>
       <c r="O85" s="6">
-        <v>14896252.0</v>
+        <v>15011445.0</v>
       </c>
       <c r="P85" s="6">
-        <v>8632577.0</v>
+        <v>8032904.0</v>
       </c>
       <c r="Q85" s="6">
-        <v>1982091.0</v>
+        <v>1372455.0</v>
       </c>
       <c r="R85" s="6">
-        <v>6650486.0</v>
+        <v>6660449.0</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C86" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D86" s="6">
-        <v>11622.0</v>
+        <v>11883.0</v>
       </c>
       <c r="E86" s="6">
-        <v>1138322256.0</v>
+        <v>1205494995.0</v>
       </c>
       <c r="F86" s="6">
-        <v>1003355999.0</v>
+        <v>1065935602.0</v>
       </c>
       <c r="G86" s="6">
-        <v>134966257.0</v>
+        <v>139559393.0</v>
       </c>
       <c r="H86" s="6">
-        <v>7784655.0</v>
+        <v>7546021.0</v>
       </c>
       <c r="I86" s="6">
-        <v>6685460.0</v>
+        <v>7320455.0</v>
       </c>
       <c r="J86" s="6">
-        <v>996670539.0</v>
+        <v>1058615147.0</v>
       </c>
       <c r="K86" s="6">
-        <v>805986668.0</v>
+        <v>844289372.0</v>
       </c>
       <c r="L86" s="6">
-        <v>726414467.0</v>
+        <v>763847376.0</v>
       </c>
       <c r="M86" s="6">
-        <v>22040452.0</v>
+        <v>18315310.0</v>
       </c>
       <c r="N86" s="6">
-        <v>154158315.0</v>
+        <v>158500915.0</v>
       </c>
       <c r="O86" s="6">
-        <v>169232738.0</v>
+        <v>177300768.0</v>
       </c>
       <c r="P86" s="6">
-        <v>35488527.0</v>
+        <v>36130418.0</v>
       </c>
       <c r="Q86" s="6">
-        <v>44847452.0</v>
+        <v>50015247.0</v>
       </c>
       <c r="R86" s="6">
-        <v>-9358925.0</v>
+        <v>-13884829.0</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C87" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D87" s="6">
-        <v>24698.0</v>
+        <v>24956.0</v>
       </c>
       <c r="E87" s="6">
-        <v>5884698653.0</v>
+        <v>6118858141.0</v>
       </c>
       <c r="F87" s="6">
-        <v>4263375146.0</v>
+        <v>4293238599.0</v>
       </c>
       <c r="G87" s="6">
-        <v>1621323507.0</v>
+        <v>1825619542.0</v>
       </c>
       <c r="H87" s="6">
-        <v>833299747.0</v>
+        <v>922077164.0</v>
       </c>
       <c r="I87" s="6">
-        <v>33991675.0</v>
+        <v>61107162.0</v>
       </c>
       <c r="J87" s="6">
-        <v>4229383471.0</v>
+        <v>4232131437.0</v>
       </c>
       <c r="K87" s="6">
-        <v>4616922399.0</v>
+        <v>4847530561.0</v>
       </c>
       <c r="L87" s="6">
-        <v>2480828700.0</v>
+        <v>2680761823.0</v>
       </c>
       <c r="M87" s="6">
-        <v>342143828.0</v>
+        <v>305818205.0</v>
       </c>
       <c r="N87" s="6">
-        <v>1217022765.0</v>
+        <v>1236511152.0</v>
       </c>
       <c r="O87" s="6">
-        <v>959597699.0</v>
+        <v>1007802039.0</v>
       </c>
       <c r="P87" s="6">
-        <v>409339028.0</v>
+        <v>399241550.0</v>
       </c>
       <c r="Q87" s="6">
-        <v>81331789.0</v>
+        <v>104763279.0</v>
       </c>
       <c r="R87" s="6">
-        <v>328007239.0</v>
+        <v>294478271.0</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C88" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D88" s="6">
-        <v>8166.0</v>
+        <v>8278.0</v>
       </c>
       <c r="E88" s="6">
-        <v>2060188875.0</v>
+        <v>2101093855.0</v>
       </c>
       <c r="F88" s="6">
-        <v>788248433.0</v>
+        <v>842929415.0</v>
       </c>
       <c r="G88" s="6">
-        <v>1271940442.0</v>
+        <v>1258164440.0</v>
       </c>
       <c r="H88" s="6">
-        <v>18851435.0</v>
+        <v>22440192.0</v>
       </c>
       <c r="I88" s="6">
-        <v>9677159.0</v>
+        <v>9718087.0</v>
       </c>
       <c r="J88" s="6">
-        <v>778571274.0</v>
+        <v>833211328.0</v>
       </c>
       <c r="K88" s="6">
-        <v>1133240482.0</v>
+        <v>1147826888.0</v>
       </c>
       <c r="L88" s="6">
-        <v>683792019.0</v>
+        <v>705712981.0</v>
       </c>
       <c r="M88" s="6">
-        <v>8289995.0</v>
+        <v>14736629.0</v>
       </c>
       <c r="N88" s="6">
-        <v>258299176.0</v>
+        <v>268462428.0</v>
       </c>
       <c r="O88" s="6">
-        <v>237830466.0</v>
+        <v>240509635.0</v>
       </c>
       <c r="P88" s="6">
-        <v>79016723.0</v>
+        <v>89216498.0</v>
       </c>
       <c r="Q88" s="6">
-        <v>55857083.0</v>
+        <v>57246929.0</v>
       </c>
       <c r="R88" s="6">
-        <v>23159640.0</v>
+        <v>31969569.0</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C89" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D89" s="6">
-        <v>3962.0</v>
+        <v>4015.0</v>
       </c>
       <c r="E89" s="6">
-        <v>239365319.0</v>
+        <v>211889472.0</v>
       </c>
       <c r="F89" s="6">
-        <v>236181076.0</v>
+        <v>208505192.0</v>
       </c>
       <c r="G89" s="6">
-        <v>3184243.0</v>
+        <v>3384280.0</v>
       </c>
       <c r="H89" s="6">
-        <v>1293443.0</v>
+        <v>1289054.0</v>
       </c>
       <c r="I89" s="6">
-        <v>4482439.0</v>
+        <v>7088898.0</v>
       </c>
       <c r="J89" s="6">
-        <v>231698637.0</v>
+        <v>201416294.0</v>
       </c>
       <c r="K89" s="6">
-        <v>133887600.0</v>
+        <v>140198609.0</v>
       </c>
       <c r="L89" s="6">
-        <v>121378114.0</v>
+        <v>124455362.0</v>
       </c>
       <c r="M89" s="6">
-        <v>322362.0</v>
+        <v>2658238.0</v>
       </c>
       <c r="N89" s="6">
-        <v>48568433.0</v>
+        <v>46061584.0</v>
       </c>
       <c r="O89" s="6">
-        <v>28116396.0</v>
+        <v>29441708.0</v>
       </c>
       <c r="P89" s="6">
-        <v>21875059.0</v>
+        <v>19008281.0</v>
       </c>
       <c r="Q89" s="6">
-        <v>1025893.0</v>
+        <v>949824.0</v>
       </c>
       <c r="R89" s="6">
-        <v>20849166.0</v>
+        <v>18058457.0</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C90" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D90" s="6">
-        <v>1099.0</v>
+        <v>1126.0</v>
       </c>
       <c r="E90" s="6">
-        <v>120655312.0</v>
+        <v>132806543.0</v>
       </c>
       <c r="F90" s="6">
-        <v>55244239.0</v>
+        <v>65237460.0</v>
       </c>
       <c r="G90" s="6">
-        <v>65411073.0</v>
+        <v>67569083.0</v>
       </c>
       <c r="H90" s="6">
-        <v>1049920.0</v>
+        <v>454573.0</v>
       </c>
       <c r="I90" s="6">
-        <v>5605292.0</v>
+        <v>4982532.0</v>
       </c>
       <c r="J90" s="6">
-        <v>49638947.0</v>
+        <v>60254928.0</v>
       </c>
       <c r="K90" s="6">
-        <v>189387907.0</v>
+        <v>239541308.0</v>
       </c>
       <c r="L90" s="6">
-        <v>138077610.0</v>
+        <v>178258381.0</v>
       </c>
       <c r="M90" s="6">
-        <v>261033.0</v>
+        <v>261762.0</v>
       </c>
       <c r="N90" s="6">
-        <v>19902713.0</v>
+        <v>24063014.0</v>
       </c>
       <c r="O90" s="6">
-        <v>39766241.0</v>
+        <v>50295651.0</v>
       </c>
       <c r="P90" s="6">
-        <v>4405929.0</v>
+        <v>5664089.0</v>
       </c>
       <c r="Q90" s="6">
-        <v>23640749.0</v>
+        <v>31076357.0</v>
       </c>
       <c r="R90" s="6">
-        <v>-19234820.0</v>
+        <v>-25412268.0</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C91" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D91" s="6">
-        <v>3746.0</v>
+        <v>3875.0</v>
       </c>
       <c r="E91" s="6">
-        <v>516558883.0</v>
+        <v>531241279.0</v>
       </c>
       <c r="F91" s="6">
-        <v>235954256.0</v>
+        <v>228226974.0</v>
       </c>
       <c r="G91" s="6">
-        <v>280604627.0</v>
+        <v>303014305.0</v>
       </c>
       <c r="H91" s="6">
-        <v>5998228.0</v>
+        <v>10581464.0</v>
       </c>
       <c r="I91" s="6">
-        <v>3849912.0</v>
+        <v>2747244.0</v>
       </c>
       <c r="J91" s="6">
-        <v>232104344.0</v>
+        <v>225479730.0</v>
       </c>
       <c r="K91" s="6">
-        <v>265139368.0</v>
+        <v>273990937.0</v>
       </c>
       <c r="L91" s="6">
-        <v>130232029.0</v>
+        <v>128925062.0</v>
       </c>
       <c r="M91" s="6">
-        <v>1753314.0</v>
+        <v>3315619.0</v>
       </c>
       <c r="N91" s="6">
-        <v>79669145.0</v>
+        <v>79463650.0</v>
       </c>
       <c r="O91" s="6">
-        <v>55674889.0</v>
+        <v>57527141.0</v>
       </c>
       <c r="P91" s="6">
-        <v>32104192.0</v>
+        <v>29839302.0</v>
       </c>
       <c r="Q91" s="6">
-        <v>6528647.0</v>
+        <v>6371861.0</v>
       </c>
       <c r="R91" s="6">
-        <v>25575545.0</v>
+        <v>23467441.0</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C92" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D92" s="6">
-        <v>757.0</v>
+        <v>771.0</v>
       </c>
       <c r="E92" s="6">
-        <v>874506126.0</v>
+        <v>1163733654.0</v>
       </c>
       <c r="F92" s="6">
-        <v>841447684.0</v>
+        <v>1126130016.0</v>
       </c>
       <c r="G92" s="6">
-        <v>33058442.0</v>
+        <v>37603638.0</v>
       </c>
       <c r="H92" s="6">
-        <v>1419529.0</v>
+        <v>274030.0</v>
       </c>
       <c r="I92" s="6">
-        <v>574242636.0</v>
+        <v>879463643.0</v>
       </c>
       <c r="J92" s="6">
-        <v>267205048.0</v>
+        <v>246666373.0</v>
       </c>
       <c r="K92" s="6">
-        <v>297948276.0</v>
+        <v>300560363.0</v>
       </c>
       <c r="L92" s="6">
-        <v>248319610.0</v>
+        <v>246756052.0</v>
       </c>
       <c r="M92" s="6">
-        <v>369648.0</v>
+        <v>465976.0</v>
       </c>
       <c r="N92" s="6">
-        <v>66335808.0</v>
+        <v>62931978.0</v>
       </c>
       <c r="O92" s="6">
-        <v>62417918.0</v>
+        <v>63016345.0</v>
       </c>
       <c r="P92" s="6">
-        <v>14916259.0</v>
+        <v>12732881.0</v>
       </c>
       <c r="Q92" s="6">
-        <v>1516944.0</v>
+        <v>2732767.0</v>
       </c>
       <c r="R92" s="6">
-        <v>13399315.0</v>
+        <v>10000114.0</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C93" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D93" s="6">
-        <v>6709.0</v>
+        <v>6902.0</v>
       </c>
       <c r="E93" s="6">
-        <v>379454825.0</v>
+        <v>367603106.0</v>
       </c>
       <c r="F93" s="6">
-        <v>371712900.0</v>
+        <v>357262077.0</v>
       </c>
       <c r="G93" s="6">
-        <v>7741925.0</v>
+        <v>10341029.0</v>
       </c>
       <c r="H93" s="6">
-        <v>2331468.0</v>
+        <v>1732926.0</v>
       </c>
       <c r="I93" s="6">
-        <v>39109717.0</v>
+        <v>40494014.0</v>
       </c>
       <c r="J93" s="6">
-        <v>332603183.0</v>
+        <v>316768063.0</v>
       </c>
       <c r="K93" s="6">
-        <v>316436887.0</v>
+        <v>367678347.0</v>
       </c>
       <c r="L93" s="6">
-        <v>304307609.0</v>
+        <v>357207191.0</v>
       </c>
       <c r="M93" s="6">
-        <v>1236786.0</v>
+        <v>1328419.0</v>
       </c>
       <c r="N93" s="6">
-        <v>95100071.0</v>
+        <v>109894240.0</v>
       </c>
       <c r="O93" s="6">
-        <v>66442868.0</v>
+        <v>77200956.0</v>
       </c>
       <c r="P93" s="6">
-        <v>44641195.0</v>
+        <v>42896701.0</v>
       </c>
       <c r="Q93" s="6">
-        <v>14701478.0</v>
+        <v>8583957.0</v>
       </c>
       <c r="R93" s="6">
-        <v>29939717.0</v>
+        <v>34312744.0</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C94" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D94" s="6">
-        <v>10133.0</v>
+        <v>10521.0</v>
       </c>
       <c r="E94" s="6">
-        <v>489329573.0</v>
+        <v>478070374.0</v>
       </c>
       <c r="F94" s="6">
-        <v>360694726.0</v>
+        <v>335192701.0</v>
       </c>
       <c r="G94" s="6">
-        <v>128634847.0</v>
+        <v>142877673.0</v>
       </c>
       <c r="H94" s="6">
-        <v>10766022.0</v>
+        <v>11622685.0</v>
       </c>
       <c r="I94" s="6">
-        <v>12238447.0</v>
+        <v>13166015.0</v>
       </c>
       <c r="J94" s="6">
-        <v>348456279.0</v>
+        <v>322026686.0</v>
       </c>
       <c r="K94" s="6">
-        <v>254610099.0</v>
+        <v>266352175.0</v>
       </c>
       <c r="L94" s="6">
-        <v>169829485.0</v>
+        <v>190779414.0</v>
       </c>
       <c r="M94" s="6">
-        <v>11030833.0</v>
+        <v>2211281.0</v>
       </c>
       <c r="N94" s="6">
-        <v>78091579.0</v>
+        <v>82686519.0</v>
       </c>
       <c r="O94" s="6">
-        <v>53386272.0</v>
+        <v>55875513.0</v>
       </c>
       <c r="P94" s="6">
-        <v>36852884.0</v>
+        <v>36845891.0</v>
       </c>
       <c r="Q94" s="6">
-        <v>8571193.0</v>
+        <v>7911853.0</v>
       </c>
       <c r="R94" s="6">
-        <v>28281691.0</v>
+        <v>28934038.0</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C95" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D95" s="6">
-        <v>4135.0</v>
+        <v>4241.0</v>
       </c>
       <c r="E95" s="6">
-        <v>416508272.0</v>
+        <v>454471419.0</v>
       </c>
       <c r="F95" s="6">
-        <v>263584028.0</v>
+        <v>289244501.0</v>
       </c>
       <c r="G95" s="6">
-        <v>152924244.0</v>
+        <v>165226918.0</v>
       </c>
       <c r="H95" s="6">
-        <v>22381485.0</v>
+        <v>26126596.0</v>
       </c>
       <c r="I95" s="6">
-        <v>7060078.0</v>
+        <v>7841788.0</v>
       </c>
       <c r="J95" s="6">
-        <v>256523950.0</v>
+        <v>281402713.0</v>
       </c>
       <c r="K95" s="6">
-        <v>234728722.0</v>
+        <v>245253205.0</v>
       </c>
       <c r="L95" s="6">
-        <v>147677343.0</v>
+        <v>162447595.0</v>
       </c>
       <c r="M95" s="6">
-        <v>5029938.0</v>
+        <v>2908867.0</v>
       </c>
       <c r="N95" s="6">
-        <v>69606412.0</v>
+        <v>73588740.0</v>
       </c>
       <c r="O95" s="6">
-        <v>48774467.0</v>
+        <v>50664805.0</v>
       </c>
       <c r="P95" s="6">
-        <v>29042640.0</v>
+        <v>30868215.0</v>
       </c>
       <c r="Q95" s="6">
-        <v>6227661.0</v>
+        <v>6445452.0</v>
       </c>
       <c r="R95" s="6">
-        <v>22814979.0</v>
+        <v>24422763.0</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C96" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D96" s="6">
         <v>57.0</v>
       </c>
       <c r="E96" s="6">
-        <v>13420298.0</v>
+        <v>23017721.0</v>
       </c>
       <c r="F96" s="6">
-        <v>12128504.0</v>
+        <v>19833918.0</v>
       </c>
       <c r="G96" s="6">
-        <v>1291794.0</v>
+        <v>3183803.0</v>
       </c>
       <c r="H96" s="6">
         <v>0.0</v>
       </c>
       <c r="I96" s="6">
-        <v>6437789.0</v>
+        <v>6362063.0</v>
       </c>
       <c r="J96" s="6">
-        <v>5690715.0</v>
+        <v>13471855.0</v>
       </c>
       <c r="K96" s="6">
-        <v>115213390.0</v>
+        <v>128240057.0</v>
       </c>
       <c r="L96" s="6">
-        <v>85200300.0</v>
+        <v>100049705.0</v>
       </c>
       <c r="M96" s="6">
-        <v>9246410.0</v>
+        <v>6294162.0</v>
       </c>
       <c r="N96" s="6">
-        <v>20215788.0</v>
+        <v>22123231.0</v>
       </c>
       <c r="O96" s="6">
-        <v>24194812.0</v>
+        <v>26930412.0</v>
       </c>
       <c r="P96" s="6">
-        <v>20993806.0</v>
+        <v>20358607.0</v>
       </c>
       <c r="Q96" s="6">
-        <v>7694.0</v>
+        <v>665.0</v>
       </c>
       <c r="R96" s="6">
-        <v>20986112.0</v>
+        <v>20357942.0</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C97" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D97" s="6">
-        <v>621.0</v>
+        <v>637.0</v>
       </c>
       <c r="E97" s="6">
-        <v>31479865.0</v>
+        <v>65506931.0</v>
       </c>
       <c r="F97" s="6">
-        <v>29670765.0</v>
+        <v>63825898.0</v>
       </c>
       <c r="G97" s="6">
-        <v>1809100.0</v>
+        <v>1681033.0</v>
       </c>
       <c r="H97" s="6">
-        <v>249021.0</v>
+        <v>144536.0</v>
       </c>
       <c r="I97" s="6">
-        <v>19710327.0</v>
+        <v>51470047.0</v>
       </c>
       <c r="J97" s="6">
-        <v>9960438.0</v>
+        <v>12355851.0</v>
       </c>
       <c r="K97" s="6">
-        <v>20979748.0</v>
+        <v>20873876.0</v>
       </c>
       <c r="L97" s="6">
-        <v>19161319.0</v>
+        <v>18935243.0</v>
       </c>
       <c r="M97" s="6">
-        <v>100376.0</v>
+        <v>116267.0</v>
       </c>
       <c r="N97" s="6">
-        <v>3519632.0</v>
+        <v>4140256.0</v>
       </c>
       <c r="O97" s="6">
-        <v>4405747.0</v>
+        <v>4383514.0</v>
       </c>
       <c r="P97" s="6">
-        <v>2586657.0</v>
+        <v>3167889.0</v>
       </c>
       <c r="Q97" s="6">
-        <v>232980.0</v>
+        <v>387137.0</v>
       </c>
       <c r="R97" s="6">
-        <v>2353677.0</v>
+        <v>2780752.0</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C98" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D98" s="6">
-        <v>460.0</v>
+        <v>462.0</v>
       </c>
       <c r="E98" s="6">
-        <v>212438671.0</v>
+        <v>214289779.0</v>
       </c>
       <c r="F98" s="6">
-        <v>211135282.0</v>
+        <v>212829351.0</v>
       </c>
       <c r="G98" s="6">
-        <v>1303389.0</v>
+        <v>1460428.0</v>
       </c>
       <c r="H98" s="6">
-        <v>263119.0</v>
+        <v>478467.0</v>
       </c>
       <c r="I98" s="6">
-        <v>200125492.0</v>
+        <v>200576140.0</v>
       </c>
       <c r="J98" s="6">
-        <v>11009790.0</v>
+        <v>12253211.0</v>
       </c>
       <c r="K98" s="6">
-        <v>50851519.0</v>
+        <v>50443995.0</v>
       </c>
       <c r="L98" s="6">
-        <v>46421071.0</v>
+        <v>45788795.0</v>
       </c>
       <c r="M98" s="6">
-        <v>525148.0</v>
+        <v>227510.0</v>
       </c>
       <c r="N98" s="6">
-        <v>5025526.0</v>
+        <v>5737921.0</v>
       </c>
       <c r="O98" s="6">
-        <v>10678819.0</v>
+        <v>10593239.0</v>
       </c>
       <c r="P98" s="6">
-        <v>3404334.0</v>
+        <v>3991278.0</v>
       </c>
       <c r="Q98" s="6">
-        <v>192474.0</v>
+        <v>138257.0</v>
       </c>
       <c r="R98" s="6">
-        <v>3211860.0</v>
+        <v>3853021.0</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C99" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D99" s="6">
-        <v>1327.0</v>
+        <v>1374.0</v>
       </c>
       <c r="E99" s="6">
-        <v>52522511.0</v>
+        <v>48975634.0</v>
       </c>
       <c r="F99" s="6">
-        <v>48755593.0</v>
+        <v>46008003.0</v>
       </c>
       <c r="G99" s="6">
-        <v>3766918.0</v>
+        <v>2967631.0</v>
       </c>
       <c r="H99" s="6">
-        <v>861346.0</v>
+        <v>521627.0</v>
       </c>
       <c r="I99" s="6">
-        <v>6760658.0</v>
+        <v>5221722.0</v>
       </c>
       <c r="J99" s="6">
-        <v>41994935.0</v>
+        <v>40786281.0</v>
       </c>
       <c r="K99" s="6">
-        <v>32981227.0</v>
+        <v>40830295.0</v>
       </c>
       <c r="L99" s="6">
-        <v>27720633.0</v>
+        <v>33918266.0</v>
       </c>
       <c r="M99" s="6">
-        <v>894800.0</v>
+        <v>600995.0</v>
       </c>
       <c r="N99" s="6">
-        <v>9772467.0</v>
+        <v>11400045.0</v>
       </c>
       <c r="O99" s="6">
-        <v>6925931.0</v>
+        <v>8574362.0</v>
       </c>
       <c r="P99" s="6">
-        <v>4772749.0</v>
+        <v>4467580.0</v>
       </c>
       <c r="Q99" s="6">
-        <v>585907.0</v>
+        <v>751130.0</v>
       </c>
       <c r="R99" s="6">
-        <v>4186842.0</v>
+        <v>3716450.0</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C100" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D100" s="6">
-        <v>2985.0</v>
+        <v>3030.0</v>
       </c>
       <c r="E100" s="6">
-        <v>108666587.0</v>
+        <v>106348782.0</v>
       </c>
       <c r="F100" s="6">
-        <v>93295661.0</v>
+        <v>90085958.0</v>
       </c>
       <c r="G100" s="6">
-        <v>15370926.0</v>
+        <v>16262824.0</v>
       </c>
       <c r="H100" s="6">
-        <v>3478149.0</v>
+        <v>4139724.0</v>
       </c>
       <c r="I100" s="6">
-        <v>2032488.0</v>
+        <v>1401118.0</v>
       </c>
       <c r="J100" s="6">
-        <v>91263173.0</v>
+        <v>88684840.0</v>
       </c>
       <c r="K100" s="6">
-        <v>67597734.0</v>
+        <v>67873596.0</v>
       </c>
       <c r="L100" s="6">
-        <v>50258943.0</v>
+        <v>50573762.0</v>
       </c>
       <c r="M100" s="6">
-        <v>4902110.0</v>
+        <v>4273176.0</v>
       </c>
       <c r="N100" s="6">
-        <v>22061555.0</v>
+        <v>21471774.0</v>
       </c>
       <c r="O100" s="6">
-        <v>14192984.0</v>
+        <v>14252125.0</v>
       </c>
       <c r="P100" s="6">
-        <v>9879310.0</v>
+        <v>9244130.0</v>
       </c>
       <c r="Q100" s="6">
-        <v>847368.0</v>
+        <v>923542.0</v>
       </c>
       <c r="R100" s="6">
-        <v>9031942.0</v>
+        <v>8320588.0</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C101" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
-      <c r="D101" s="6" t="s">
-[...42 lines deleted...]
-        <v>51</v>
+      <c r="D101" s="6">
+        <v>3.0</v>
+      </c>
+      <c r="E101" s="6">
+        <v>1389.0</v>
+      </c>
+      <c r="F101" s="6">
+        <v>1389.0</v>
+      </c>
+      <c r="G101" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="H101" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="I101" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="J101" s="6">
+        <v>1389.0</v>
+      </c>
+      <c r="K101" s="6">
+        <v>1567.0</v>
+      </c>
+      <c r="L101" s="6">
+        <v>1048.0</v>
+      </c>
+      <c r="M101" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="N101" s="6">
+        <v>537.0</v>
+      </c>
+      <c r="O101" s="6">
+        <v>329.0</v>
+      </c>
+      <c r="P101" s="6">
+        <v>208.0</v>
+      </c>
+      <c r="Q101" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="R101" s="6">
+        <v>208.0</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C102" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D102" s="6">
-        <v>72.0</v>
+        <v>68.0</v>
       </c>
       <c r="E102" s="6">
-        <v>743587.0</v>
+        <v>1660098.0</v>
       </c>
       <c r="F102" s="6">
-        <v>668091.0</v>
+        <v>1639861.0</v>
       </c>
       <c r="G102" s="6">
-        <v>75496.0</v>
+        <v>20237.0</v>
       </c>
       <c r="H102" s="6">
-        <v>63466.0</v>
+        <v>11790.0</v>
       </c>
       <c r="I102" s="6">
-        <v>4335.0</v>
+        <v>4174.0</v>
       </c>
       <c r="J102" s="6">
-        <v>663756.0</v>
+        <v>1635687.0</v>
       </c>
       <c r="K102" s="6">
-        <v>813914.0</v>
+        <v>586738.0</v>
       </c>
       <c r="L102" s="6">
-        <v>277957.0</v>
+        <v>250424.0</v>
       </c>
       <c r="M102" s="6">
-        <v>347519.0</v>
+        <v>115190.0</v>
       </c>
       <c r="N102" s="6">
-        <v>174895.0</v>
+        <v>388256.0</v>
       </c>
       <c r="O102" s="6">
-        <v>170922.0</v>
+        <v>123215.0</v>
       </c>
       <c r="P102" s="6">
-        <v>85674.0</v>
+        <v>295785.0</v>
       </c>
       <c r="Q102" s="6">
-        <v>7939.0</v>
+        <v>6220.0</v>
       </c>
       <c r="R102" s="6">
-        <v>77735.0</v>
+        <v>289565.0</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-06</t>
+            <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
       <c r="B103" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="C103" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D103" s="6">
-        <v>115003.0</v>
+        <v>96495.0</v>
       </c>
       <c r="E103" s="6">
-        <v>16591536722.0</v>
+        <v>16048606243.0</v>
       </c>
       <c r="F103" s="6">
-        <v>11105820148.0</v>
+        <v>10629759619.0</v>
       </c>
       <c r="G103" s="6">
-        <v>5485716574.0</v>
+        <v>5418846624.0</v>
       </c>
       <c r="H103" s="6">
-        <v>2064251990.0</v>
+        <v>2027544899.0</v>
       </c>
       <c r="I103" s="6">
-        <v>959814652.0</v>
+        <v>970450979.0</v>
       </c>
       <c r="J103" s="6">
-        <v>10146005496.0</v>
+        <v>9659308640.0</v>
       </c>
       <c r="K103" s="6">
-        <v>12317049559.0</v>
+        <v>11591480081.0</v>
       </c>
       <c r="L103" s="6">
-        <v>7951568827.0</v>
+        <v>7486406442.0</v>
       </c>
       <c r="M103" s="6">
-        <v>905738924.0</v>
+        <v>907767619.0</v>
       </c>
       <c r="N103" s="6">
-        <v>2888364259.0</v>
+        <v>2680691491.0</v>
       </c>
       <c r="O103" s="6">
-        <v>2573353572.0</v>
+        <v>2422561277.0</v>
       </c>
       <c r="P103" s="6">
-        <v>975512609.0</v>
+        <v>935360071.0</v>
       </c>
       <c r="Q103" s="6">
-        <v>396101321.0</v>
+        <v>409070438.0</v>
       </c>
       <c r="R103" s="6">
-        <v>579411288.0</v>
+        <v>526289633.0</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">A: Žemės ūkis, miškininkystė ir žuvininkystė</t>
           </r>
         </is>
       </c>
       <c r="C104" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D104" s="6">
-        <v>17018.0</v>
+        <v>4532.0</v>
       </c>
       <c r="E104" s="6">
-        <v>598443352.0</v>
+        <v>391052656.0</v>
       </c>
       <c r="F104" s="6">
-        <v>539721801.0</v>
+        <v>350121626.0</v>
       </c>
       <c r="G104" s="6">
-        <v>58721551.0</v>
+        <v>40931030.0</v>
       </c>
       <c r="H104" s="6">
-        <v>39458485.0</v>
+        <v>30834731.0</v>
       </c>
       <c r="I104" s="6">
-        <v>5315071.0</v>
+        <v>1319612.0</v>
       </c>
       <c r="J104" s="6">
-        <v>534406730.0</v>
+        <v>348802014.0</v>
       </c>
       <c r="K104" s="6">
-        <v>778185771.0</v>
+        <v>281628405.0</v>
       </c>
       <c r="L104" s="6">
-        <v>759034938.0</v>
+        <v>265045662.0</v>
       </c>
       <c r="M104" s="6">
-        <v>1430410.0</v>
+        <v>798967.0</v>
       </c>
       <c r="N104" s="6">
-        <v>128207699.0</v>
+        <v>80210365.0</v>
       </c>
       <c r="O104" s="6">
-        <v>163398432.0</v>
+        <v>58901496.0</v>
       </c>
       <c r="P104" s="6">
-        <v>36934540.0</v>
+        <v>34097589.0</v>
       </c>
       <c r="Q104" s="6">
-        <v>70588569.0</v>
+        <v>12055158.0</v>
       </c>
       <c r="R104" s="6">
-        <v>-33654029.0</v>
+        <v>22042431.0</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">B: Kasyba ir karjerų eksploatavimas</t>
           </r>
         </is>
       </c>
       <c r="C105" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D105" s="6">
-        <v>220.0</v>
+        <v>218.0</v>
       </c>
       <c r="E105" s="6">
-        <v>29881137.0</v>
+        <v>29883650.0</v>
       </c>
       <c r="F105" s="6">
-        <v>25940749.0</v>
+        <v>26064434.0</v>
       </c>
       <c r="G105" s="6">
-        <v>3940388.0</v>
+        <v>3819216.0</v>
       </c>
       <c r="H105" s="6">
-        <v>2397326.0</v>
+        <v>2441370.0</v>
       </c>
       <c r="I105" s="6">
-        <v>47081.0</v>
+        <v>402221.0</v>
       </c>
       <c r="J105" s="6">
-        <v>25893668.0</v>
+        <v>25662213.0</v>
       </c>
       <c r="K105" s="6">
-        <v>15625067.0</v>
+        <v>15343471.0</v>
       </c>
       <c r="L105" s="6">
-        <v>14347224.0</v>
+        <v>14392167.0</v>
       </c>
       <c r="M105" s="6">
-        <v>469295.0</v>
+        <v>621552.0</v>
       </c>
       <c r="N105" s="6">
-        <v>5584033.0</v>
+        <v>5389919.0</v>
       </c>
       <c r="O105" s="6">
-        <v>3281264.0</v>
+        <v>3222129.0</v>
       </c>
       <c r="P105" s="6">
-        <v>2654889.0</v>
+        <v>2601031.0</v>
       </c>
       <c r="Q105" s="6">
-        <v>243664.0</v>
+        <v>295373.0</v>
       </c>
       <c r="R105" s="6">
-        <v>2411225.0</v>
+        <v>2305658.0</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">C: Apdirbamoji gamyba</t>
           </r>
         </is>
       </c>
       <c r="C106" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D106" s="6">
-        <v>9706.0</v>
+        <v>9427.0</v>
       </c>
       <c r="E106" s="6">
-        <v>3192437989.0</v>
+        <v>3067095186.0</v>
       </c>
       <c r="F106" s="6">
-        <v>1412773336.0</v>
+        <v>1362988591.0</v>
       </c>
       <c r="G106" s="6">
-        <v>1779664653.0</v>
+        <v>1704106595.0</v>
       </c>
       <c r="H106" s="6">
-        <v>1154649467.0</v>
+        <v>1071017870.0</v>
       </c>
       <c r="I106" s="6">
-        <v>14627710.0</v>
+        <v>9111486.0</v>
       </c>
       <c r="J106" s="6">
-        <v>1398145626.0</v>
+        <v>1353877105.0</v>
       </c>
       <c r="K106" s="6">
-        <v>2467812292.0</v>
+        <v>2287546518.0</v>
       </c>
       <c r="L106" s="6">
-        <v>1242974819.0</v>
+        <v>1150979124.0</v>
       </c>
       <c r="M106" s="6">
-        <v>550959338.0</v>
+        <v>543629848.0</v>
       </c>
       <c r="N106" s="6">
-        <v>454843789.0</v>
+        <v>414543659.0</v>
       </c>
       <c r="O106" s="6">
-        <v>517755302.0</v>
+        <v>479798304.0</v>
       </c>
       <c r="P106" s="6">
-        <v>133103268.0</v>
+        <v>128486338.0</v>
       </c>
       <c r="Q106" s="6">
-        <v>80296921.0</v>
+        <v>79112639.0</v>
       </c>
       <c r="R106" s="6">
-        <v>52806347.0</v>
+        <v>49373699.0</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">D: Elektros, dujų, garo tiekimas ir oro kondicionavimas</t>
           </r>
         </is>
       </c>
       <c r="C107" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D107" s="6">
-        <v>1159.0</v>
+        <v>937.0</v>
       </c>
       <c r="E107" s="6">
-        <v>310930103.0</v>
+        <v>369516690.0</v>
       </c>
       <c r="F107" s="6">
-        <v>249645997.0</v>
+        <v>271872742.0</v>
       </c>
       <c r="G107" s="6">
-        <v>61284106.0</v>
+        <v>97643948.0</v>
       </c>
       <c r="H107" s="6">
-        <v>7136331.0</v>
+        <v>20917083.0</v>
       </c>
       <c r="I107" s="6">
-        <v>2228348.0</v>
+        <v>1865605.0</v>
       </c>
       <c r="J107" s="6">
-        <v>247417649.0</v>
+        <v>270007137.0</v>
       </c>
       <c r="K107" s="6">
-        <v>714622467.0</v>
+        <v>432616538.0</v>
       </c>
       <c r="L107" s="6">
-        <v>635411005.0</v>
+        <v>299946471.0</v>
       </c>
       <c r="M107" s="6">
-        <v>1464776.0</v>
+        <v>67124.0</v>
       </c>
       <c r="N107" s="6">
-        <v>155268082.0</v>
+        <v>105907921.0</v>
       </c>
       <c r="O107" s="6">
-        <v>150070718.0</v>
+        <v>90849473.0</v>
       </c>
       <c r="P107" s="6">
-        <v>13293142.0</v>
+        <v>20352709.0</v>
       </c>
       <c r="Q107" s="6">
-        <v>7779669.0</v>
+        <v>5166418.0</v>
       </c>
       <c r="R107" s="6">
-        <v>5513473.0</v>
+        <v>15186291.0</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">E: Vandens tiekimas nuotekų valymas, atliekų tvarkymas ir regeneravimas</t>
           </r>
         </is>
       </c>
       <c r="C108" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D108" s="6">
-        <v>392.0</v>
+        <v>385.0</v>
       </c>
       <c r="E108" s="6">
-        <v>100673171.0</v>
+        <v>94240164.0</v>
       </c>
       <c r="F108" s="6">
-        <v>83941699.0</v>
+        <v>79754324.0</v>
       </c>
       <c r="G108" s="6">
-        <v>16731472.0</v>
+        <v>14485840.0</v>
       </c>
       <c r="H108" s="6">
-        <v>12593820.0</v>
+        <v>11462851.0</v>
       </c>
       <c r="I108" s="6">
-        <v>161801.0</v>
+        <v>411733.0</v>
       </c>
       <c r="J108" s="6">
-        <v>83779898.0</v>
+        <v>79342591.0</v>
       </c>
       <c r="K108" s="6">
-        <v>64377966.0</v>
+        <v>57992443.0</v>
       </c>
       <c r="L108" s="6">
-        <v>59563352.0</v>
+        <v>54101657.0</v>
       </c>
       <c r="M108" s="6">
-        <v>281705.0</v>
+        <v>609581.0</v>
       </c>
       <c r="N108" s="6">
-        <v>19925079.0</v>
+        <v>18190055.0</v>
       </c>
       <c r="O108" s="6">
-        <v>13408754.0</v>
+        <v>12178413.0</v>
       </c>
       <c r="P108" s="6">
-        <v>8578369.0</v>
+        <v>7937125.0</v>
       </c>
       <c r="Q108" s="6">
-        <v>1930618.0</v>
+        <v>1738097.0</v>
       </c>
       <c r="R108" s="6">
-        <v>6647751.0</v>
+        <v>6199028.0</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">F: Statyba</t>
           </r>
         </is>
       </c>
       <c r="C109" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D109" s="6">
-        <v>11992.0</v>
+        <v>11686.0</v>
       </c>
       <c r="E109" s="6">
-        <v>1100309663.0</v>
+        <v>1092465052.0</v>
       </c>
       <c r="F109" s="6">
-        <v>966336570.0</v>
+        <v>977851942.0</v>
       </c>
       <c r="G109" s="6">
-        <v>133973093.0</v>
+        <v>114613110.0</v>
       </c>
       <c r="H109" s="6">
-        <v>7855893.0</v>
+        <v>6444237.0</v>
       </c>
       <c r="I109" s="6">
-        <v>7688705.0</v>
+        <v>4937503.0</v>
       </c>
       <c r="J109" s="6">
-        <v>958647865.0</v>
+        <v>972914439.0</v>
       </c>
       <c r="K109" s="6">
-        <v>745655137.0</v>
+        <v>777986437.0</v>
       </c>
       <c r="L109" s="6">
-        <v>661171542.0</v>
+        <v>696757128.0</v>
       </c>
       <c r="M109" s="6">
-        <v>25784148.0</v>
+        <v>28852100.0</v>
       </c>
       <c r="N109" s="6">
-        <v>145357067.0</v>
+        <v>145361354.0</v>
       </c>
       <c r="O109" s="6">
-        <v>156583213.0</v>
+        <v>163342989.0</v>
       </c>
       <c r="P109" s="6">
-        <v>38320078.0</v>
+        <v>34555768.0</v>
       </c>
       <c r="Q109" s="6">
-        <v>43773019.0</v>
+        <v>44257196.0</v>
       </c>
       <c r="R109" s="6">
-        <v>-5452941.0</v>
+        <v>-9701428.0</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">G: Didmeninė ir mažmeninė prekyba</t>
           </r>
         </is>
       </c>
       <c r="C110" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D110" s="6">
-        <v>25376.0</v>
+        <v>24763.0</v>
       </c>
       <c r="E110" s="6">
-        <v>5604693419.0</v>
+        <v>5769081286.0</v>
       </c>
       <c r="F110" s="6">
-        <v>4136134658.0</v>
+        <v>4189613519.0</v>
       </c>
       <c r="G110" s="6">
-        <v>1468558761.0</v>
+        <v>1579467767.0</v>
       </c>
       <c r="H110" s="6">
-        <v>774947193.0</v>
+        <v>821780810.0</v>
       </c>
       <c r="I110" s="6">
-        <v>29756632.0</v>
+        <v>29830854.0</v>
       </c>
       <c r="J110" s="6">
-        <v>4106378026.0</v>
+        <v>4159782665.0</v>
       </c>
       <c r="K110" s="6">
-        <v>4390762690.0</v>
+        <v>4725595255.0</v>
       </c>
       <c r="L110" s="6">
-        <v>2417018738.0</v>
+        <v>2878206491.0</v>
       </c>
       <c r="M110" s="6">
-        <v>302013367.0</v>
+        <v>284349148.0</v>
       </c>
       <c r="N110" s="6">
-        <v>1166539133.0</v>
+        <v>1156169448.0</v>
       </c>
       <c r="O110" s="6">
-        <v>910423930.0</v>
+        <v>983263648.0</v>
       </c>
       <c r="P110" s="6">
-        <v>404807532.0</v>
+        <v>392273727.0</v>
       </c>
       <c r="Q110" s="6">
-        <v>76739666.0</v>
+        <v>152421068.0</v>
       </c>
       <c r="R110" s="6">
-        <v>328067866.0</v>
+        <v>239852659.0</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">H: Transportas ir saugojimas</t>
           </r>
         </is>
       </c>
       <c r="C111" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D111" s="6">
-        <v>8429.0</v>
+        <v>8203.0</v>
       </c>
       <c r="E111" s="6">
-        <v>1954439388.0</v>
+        <v>1904579499.0</v>
       </c>
       <c r="F111" s="6">
-        <v>752805731.0</v>
+        <v>750079461.0</v>
       </c>
       <c r="G111" s="6">
-        <v>1201633657.0</v>
+        <v>1154500038.0</v>
       </c>
       <c r="H111" s="6">
-        <v>22419666.0</v>
+        <v>15626915.0</v>
       </c>
       <c r="I111" s="6">
-        <v>10018058.0</v>
+        <v>8763537.0</v>
       </c>
       <c r="J111" s="6">
-        <v>742787673.0</v>
+        <v>741315924.0</v>
       </c>
       <c r="K111" s="6">
-        <v>1097049825.0</v>
+        <v>1045090712.0</v>
       </c>
       <c r="L111" s="6">
-        <v>659320372.0</v>
+        <v>623406210.0</v>
       </c>
       <c r="M111" s="6">
-        <v>7518429.0</v>
+        <v>19620652.0</v>
       </c>
       <c r="N111" s="6">
-        <v>250881266.0</v>
+        <v>242084106.0</v>
       </c>
       <c r="O111" s="6">
-        <v>230158685.0</v>
+        <v>218860181.0</v>
       </c>
       <c r="P111" s="6">
-        <v>75425335.0</v>
+        <v>78578362.0</v>
       </c>
       <c r="Q111" s="6">
-        <v>52191953.0</v>
+        <v>50219251.0</v>
       </c>
       <c r="R111" s="6">
-        <v>23233382.0</v>
+        <v>28359111.0</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">I: Apgyvendinimo ir maitinimo paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C112" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D112" s="6">
-        <v>4114.0</v>
+        <v>3984.0</v>
       </c>
       <c r="E112" s="6">
-        <v>214951273.0</v>
+        <v>247331195.0</v>
       </c>
       <c r="F112" s="6">
-        <v>211797654.0</v>
+        <v>243473740.0</v>
       </c>
       <c r="G112" s="6">
-        <v>3153619.0</v>
+        <v>3857455.0</v>
       </c>
       <c r="H112" s="6">
-        <v>1247465.0</v>
+        <v>1495558.0</v>
       </c>
       <c r="I112" s="6">
-        <v>4608948.0</v>
+        <v>4954109.0</v>
       </c>
       <c r="J112" s="6">
-        <v>207188706.0</v>
+        <v>238519631.0</v>
       </c>
       <c r="K112" s="6">
-        <v>124174433.0</v>
+        <v>126044419.0</v>
       </c>
       <c r="L112" s="6">
-        <v>110503324.0</v>
+        <v>111976057.0</v>
       </c>
       <c r="M112" s="6">
-        <v>590724.0</v>
+        <v>272500.0</v>
       </c>
       <c r="N112" s="6">
-        <v>43708402.0</v>
+        <v>49175630.0</v>
       </c>
       <c r="O112" s="6">
-        <v>26076631.0</v>
+        <v>26469328.0</v>
       </c>
       <c r="P112" s="6">
-        <v>19319869.0</v>
+        <v>23934831.0</v>
       </c>
       <c r="Q112" s="6">
-        <v>1292604.0</v>
+        <v>889992.0</v>
       </c>
       <c r="R112" s="6">
-        <v>18027265.0</v>
+        <v>23044839.0</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">J: Leidyba, transliavimas ir turinio kūrimo ir platinimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C113" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D113" s="6">
-        <v>1234.0</v>
+        <v>1103.0</v>
       </c>
       <c r="E113" s="6">
-        <v>128227203.0</v>
+        <v>120452259.0</v>
       </c>
       <c r="F113" s="6">
-        <v>66043262.0</v>
+        <v>59211086.0</v>
       </c>
       <c r="G113" s="6">
-        <v>62183941.0</v>
+        <v>61241173.0</v>
       </c>
       <c r="H113" s="6">
-        <v>374540.0</v>
+        <v>301691.0</v>
       </c>
       <c r="I113" s="6">
-        <v>6825499.0</v>
+        <v>5944511.0</v>
       </c>
       <c r="J113" s="6">
-        <v>59217763.0</v>
+        <v>53266575.0</v>
       </c>
       <c r="K113" s="6">
-        <v>202379989.0</v>
+        <v>185972320.0</v>
       </c>
       <c r="L113" s="6">
-        <v>139425372.0</v>
+        <v>138034324.0</v>
       </c>
       <c r="M113" s="6">
-        <v>274833.0</v>
+        <v>269119.0</v>
       </c>
       <c r="N113" s="6">
-        <v>24354541.0</v>
+        <v>19757484.0</v>
       </c>
       <c r="O113" s="6">
-        <v>42497428.0</v>
+        <v>39053899.0</v>
       </c>
       <c r="P113" s="6">
-        <v>6045706.0</v>
+        <v>4777678.0</v>
       </c>
       <c r="Q113" s="6">
-        <v>23600010.0</v>
+        <v>23460472.0</v>
       </c>
       <c r="R113" s="6">
-        <v>-17554304.0</v>
+        <v>-18682794.0</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">K: Telekomunikacijų, kompiuterių programavimo, konsultacinė, kompiuterijos infrastruktūros ir kita informacinių paslaugų veikla</t>
           </r>
         </is>
       </c>
       <c r="C114" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D114" s="6">
-        <v>4207.0</v>
+        <v>3794.0</v>
       </c>
       <c r="E114" s="6">
-        <v>539543309.0</v>
+        <v>471471010.0</v>
       </c>
       <c r="F114" s="6">
-        <v>231450914.0</v>
+        <v>208997868.0</v>
       </c>
       <c r="G114" s="6">
-        <v>308092395.0</v>
+        <v>262473142.0</v>
       </c>
       <c r="H114" s="6">
-        <v>8279588.0</v>
+        <v>9399007.0</v>
       </c>
       <c r="I114" s="6">
-        <v>3991425.0</v>
+        <v>3254098.0</v>
       </c>
       <c r="J114" s="6">
-        <v>227459489.0</v>
+        <v>205743770.0</v>
       </c>
       <c r="K114" s="6">
-        <v>256987343.0</v>
+        <v>244396964.0</v>
       </c>
       <c r="L114" s="6">
-        <v>124610133.0</v>
+        <v>119639505.0</v>
       </c>
       <c r="M114" s="6">
-        <v>1783590.0</v>
+        <v>2029914.0</v>
       </c>
       <c r="N114" s="6">
-        <v>78647297.0</v>
+        <v>70948112.0</v>
       </c>
       <c r="O114" s="6">
-        <v>53959766.0</v>
+        <v>51301996.0</v>
       </c>
       <c r="P114" s="6">
-        <v>31901917.0</v>
+        <v>27756830.0</v>
       </c>
       <c r="Q114" s="6">
-        <v>5708452.0</v>
+        <v>6594630.0</v>
       </c>
       <c r="R114" s="6">
-        <v>26193465.0</v>
+        <v>21162200.0</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">L: Finansinė ir draudimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C115" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D115" s="6">
-        <v>827.0</v>
+        <v>760.0</v>
       </c>
       <c r="E115" s="6">
-        <v>806250582.0</v>
+        <v>850673601.0</v>
       </c>
       <c r="F115" s="6">
-        <v>768475037.0</v>
+        <v>774477828.0</v>
       </c>
       <c r="G115" s="6">
-        <v>37775545.0</v>
+        <v>76195773.0</v>
       </c>
       <c r="H115" s="6">
-        <v>175269.0</v>
+        <v>177751.0</v>
       </c>
       <c r="I115" s="6">
-        <v>542326968.0</v>
+        <v>583405260.0</v>
       </c>
       <c r="J115" s="6">
-        <v>226148069.0</v>
+        <v>191072568.0</v>
       </c>
       <c r="K115" s="6">
-        <v>269016509.0</v>
+        <v>220215239.0</v>
       </c>
       <c r="L115" s="6">
-        <v>214296428.0</v>
+        <v>178748419.0</v>
       </c>
       <c r="M115" s="6">
-        <v>92481.0</v>
+        <v>238548.0</v>
       </c>
       <c r="N115" s="6">
-        <v>58891787.0</v>
+        <v>47981675.0</v>
       </c>
       <c r="O115" s="6">
-        <v>56493467.0</v>
+        <v>45426593.0</v>
       </c>
       <c r="P115" s="6">
-        <v>14546894.0</v>
+        <v>12145407.0</v>
       </c>
       <c r="Q115" s="6">
-        <v>1924556.0</v>
+        <v>994811.0</v>
       </c>
       <c r="R115" s="6">
-        <v>12622338.0</v>
+        <v>11150596.0</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">M: Nekilnojamojo turto operacijos</t>
           </r>
         </is>
       </c>
       <c r="C116" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D116" s="6">
-        <v>7087.0</v>
+        <v>6742.0</v>
       </c>
       <c r="E116" s="6">
-        <v>530410204.0</v>
+        <v>382410418.0</v>
       </c>
       <c r="F116" s="6">
-        <v>522913283.0</v>
+        <v>358250713.0</v>
       </c>
       <c r="G116" s="6">
-        <v>7496921.0</v>
+        <v>24159705.0</v>
       </c>
       <c r="H116" s="6">
-        <v>1831453.0</v>
+        <v>1378252.0</v>
       </c>
       <c r="I116" s="6">
-        <v>84881802.0</v>
+        <v>43950619.0</v>
       </c>
       <c r="J116" s="6">
-        <v>438031481.0</v>
+        <v>314300094.0</v>
       </c>
       <c r="K116" s="6">
-        <v>330240310.0</v>
+        <v>330240280.0</v>
       </c>
       <c r="L116" s="6">
-        <v>313724409.0</v>
+        <v>322503948.0</v>
       </c>
       <c r="M116" s="6">
-        <v>1163548.0</v>
+        <v>579262.0</v>
       </c>
       <c r="N116" s="6">
-        <v>104862196.0</v>
+        <v>96421029.0</v>
       </c>
       <c r="O116" s="6">
-        <v>69350465.0</v>
+        <v>69341344.0</v>
       </c>
       <c r="P116" s="6">
-        <v>47117482.0</v>
+        <v>45929138.0</v>
       </c>
       <c r="Q116" s="6">
-        <v>10695341.0</v>
+        <v>17023385.0</v>
       </c>
       <c r="R116" s="6">
-        <v>36422141.0</v>
+        <v>28905753.0</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">N: Profesinė, mokslinė ir techninė veikla</t>
           </r>
         </is>
       </c>
       <c r="C117" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D117" s="6">
-        <v>12600.0</v>
+        <v>10226.0</v>
       </c>
       <c r="E117" s="6">
-        <v>629082070.0</v>
+        <v>425717234.0</v>
       </c>
       <c r="F117" s="6">
-        <v>474250076.0</v>
+        <v>307066423.0</v>
       </c>
       <c r="G117" s="6">
-        <v>154831994.0</v>
+        <v>118650811.0</v>
       </c>
       <c r="H117" s="6">
-        <v>10224478.0</v>
+        <v>9061138.0</v>
       </c>
       <c r="I117" s="6">
-        <v>19799808.0</v>
+        <v>11650468.0</v>
       </c>
       <c r="J117" s="6">
-        <v>454450268.0</v>
+        <v>295415955.0</v>
       </c>
       <c r="K117" s="6">
-        <v>267160893.0</v>
+        <v>242481105.0</v>
       </c>
       <c r="L117" s="6">
-        <v>194033819.0</v>
+        <v>153891609.0</v>
       </c>
       <c r="M117" s="6">
-        <v>1887671.0</v>
+        <v>13372262.0</v>
       </c>
       <c r="N117" s="6">
-        <v>107930961.0</v>
+        <v>74067277.0</v>
       </c>
       <c r="O117" s="6">
-        <v>55978918.0</v>
+        <v>50881644.0</v>
       </c>
       <c r="P117" s="6">
-        <v>62050855.0</v>
+        <v>35558832.0</v>
       </c>
       <c r="Q117" s="6">
-        <v>9379698.0</v>
+        <v>8146830.0</v>
       </c>
       <c r="R117" s="6">
-        <v>52671157.0</v>
+        <v>27412002.0</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">O: Administracinė ir aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C118" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D118" s="6">
-        <v>4400.0</v>
+        <v>4167.0</v>
       </c>
       <c r="E118" s="6">
-        <v>440560668.0</v>
+        <v>390876437.0</v>
       </c>
       <c r="F118" s="6">
-        <v>278077932.0</v>
+        <v>252856275.0</v>
       </c>
       <c r="G118" s="6">
-        <v>162482736.0</v>
+        <v>138020162.0</v>
       </c>
       <c r="H118" s="6">
-        <v>15965566.0</v>
+        <v>19506506.0</v>
       </c>
       <c r="I118" s="6">
-        <v>8224367.0</v>
+        <v>7872864.0</v>
       </c>
       <c r="J118" s="6">
-        <v>269853565.0</v>
+        <v>244983411.0</v>
       </c>
       <c r="K118" s="6">
-        <v>238757863.0</v>
+        <v>192617756.0</v>
       </c>
       <c r="L118" s="6">
-        <v>157135157.0</v>
+        <v>128909843.0</v>
       </c>
       <c r="M118" s="6">
-        <v>2782748.0</v>
+        <v>2457114.0</v>
       </c>
       <c r="N118" s="6">
-        <v>71331803.0</v>
+        <v>63400187.0</v>
       </c>
       <c r="O118" s="6">
-        <v>49525988.0</v>
+        <v>40270307.0</v>
       </c>
       <c r="P118" s="6">
-        <v>30018701.0</v>
+        <v>29632286.0</v>
       </c>
       <c r="Q118" s="6">
-        <v>6796510.0</v>
+        <v>5285214.0</v>
       </c>
       <c r="R118" s="6">
-        <v>23222191.0</v>
+        <v>24347072.0</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">P: Viešasis valdymas ir gynyba; privalomasis socialinis draudimas</t>
           </r>
         </is>
       </c>
       <c r="C119" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D119" s="6">
         <v>57.0</v>
       </c>
       <c r="E119" s="6">
-        <v>9437291.0</v>
+        <v>23515656.0</v>
       </c>
       <c r="F119" s="6">
-        <v>7963613.0</v>
+        <v>21582999.0</v>
       </c>
       <c r="G119" s="6">
-        <v>1473678.0</v>
+        <v>1932657.0</v>
       </c>
       <c r="H119" s="6">
-        <v>5876.0</v>
+        <v>0.0</v>
       </c>
       <c r="I119" s="6">
-        <v>4989952.0</v>
+        <v>7883594.0</v>
       </c>
       <c r="J119" s="6">
-        <v>2973661.0</v>
+        <v>13699405.0</v>
       </c>
       <c r="K119" s="6">
-        <v>178916114.0</v>
+        <v>162458633.0</v>
       </c>
       <c r="L119" s="6">
-        <v>102679605.0</v>
+        <v>111662967.0</v>
       </c>
       <c r="M119" s="6">
-        <v>2343367.0</v>
+        <v>5600300.0</v>
       </c>
       <c r="N119" s="6">
-        <v>29456480.0</v>
+        <v>28795130.0</v>
       </c>
       <c r="O119" s="6">
-        <v>37572384.0</v>
+        <v>34116313.0</v>
       </c>
       <c r="P119" s="6">
-        <v>29407164.0</v>
+        <v>27208430.0</v>
       </c>
       <c r="Q119" s="6">
-        <v>12081.0</v>
+        <v>13792.0</v>
       </c>
       <c r="R119" s="6">
-        <v>29395083.0</v>
+        <v>27194638.0</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Q: Švietimas</t>
           </r>
         </is>
       </c>
       <c r="C120" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D120" s="6">
-        <v>730.0</v>
+        <v>628.0</v>
       </c>
       <c r="E120" s="6">
-        <v>30556108.0</v>
+        <v>30405652.0</v>
       </c>
       <c r="F120" s="6">
-        <v>28662852.0</v>
+        <v>28540208.0</v>
       </c>
       <c r="G120" s="6">
-        <v>1893256.0</v>
+        <v>1865444.0</v>
       </c>
       <c r="H120" s="6">
-        <v>96431.0</v>
+        <v>278333.0</v>
       </c>
       <c r="I120" s="6">
-        <v>15552459.0</v>
+        <v>18115469.0</v>
       </c>
       <c r="J120" s="6">
-        <v>13110393.0</v>
+        <v>10424739.0</v>
       </c>
       <c r="K120" s="6">
-        <v>20970062.0</v>
+        <v>17300019.0</v>
       </c>
       <c r="L120" s="6">
-        <v>19339305.0</v>
+        <v>15757514.0</v>
       </c>
       <c r="M120" s="6">
-        <v>61048.0</v>
+        <v>37295.0</v>
       </c>
       <c r="N120" s="6">
-        <v>3894877.0</v>
+        <v>3628831.0</v>
       </c>
       <c r="O120" s="6">
-        <v>4403713.0</v>
+        <v>3633004.0</v>
       </c>
       <c r="P120" s="6">
-        <v>2734503.0</v>
+        <v>2743377.0</v>
       </c>
       <c r="Q120" s="6">
-        <v>673140.0</v>
+        <v>144137.0</v>
       </c>
       <c r="R120" s="6">
-        <v>2061363.0</v>
+        <v>2599240.0</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">R: Žmonių sveikatos priežiūra ir socialinis darbas</t>
           </r>
         </is>
       </c>
       <c r="C121" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D121" s="6">
-        <v>479.0</v>
+        <v>464.0</v>
       </c>
       <c r="E121" s="6">
-        <v>204416401.0</v>
+        <v>230889672.0</v>
       </c>
       <c r="F121" s="6">
-        <v>203045743.0</v>
+        <v>229653818.0</v>
       </c>
       <c r="G121" s="6">
-        <v>1370658.0</v>
+        <v>1235854.0</v>
       </c>
       <c r="H121" s="6">
-        <v>289356.0</v>
+        <v>192819.0</v>
       </c>
       <c r="I121" s="6">
-        <v>192232347.0</v>
+        <v>219110842.0</v>
       </c>
       <c r="J121" s="6">
-        <v>10813396.0</v>
+        <v>10542976.0</v>
       </c>
       <c r="K121" s="6">
-        <v>48655171.0</v>
+        <v>154054138.0</v>
       </c>
       <c r="L121" s="6">
-        <v>44826210.0</v>
+        <v>150909724.0</v>
       </c>
       <c r="M121" s="6">
-        <v>250229.0</v>
+        <v>166843.0</v>
       </c>
       <c r="N121" s="6">
-        <v>4944610.0</v>
+        <v>27850395.0</v>
       </c>
       <c r="O121" s="6">
-        <v>10217586.0</v>
+        <v>32351369.0</v>
       </c>
       <c r="P121" s="6">
-        <v>3451986.0</v>
+        <v>12320025.0</v>
       </c>
       <c r="Q121" s="6">
-        <v>255821.0</v>
+        <v>99151.0</v>
       </c>
       <c r="R121" s="6">
-        <v>3196165.0</v>
+        <v>12220874.0</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">S: Meninė, pramoginė ir rekreacijos organizavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C122" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D122" s="6">
-        <v>1529.0</v>
+        <v>1350.0</v>
       </c>
       <c r="E122" s="6">
-        <v>56754873.0</v>
+        <v>55811107.0</v>
       </c>
       <c r="F122" s="6">
-        <v>52149970.0</v>
+        <v>52647285.0</v>
       </c>
       <c r="G122" s="6">
-        <v>4604903.0</v>
+        <v>3163822.0</v>
       </c>
       <c r="H122" s="6">
-        <v>813102.0</v>
+        <v>841788.0</v>
       </c>
       <c r="I122" s="6">
-        <v>4973982.0</v>
+        <v>6196663.0</v>
       </c>
       <c r="J122" s="6">
-        <v>47175988.0</v>
+        <v>46450622.0</v>
       </c>
       <c r="K122" s="6">
-        <v>35799662.0</v>
+        <v>31030376.0</v>
       </c>
       <c r="L122" s="6">
-        <v>29586676.0</v>
+        <v>26752538.0</v>
       </c>
       <c r="M122" s="6">
-        <v>1116010.0</v>
+        <v>517481.0</v>
       </c>
       <c r="N122" s="6">
-        <v>11063218.0</v>
+        <v>10299363.0</v>
       </c>
       <c r="O122" s="6">
-        <v>7517929.0</v>
+        <v>6516379.0</v>
       </c>
       <c r="P122" s="6">
-        <v>5530550.0</v>
+        <v>5187912.0</v>
       </c>
       <c r="Q122" s="6">
-        <v>918466.0</v>
+        <v>511573.0</v>
       </c>
       <c r="R122" s="6">
-        <v>4612084.0</v>
+        <v>4676339.0</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">T: Kita aptarnavimo veikla</t>
           </r>
         </is>
       </c>
       <c r="C123" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D123" s="6">
-        <v>3162.0</v>
+        <v>2993.0</v>
       </c>
       <c r="E123" s="6">
-        <v>102447866.0</v>
+        <v>100290727.0</v>
       </c>
       <c r="F123" s="6">
-        <v>86692831.0</v>
+        <v>83875271.0</v>
       </c>
       <c r="G123" s="6">
-        <v>15755035.0</v>
+        <v>16415456.0</v>
       </c>
       <c r="H123" s="6">
-        <v>3440365.0</v>
+        <v>4326865.0</v>
       </c>
       <c r="I123" s="6">
-        <v>1414346.0</v>
+        <v>1466843.0</v>
       </c>
       <c r="J123" s="6">
-        <v>85278485.0</v>
+        <v>82408428.0</v>
       </c>
       <c r="K123" s="6">
-        <v>65707219.0</v>
+        <v>60101432.0</v>
       </c>
       <c r="L123" s="6">
-        <v>48642438.0</v>
+        <v>44476191.0</v>
       </c>
       <c r="M123" s="6">
-        <v>3375748.0</v>
+        <v>3639224.0</v>
       </c>
       <c r="N123" s="6">
-        <v>21044928.0</v>
+        <v>20259096.0</v>
       </c>
       <c r="O123" s="6">
-        <v>13798516.0</v>
+        <v>12621268.0</v>
       </c>
       <c r="P123" s="6">
-        <v>9290619.0</v>
+        <v>9166877.0</v>
       </c>
       <c r="Q123" s="6">
-        <v>1099164.0</v>
+        <v>625315.0</v>
       </c>
       <c r="R123" s="6">
-        <v>8191455.0</v>
+        <v>8541562.0</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">U: Namų ūkių, samdančių darbininkus, veikla ir namų ūkių veikla, susijusi su savoms reikmėms tenkinti skirtų nediferencijuojamų gaminių gamyba ir paslaugų teikimu</t>
           </r>
         </is>
       </c>
       <c r="C124" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D124" s="6">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="E124" s="6">
-        <v>180701.0</v>
+        <v>2821.0</v>
       </c>
       <c r="F124" s="6">
-        <v>180701.0</v>
+        <v>2821.0</v>
       </c>
       <c r="G124" s="6">
         <v>0.0</v>
       </c>
       <c r="H124" s="6">
         <v>0.0</v>
       </c>
       <c r="I124" s="6">
-        <v>7680.0</v>
+        <v>0.0</v>
       </c>
       <c r="J124" s="6">
-        <v>173021.0</v>
+        <v>2821.0</v>
       </c>
       <c r="K124" s="6">
-        <v>59710.0</v>
+        <v>3629.0</v>
       </c>
       <c r="L124" s="6">
-        <v>59652.0</v>
+        <v>2500.0</v>
       </c>
       <c r="M124" s="6">
         <v>0.0</v>
       </c>
       <c r="N124" s="6">
-        <v>35947.0</v>
+        <v>777.0</v>
       </c>
       <c r="O124" s="6">
-        <v>12539.0</v>
+        <v>762.0</v>
       </c>
       <c r="P124" s="6">
-        <v>26362.0</v>
+        <v>156.0</v>
       </c>
       <c r="Q124" s="6">
-        <v>2938.0</v>
+        <v>141.0</v>
       </c>
       <c r="R124" s="6">
-        <v>23424.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">X: Nenustatyta ekonominė veikla</t>
           </r>
         </is>
       </c>
       <c r="C125" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">SUM: Iš viso</t>
           </r>
         </is>
       </c>
       <c r="D125" s="6">
-        <v>280.0</v>
+        <v>73.0</v>
       </c>
       <c r="E125" s="6">
-        <v>6909951.0</v>
+        <v>844271.0</v>
       </c>
       <c r="F125" s="6">
-        <v>6815739.0</v>
+        <v>776645.0</v>
       </c>
       <c r="G125" s="6">
-        <v>94212.0</v>
+        <v>67626.0</v>
       </c>
       <c r="H125" s="6">
-        <v>50320.0</v>
+        <v>59324.0</v>
       </c>
       <c r="I125" s="6">
-        <v>141663.0</v>
+        <v>3088.0</v>
       </c>
       <c r="J125" s="6">
-        <v>6674076.0</v>
+        <v>773557.0</v>
       </c>
       <c r="K125" s="6">
-        <v>4133067.0</v>
+        <v>763990.0</v>
       </c>
       <c r="L125" s="6">
-        <v>3864310.0</v>
+        <v>306395.0</v>
       </c>
       <c r="M125" s="6">
-        <v>95462.0</v>
+        <v>38786.0</v>
       </c>
       <c r="N125" s="6">
-        <v>1591064.0</v>
+        <v>249678.0</v>
       </c>
       <c r="O125" s="6">
-        <v>867944.0</v>
+        <v>160438.0</v>
       </c>
       <c r="P125" s="6">
-        <v>952848.0</v>
+        <v>115643.0</v>
       </c>
       <c r="Q125" s="6">
-        <v>198461.0</v>
+        <v>15795.0</v>
       </c>
       <c r="R125" s="6">
-        <v>754387.0</v>
-[...4 lines deleted...]
-        <v>53</v>
+        <v>99848.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:R2"/>
     <mergeCell ref="B4:R4"/>
     <mergeCell ref="B5:R5"/>
     <mergeCell ref="B8:R8"/>
     <mergeCell ref="A11:A33"/>
     <mergeCell ref="A34:A56"/>
     <mergeCell ref="A57:A79"/>
     <mergeCell ref="A80:A102"/>
     <mergeCell ref="A103:A125"/>
-    <mergeCell ref="A128:Q128"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>