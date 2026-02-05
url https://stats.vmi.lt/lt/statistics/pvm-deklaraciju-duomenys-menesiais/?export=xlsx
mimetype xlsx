--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -12,76 +12,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="pvm-deklaraciju-duomenys-menes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">PVM deklaracijų duomenys - mėnesiais</t>
     </r>
   </si>
   <si>
     <t>Matavimo vienetai</t>
   </si>
   <si>
     <t>vienetai, eurai</t>
   </si>
   <si>
     <t>Paskutinė atnaujinimo data</t>
   </si>
   <si>
-    <t>2025-10-06</t>
+    <t>2026-02-05</t>
   </si>
   <si>
     <t>Laikotarpis</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">MM skaičius</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
@@ -250,50 +250,106 @@
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Grąžintinas PVM</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFFFFFFF"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Deklaruota PVM prievolė (Mokėtino PVM ir Gražintino PVM skirtumas)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-12</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-11</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-10</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <rFont val="Calibri"/>
+        <b val="false"/>
+        <i val="false"/>
+        <strike val="false"/>
+        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <u val="none"/>
+      </rPr>
+      <t xml:space="preserve">2025-09</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">2025-08</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -1420,54 +1476,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P65"/>
+  <dimension ref="A1:P69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="P65" sqref="P65"/>
+      <selection activeCell="P69" sqref="P69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="2" spans="1:16">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">PVM deklaracijų duomenys - mėnesiais</t>
           </r>
         </is>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>1</v>
@@ -1720,3563 +1776,3815 @@
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFFFFFFF"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve">Deklaruota PVM prievolė (Mokėtino PVM ir Gražintino PVM skirtumas)</t>
           </r>
         </is>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-08</t>
+            <t xml:space="preserve">2025-12</t>
           </r>
         </is>
       </c>
       <c r="B10" s="6">
-        <v>95055.0</v>
+        <v>116913.0</v>
       </c>
       <c r="C10" s="6">
-        <v>15952036713.0</v>
+        <v>19573515127.0</v>
       </c>
       <c r="D10" s="6">
-        <v>10572004195.0</v>
+        <v>13778663883.0</v>
       </c>
       <c r="E10" s="6">
-        <v>5380032518.0</v>
+        <v>5794851244.0</v>
       </c>
       <c r="F10" s="6">
-        <v>2026162693.0</v>
+        <v>1915666024.0</v>
       </c>
       <c r="G10" s="6">
-        <v>959478707.0</v>
+        <v>1532815586.0</v>
       </c>
       <c r="H10" s="6">
-        <v>9612525488.0</v>
+        <v>12245848297.0</v>
       </c>
       <c r="I10" s="6">
-        <v>11464545109.0</v>
+        <v>13900834239.0</v>
       </c>
       <c r="J10" s="6">
-        <v>7413622371.0</v>
+        <v>9223869755.0</v>
       </c>
       <c r="K10" s="6">
-        <v>900355638.0</v>
+        <v>966195933.0</v>
       </c>
       <c r="L10" s="6">
-        <v>2653218641.0</v>
+        <v>3376915276.0</v>
       </c>
       <c r="M10" s="6">
-        <v>2396395466.0</v>
+        <v>2904049410.0</v>
       </c>
       <c r="N10" s="6">
-        <v>926927969.0</v>
+        <v>1220803968.0</v>
       </c>
       <c r="O10" s="6">
-        <v>405289601.0</v>
+        <v>428807199.0</v>
       </c>
       <c r="P10" s="6">
-        <v>521638368.0</v>
+        <v>791996769.0</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-07</t>
+            <t xml:space="preserve">2025-11</t>
           </r>
         </is>
       </c>
       <c r="B11" s="6">
-        <v>95631.0</v>
+        <v>97700.0</v>
       </c>
       <c r="C11" s="6">
-        <v>16399489406.0</v>
+        <v>16518740541.0</v>
       </c>
       <c r="D11" s="6">
-        <v>10788583390.0</v>
+        <v>10806932154.0</v>
       </c>
       <c r="E11" s="6">
-        <v>5610906016.0</v>
+        <v>5711808387.0</v>
       </c>
       <c r="F11" s="6">
-        <v>2059211371.0</v>
+        <v>2144588253.0</v>
       </c>
       <c r="G11" s="6">
-        <v>940851151.0</v>
+        <v>997310217.0</v>
       </c>
       <c r="H11" s="6">
-        <v>9847732239.0</v>
+        <v>9809621937.0</v>
       </c>
       <c r="I11" s="6">
-        <v>11866258373.0</v>
+        <v>11781845038.0</v>
       </c>
       <c r="J11" s="6">
-        <v>7139160779.0</v>
+        <v>7264638085.0</v>
       </c>
       <c r="K11" s="6">
-        <v>1164645324.0</v>
+        <v>894006367.0</v>
       </c>
       <c r="L11" s="6">
-        <v>2767757846.0</v>
+        <v>2784488449.0</v>
       </c>
       <c r="M11" s="6">
-        <v>2480584914.0</v>
+        <v>2462383873.0</v>
       </c>
       <c r="N11" s="6">
-        <v>929775470.0</v>
+        <v>935448811.0</v>
       </c>
       <c r="O11" s="6">
-        <v>348256875.0</v>
+        <v>356500464.0</v>
       </c>
       <c r="P11" s="6">
-        <v>581518595.0</v>
+        <v>578948347.0</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-06</t>
+            <t xml:space="preserve">2025-10</t>
           </r>
         </is>
       </c>
       <c r="B12" s="6">
-        <v>114880.0</v>
+        <v>97776.0</v>
       </c>
       <c r="C12" s="6">
-        <v>16570558042.0</v>
+        <v>17717178315.0</v>
       </c>
       <c r="D12" s="6">
-        <v>11092490921.0</v>
+        <v>11655365656.0</v>
       </c>
       <c r="E12" s="6">
-        <v>5478067121.0</v>
+        <v>6061812659.0</v>
       </c>
       <c r="F12" s="6">
-        <v>2062009726.0</v>
+        <v>2280055847.0</v>
       </c>
       <c r="G12" s="6">
-        <v>957219187.0</v>
+        <v>1152196967.0</v>
       </c>
       <c r="H12" s="6">
-        <v>10135271734.0</v>
+        <v>10503168689.0</v>
       </c>
       <c r="I12" s="6">
-        <v>12283034591.0</v>
+        <v>12867244573.0</v>
       </c>
       <c r="J12" s="6">
-        <v>7934504165.0</v>
+        <v>8048423451.0</v>
       </c>
       <c r="K12" s="6">
-        <v>904704862.0</v>
+        <v>833176848.0</v>
       </c>
       <c r="L12" s="6">
-        <v>2880975553.0</v>
+        <v>3012453272.0</v>
       </c>
       <c r="M12" s="6">
-        <v>2566661280.0</v>
+        <v>2687554009.0</v>
       </c>
       <c r="N12" s="6">
-        <v>974347242.0</v>
+        <v>988193743.0</v>
       </c>
       <c r="O12" s="6">
-        <v>395849317.0</v>
+        <v>399356683.0</v>
       </c>
       <c r="P12" s="6">
-        <v>578497925.0</v>
+        <v>588837060.0</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-05</t>
+            <t xml:space="preserve">2025-09</t>
           </r>
         </is>
       </c>
       <c r="B13" s="6">
-        <v>94985.0</v>
+        <v>97889.0</v>
       </c>
       <c r="C13" s="6">
-        <v>16406896701.0</v>
+        <v>17462513822.0</v>
       </c>
       <c r="D13" s="6">
-        <v>10849069871.0</v>
+        <v>11473909199.0</v>
       </c>
       <c r="E13" s="6">
-        <v>5557826830.0</v>
+        <v>5988604623.0</v>
       </c>
       <c r="F13" s="6">
-        <v>2034740580.0</v>
+        <v>2249518544.0</v>
       </c>
       <c r="G13" s="6">
-        <v>1213543124.0</v>
+        <v>1312689646.0</v>
       </c>
       <c r="H13" s="6">
-        <v>9635526747.0</v>
+        <v>10161219553.0</v>
       </c>
       <c r="I13" s="6">
-        <v>11768790694.0</v>
+        <v>12685614263.0</v>
       </c>
       <c r="J13" s="6">
-        <v>7218041601.0</v>
+        <v>7879882028.0</v>
       </c>
       <c r="K13" s="6">
-        <v>1042874852.0</v>
+        <v>1100171367.0</v>
       </c>
       <c r="L13" s="6">
-        <v>2763342630.0</v>
+        <v>2903682814.0</v>
       </c>
       <c r="M13" s="6">
-        <v>2459802505.0</v>
+        <v>2651399229.0</v>
       </c>
       <c r="N13" s="6">
-        <v>913115976.0</v>
+        <v>939607168.0</v>
       </c>
       <c r="O13" s="6">
-        <v>341813741.0</v>
+        <v>391616607.0</v>
       </c>
       <c r="P13" s="6">
-        <v>571302235.0</v>
+        <v>547990561.0</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-04</t>
+            <t xml:space="preserve">2025-08</t>
           </r>
         </is>
       </c>
       <c r="B14" s="6">
-        <v>94263.0</v>
+        <v>96495.0</v>
       </c>
       <c r="C14" s="6">
-        <v>16032251393.0</v>
+        <v>16048606243.0</v>
       </c>
       <c r="D14" s="6">
-        <v>10590657961.0</v>
+        <v>10629759619.0</v>
       </c>
       <c r="E14" s="6">
-        <v>5441593432.0</v>
+        <v>5418846624.0</v>
       </c>
       <c r="F14" s="6">
-        <v>2000478336.0</v>
+        <v>2027544899.0</v>
       </c>
       <c r="G14" s="6">
-        <v>1021067944.0</v>
+        <v>970450979.0</v>
       </c>
       <c r="H14" s="6">
-        <v>9569590017.0</v>
+        <v>9659308640.0</v>
       </c>
       <c r="I14" s="6">
-        <v>11456659626.0</v>
+        <v>11591480081.0</v>
       </c>
       <c r="J14" s="6">
-        <v>6953427975.0</v>
+        <v>7486406442.0</v>
       </c>
       <c r="K14" s="6">
-        <v>1005733986.0</v>
+        <v>907767619.0</v>
       </c>
       <c r="L14" s="6">
-        <v>2686765507.0</v>
+        <v>2680691491.0</v>
       </c>
       <c r="M14" s="6">
-        <v>2391795394.0</v>
+        <v>2422561277.0</v>
       </c>
       <c r="N14" s="6">
-        <v>896340071.0</v>
+        <v>935360071.0</v>
       </c>
       <c r="O14" s="6">
-        <v>340292914.0</v>
+        <v>409070438.0</v>
       </c>
       <c r="P14" s="6">
-        <v>556047157.0</v>
+        <v>526289633.0</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-03</t>
+            <t xml:space="preserve">2025-07</t>
           </r>
         </is>
       </c>
       <c r="B15" s="6">
-        <v>94582.0</v>
+        <v>96077.0</v>
       </c>
       <c r="C15" s="6">
-        <v>16010270932.0</v>
+        <v>16432127089.0</v>
       </c>
       <c r="D15" s="6">
-        <v>10239768027.0</v>
+        <v>10805347183.0</v>
       </c>
       <c r="E15" s="6">
-        <v>5770502905.0</v>
+        <v>5626779906.0</v>
       </c>
       <c r="F15" s="6">
-        <v>2151096484.0</v>
+        <v>2059888790.0</v>
       </c>
       <c r="G15" s="6">
-        <v>1100204774.0</v>
+        <v>944294130.0</v>
       </c>
       <c r="H15" s="6">
-        <v>9139563253.0</v>
+        <v>9861053053.0</v>
       </c>
       <c r="I15" s="6">
-        <v>11631533224.0</v>
+        <v>11964444392.0</v>
       </c>
       <c r="J15" s="6">
-        <v>6807019047.0</v>
+        <v>7209143498.0</v>
       </c>
       <c r="K15" s="6">
-        <v>1057500296.0</v>
+        <v>1168733066.0</v>
       </c>
       <c r="L15" s="6">
-        <v>2669442971.0</v>
+        <v>2786147774.0</v>
       </c>
       <c r="M15" s="6">
-        <v>2429290425.0</v>
+        <v>2500929426.0</v>
       </c>
       <c r="N15" s="6">
-        <v>864303849.0</v>
+        <v>931798650.0</v>
       </c>
       <c r="O15" s="6">
-        <v>343824446.0</v>
+        <v>349593808.0</v>
       </c>
       <c r="P15" s="6">
-        <v>520479403.0</v>
+        <v>582204842.0</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-02</t>
+            <t xml:space="preserve">2025-06</t>
           </r>
         </is>
       </c>
       <c r="B16" s="6">
-        <v>93334.0</v>
+        <v>115024.0</v>
       </c>
       <c r="C16" s="6">
-        <v>14379001031.0</v>
+        <v>16656703119.0</v>
       </c>
       <c r="D16" s="6">
-        <v>9185695402.0</v>
+        <v>11108641482.0</v>
       </c>
       <c r="E16" s="6">
-        <v>5193305629.0</v>
+        <v>5548061637.0</v>
       </c>
       <c r="F16" s="6">
-        <v>1966050012.0</v>
+        <v>2063654402.0</v>
       </c>
       <c r="G16" s="6">
-        <v>967020175.0</v>
+        <v>960906936.0</v>
       </c>
       <c r="H16" s="6">
-        <v>8218675227.0</v>
+        <v>10147734546.0</v>
       </c>
       <c r="I16" s="6">
-        <v>10322837515.0</v>
+        <v>12422938186.0</v>
       </c>
       <c r="J16" s="6">
-        <v>6133652514.0</v>
+        <v>8049860422.0</v>
       </c>
       <c r="K16" s="6">
-        <v>925722186.0</v>
+        <v>905846181.0</v>
       </c>
       <c r="L16" s="6">
-        <v>2375859829.0</v>
+        <v>2910087480.0</v>
       </c>
       <c r="M16" s="6">
-        <v>2155673709.0</v>
+        <v>2595552222.0</v>
       </c>
       <c r="N16" s="6">
-        <v>758909374.0</v>
+        <v>975594144.0</v>
       </c>
       <c r="O16" s="6">
-        <v>307908442.0</v>
+        <v>396454117.0</v>
       </c>
       <c r="P16" s="6">
-        <v>451000932.0</v>
+        <v>579140027.0</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2025-01</t>
+            <t xml:space="preserve">2025-05</t>
           </r>
         </is>
       </c>
       <c r="B17" s="6">
-        <v>93048.0</v>
+        <v>95074.0</v>
       </c>
       <c r="C17" s="6">
-        <v>14585539190.0</v>
+        <v>16437892902.0</v>
       </c>
       <c r="D17" s="6">
-        <v>9221599947.0</v>
+        <v>10867921089.0</v>
       </c>
       <c r="E17" s="6">
-        <v>5363939243.0</v>
+        <v>5569971813.0</v>
       </c>
       <c r="F17" s="6">
-        <v>2041657445.0</v>
+        <v>2036894875.0</v>
       </c>
       <c r="G17" s="6">
-        <v>911309815.0</v>
+        <v>1225572204.0</v>
       </c>
       <c r="H17" s="6">
-        <v>8310290132.0</v>
+        <v>9642348885.0</v>
       </c>
       <c r="I17" s="6">
-        <v>10313989790.0</v>
+        <v>11833309122.0</v>
       </c>
       <c r="J17" s="6">
-        <v>6062144228.0</v>
+        <v>7254948334.0</v>
       </c>
       <c r="K17" s="6">
-        <v>1099250405.0</v>
+        <v>1043121033.0</v>
       </c>
       <c r="L17" s="6">
-        <v>2353168192.0</v>
+        <v>2772856973.0</v>
       </c>
       <c r="M17" s="6">
-        <v>2152440405.0</v>
+        <v>2473267371.0</v>
       </c>
       <c r="N17" s="6">
-        <v>792330320.0</v>
+        <v>913142361.0</v>
       </c>
       <c r="O17" s="6">
-        <v>312736612.0</v>
+        <v>342318667.0</v>
       </c>
       <c r="P17" s="6">
-        <v>479593708.0</v>
+        <v>570823694.0</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-12</t>
+            <t xml:space="preserve">2025-04</t>
           </r>
         </is>
       </c>
       <c r="B18" s="6">
-        <v>112034.0</v>
+        <v>94335.0</v>
       </c>
       <c r="C18" s="6">
-        <v>18237805698.0</v>
+        <v>16048585627.0</v>
       </c>
       <c r="D18" s="6">
-        <v>12831719352.0</v>
+        <v>10602550957.0</v>
       </c>
       <c r="E18" s="6">
-        <v>5406086346.0</v>
+        <v>5446034670.0</v>
       </c>
       <c r="F18" s="6">
-        <v>1790761924.0</v>
+        <v>2001330385.0</v>
       </c>
       <c r="G18" s="6">
-        <v>1053919271.0</v>
+        <v>1024895950.0</v>
       </c>
       <c r="H18" s="6">
-        <v>11777800081.0</v>
+        <v>9577655007.0</v>
       </c>
       <c r="I18" s="6">
-        <v>13350940146.0</v>
+        <v>11481814146.0</v>
       </c>
       <c r="J18" s="6">
-        <v>8928300881.0</v>
+        <v>6961737499.0</v>
       </c>
       <c r="K18" s="6">
-        <v>782947338.0</v>
+        <v>1007326586.0</v>
       </c>
       <c r="L18" s="6">
-        <v>3305619015.0</v>
+        <v>2692000563.0</v>
       </c>
       <c r="M18" s="6">
-        <v>2792786111.0</v>
+        <v>2396867701.0</v>
       </c>
       <c r="N18" s="6">
-        <v>1123663479.0</v>
+        <v>896808385.0</v>
       </c>
       <c r="O18" s="6">
-        <v>368778934.0</v>
+        <v>340963268.0</v>
       </c>
       <c r="P18" s="6">
-        <v>754884545.0</v>
+        <v>555845117.0</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-11</t>
+            <t xml:space="preserve">2025-03</t>
           </r>
         </is>
       </c>
       <c r="B19" s="6">
-        <v>92465.0</v>
+        <v>94629.0</v>
       </c>
       <c r="C19" s="6">
-        <v>15725734744.0</v>
+        <v>16110539556.0</v>
       </c>
       <c r="D19" s="6">
-        <v>10268937486.0</v>
+        <v>10265520854.0</v>
       </c>
       <c r="E19" s="6">
-        <v>5456797258.0</v>
+        <v>5845018702.0</v>
       </c>
       <c r="F19" s="6">
-        <v>2041440005.0</v>
+        <v>2149733813.0</v>
       </c>
       <c r="G19" s="6">
-        <v>1002248673.0</v>
+        <v>1121998026.0</v>
       </c>
       <c r="H19" s="6">
-        <v>9266688813.0</v>
+        <v>9143522828.0</v>
       </c>
       <c r="I19" s="6">
-        <v>11348398211.0</v>
+        <v>11742970617.0</v>
       </c>
       <c r="J19" s="6">
-        <v>7006557280.0</v>
+        <v>6904336280.0</v>
       </c>
       <c r="K19" s="6">
-        <v>840503276.0</v>
+        <v>1056974843.0</v>
       </c>
       <c r="L19" s="6">
-        <v>2653056414.0</v>
+        <v>2674247194.0</v>
       </c>
       <c r="M19" s="6">
-        <v>2370074705.0</v>
+        <v>2452423153.0</v>
       </c>
       <c r="N19" s="6">
-        <v>846470212.0</v>
+        <v>864997937.0</v>
       </c>
       <c r="O19" s="6">
-        <v>318152177.0</v>
+        <v>343113564.0</v>
       </c>
       <c r="P19" s="6">
-        <v>528318035.0</v>
+        <v>521884373.0</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-10</t>
+            <t xml:space="preserve">2025-02</t>
           </r>
         </is>
       </c>
       <c r="B20" s="6">
-        <v>92264.0</v>
+        <v>93381.0</v>
       </c>
       <c r="C20" s="6">
-        <v>16760508432.0</v>
+        <v>14386779172.0</v>
       </c>
       <c r="D20" s="6">
-        <v>10839327498.0</v>
+        <v>9189561237.0</v>
       </c>
       <c r="E20" s="6">
-        <v>5921180934.0</v>
+        <v>5197217935.0</v>
       </c>
       <c r="F20" s="6">
-        <v>2208793284.0</v>
+        <v>1966719400.0</v>
       </c>
       <c r="G20" s="6">
-        <v>980582234.0</v>
+        <v>968357193.0</v>
       </c>
       <c r="H20" s="6">
-        <v>9858745264.0</v>
+        <v>8221204044.0</v>
       </c>
       <c r="I20" s="6">
-        <v>12122059104.0</v>
+        <v>10349506956.0</v>
       </c>
       <c r="J20" s="6">
-        <v>7551360014.0</v>
+        <v>6143538995.0</v>
       </c>
       <c r="K20" s="6">
-        <v>901230067.0</v>
+        <v>925939647.0</v>
       </c>
       <c r="L20" s="6">
-        <v>2818695378.0</v>
+        <v>2381196709.0</v>
       </c>
       <c r="M20" s="6">
-        <v>2532826202.0</v>
+        <v>2160934669.0</v>
       </c>
       <c r="N20" s="6">
-        <v>888414359.0</v>
+        <v>759143069.0</v>
       </c>
       <c r="O20" s="6">
-        <v>350573438.0</v>
+        <v>308070295.0</v>
       </c>
       <c r="P20" s="6">
-        <v>537840921.0</v>
+        <v>451072774.0</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-09</t>
+            <t xml:space="preserve">2025-01</t>
           </r>
         </is>
       </c>
       <c r="B21" s="6">
-        <v>92694.0</v>
+        <v>93092.0</v>
       </c>
       <c r="C21" s="6">
-        <v>16019225223.0</v>
+        <v>14601924081.0</v>
       </c>
       <c r="D21" s="6">
-        <v>10304142495.0</v>
+        <v>9235497118.0</v>
       </c>
       <c r="E21" s="6">
-        <v>5715082728.0</v>
+        <v>5366426963.0</v>
       </c>
       <c r="F21" s="6">
-        <v>2151099832.0</v>
+        <v>2046815276.0</v>
       </c>
       <c r="G21" s="6">
-        <v>957951708.0</v>
+        <v>920235062.0</v>
       </c>
       <c r="H21" s="6">
-        <v>9346190787.0</v>
+        <v>8315262056.0</v>
       </c>
       <c r="I21" s="6">
-        <v>11200559409.0</v>
+        <v>10337231958.0</v>
       </c>
       <c r="J21" s="6">
-        <v>7068897960.0</v>
+        <v>6079933599.0</v>
       </c>
       <c r="K21" s="6">
-        <v>846117529.0</v>
+        <v>1099299662.0</v>
       </c>
       <c r="L21" s="6">
-        <v>2617143822.0</v>
+        <v>2357960847.0</v>
       </c>
       <c r="M21" s="6">
-        <v>2341434798.0</v>
+        <v>2157301488.0</v>
       </c>
       <c r="N21" s="6">
-        <v>838687939.0</v>
+        <v>792116861.0</v>
       </c>
       <c r="O21" s="6">
-        <v>332351248.0</v>
+        <v>313140476.0</v>
       </c>
       <c r="P21" s="6">
-        <v>506336691.0</v>
+        <v>478976385.0</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-08</t>
+            <t xml:space="preserve">2024-12</t>
           </r>
         </is>
       </c>
       <c r="B22" s="6">
-        <v>91428.0</v>
+        <v>112054.0</v>
       </c>
       <c r="C22" s="6">
-        <v>15606389942.0</v>
+        <v>18257841184.0</v>
       </c>
       <c r="D22" s="6">
-        <v>10066196277.0</v>
+        <v>12829215488.0</v>
       </c>
       <c r="E22" s="6">
-        <v>5540193665.0</v>
+        <v>5428625696.0</v>
       </c>
       <c r="F22" s="6">
-        <v>2115730680.0</v>
+        <v>1789750119.0</v>
       </c>
       <c r="G22" s="6">
-        <v>839354345.0</v>
+        <v>1044872901.0</v>
       </c>
       <c r="H22" s="6">
-        <v>9226841932.0</v>
+        <v>11784342587.0</v>
       </c>
       <c r="I22" s="6">
-        <v>11183423727.0</v>
+        <v>13369742584.0</v>
       </c>
       <c r="J22" s="6">
-        <v>6882146643.0</v>
+        <v>8939698758.0</v>
       </c>
       <c r="K22" s="6">
-        <v>1204479748.0</v>
+        <v>782993595.0</v>
       </c>
       <c r="L22" s="6">
-        <v>2550472330.0</v>
+        <v>3310278509.0</v>
       </c>
       <c r="M22" s="6">
-        <v>2336859930.0</v>
+        <v>2796647145.0</v>
       </c>
       <c r="N22" s="6">
-        <v>845650073.0</v>
+        <v>1124104725.0</v>
       </c>
       <c r="O22" s="6">
-        <v>327186596.0</v>
+        <v>368675432.0</v>
       </c>
       <c r="P22" s="6">
-        <v>518463477.0</v>
+        <v>755429293.0</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-07</t>
+            <t xml:space="preserve">2024-11</t>
           </r>
         </is>
       </c>
       <c r="B23" s="6">
-        <v>91038.0</v>
+        <v>92491.0</v>
       </c>
       <c r="C23" s="6">
-        <v>15791734806.0</v>
+        <v>15757819844.0</v>
       </c>
       <c r="D23" s="6">
-        <v>10330120783.0</v>
+        <v>10261242272.0</v>
       </c>
       <c r="E23" s="6">
-        <v>5461614023.0</v>
+        <v>5496577572.0</v>
       </c>
       <c r="F23" s="6">
-        <v>1980488398.0</v>
+        <v>2039635312.0</v>
       </c>
       <c r="G23" s="6">
-        <v>922225093.0</v>
+        <v>991146276.0</v>
       </c>
       <c r="H23" s="6">
-        <v>9407895690.0</v>
+        <v>9270095996.0</v>
       </c>
       <c r="I23" s="6">
-        <v>11759864499.0</v>
+        <v>11346519942.0</v>
       </c>
       <c r="J23" s="6">
-        <v>7267012384.0</v>
+        <v>7001355685.0</v>
       </c>
       <c r="K23" s="6">
-        <v>1182533514.0</v>
+        <v>840548967.0</v>
       </c>
       <c r="L23" s="6">
-        <v>2640930136.0</v>
+        <v>2653593920.0</v>
       </c>
       <c r="M23" s="6">
-        <v>2454703474.0</v>
+        <v>2369450207.0</v>
       </c>
       <c r="N23" s="6">
-        <v>852418107.0</v>
+        <v>846452931.0</v>
       </c>
       <c r="O23" s="6">
-        <v>372757969.0</v>
+        <v>318050149.0</v>
       </c>
       <c r="P23" s="6">
-        <v>479660138.0</v>
+        <v>528402782.0</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-06</t>
+            <t xml:space="preserve">2024-10</t>
           </r>
         </is>
       </c>
       <c r="B24" s="6">
-        <v>109979.0</v>
+        <v>92282.0</v>
       </c>
       <c r="C24" s="6">
-        <v>15522450982.0</v>
+        <v>16769681192.0</v>
       </c>
       <c r="D24" s="6">
-        <v>10250688255.0</v>
+        <v>10833249470.0</v>
       </c>
       <c r="E24" s="6">
-        <v>5271762727.0</v>
+        <v>5936431722.0</v>
       </c>
       <c r="F24" s="6">
-        <v>1927774880.0</v>
+        <v>2206752455.0</v>
       </c>
       <c r="G24" s="6">
-        <v>968994649.0</v>
+        <v>971178799.0</v>
       </c>
       <c r="H24" s="6">
-        <v>9281693606.0</v>
+        <v>9862070671.0</v>
       </c>
       <c r="I24" s="6">
-        <v>11013690390.0</v>
+        <v>12128579936.0</v>
       </c>
       <c r="J24" s="6">
-        <v>6976571618.0</v>
+        <v>7555601885.0</v>
       </c>
       <c r="K24" s="6">
-        <v>927411066.0</v>
+        <v>900590433.0</v>
       </c>
       <c r="L24" s="6">
-        <v>2594623763.0</v>
+        <v>2819866484.0</v>
       </c>
       <c r="M24" s="6">
-        <v>2301899877.0</v>
+        <v>2533845760.0</v>
       </c>
       <c r="N24" s="6">
-        <v>855913391.0</v>
+        <v>888382352.0</v>
       </c>
       <c r="O24" s="6">
-        <v>335957068.0</v>
+        <v>350666395.0</v>
       </c>
       <c r="P24" s="6">
-        <v>519956323.0</v>
+        <v>537715957.0</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-05</t>
+            <t xml:space="preserve">2024-09</t>
           </r>
         </is>
       </c>
       <c r="B25" s="6">
-        <v>90567.0</v>
+        <v>92714.0</v>
       </c>
       <c r="C25" s="6">
-        <v>15653719233.0</v>
+        <v>16023786541.0</v>
       </c>
       <c r="D25" s="6">
-        <v>10097853799.0</v>
+        <v>10299933743.0</v>
       </c>
       <c r="E25" s="6">
-        <v>5555865434.0</v>
+        <v>5723852798.0</v>
       </c>
       <c r="F25" s="6">
-        <v>2110370721.0</v>
+        <v>2149146280.0</v>
       </c>
       <c r="G25" s="6">
-        <v>967550371.0</v>
+        <v>952937504.0</v>
       </c>
       <c r="H25" s="6">
-        <v>9130303428.0</v>
+        <v>9346996239.0</v>
       </c>
       <c r="I25" s="6">
-        <v>10969444434.0</v>
+        <v>11242400092.0</v>
       </c>
       <c r="J25" s="6">
-        <v>6701936734.0</v>
+        <v>7075362432.0</v>
       </c>
       <c r="K25" s="6">
-        <v>1098152162.0</v>
+        <v>846106896.0</v>
       </c>
       <c r="L25" s="6">
-        <v>2560197839.0</v>
+        <v>2624511226.0</v>
       </c>
       <c r="M25" s="6">
-        <v>2292559055.0</v>
+        <v>2350015206.0</v>
       </c>
       <c r="N25" s="6">
-        <v>833436427.0</v>
+        <v>838543665.0</v>
       </c>
       <c r="O25" s="6">
-        <v>288477608.0</v>
+        <v>332370077.0</v>
       </c>
       <c r="P25" s="6">
-        <v>544958819.0</v>
+        <v>506173588.0</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-04</t>
+            <t xml:space="preserve">2024-08</t>
           </r>
         </is>
       </c>
       <c r="B26" s="6">
-        <v>90339.0</v>
+        <v>91448.0</v>
       </c>
       <c r="C26" s="6">
-        <v>15266679411.0</v>
+        <v>15608955203.0</v>
       </c>
       <c r="D26" s="6">
-        <v>9793672810.0</v>
+        <v>10061344600.0</v>
       </c>
       <c r="E26" s="6">
-        <v>5473006601.0</v>
+        <v>5547610603.0</v>
       </c>
       <c r="F26" s="6">
-        <v>2101553247.0</v>
+        <v>2117804122.0</v>
       </c>
       <c r="G26" s="6">
-        <v>891049474.0</v>
+        <v>831937090.0</v>
       </c>
       <c r="H26" s="6">
-        <v>8902623336.0</v>
+        <v>9229407510.0</v>
       </c>
       <c r="I26" s="6">
-        <v>11022701162.0</v>
+        <v>11182329086.0</v>
       </c>
       <c r="J26" s="6">
-        <v>6709042233.0</v>
+        <v>6882289743.0</v>
       </c>
       <c r="K26" s="6">
-        <v>1057343495.0</v>
+        <v>1204480976.0</v>
       </c>
       <c r="L26" s="6">
-        <v>2532910121.0</v>
+        <v>2550136644.0</v>
       </c>
       <c r="M26" s="6">
-        <v>2301704117.0</v>
+        <v>2336330033.0</v>
       </c>
       <c r="N26" s="6">
-        <v>840804014.0</v>
+        <v>845666629.0</v>
       </c>
       <c r="O26" s="6">
-        <v>327635525.0</v>
+        <v>327130407.0</v>
       </c>
       <c r="P26" s="6">
-        <v>513168489.0</v>
+        <v>518536222.0</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-03</t>
+            <t xml:space="preserve">2024-07</t>
           </r>
         </is>
       </c>
       <c r="B27" s="6">
-        <v>90851.0</v>
+        <v>91059.0</v>
       </c>
       <c r="C27" s="6">
-        <v>14943736526.0</v>
+        <v>15784492517.0</v>
       </c>
       <c r="D27" s="6">
-        <v>9651595881.0</v>
+        <v>10326419161.0</v>
       </c>
       <c r="E27" s="6">
-        <v>5292140645.0</v>
+        <v>5458073356.0</v>
       </c>
       <c r="F27" s="6">
-        <v>2003948825.0</v>
+        <v>1980212441.0</v>
       </c>
       <c r="G27" s="6">
-        <v>835449531.0</v>
+        <v>915352423.0</v>
       </c>
       <c r="H27" s="6">
-        <v>8816146350.0</v>
+        <v>9411066738.0</v>
       </c>
       <c r="I27" s="6">
-        <v>10573745905.0</v>
+        <v>11762881187.0</v>
       </c>
       <c r="J27" s="6">
-        <v>6446108180.0</v>
+        <v>7267255841.0</v>
       </c>
       <c r="K27" s="6">
-        <v>821495110.0</v>
+        <v>1182539752.0</v>
       </c>
       <c r="L27" s="6">
-        <v>2468896501.0</v>
+        <v>2641906781.0</v>
       </c>
       <c r="M27" s="6">
-        <v>2175225314.0</v>
+        <v>2455040254.0</v>
       </c>
       <c r="N27" s="6">
-        <v>802435999.0</v>
+        <v>852858064.0</v>
       </c>
       <c r="O27" s="6">
-        <v>308531098.0</v>
+        <v>372796364.0</v>
       </c>
       <c r="P27" s="6">
-        <v>493904901.0</v>
+        <v>480061700.0</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-02</t>
+            <t xml:space="preserve">2024-06</t>
           </r>
         </is>
       </c>
       <c r="B28" s="6">
-        <v>89705.0</v>
+        <v>109989.0</v>
       </c>
       <c r="C28" s="6">
-        <v>13557918609.0</v>
+        <v>15518667042.0</v>
       </c>
       <c r="D28" s="6">
-        <v>8503617516.0</v>
+        <v>10250966263.0</v>
       </c>
       <c r="E28" s="6">
-        <v>5054301093.0</v>
+        <v>5267700779.0</v>
       </c>
       <c r="F28" s="6">
-        <v>1925703153.0</v>
+        <v>1927052150.0</v>
       </c>
       <c r="G28" s="6">
-        <v>851024177.0</v>
+        <v>968720885.0</v>
       </c>
       <c r="H28" s="6">
-        <v>7652593339.0</v>
+        <v>9282245378.0</v>
       </c>
       <c r="I28" s="6">
-        <v>9685556332.0</v>
+        <v>11014750307.0</v>
       </c>
       <c r="J28" s="6">
-        <v>5799197270.0</v>
+        <v>6978476966.0</v>
       </c>
       <c r="K28" s="6">
-        <v>854348328.0</v>
+        <v>927450000.0</v>
       </c>
       <c r="L28" s="6">
-        <v>2219415410.0</v>
+        <v>2594599886.0</v>
       </c>
       <c r="M28" s="6">
-        <v>2018518035.0</v>
+        <v>2301923292.0</v>
       </c>
       <c r="N28" s="6">
-        <v>695733863.0</v>
+        <v>856025744.0</v>
       </c>
       <c r="O28" s="6">
-        <v>285053437.0</v>
+        <v>336025924.0</v>
       </c>
       <c r="P28" s="6">
-        <v>410680426.0</v>
+        <v>519999820.0</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2024-01</t>
+            <t xml:space="preserve">2024-05</t>
           </r>
         </is>
       </c>
       <c r="B29" s="6">
-        <v>89540.0</v>
+        <v>90586.0</v>
       </c>
       <c r="C29" s="6">
-        <v>13860350157.0</v>
+        <v>15648232594.0</v>
       </c>
       <c r="D29" s="6">
-        <v>8582952853.0</v>
+        <v>10091350585.0</v>
       </c>
       <c r="E29" s="6">
-        <v>5277397304.0</v>
+        <v>5556882009.0</v>
       </c>
       <c r="F29" s="6">
-        <v>2017464717.0</v>
+        <v>2109624569.0</v>
       </c>
       <c r="G29" s="6">
-        <v>883970005.0</v>
+        <v>960483053.0</v>
       </c>
       <c r="H29" s="6">
-        <v>7698982848.0</v>
+        <v>9130867532.0</v>
       </c>
       <c r="I29" s="6">
-        <v>9929195582.0</v>
+        <v>10977874523.0</v>
       </c>
       <c r="J29" s="6">
-        <v>5908092619.0</v>
+        <v>6705727353.0</v>
       </c>
       <c r="K29" s="6">
-        <v>1043386352.0</v>
+        <v>1098121076.0</v>
       </c>
       <c r="L29" s="6">
-        <v>2245348996.0</v>
+        <v>2561197534.0</v>
       </c>
       <c r="M29" s="6">
-        <v>2069505998.0</v>
+        <v>2294208460.0</v>
       </c>
       <c r="N29" s="6">
-        <v>721301098.0</v>
+        <v>833291361.0</v>
       </c>
       <c r="O29" s="6">
-        <v>285871679.0</v>
+        <v>288673807.0</v>
       </c>
       <c r="P29" s="6">
-        <v>435429419.0</v>
+        <v>544617554.0</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-12</t>
+            <t xml:space="preserve">2024-04</t>
           </r>
         </is>
       </c>
       <c r="B30" s="6">
-        <v>108113.0</v>
+        <v>90354.0</v>
       </c>
       <c r="C30" s="6">
-        <v>17844431002.0</v>
+        <v>15266109600.0</v>
       </c>
       <c r="D30" s="6">
-        <v>12381475180.0</v>
+        <v>9786329695.0</v>
       </c>
       <c r="E30" s="6">
-        <v>5462955822.0</v>
+        <v>5479779905.0</v>
       </c>
       <c r="F30" s="6">
-        <v>1850353649.0</v>
+        <v>2102704048.0</v>
       </c>
       <c r="G30" s="6">
-        <v>1285469248.0</v>
+        <v>884747253.0</v>
       </c>
       <c r="H30" s="6">
-        <v>11096005932.0</v>
+        <v>8901582442.0</v>
       </c>
       <c r="I30" s="6">
-        <v>12408325337.0</v>
+        <v>11024367563.0</v>
       </c>
       <c r="J30" s="6">
-        <v>8250377989.0</v>
+        <v>6709010819.0</v>
       </c>
       <c r="K30" s="6">
-        <v>770815852.0</v>
+        <v>1058660919.0</v>
       </c>
       <c r="L30" s="6">
-        <v>3059224645.0</v>
+        <v>2533329041.0</v>
       </c>
       <c r="M30" s="6">
-        <v>2592332149.0</v>
+        <v>2301926068.0</v>
       </c>
       <c r="N30" s="6">
-        <v>1069963423.0</v>
+        <v>840922157.0</v>
       </c>
       <c r="O30" s="6">
-        <v>365903400.0</v>
+        <v>327615658.0</v>
       </c>
       <c r="P30" s="6">
-        <v>704060023.0</v>
+        <v>513306499.0</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-11</t>
+            <t xml:space="preserve">2024-03</t>
           </r>
         </is>
       </c>
       <c r="B31" s="6">
-        <v>88752.0</v>
+        <v>90871.0</v>
       </c>
       <c r="C31" s="6">
-        <v>15626251122.0</v>
+        <v>14931420732.0</v>
       </c>
       <c r="D31" s="6">
-        <v>10007678894.0</v>
+        <v>9645751823.0</v>
       </c>
       <c r="E31" s="6">
-        <v>5618572228.0</v>
+        <v>5285668909.0</v>
       </c>
       <c r="F31" s="6">
-        <v>2093034605.0</v>
+        <v>2003378639.0</v>
       </c>
       <c r="G31" s="6">
-        <v>863166356.0</v>
+        <v>829743633.0</v>
       </c>
       <c r="H31" s="6">
-        <v>9144512538.0</v>
+        <v>8816008190.0</v>
       </c>
       <c r="I31" s="6">
-        <v>11506618909.0</v>
+        <v>10575862793.0</v>
       </c>
       <c r="J31" s="6">
-        <v>6810774109.0</v>
+        <v>6446546156.0</v>
       </c>
       <c r="K31" s="6">
-        <v>1131453862.0</v>
+        <v>821773605.0</v>
       </c>
       <c r="L31" s="6">
-        <v>2601636139.0</v>
+        <v>2469118361.0</v>
       </c>
       <c r="M31" s="6">
-        <v>2399468285.0</v>
+        <v>2175561283.0</v>
       </c>
       <c r="N31" s="6">
-        <v>809096774.0</v>
+        <v>802324244.0</v>
       </c>
       <c r="O31" s="6">
-        <v>326190604.0</v>
+        <v>308499785.0</v>
       </c>
       <c r="P31" s="6">
-        <v>482906170.0</v>
+        <v>493824459.0</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-10</t>
+            <t xml:space="preserve">2024-02</t>
           </r>
         </is>
       </c>
       <c r="B32" s="6">
-        <v>88499.0</v>
+        <v>89724.0</v>
       </c>
       <c r="C32" s="6">
-        <v>15948388138.0</v>
+        <v>13553904173.0</v>
       </c>
       <c r="D32" s="6">
-        <v>10171234797.0</v>
+        <v>8500005152.0</v>
       </c>
       <c r="E32" s="6">
-        <v>5777153341.0</v>
+        <v>5053899021.0</v>
       </c>
       <c r="F32" s="6">
-        <v>2184279350.0</v>
+        <v>1929076652.0</v>
       </c>
       <c r="G32" s="6">
-        <v>923885003.0</v>
+        <v>847310535.0</v>
       </c>
       <c r="H32" s="6">
-        <v>9247349794.0</v>
+        <v>7652694617.0</v>
       </c>
       <c r="I32" s="6">
-        <v>11454677699.0</v>
+        <v>9688512503.0</v>
       </c>
       <c r="J32" s="6">
-        <v>7035843637.0</v>
+        <v>5799321375.0</v>
       </c>
       <c r="K32" s="6">
-        <v>988511690.0</v>
+        <v>854317928.0</v>
       </c>
       <c r="L32" s="6">
-        <v>2624045812.0</v>
+        <v>2219793368.0</v>
       </c>
       <c r="M32" s="6">
-        <v>2391623469.0</v>
+        <v>2018845524.0</v>
       </c>
       <c r="N32" s="6">
-        <v>816859593.0</v>
+        <v>695713115.0</v>
       </c>
       <c r="O32" s="6">
-        <v>335779016.0</v>
+        <v>285058822.0</v>
       </c>
       <c r="P32" s="6">
-        <v>481080577.0</v>
+        <v>410654293.0</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-09</t>
+            <t xml:space="preserve">2024-01</t>
           </r>
         </is>
       </c>
       <c r="B33" s="6">
-        <v>88943.0</v>
+        <v>89558.0</v>
       </c>
       <c r="C33" s="6">
-        <v>15653731368.0</v>
+        <v>13875506174.0</v>
       </c>
       <c r="D33" s="6">
-        <v>9991897356.0</v>
+        <v>8576352837.0</v>
       </c>
       <c r="E33" s="6">
-        <v>5661834012.0</v>
+        <v>5299153337.0</v>
       </c>
       <c r="F33" s="6">
-        <v>2049729478.0</v>
+        <v>2017168949.0</v>
       </c>
       <c r="G33" s="6">
-        <v>895690459.0</v>
+        <v>877730786.0</v>
       </c>
       <c r="H33" s="6">
-        <v>9096206897.0</v>
+        <v>7698622051.0</v>
       </c>
       <c r="I33" s="6">
-        <v>11225874059.0</v>
+        <v>9932408206.0</v>
       </c>
       <c r="J33" s="6">
-        <v>6943828763.0</v>
+        <v>5909712038.0</v>
       </c>
       <c r="K33" s="6">
-        <v>1058265352.0</v>
+        <v>1043358605.0</v>
       </c>
       <c r="L33" s="6">
-        <v>2560200803.0</v>
+        <v>2245481775.0</v>
       </c>
       <c r="M33" s="6">
-        <v>2347033842.0</v>
+        <v>2069980350.0</v>
       </c>
       <c r="N33" s="6">
-        <v>797685700.0</v>
+        <v>720986547.0</v>
       </c>
       <c r="O33" s="6">
-        <v>323415759.0</v>
+        <v>285901718.0</v>
       </c>
       <c r="P33" s="6">
-        <v>474269941.0</v>
+        <v>435084829.0</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-08</t>
+            <t xml:space="preserve">2023-12</t>
           </r>
         </is>
       </c>
       <c r="B34" s="6">
-        <v>87702.0</v>
+        <v>108118.0</v>
       </c>
       <c r="C34" s="6">
-        <v>15426536917.0</v>
+        <v>17865553067.0</v>
       </c>
       <c r="D34" s="6">
-        <v>10006863802.0</v>
+        <v>12350917464.0</v>
       </c>
       <c r="E34" s="6">
-        <v>5419673115.0</v>
+        <v>5514635603.0</v>
       </c>
       <c r="F34" s="6">
-        <v>2062992155.0</v>
+        <v>1853186601.0</v>
       </c>
       <c r="G34" s="6">
-        <v>763582122.0</v>
+        <v>1254051850.0</v>
       </c>
       <c r="H34" s="6">
-        <v>9243281680.0</v>
+        <v>11096865614.0</v>
       </c>
       <c r="I34" s="6">
-        <v>11448840369.0</v>
+        <v>12414965659.0</v>
       </c>
       <c r="J34" s="6">
-        <v>7294355729.0</v>
+        <v>8251161441.0</v>
       </c>
       <c r="K34" s="6">
-        <v>1012891424.0</v>
+        <v>770815852.0</v>
       </c>
       <c r="L34" s="6">
-        <v>2584456073.0</v>
+        <v>3060537277.0</v>
       </c>
       <c r="M34" s="6">
-        <v>2393519767.0</v>
+        <v>2593578258.0</v>
       </c>
       <c r="N34" s="6">
-        <v>825316467.0</v>
+        <v>1070489139.0</v>
       </c>
       <c r="O34" s="6">
-        <v>377810316.0</v>
+        <v>365921776.0</v>
       </c>
       <c r="P34" s="6">
-        <v>447506151.0</v>
+        <v>704567363.0</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-07</t>
+            <t xml:space="preserve">2023-11</t>
           </r>
         </is>
       </c>
       <c r="B35" s="6">
-        <v>87448.0</v>
+        <v>88763.0</v>
       </c>
       <c r="C35" s="6">
-        <v>14114721343.0</v>
+        <v>15612468560.0</v>
       </c>
       <c r="D35" s="6">
-        <v>9210761865.0</v>
+        <v>9981777704.0</v>
       </c>
       <c r="E35" s="6">
-        <v>4903959478.0</v>
+        <v>5630690856.0</v>
       </c>
       <c r="F35" s="6">
-        <v>1720060497.0</v>
+        <v>2095607911.0</v>
       </c>
       <c r="G35" s="6">
-        <v>762762617.0</v>
+        <v>836204929.0</v>
       </c>
       <c r="H35" s="6">
-        <v>8447999248.0</v>
+        <v>9145572775.0</v>
       </c>
       <c r="I35" s="6">
-        <v>10304474265.0</v>
+        <v>11511484429.0</v>
       </c>
       <c r="J35" s="6">
-        <v>6293079209.0</v>
+        <v>6811913852.0</v>
       </c>
       <c r="K35" s="6">
-        <v>979166467.0</v>
+        <v>1131457843.0</v>
       </c>
       <c r="L35" s="6">
-        <v>2366771264.0</v>
+        <v>2602421871.0</v>
       </c>
       <c r="M35" s="6">
-        <v>2153665926.0</v>
+        <v>2400300811.0</v>
       </c>
       <c r="N35" s="6">
-        <v>776470968.0</v>
+        <v>809248984.0</v>
       </c>
       <c r="O35" s="6">
-        <v>309474266.0</v>
+        <v>326316930.0</v>
       </c>
       <c r="P35" s="6">
-        <v>466996702.0</v>
+        <v>482932054.0</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-06</t>
+            <t xml:space="preserve">2023-10</t>
           </r>
         </is>
       </c>
       <c r="B36" s="6">
-        <v>106131.0</v>
+        <v>88511.0</v>
       </c>
       <c r="C36" s="6">
-        <v>15830430516.0</v>
+        <v>15963033805.0</v>
       </c>
       <c r="D36" s="6">
-        <v>10412563654.0</v>
+        <v>10174465615.0</v>
       </c>
       <c r="E36" s="6">
-        <v>5417866862.0</v>
+        <v>5788568190.0</v>
       </c>
       <c r="F36" s="6">
-        <v>1965497489.0</v>
+        <v>2186150189.0</v>
       </c>
       <c r="G36" s="6">
-        <v>841183002.0</v>
+        <v>926678614.0</v>
       </c>
       <c r="H36" s="6">
-        <v>9571380652.0</v>
+        <v>9247787001.0</v>
       </c>
       <c r="I36" s="6">
-        <v>11436607924.0</v>
+        <v>11457521344.0</v>
       </c>
       <c r="J36" s="6">
-        <v>7165266143.0</v>
+        <v>7036045623.0</v>
       </c>
       <c r="K36" s="6">
-        <v>963077929.0</v>
+        <v>988524085.0</v>
       </c>
       <c r="L36" s="6">
-        <v>2665986126.0</v>
+        <v>2624395117.0</v>
       </c>
       <c r="M36" s="6">
-        <v>2390686150.0</v>
+        <v>2391985413.0</v>
       </c>
       <c r="N36" s="6">
-        <v>865947619.0</v>
+        <v>817119744.0</v>
       </c>
       <c r="O36" s="6">
-        <v>348015387.0</v>
+        <v>335834054.0</v>
       </c>
       <c r="P36" s="6">
-        <v>517932232.0</v>
+        <v>481285690.0</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-05</t>
+            <t xml:space="preserve">2023-09</t>
           </r>
         </is>
       </c>
       <c r="B37" s="6">
-        <v>87025.0</v>
+        <v>88960.0</v>
       </c>
       <c r="C37" s="6">
-        <v>15142738413.0</v>
+        <v>15703630730.0</v>
       </c>
       <c r="D37" s="6">
-        <v>9826696143.0</v>
+        <v>10031662779.0</v>
       </c>
       <c r="E37" s="6">
-        <v>5316042270.0</v>
+        <v>5671967951.0</v>
       </c>
       <c r="F37" s="6">
-        <v>1958506087.0</v>
+        <v>2049741188.0</v>
       </c>
       <c r="G37" s="6">
-        <v>841545853.0</v>
+        <v>934586977.0</v>
       </c>
       <c r="H37" s="6">
-        <v>8985150290.0</v>
+        <v>9097075802.0</v>
       </c>
       <c r="I37" s="6">
-        <v>10884910493.0</v>
+        <v>11238477885.0</v>
       </c>
       <c r="J37" s="6">
-        <v>6544418700.0</v>
+        <v>6942056934.0</v>
       </c>
       <c r="K37" s="6">
-        <v>964074810.0</v>
+        <v>1058265109.0</v>
       </c>
       <c r="L37" s="6">
-        <v>2545589386.0</v>
+        <v>2562762093.0</v>
       </c>
       <c r="M37" s="6">
-        <v>2275091761.0</v>
+        <v>2349415285.0</v>
       </c>
       <c r="N37" s="6">
-        <v>825429592.0</v>
+        <v>797982161.0</v>
       </c>
       <c r="O37" s="6">
-        <v>311324817.0</v>
+        <v>323412624.0</v>
       </c>
       <c r="P37" s="6">
-        <v>514104775.0</v>
+        <v>474569537.0</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-04</t>
+            <t xml:space="preserve">2023-08</t>
           </r>
         </is>
       </c>
       <c r="B38" s="6">
-        <v>86690.0</v>
+        <v>87716.0</v>
       </c>
       <c r="C38" s="6">
-        <v>13972573572.0</v>
+        <v>15440893561.0</v>
       </c>
       <c r="D38" s="6">
-        <v>8924071380.0</v>
+        <v>10009991672.0</v>
       </c>
       <c r="E38" s="6">
-        <v>5048502192.0</v>
+        <v>5430901889.0</v>
       </c>
       <c r="F38" s="6">
-        <v>1904767073.0</v>
+        <v>2062949556.0</v>
       </c>
       <c r="G38" s="6">
-        <v>791614137.0</v>
+        <v>765392412.0</v>
       </c>
       <c r="H38" s="6">
-        <v>8132457243.0</v>
+        <v>9244599260.0</v>
       </c>
       <c r="I38" s="6">
-        <v>9937958221.0</v>
+        <v>11452287073.0</v>
       </c>
       <c r="J38" s="6">
-        <v>5933476247.0</v>
+        <v>7295245744.0</v>
       </c>
       <c r="K38" s="6">
-        <v>938837733.0</v>
+        <v>1012892366.0</v>
       </c>
       <c r="L38" s="6">
-        <v>2314636016.0</v>
+        <v>2585161851.0</v>
       </c>
       <c r="M38" s="6">
-        <v>2077608760.0</v>
+        <v>2394018519.0</v>
       </c>
       <c r="N38" s="6">
-        <v>759863781.0</v>
+        <v>825497317.0</v>
       </c>
       <c r="O38" s="6">
-        <v>301041022.0</v>
+        <v>377775418.0</v>
       </c>
       <c r="P38" s="6">
-        <v>458822759.0</v>
+        <v>447721899.0</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-03</t>
+            <t xml:space="preserve">2023-07</t>
           </r>
         </is>
       </c>
       <c r="B39" s="6">
-        <v>87189.0</v>
+        <v>87460.0</v>
       </c>
       <c r="C39" s="6">
-        <v>15577081019.0</v>
+        <v>14113405151.0</v>
       </c>
       <c r="D39" s="6">
-        <v>9780454845.0</v>
+        <v>9200296934.0</v>
       </c>
       <c r="E39" s="6">
-        <v>5796626174.0</v>
+        <v>4913108217.0</v>
       </c>
       <c r="F39" s="6">
-        <v>2161830763.0</v>
+        <v>1719828611.0</v>
       </c>
       <c r="G39" s="6">
-        <v>898538654.0</v>
+        <v>750750622.0</v>
       </c>
       <c r="H39" s="6">
-        <v>8881916191.0</v>
+        <v>8449546312.0</v>
       </c>
       <c r="I39" s="6">
-        <v>11150826575.0</v>
+        <v>10310044796.0</v>
       </c>
       <c r="J39" s="6">
-        <v>6652754710.0</v>
+        <v>6295258766.0</v>
       </c>
       <c r="K39" s="6">
-        <v>950447067.0</v>
+        <v>979167686.0</v>
       </c>
       <c r="L39" s="6">
-        <v>2565956097.0</v>
+        <v>2367725847.0</v>
       </c>
       <c r="M39" s="6">
-        <v>2329394000.0</v>
+        <v>2154545899.0</v>
       </c>
       <c r="N39" s="6">
-        <v>820910392.0</v>
+        <v>776849032.0</v>
       </c>
       <c r="O39" s="6">
-        <v>351027490.0</v>
+        <v>309442905.0</v>
       </c>
       <c r="P39" s="6">
-        <v>469882902.0</v>
+        <v>467406127.0</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-02</t>
+            <t xml:space="preserve">2023-06</t>
           </r>
         </is>
       </c>
       <c r="B40" s="6">
-        <v>85838.0</v>
+        <v>106133.0</v>
       </c>
       <c r="C40" s="6">
-        <v>13480078357.0</v>
+        <v>15843635242.0</v>
       </c>
       <c r="D40" s="6">
-        <v>8322993305.0</v>
+        <v>10417925585.0</v>
       </c>
       <c r="E40" s="6">
-        <v>5157085052.0</v>
+        <v>5425709657.0</v>
       </c>
       <c r="F40" s="6">
-        <v>1869985045.0</v>
+        <v>1965155339.0</v>
       </c>
       <c r="G40" s="6">
-        <v>769085988.0</v>
+        <v>846144670.0</v>
       </c>
       <c r="H40" s="6">
-        <v>7553907317.0</v>
+        <v>9571780915.0</v>
       </c>
       <c r="I40" s="6">
-        <v>9618973327.0</v>
+        <v>11440083842.0</v>
       </c>
       <c r="J40" s="6">
-        <v>5708015271.0</v>
+        <v>7165824252.0</v>
       </c>
       <c r="K40" s="6">
-        <v>779577133.0</v>
+        <v>963078286.0</v>
       </c>
       <c r="L40" s="6">
-        <v>2201555883.0</v>
+        <v>2666476821.0</v>
       </c>
       <c r="M40" s="6">
-        <v>2009351844.0</v>
+        <v>2391138458.0</v>
       </c>
       <c r="N40" s="6">
-        <v>692142202.0</v>
+        <v>865984538.0</v>
       </c>
       <c r="O40" s="6">
-        <v>305128318.0</v>
+        <v>348033397.0</v>
       </c>
       <c r="P40" s="6">
-        <v>387013884.0</v>
+        <v>517951141.0</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2023-01</t>
+            <t xml:space="preserve">2023-05</t>
           </r>
         </is>
       </c>
       <c r="B41" s="6">
-        <v>85615.0</v>
+        <v>87036.0</v>
       </c>
       <c r="C41" s="6">
-        <v>13821615765.0</v>
+        <v>15142179411.0</v>
       </c>
       <c r="D41" s="6">
-        <v>8515065995.0</v>
+        <v>9817953691.0</v>
       </c>
       <c r="E41" s="6">
-        <v>5306549770.0</v>
+        <v>5324225720.0</v>
       </c>
       <c r="F41" s="6">
-        <v>2038968469.0</v>
+        <v>1958135341.0</v>
       </c>
       <c r="G41" s="6">
-        <v>781783044.0</v>
+        <v>832326788.0</v>
       </c>
       <c r="H41" s="6">
-        <v>7733282951.0</v>
+        <v>8985626903.0</v>
       </c>
       <c r="I41" s="6">
-        <v>9953585479.0</v>
+        <v>10883491581.0</v>
       </c>
       <c r="J41" s="6">
-        <v>5890390392.0</v>
+        <v>6539834853.0</v>
       </c>
       <c r="K41" s="6">
-        <v>970230529.0</v>
+        <v>964075324.0</v>
       </c>
       <c r="L41" s="6">
-        <v>2213277320.0</v>
+        <v>2546294785.0</v>
       </c>
       <c r="M41" s="6">
-        <v>2076715959.0</v>
+        <v>2274673597.0</v>
       </c>
       <c r="N41" s="6">
-        <v>719290294.0</v>
+        <v>825476840.0</v>
       </c>
       <c r="O41" s="6">
-        <v>310047863.0</v>
+        <v>311336548.0</v>
       </c>
       <c r="P41" s="6">
-        <v>409242431.0</v>
+        <v>514140292.0</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-12</t>
+            <t xml:space="preserve">2023-04</t>
           </r>
         </is>
       </c>
       <c r="B42" s="6">
-        <v>103643.0</v>
+        <v>86700.0</v>
       </c>
       <c r="C42" s="6">
-        <v>19224570006.0</v>
+        <v>13965999761.0</v>
       </c>
       <c r="D42" s="6">
-        <v>13023248628.0</v>
+        <v>8907663797.0</v>
       </c>
       <c r="E42" s="6">
-        <v>6201321378.0</v>
+        <v>5058335964.0</v>
       </c>
       <c r="F42" s="6">
-        <v>1991272932.0</v>
+        <v>1905133505.0</v>
       </c>
       <c r="G42" s="6">
-        <v>1069740355.0</v>
+        <v>774886412.0</v>
       </c>
       <c r="H42" s="6">
-        <v>11953508273.0</v>
+        <v>8132777385.0</v>
       </c>
       <c r="I42" s="6">
-        <v>14077031694.0</v>
+        <v>9941117458.0</v>
       </c>
       <c r="J42" s="6">
-        <v>8722368038.0</v>
+        <v>5934623523.0</v>
       </c>
       <c r="K42" s="6">
-        <v>1211224253.0</v>
+        <v>938837962.0</v>
       </c>
       <c r="L42" s="6">
-        <v>3389984641.0</v>
+        <v>2314978176.0</v>
       </c>
       <c r="M42" s="6">
-        <v>2944871701.0</v>
+        <v>2078078970.0</v>
       </c>
       <c r="N42" s="6">
-        <v>1163572971.0</v>
+        <v>759898549.0</v>
       </c>
       <c r="O42" s="6">
-        <v>397450643.0</v>
+        <v>301056870.0</v>
       </c>
       <c r="P42" s="6">
-        <v>766122328.0</v>
+        <v>458841679.0</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-11</t>
+            <t xml:space="preserve">2023-03</t>
           </r>
         </is>
       </c>
       <c r="B43" s="6">
-        <v>84786.0</v>
+        <v>87197.0</v>
       </c>
       <c r="C43" s="6">
-        <v>16398230218.0</v>
+        <v>15578454602.0</v>
       </c>
       <c r="D43" s="6">
-        <v>9875273854.0</v>
+        <v>9767285047.0</v>
       </c>
       <c r="E43" s="6">
-        <v>6522956364.0</v>
+        <v>5811169555.0</v>
       </c>
       <c r="F43" s="6">
-        <v>2442196983.0</v>
+        <v>2162934984.0</v>
       </c>
       <c r="G43" s="6">
-        <v>673075873.0</v>
+        <v>884779715.0</v>
       </c>
       <c r="H43" s="6">
-        <v>9202197981.0</v>
+        <v>8882505332.0</v>
       </c>
       <c r="I43" s="6">
-        <v>12082480302.0</v>
+        <v>11156995475.0</v>
       </c>
       <c r="J43" s="6">
-        <v>6991859877.0</v>
+        <v>6653217962.0</v>
       </c>
       <c r="K43" s="6">
-        <v>1032867843.0</v>
+        <v>950447767.0</v>
       </c>
       <c r="L43" s="6">
-        <v>2739021378.0</v>
+        <v>2567083740.0</v>
       </c>
       <c r="M43" s="6">
-        <v>2524900478.0</v>
+        <v>2330512346.0</v>
       </c>
       <c r="N43" s="6">
-        <v>832570400.0</v>
+        <v>820876277.0</v>
       </c>
       <c r="O43" s="6">
-        <v>357377541.0</v>
+        <v>351034980.0</v>
       </c>
       <c r="P43" s="6">
-        <v>475192859.0</v>
+        <v>469841297.0</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-10</t>
+            <t xml:space="preserve">2023-02</t>
           </r>
         </is>
       </c>
       <c r="B44" s="6">
-        <v>84362.0</v>
+        <v>85846.0</v>
       </c>
       <c r="C44" s="6">
-        <v>16401636063.0</v>
+        <v>13494493251.0</v>
       </c>
       <c r="D44" s="6">
-        <v>9957726262.0</v>
+        <v>8326274946.0</v>
       </c>
       <c r="E44" s="6">
-        <v>6443909801.0</v>
+        <v>5168218305.0</v>
       </c>
       <c r="F44" s="6">
-        <v>2450959566.0</v>
+        <v>1870599629.0</v>
       </c>
       <c r="G44" s="6">
-        <v>722377672.0</v>
+        <v>771910470.0</v>
       </c>
       <c r="H44" s="6">
-        <v>9235348590.0</v>
+        <v>7554364476.0</v>
       </c>
       <c r="I44" s="6">
-        <v>12383898335.0</v>
+        <v>9620128062.0</v>
       </c>
       <c r="J44" s="6">
-        <v>7236274815.0</v>
+        <v>5706955195.0</v>
       </c>
       <c r="K44" s="6">
-        <v>1471725129.0</v>
+        <v>779877748.0</v>
       </c>
       <c r="L44" s="6">
-        <v>2675763662.0</v>
+        <v>2201935102.0</v>
       </c>
       <c r="M44" s="6">
-        <v>2587959222.0</v>
+        <v>2009464455.0</v>
       </c>
       <c r="N44" s="6">
-        <v>827258772.0</v>
+        <v>692213639.0</v>
       </c>
       <c r="O44" s="6">
-        <v>378216953.0</v>
+        <v>305125132.0</v>
       </c>
       <c r="P44" s="6">
-        <v>449041819.0</v>
+        <v>387088507.0</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-09</t>
+            <t xml:space="preserve">2023-01</t>
           </r>
         </is>
       </c>
       <c r="B45" s="6">
-        <v>84969.0</v>
+        <v>85623.0</v>
       </c>
       <c r="C45" s="6">
-        <v>16752669983.0</v>
+        <v>13827941984.0</v>
       </c>
       <c r="D45" s="6">
-        <v>10055523182.0</v>
+        <v>8508989040.0</v>
       </c>
       <c r="E45" s="6">
-        <v>6697146801.0</v>
+        <v>5318952944.0</v>
       </c>
       <c r="F45" s="6">
-        <v>2502640990.0</v>
+        <v>2039173547.0</v>
       </c>
       <c r="G45" s="6">
-        <v>697045872.0</v>
+        <v>774662632.0</v>
       </c>
       <c r="H45" s="6">
-        <v>9358477310.0</v>
+        <v>7734326408.0</v>
       </c>
       <c r="I45" s="6">
-        <v>12301677210.0</v>
+        <v>9956497890.0</v>
       </c>
       <c r="J45" s="6">
-        <v>7245856390.0</v>
+        <v>5890614030.0</v>
       </c>
       <c r="K45" s="6">
-        <v>1250208529.0</v>
+        <v>970232014.0</v>
       </c>
       <c r="L45" s="6">
-        <v>2716537537.0</v>
+        <v>2213932528.0</v>
       </c>
       <c r="M45" s="6">
-        <v>2560235233.0</v>
+        <v>2077202807.0</v>
       </c>
       <c r="N45" s="6">
-        <v>835007706.0</v>
+        <v>719522753.0</v>
       </c>
       <c r="O45" s="6">
-        <v>381920347.0</v>
+        <v>310046880.0</v>
       </c>
       <c r="P45" s="6">
-        <v>453087359.0</v>
+        <v>409475873.0</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-08</t>
+            <t xml:space="preserve">2022-12</t>
           </r>
         </is>
       </c>
       <c r="B46" s="6">
-        <v>83594.0</v>
+        <v>103645.0</v>
       </c>
       <c r="C46" s="6">
-        <v>16573499531.0</v>
+        <v>19183841068.0</v>
       </c>
       <c r="D46" s="6">
-        <v>10189334047.0</v>
+        <v>12974952685.0</v>
       </c>
       <c r="E46" s="6">
-        <v>6384165484.0</v>
+        <v>6208888383.0</v>
       </c>
       <c r="F46" s="6">
-        <v>2547916536.0</v>
+        <v>1991220721.0</v>
       </c>
       <c r="G46" s="6">
-        <v>628281334.0</v>
+        <v>1021687295.0</v>
       </c>
       <c r="H46" s="6">
-        <v>9561052713.0</v>
+        <v>11953265390.0</v>
       </c>
       <c r="I46" s="6">
-        <v>12970782612.0</v>
+        <v>14084460837.0</v>
       </c>
       <c r="J46" s="6">
-        <v>7640183815.0</v>
+        <v>8724130291.0</v>
       </c>
       <c r="K46" s="6">
-        <v>1332808410.0</v>
+        <v>1211224253.0</v>
       </c>
       <c r="L46" s="6">
-        <v>2796995860.0</v>
+        <v>3391257526.0</v>
       </c>
       <c r="M46" s="6">
-        <v>2709845572.0</v>
+        <v>2946217039.0</v>
       </c>
       <c r="N46" s="6">
-        <v>865665296.0</v>
+        <v>1162857593.0</v>
       </c>
       <c r="O46" s="6">
-        <v>455230842.0</v>
+        <v>397552855.0</v>
       </c>
       <c r="P46" s="6">
-        <v>410434454.0</v>
+        <v>765304738.0</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-07</t>
+            <t xml:space="preserve">2022-11</t>
           </r>
         </is>
       </c>
       <c r="B47" s="6">
-        <v>83123.0</v>
+        <v>84792.0</v>
       </c>
       <c r="C47" s="6">
-        <v>14533304062.0</v>
+        <v>16370017873.0</v>
       </c>
       <c r="D47" s="6">
-        <v>8996119823.0</v>
+        <v>9838858312.0</v>
       </c>
       <c r="E47" s="6">
-        <v>5537184239.0</v>
+        <v>6531159561.0</v>
       </c>
       <c r="F47" s="6">
-        <v>2138511376.0</v>
+        <v>2442202848.0</v>
       </c>
       <c r="G47" s="6">
-        <v>551593361.0</v>
+        <v>636273770.0</v>
       </c>
       <c r="H47" s="6">
-        <v>8444526462.0</v>
+        <v>9202584542.0</v>
       </c>
       <c r="I47" s="6">
-        <v>10975911726.0</v>
+        <v>12088184277.0</v>
       </c>
       <c r="J47" s="6">
-        <v>6281600533.0</v>
+        <v>6992042606.0</v>
       </c>
       <c r="K47" s="6">
-        <v>1354109919.0</v>
+        <v>1032870410.0</v>
       </c>
       <c r="L47" s="6">
-        <v>2426651571.0</v>
+        <v>2739893774.0</v>
       </c>
       <c r="M47" s="6">
-        <v>2292532091.0</v>
+        <v>2525673194.0</v>
       </c>
       <c r="N47" s="6">
-        <v>772711788.0</v>
+        <v>832535801.0</v>
       </c>
       <c r="O47" s="6">
-        <v>328314714.0</v>
+        <v>357354275.0</v>
       </c>
       <c r="P47" s="6">
-        <v>444397074.0</v>
+        <v>475181526.0</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-06</t>
+            <t xml:space="preserve">2022-10</t>
           </r>
         </is>
       </c>
       <c r="B48" s="6">
-        <v>100978.0</v>
+        <v>84368.0</v>
       </c>
       <c r="C48" s="6">
-        <v>15580172077.0</v>
+        <v>16421152328.0</v>
       </c>
       <c r="D48" s="6">
-        <v>9967654086.0</v>
+        <v>9968662637.0</v>
       </c>
       <c r="E48" s="6">
-        <v>5612517991.0</v>
+        <v>6452489691.0</v>
       </c>
       <c r="F48" s="6">
-        <v>2129093124.0</v>
+        <v>2450943021.0</v>
       </c>
       <c r="G48" s="6">
-        <v>737592785.0</v>
+        <v>733099989.0</v>
       </c>
       <c r="H48" s="6">
-        <v>9230061301.0</v>
+        <v>9235562648.0</v>
       </c>
       <c r="I48" s="6">
-        <v>11673717420.0</v>
+        <v>12368496871.0</v>
       </c>
       <c r="J48" s="6">
-        <v>7064821760.0</v>
+        <v>7216210629.0</v>
       </c>
       <c r="K48" s="6">
-        <v>1003390943.0</v>
+        <v>1471726967.0</v>
       </c>
       <c r="L48" s="6">
-        <v>2645221251.0</v>
+        <v>2676486931.0</v>
       </c>
       <c r="M48" s="6">
-        <v>2431175361.0</v>
+        <v>2584401055.0</v>
       </c>
       <c r="N48" s="6">
-        <v>839436729.0</v>
+        <v>827167437.0</v>
       </c>
       <c r="O48" s="6">
-        <v>384505388.0</v>
+        <v>378202285.0</v>
       </c>
       <c r="P48" s="6">
-        <v>454931341.0</v>
+        <v>448965152.0</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-05</t>
+            <t xml:space="preserve">2022-09</t>
           </r>
         </is>
       </c>
       <c r="B49" s="6">
-        <v>82450.0</v>
+        <v>84975.0</v>
       </c>
       <c r="C49" s="6">
-        <v>14955158109.0</v>
+        <v>16760843825.0</v>
       </c>
       <c r="D49" s="6">
-        <v>9305051600.0</v>
+        <v>10056533953.0</v>
       </c>
       <c r="E49" s="6">
-        <v>5650106509.0</v>
+        <v>6704309872.0</v>
       </c>
       <c r="F49" s="6">
-        <v>2363990840.0</v>
+        <v>2501477846.0</v>
       </c>
       <c r="G49" s="6">
-        <v>622723967.0</v>
+        <v>698368434.0</v>
       </c>
       <c r="H49" s="6">
-        <v>8682327633.0</v>
+        <v>9358165519.0</v>
       </c>
       <c r="I49" s="6">
-        <v>10732920570.0</v>
+        <v>12306795033.0</v>
       </c>
       <c r="J49" s="6">
-        <v>6510726566.0</v>
+        <v>7246049081.0</v>
       </c>
       <c r="K49" s="6">
-        <v>885199367.0</v>
+        <v>1250208529.0</v>
       </c>
       <c r="L49" s="6">
-        <v>2480140739.0</v>
+        <v>2717317531.0</v>
       </c>
       <c r="M49" s="6">
-        <v>2240144208.0</v>
+        <v>2560995576.0</v>
       </c>
       <c r="N49" s="6">
-        <v>795776057.0</v>
+        <v>834927044.0</v>
       </c>
       <c r="O49" s="6">
-        <v>343604522.0</v>
+        <v>381950253.0</v>
       </c>
       <c r="P49" s="6">
-        <v>452171535.0</v>
+        <v>452976791.0</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-04</t>
+            <t xml:space="preserve">2022-08</t>
           </r>
         </is>
       </c>
       <c r="B50" s="6">
-        <v>82115.0</v>
+        <v>83599.0</v>
       </c>
       <c r="C50" s="6">
-        <v>14446023807.0</v>
+        <v>16582295175.0</v>
       </c>
       <c r="D50" s="6">
-        <v>8911091823.0</v>
+        <v>10189613843.0</v>
       </c>
       <c r="E50" s="6">
-        <v>5534931984.0</v>
+        <v>6392681332.0</v>
       </c>
       <c r="F50" s="6">
-        <v>2347094129.0</v>
+        <v>2547889625.0</v>
       </c>
       <c r="G50" s="6">
-        <v>549999727.0</v>
+        <v>627538750.0</v>
       </c>
       <c r="H50" s="6">
-        <v>8361092096.0</v>
+        <v>9562075093.0</v>
       </c>
       <c r="I50" s="6">
-        <v>10544329558.0</v>
+        <v>12976365786.0</v>
       </c>
       <c r="J50" s="6">
-        <v>6300378063.0</v>
+        <v>7641872372.0</v>
       </c>
       <c r="K50" s="6">
-        <v>1259943705.0</v>
+        <v>1332808410.0</v>
       </c>
       <c r="L50" s="6">
-        <v>2338186380.0</v>
+        <v>2797976554.0</v>
       </c>
       <c r="M50" s="6">
-        <v>2204385907.0</v>
+        <v>2710600331.0</v>
       </c>
       <c r="N50" s="6">
-        <v>761925519.0</v>
+        <v>865669712.0</v>
       </c>
       <c r="O50" s="6">
-        <v>340354927.0</v>
+        <v>455135836.0</v>
       </c>
       <c r="P50" s="6">
-        <v>421570592.0</v>
+        <v>410533876.0</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-03</t>
+            <t xml:space="preserve">2022-07</t>
           </r>
         </is>
       </c>
       <c r="B51" s="6">
-        <v>82758.0</v>
+        <v>83125.0</v>
       </c>
       <c r="C51" s="6">
-        <v>15162849403.0</v>
+        <v>14548294906.0</v>
       </c>
       <c r="D51" s="6">
-        <v>9351827909.0</v>
+        <v>9003558249.0</v>
       </c>
       <c r="E51" s="6">
-        <v>5811021494.0</v>
+        <v>5544736657.0</v>
       </c>
       <c r="F51" s="6">
-        <v>2447871931.0</v>
+        <v>2138528083.0</v>
       </c>
       <c r="G51" s="6">
-        <v>706414387.0</v>
+        <v>558443555.0</v>
       </c>
       <c r="H51" s="6">
-        <v>8645413522.0</v>
+        <v>8445114694.0</v>
       </c>
       <c r="I51" s="6">
-        <v>11693216272.0</v>
+        <v>10975960716.0</v>
       </c>
       <c r="J51" s="6">
-        <v>6522758299.0</v>
+        <v>6281771914.0</v>
       </c>
       <c r="K51" s="6">
-        <v>1447400438.0</v>
+        <v>1354113667.0</v>
       </c>
       <c r="L51" s="6">
-        <v>2550623092.0</v>
+        <v>2426512080.0</v>
       </c>
       <c r="M51" s="6">
-        <v>2444779002.0</v>
+        <v>2292290418.0</v>
       </c>
       <c r="N51" s="6">
-        <v>790132818.0</v>
+        <v>772028820.0</v>
       </c>
       <c r="O51" s="6">
-        <v>354147718.0</v>
+        <v>328258348.0</v>
       </c>
       <c r="P51" s="6">
-        <v>435985100.0</v>
+        <v>443770472.0</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-02</t>
+            <t xml:space="preserve">2022-06</t>
           </r>
         </is>
       </c>
       <c r="B52" s="6">
-        <v>81515.0</v>
+        <v>100979.0</v>
       </c>
       <c r="C52" s="6">
-        <v>11924604667.0</v>
+        <v>15596574469.0</v>
       </c>
       <c r="D52" s="6">
-        <v>7148208631.0</v>
+        <v>9977688422.0</v>
       </c>
       <c r="E52" s="6">
-        <v>4776396036.0</v>
+        <v>5618886047.0</v>
       </c>
       <c r="F52" s="6">
-        <v>1853711840.0</v>
+        <v>2129024780.0</v>
       </c>
       <c r="G52" s="6">
-        <v>532309790.0</v>
+        <v>747815204.0</v>
       </c>
       <c r="H52" s="6">
-        <v>6615898841.0</v>
+        <v>9229873218.0</v>
       </c>
       <c r="I52" s="6">
-        <v>8782991010.0</v>
+        <v>11664644383.0</v>
       </c>
       <c r="J52" s="6">
-        <v>4956849285.0</v>
+        <v>7056267660.0</v>
       </c>
       <c r="K52" s="6">
-        <v>1038208996.0</v>
+        <v>1003390943.0</v>
       </c>
       <c r="L52" s="6">
-        <v>1930754351.0</v>
+        <v>2645074349.0</v>
       </c>
       <c r="M52" s="6">
-        <v>1831390645.0</v>
+        <v>2429142067.0</v>
       </c>
       <c r="N52" s="6">
-        <v>604168684.0</v>
+        <v>838541551.0</v>
       </c>
       <c r="O52" s="6">
-        <v>267860477.0</v>
+        <v>384498018.0</v>
       </c>
       <c r="P52" s="6">
-        <v>336308207.0</v>
+        <v>454043533.0</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2022-01</t>
+            <t xml:space="preserve">2022-05</t>
           </r>
         </is>
       </c>
       <c r="B53" s="6">
-        <v>81191.0</v>
+        <v>82452.0</v>
       </c>
       <c r="C53" s="6">
-        <v>12037544914.0</v>
+        <v>14960168011.0</v>
       </c>
       <c r="D53" s="6">
-        <v>7263183548.0</v>
+        <v>9303305797.0</v>
       </c>
       <c r="E53" s="6">
-        <v>4774361366.0</v>
+        <v>5656862214.0</v>
       </c>
       <c r="F53" s="6">
-        <v>1895232126.0</v>
+        <v>2363896217.0</v>
       </c>
       <c r="G53" s="6">
-        <v>563774998.0</v>
+        <v>620813936.0</v>
       </c>
       <c r="H53" s="6">
-        <v>6699408550.0</v>
+        <v>8682491861.0</v>
       </c>
       <c r="I53" s="6">
-        <v>8750036394.0</v>
+        <v>10731855799.0</v>
       </c>
       <c r="J53" s="6">
-        <v>5068803699.0</v>
+        <v>6510771213.0</v>
       </c>
       <c r="K53" s="6">
-        <v>1040925110.0</v>
+        <v>885201800.0</v>
       </c>
       <c r="L53" s="6">
-        <v>1928164068.0</v>
+        <v>2479935176.0</v>
       </c>
       <c r="M53" s="6">
-        <v>1828433737.0</v>
+        <v>2239837843.0</v>
       </c>
       <c r="N53" s="6">
-        <v>622995946.0</v>
+        <v>794979758.0</v>
       </c>
       <c r="O53" s="6">
-        <v>282979035.0</v>
+        <v>343478354.0</v>
       </c>
       <c r="P53" s="6">
-        <v>340016911.0</v>
+        <v>451501404.0</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-12</t>
+            <t xml:space="preserve">2022-04</t>
           </r>
         </is>
       </c>
       <c r="B54" s="6">
-        <v>98500.0</v>
+        <v>82117.0</v>
       </c>
       <c r="C54" s="6">
-        <v>16225043902.0</v>
+        <v>14469373426.0</v>
       </c>
       <c r="D54" s="6">
-        <v>10772488576.0</v>
+        <v>8925876752.0</v>
       </c>
       <c r="E54" s="6">
-        <v>5452555326.0</v>
+        <v>5543496674.0</v>
       </c>
       <c r="F54" s="6">
-        <v>1890626755.0</v>
+        <v>2347017672.0</v>
       </c>
       <c r="G54" s="6">
-        <v>804373947.0</v>
+        <v>564676305.0</v>
       </c>
       <c r="H54" s="6">
-        <v>9968114629.0</v>
+        <v>8361200447.0</v>
       </c>
       <c r="I54" s="6">
-        <v>11946208416.0</v>
+        <v>10543713840.0</v>
       </c>
       <c r="J54" s="6">
-        <v>7531609100.0</v>
+        <v>6300947306.0</v>
       </c>
       <c r="K54" s="6">
-        <v>1058463119.0</v>
+        <v>1259950747.0</v>
       </c>
       <c r="L54" s="6">
-        <v>2824886409.0</v>
+        <v>2337977243.0</v>
       </c>
       <c r="M54" s="6">
-        <v>2498385694.0</v>
+        <v>2204275068.0</v>
       </c>
       <c r="N54" s="6">
-        <v>959219494.0</v>
+        <v>761360312.0</v>
       </c>
       <c r="O54" s="6">
-        <v>357761663.0</v>
+        <v>340349353.0</v>
       </c>
       <c r="P54" s="6">
-        <v>601457831.0</v>
+        <v>421010959.0</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-11</t>
+            <t xml:space="preserve">2022-03</t>
           </r>
         </is>
       </c>
       <c r="B55" s="6">
-        <v>80438.0</v>
+        <v>82760.0</v>
       </c>
       <c r="C55" s="6">
-        <v>13824093401.0</v>
+        <v>15169905002.0</v>
       </c>
       <c r="D55" s="6">
-        <v>8038393370.0</v>
+        <v>9352891049.0</v>
       </c>
       <c r="E55" s="6">
-        <v>5785700031.0</v>
+        <v>5817013953.0</v>
       </c>
       <c r="F55" s="6">
-        <v>2019666172.0</v>
+        <v>2447980968.0</v>
       </c>
       <c r="G55" s="6">
-        <v>519711757.0</v>
+        <v>707431748.0</v>
       </c>
       <c r="H55" s="6">
-        <v>7518681613.0</v>
+        <v>8645459301.0</v>
       </c>
       <c r="I55" s="6">
-        <v>9871092826.0</v>
+        <v>11690322234.0</v>
       </c>
       <c r="J55" s="6">
-        <v>5665722203.0</v>
+        <v>6522944252.0</v>
       </c>
       <c r="K55" s="6">
-        <v>1161377648.0</v>
+        <v>1447400438.0</v>
       </c>
       <c r="L55" s="6">
-        <v>2177336585.0</v>
+        <v>2550064408.0</v>
       </c>
       <c r="M55" s="6">
-        <v>2061443847.0</v>
+        <v>2444166238.0</v>
       </c>
       <c r="N55" s="6">
-        <v>666084549.0</v>
+        <v>788953706.0</v>
       </c>
       <c r="O55" s="6">
-        <v>279684170.0</v>
+        <v>354121921.0</v>
       </c>
       <c r="P55" s="6">
-        <v>386400379.0</v>
+        <v>434831785.0</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-10</t>
+            <t xml:space="preserve">2022-02</t>
           </r>
         </is>
       </c>
       <c r="B56" s="6">
-        <v>80219.0</v>
+        <v>81517.0</v>
       </c>
       <c r="C56" s="6">
-        <v>13039233905.0</v>
+        <v>11926965424.0</v>
       </c>
       <c r="D56" s="6">
-        <v>8014564748.0</v>
+        <v>7145732748.0</v>
       </c>
       <c r="E56" s="6">
-        <v>5024669157.0</v>
+        <v>4781232676.0</v>
       </c>
       <c r="F56" s="6">
-        <v>1830817405.0</v>
+        <v>1853651835.0</v>
       </c>
       <c r="G56" s="6">
-        <v>513797412.0</v>
+        <v>530181491.0</v>
       </c>
       <c r="H56" s="6">
-        <v>7500767336.0</v>
+        <v>6615551257.0</v>
       </c>
       <c r="I56" s="6">
-        <v>9518763228.0</v>
+        <v>8784456025.0</v>
       </c>
       <c r="J56" s="6">
-        <v>5727604519.0</v>
+        <v>4957020728.0</v>
       </c>
       <c r="K56" s="6">
-        <v>1101738019.0</v>
+        <v>1038208996.0</v>
       </c>
       <c r="L56" s="6">
-        <v>2122028537.0</v>
+        <v>1930980249.0</v>
       </c>
       <c r="M56" s="6">
-        <v>1986887407.0</v>
+        <v>1831678582.0</v>
       </c>
       <c r="N56" s="6">
-        <v>654598294.0</v>
+        <v>603794776.0</v>
       </c>
       <c r="O56" s="6">
-        <v>263764913.0</v>
+        <v>267850494.0</v>
       </c>
       <c r="P56" s="6">
-        <v>390833381.0</v>
+        <v>335944282.0</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-09</t>
+            <t xml:space="preserve">2022-01</t>
           </r>
         </is>
       </c>
       <c r="B57" s="6">
-        <v>80678.0</v>
+        <v>81193.0</v>
       </c>
       <c r="C57" s="6">
-        <v>12973068741.0</v>
+        <v>12040192673.0</v>
       </c>
       <c r="D57" s="6">
-        <v>8019025741.0</v>
+        <v>7261095310.0</v>
       </c>
       <c r="E57" s="6">
-        <v>4954043000.0</v>
+        <v>4779097363.0</v>
       </c>
       <c r="F57" s="6">
-        <v>1824609085.0</v>
+        <v>1895209256.0</v>
       </c>
       <c r="G57" s="6">
-        <v>648918163.0</v>
+        <v>561512375.0</v>
       </c>
       <c r="H57" s="6">
-        <v>7370107578.0</v>
+        <v>6699582935.0</v>
       </c>
       <c r="I57" s="6">
-        <v>9313671444.0</v>
+        <v>8757838642.0</v>
       </c>
       <c r="J57" s="6">
-        <v>5605212853.0</v>
+        <v>5069069127.0</v>
       </c>
       <c r="K57" s="6">
-        <v>1077422633.0</v>
+        <v>1040925110.0</v>
       </c>
       <c r="L57" s="6">
-        <v>2074589872.0</v>
+        <v>1929891746.0</v>
       </c>
       <c r="M57" s="6">
-        <v>1945793490.0</v>
+        <v>1830011100.0</v>
       </c>
       <c r="N57" s="6">
-        <v>636066995.0</v>
+        <v>623872866.0</v>
       </c>
       <c r="O57" s="6">
-        <v>260830436.0</v>
+        <v>283000895.0</v>
       </c>
       <c r="P57" s="6">
-        <v>375236559.0</v>
+        <v>340871971.0</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-08</t>
+            <t xml:space="preserve">2021-12</t>
           </r>
         </is>
       </c>
       <c r="B58" s="6">
-        <v>79497.0</v>
+        <v>98500.0</v>
       </c>
       <c r="C58" s="6">
-        <v>12243508197.0</v>
+        <v>16225068050.0</v>
       </c>
       <c r="D58" s="6">
-        <v>7718611838.0</v>
+        <v>10772512724.0</v>
       </c>
       <c r="E58" s="6">
-        <v>4524896359.0</v>
+        <v>5452555326.0</v>
       </c>
       <c r="F58" s="6">
-        <v>1706318889.0</v>
+        <v>1890626755.0</v>
       </c>
       <c r="G58" s="6">
-        <v>501059960.0</v>
+        <v>804398095.0</v>
       </c>
       <c r="H58" s="6">
-        <v>7217551878.0</v>
+        <v>9968114629.0</v>
       </c>
       <c r="I58" s="6">
-        <v>8855267133.0</v>
+        <v>11946209116.0</v>
       </c>
       <c r="J58" s="6">
-        <v>5430949229.0</v>
+        <v>7531609800.0</v>
       </c>
       <c r="K58" s="6">
-        <v>1059701290.0</v>
+        <v>1058463119.0</v>
       </c>
       <c r="L58" s="6">
-        <v>1969951323.0</v>
+        <v>2824886403.0</v>
       </c>
       <c r="M58" s="6">
-        <v>1850318724.0</v>
+        <v>2498385841.0</v>
       </c>
       <c r="N58" s="6">
-        <v>643654826.0</v>
+        <v>959166230.0</v>
       </c>
       <c r="O58" s="6">
-        <v>280786356.0</v>
+        <v>357735249.0</v>
       </c>
       <c r="P58" s="6">
-        <v>362868470.0</v>
+        <v>601430981.0</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-07</t>
+            <t xml:space="preserve">2021-11</t>
           </r>
         </is>
       </c>
       <c r="B59" s="6">
-        <v>79198.0</v>
+        <v>80438.0</v>
       </c>
       <c r="C59" s="6">
-        <v>11889143577.0</v>
+        <v>13824115847.0</v>
       </c>
       <c r="D59" s="6">
-        <v>7587603245.0</v>
+        <v>8038415816.0</v>
       </c>
       <c r="E59" s="6">
-        <v>4301540332.0</v>
+        <v>5785700031.0</v>
       </c>
       <c r="F59" s="6">
-        <v>1593083440.0</v>
+        <v>2019666172.0</v>
       </c>
       <c r="G59" s="6">
-        <v>498435602.0</v>
+        <v>519734203.0</v>
       </c>
       <c r="H59" s="6">
-        <v>7089167643.0</v>
+        <v>7518681613.0</v>
       </c>
       <c r="I59" s="6">
-        <v>8915574338.0</v>
+        <v>9871070326.0</v>
       </c>
       <c r="J59" s="6">
-        <v>5456637309.0</v>
+        <v>5665699703.0</v>
       </c>
       <c r="K59" s="6">
-        <v>1023460981.0</v>
+        <v>1161377648.0</v>
       </c>
       <c r="L59" s="6">
-        <v>1959733549.0</v>
+        <v>2177336584.0</v>
       </c>
       <c r="M59" s="6">
-        <v>1862603276.0</v>
+        <v>2061439122.0</v>
       </c>
       <c r="N59" s="6">
-        <v>649524502.0</v>
+        <v>666074150.0</v>
       </c>
       <c r="O59" s="6">
-        <v>310321301.0</v>
+        <v>279659190.0</v>
       </c>
       <c r="P59" s="6">
-        <v>339203201.0</v>
+        <v>386414960.0</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-06</t>
+            <t xml:space="preserve">2021-10</t>
           </r>
         </is>
       </c>
       <c r="B60" s="6">
-        <v>96348.0</v>
+        <v>80219.0</v>
       </c>
       <c r="C60" s="6">
-        <v>12470990540.0</v>
+        <v>13039286125.0</v>
       </c>
       <c r="D60" s="6">
-        <v>7953201619.0</v>
+        <v>8014616968.0</v>
       </c>
       <c r="E60" s="6">
-        <v>4517788921.0</v>
+        <v>5024669157.0</v>
       </c>
       <c r="F60" s="6">
-        <v>1614554929.0</v>
+        <v>1830817405.0</v>
       </c>
       <c r="G60" s="6">
-        <v>564843733.0</v>
+        <v>513849632.0</v>
       </c>
       <c r="H60" s="6">
-        <v>7388357886.0</v>
+        <v>7500767336.0</v>
       </c>
       <c r="I60" s="6">
-        <v>8851162017.0</v>
+        <v>9518826733.0</v>
       </c>
       <c r="J60" s="6">
-        <v>5494055767.0</v>
+        <v>5727606023.0</v>
       </c>
       <c r="K60" s="6">
-        <v>849898290.0</v>
+        <v>1101738019.0</v>
       </c>
       <c r="L60" s="6">
-        <v>2054314519.0</v>
+        <v>2122041557.0</v>
       </c>
       <c r="M60" s="6">
-        <v>1848318024.0</v>
+        <v>1986900743.0</v>
       </c>
       <c r="N60" s="6">
-        <v>698714084.0</v>
+        <v>654607432.0</v>
       </c>
       <c r="O60" s="6">
-        <v>285906938.0</v>
+        <v>263700739.0</v>
       </c>
       <c r="P60" s="6">
-        <v>412807146.0</v>
+        <v>390906693.0</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-05</t>
+            <t xml:space="preserve">2021-09</t>
           </r>
         </is>
       </c>
       <c r="B61" s="6">
-        <v>78356.0</v>
+        <v>80678.0</v>
       </c>
       <c r="C61" s="6">
-        <v>11771085921.0</v>
+        <v>12973088018.0</v>
       </c>
       <c r="D61" s="6">
-        <v>7309057265.0</v>
+        <v>8019045018.0</v>
       </c>
       <c r="E61" s="6">
-        <v>4462028656.0</v>
+        <v>4954043000.0</v>
       </c>
       <c r="F61" s="6">
-        <v>1521174150.0</v>
+        <v>1824609085.0</v>
       </c>
       <c r="G61" s="6">
-        <v>543256119.0</v>
+        <v>648937440.0</v>
       </c>
       <c r="H61" s="6">
-        <v>6765801146.0</v>
+        <v>7370107578.0</v>
       </c>
       <c r="I61" s="6">
-        <v>8281008427.0</v>
+        <v>9313671706.0</v>
       </c>
       <c r="J61" s="6">
-        <v>4937706394.0</v>
+        <v>5605213115.0</v>
       </c>
       <c r="K61" s="6">
-        <v>963850043.0</v>
+        <v>1077422633.0</v>
       </c>
       <c r="L61" s="6">
-        <v>1898555178.0</v>
+        <v>2074589872.0</v>
       </c>
       <c r="M61" s="6">
-        <v>1728483769.0</v>
+        <v>1945793545.0</v>
       </c>
       <c r="N61" s="6">
-        <v>634581844.0</v>
+        <v>636066995.0</v>
       </c>
       <c r="O61" s="6">
-        <v>241192488.0</v>
+        <v>260484908.0</v>
       </c>
       <c r="P61" s="6">
-        <v>393389356.0</v>
+        <v>375582087.0</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-04</t>
+            <t xml:space="preserve">2021-08</t>
           </r>
         </is>
       </c>
       <c r="B62" s="6">
-        <v>77737.0</v>
+        <v>79497.0</v>
       </c>
       <c r="C62" s="6">
-        <v>11233206217.0</v>
+        <v>12243524764.0</v>
       </c>
       <c r="D62" s="6">
-        <v>6983786316.0</v>
+        <v>7718628405.0</v>
       </c>
       <c r="E62" s="6">
-        <v>4249419901.0</v>
+        <v>4524896359.0</v>
       </c>
       <c r="F62" s="6">
-        <v>1488768128.0</v>
+        <v>1706318889.0</v>
       </c>
       <c r="G62" s="6">
-        <v>493555852.0</v>
+        <v>501076527.0</v>
       </c>
       <c r="H62" s="6">
-        <v>6490230464.0</v>
+        <v>7217551878.0</v>
       </c>
       <c r="I62" s="6">
-        <v>8099784284.0</v>
+        <v>8855267790.0</v>
       </c>
       <c r="J62" s="6">
-        <v>4978343653.0</v>
+        <v>5430949886.0</v>
       </c>
       <c r="K62" s="6">
-        <v>688442895.0</v>
+        <v>1059701290.0</v>
       </c>
       <c r="L62" s="6">
-        <v>1892867556.0</v>
+        <v>1969951323.0</v>
       </c>
       <c r="M62" s="6">
-        <v>1690033868.0</v>
+        <v>1850318862.0</v>
       </c>
       <c r="N62" s="6">
-        <v>606017718.0</v>
+        <v>643643944.0</v>
       </c>
       <c r="O62" s="6">
-        <v>238173373.0</v>
+        <v>280679828.0</v>
       </c>
       <c r="P62" s="6">
-        <v>367844345.0</v>
+        <v>362964116.0</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-03</t>
+            <t xml:space="preserve">2021-07</t>
           </r>
         </is>
       </c>
       <c r="B63" s="6">
-        <v>77916.0</v>
+        <v>79198.0</v>
       </c>
       <c r="C63" s="6">
-        <v>11297930623.0</v>
+        <v>11889159951.0</v>
       </c>
       <c r="D63" s="6">
-        <v>6859746510.0</v>
+        <v>7587619619.0</v>
       </c>
       <c r="E63" s="6">
-        <v>4438184113.0</v>
+        <v>4301540332.0</v>
       </c>
       <c r="F63" s="6">
-        <v>1628260814.0</v>
+        <v>1593083440.0</v>
       </c>
       <c r="G63" s="6">
-        <v>521557060.0</v>
+        <v>498451976.0</v>
       </c>
       <c r="H63" s="6">
-        <v>6338189450.0</v>
+        <v>7089167643.0</v>
       </c>
       <c r="I63" s="6">
-        <v>8101666765.0</v>
+        <v>8915575162.0</v>
       </c>
       <c r="J63" s="6">
-        <v>4721795223.0</v>
+        <v>5456638133.0</v>
       </c>
       <c r="K63" s="6">
-        <v>837303157.0</v>
+        <v>1023460981.0</v>
       </c>
       <c r="L63" s="6">
-        <v>1841573009.0</v>
+        <v>1959733549.0</v>
       </c>
       <c r="M63" s="6">
-        <v>1690089527.0</v>
+        <v>1862603449.0</v>
       </c>
       <c r="N63" s="6">
-        <v>573243149.0</v>
+        <v>649524502.0</v>
       </c>
       <c r="O63" s="6">
-        <v>225710041.0</v>
+        <v>310321663.0</v>
       </c>
       <c r="P63" s="6">
-        <v>347533108.0</v>
+        <v>339202839.0</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">2021-02</t>
+            <t xml:space="preserve">2021-06</t>
           </r>
         </is>
       </c>
       <c r="B64" s="6">
-        <v>76600.0</v>
+        <v>96348.0</v>
       </c>
       <c r="C64" s="6">
-        <v>9315727475.0</v>
+        <v>12471004661.0</v>
       </c>
       <c r="D64" s="6">
-        <v>5495564346.0</v>
+        <v>7953215740.0</v>
       </c>
       <c r="E64" s="6">
-        <v>3820163129.0</v>
+        <v>4517788921.0</v>
       </c>
       <c r="F64" s="6">
-        <v>1333661037.0</v>
+        <v>1614554929.0</v>
       </c>
       <c r="G64" s="6">
-        <v>468935586.0</v>
+        <v>564857854.0</v>
       </c>
       <c r="H64" s="6">
-        <v>5026628760.0</v>
+        <v>7388357886.0</v>
       </c>
       <c r="I64" s="6">
-        <v>6407181407.0</v>
+        <v>8851162017.0</v>
       </c>
       <c r="J64" s="6">
-        <v>3754313623.0</v>
+        <v>5494055767.0</v>
       </c>
       <c r="K64" s="6">
-        <v>537940862.0</v>
+        <v>849898290.0</v>
       </c>
       <c r="L64" s="6">
-        <v>1475518736.0</v>
+        <v>2054314519.0</v>
       </c>
       <c r="M64" s="6">
-        <v>1336664456.0</v>
+        <v>1848318024.0</v>
       </c>
       <c r="N64" s="6">
-        <v>460599170.0</v>
+        <v>698714084.0</v>
       </c>
       <c r="O64" s="6">
-        <v>195090908.0</v>
+        <v>285822979.0</v>
       </c>
       <c r="P64" s="6">
-        <v>265508262.0</v>
+        <v>412891105.0</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" s="5" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
+            <t xml:space="preserve">2021-05</t>
+          </r>
+        </is>
+      </c>
+      <c r="B65" s="6">
+        <v>78356.0</v>
+      </c>
+      <c r="C65" s="6">
+        <v>11771099777.0</v>
+      </c>
+      <c r="D65" s="6">
+        <v>7309071121.0</v>
+      </c>
+      <c r="E65" s="6">
+        <v>4462028656.0</v>
+      </c>
+      <c r="F65" s="6">
+        <v>1521174150.0</v>
+      </c>
+      <c r="G65" s="6">
+        <v>543269975.0</v>
+      </c>
+      <c r="H65" s="6">
+        <v>6765801146.0</v>
+      </c>
+      <c r="I65" s="6">
+        <v>8281008818.0</v>
+      </c>
+      <c r="J65" s="6">
+        <v>4937706784.0</v>
+      </c>
+      <c r="K65" s="6">
+        <v>963850043.0</v>
+      </c>
+      <c r="L65" s="6">
+        <v>1898555178.0</v>
+      </c>
+      <c r="M65" s="6">
+        <v>1728483851.0</v>
+      </c>
+      <c r="N65" s="6">
+        <v>634581844.0</v>
+      </c>
+      <c r="O65" s="6">
+        <v>241195493.0</v>
+      </c>
+      <c r="P65" s="6">
+        <v>393386351.0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021-04</t>
+          </r>
+        </is>
+      </c>
+      <c r="B66" s="6">
+        <v>77737.0</v>
+      </c>
+      <c r="C66" s="6">
+        <v>11233217001.0</v>
+      </c>
+      <c r="D66" s="6">
+        <v>6983797100.0</v>
+      </c>
+      <c r="E66" s="6">
+        <v>4249419901.0</v>
+      </c>
+      <c r="F66" s="6">
+        <v>1488768128.0</v>
+      </c>
+      <c r="G66" s="6">
+        <v>493566636.0</v>
+      </c>
+      <c r="H66" s="6">
+        <v>6490230464.0</v>
+      </c>
+      <c r="I66" s="6">
+        <v>8099784284.0</v>
+      </c>
+      <c r="J66" s="6">
+        <v>4978343653.0</v>
+      </c>
+      <c r="K66" s="6">
+        <v>688442895.0</v>
+      </c>
+      <c r="L66" s="6">
+        <v>1892867556.0</v>
+      </c>
+      <c r="M66" s="6">
+        <v>1690033868.0</v>
+      </c>
+      <c r="N66" s="6">
+        <v>606017718.0</v>
+      </c>
+      <c r="O66" s="6">
+        <v>238102278.0</v>
+      </c>
+      <c r="P66" s="6">
+        <v>367915440.0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021-03</t>
+          </r>
+        </is>
+      </c>
+      <c r="B67" s="6">
+        <v>77916.0</v>
+      </c>
+      <c r="C67" s="6">
+        <v>11297940860.0</v>
+      </c>
+      <c r="D67" s="6">
+        <v>6859756747.0</v>
+      </c>
+      <c r="E67" s="6">
+        <v>4438184113.0</v>
+      </c>
+      <c r="F67" s="6">
+        <v>1628260814.0</v>
+      </c>
+      <c r="G67" s="6">
+        <v>521567297.0</v>
+      </c>
+      <c r="H67" s="6">
+        <v>6338189450.0</v>
+      </c>
+      <c r="I67" s="6">
+        <v>8101666765.0</v>
+      </c>
+      <c r="J67" s="6">
+        <v>4721795223.0</v>
+      </c>
+      <c r="K67" s="6">
+        <v>837303157.0</v>
+      </c>
+      <c r="L67" s="6">
+        <v>1841573009.0</v>
+      </c>
+      <c r="M67" s="6">
+        <v>1690089527.0</v>
+      </c>
+      <c r="N67" s="6">
+        <v>573243149.0</v>
+      </c>
+      <c r="O67" s="6">
+        <v>225552998.0</v>
+      </c>
+      <c r="P67" s="6">
+        <v>347690151.0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
+            <t xml:space="preserve">2021-02</t>
+          </r>
+        </is>
+      </c>
+      <c r="B68" s="6">
+        <v>76600.0</v>
+      </c>
+      <c r="C68" s="6">
+        <v>9315733722.0</v>
+      </c>
+      <c r="D68" s="6">
+        <v>5495570593.0</v>
+      </c>
+      <c r="E68" s="6">
+        <v>3820163129.0</v>
+      </c>
+      <c r="F68" s="6">
+        <v>1333661037.0</v>
+      </c>
+      <c r="G68" s="6">
+        <v>468941833.0</v>
+      </c>
+      <c r="H68" s="6">
+        <v>5026628760.0</v>
+      </c>
+      <c r="I68" s="6">
+        <v>6407181407.0</v>
+      </c>
+      <c r="J68" s="6">
+        <v>3754313623.0</v>
+      </c>
+      <c r="K68" s="6">
+        <v>537940862.0</v>
+      </c>
+      <c r="L68" s="6">
+        <v>1475518736.0</v>
+      </c>
+      <c r="M68" s="6">
+        <v>1336664456.0</v>
+      </c>
+      <c r="N68" s="6">
+        <v>460599170.0</v>
+      </c>
+      <c r="O68" s="6">
+        <v>195091236.0</v>
+      </c>
+      <c r="P68" s="6">
+        <v>265507934.0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" s="5" t="inlineStr">
+        <is>
+          <r>
+            <rPr>
+              <rFont val="Calibri"/>
+              <b val="false"/>
+              <i val="false"/>
+              <strike val="false"/>
+              <color rgb="FF000000"/>
+              <sz val="11"/>
+              <u val="none"/>
+            </rPr>
             <t xml:space="preserve">2021-01</t>
           </r>
         </is>
       </c>
-      <c r="B65" s="6">
+      <c r="B69" s="6">
         <v>76438.0</v>
       </c>
-      <c r="C65" s="6">
+      <c r="C69" s="6">
         <v>8993679407.0</v>
       </c>
-      <c r="D65" s="6">
+      <c r="D69" s="6">
         <v>5494349515.0</v>
       </c>
-      <c r="E65" s="6">
+      <c r="E69" s="6">
         <v>3499329892.0</v>
       </c>
-      <c r="F65" s="6">
+      <c r="F69" s="6">
         <v>1292957336.0</v>
       </c>
-      <c r="G65" s="6">
+      <c r="G69" s="6">
         <v>534495285.0</v>
       </c>
-      <c r="H65" s="6">
+      <c r="H69" s="6">
         <v>4959854230.0</v>
       </c>
-      <c r="I65" s="6">
+      <c r="I69" s="6">
         <v>6177549067.0</v>
       </c>
-      <c r="J65" s="6">
+      <c r="J69" s="6">
         <v>3738753656.0</v>
       </c>
-      <c r="K65" s="6">
+      <c r="K69" s="6">
         <v>589337200.0</v>
       </c>
-      <c r="L65" s="6">
+      <c r="L69" s="6">
         <v>1407624139.0</v>
       </c>
-      <c r="M65" s="6">
+      <c r="M69" s="6">
         <v>1286906519.0</v>
       </c>
-      <c r="N65" s="6">
+      <c r="N69" s="6">
         <v>472247120.0</v>
       </c>
-      <c r="O65" s="6">
-[...3 lines deleted...]
-        <v>261736258.0</v>
+      <c r="O69" s="6">
+        <v>210466217.0</v>
+      </c>
+      <c r="P69" s="6">
+        <v>261780903.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:P2"/>
     <mergeCell ref="B4:P4"/>
     <mergeCell ref="B5:P5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">